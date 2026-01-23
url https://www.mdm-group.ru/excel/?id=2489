--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19.01.2024</t>
+      <t xml:space="preserve">02.01.2026</t>
     </r>
   </si>
   <si>
     <t>Корпусные торговые стеллажи и гондолы для алкоголя Solid vine</t>
   </si>
   <si>
     <t>Оборудование серии Solid vine создано специально для винных и табачных магазинов. Все модели этой серии сочетают в себе высококачественные материалы и комплектующие. Пристенные стеллажи оборудованы световыми фризами с возможностью установки цветных постеров.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Cтеллаж на базе модели SV  104</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.SV.01</t>
     </r>
@@ -93,51 +93,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23341.00</t>
+      <t xml:space="preserve">23808.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Cтеллаж на базе модели  SV 105</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.SV.02</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 512</t>
@@ -150,51 +150,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34462.00</t>
+      <t xml:space="preserve">35151.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Cтеллаж с накопителем на базе модели SV 105</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.SV.03</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 512</t>
@@ -207,51 +207,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36066.00</t>
+      <t xml:space="preserve">36787.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Cтеллаж  на базе модели SV 106</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.SV.04</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 512</t>
@@ -264,51 +264,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП/стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23663.00</t>
+      <t xml:space="preserve">24136.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Cтеллаж с дверями SV 112 на базе модели SV 106</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.SV.05</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 512</t>
@@ -321,51 +321,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП/стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28974.00</t>
+      <t xml:space="preserve">29553.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Cтеллаж на базе модели SV 107</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.SV.06</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 512</t>
@@ -378,51 +378,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24348.00</t>
+      <t xml:space="preserve">24835.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Cтеллаж с диагональным накопителем на базе модели SV 114</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.SV.07</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 512</t>
@@ -431,51 +431,51 @@
       <t xml:space="preserve">
 Ширина, мм: 846</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27139.00</t>
+      <t xml:space="preserve">27682.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж угловой на базе модели SV 108</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.SV.08</t>
@@ -492,51 +492,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16843.00</t>
+      <t xml:space="preserve">17180.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж угловой на базе модели SV 109</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.SV.09</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 512</t>
@@ -549,51 +549,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16750.00</t>
+      <t xml:space="preserve">17085.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж угловой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.SV.10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 510</t>
@@ -606,51 +606,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23752.00</t>
+      <t xml:space="preserve">24227.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гондола высокая на базе модели SV 203</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.SV.11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 774</t>
@@ -663,51 +663,51 @@
       <t xml:space="preserve">
 Высота, мм: 1298</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: стоимость указана без столешницы и одной боковины</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15929.00</t>
+      <t xml:space="preserve">16248.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гондола низкая на базе модели SV 303</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.SV.12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 774</t>
@@ -720,51 +720,51 @@
       <t xml:space="preserve">
 Высота, мм: 922</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: стоимость указана без столешницы и одной боковины</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10662.00</t>
+      <t xml:space="preserve">10876.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель стеллажа, левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 101</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 512</t>
@@ -773,51 +773,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7094.00</t>
+      <t xml:space="preserve">7236.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель стеллажа, центральная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 102</t>
@@ -830,51 +830,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: центральная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8650.00</t>
+      <t xml:space="preserve">8823.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель стеллажа, правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 103</t>
@@ -887,168 +887,168 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7094.00</t>
+      <t xml:space="preserve">7236.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Боковая панель углового внутреннего стеллажа, левая</t>
-[...19 lines deleted...]
-Боковая панель: левая</t>
+      <t xml:space="preserve">Гондола высокая (полки ДСП)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SV 203</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 710</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 796</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1261</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8650.00</t>
+      <t xml:space="preserve">9944.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Гондола высокая (полки ДСП)</t>
-[...15 lines deleted...]
-Высота, мм: 1261</t>
+      <t xml:space="preserve">Боковая панель углового внутреннего стеллажа, левая</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SV 116</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 2400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина, мм: 25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Боковая панель: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9749.00</t>
+      <t xml:space="preserve">8823.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель углового внутреннего стеллажа, правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 117</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1058,51 +1058,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8650.00</t>
+      <t xml:space="preserve">8823.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель углового внутреннего стеллажа, крайняя левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 118</t>
@@ -1115,51 +1115,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7094.00</t>
+      <t xml:space="preserve">7236.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель углового внутреннего стеллажа, крайняя правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 119</t>
@@ -1172,51 +1172,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7094.00</t>
+      <t xml:space="preserve">7236.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж пристенный (полки ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 104</t>
@@ -1229,51 +1229,51 @@
       <t xml:space="preserve">
 Ширина, мм: 796</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16247.00</t>
+      <t xml:space="preserve">16572.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж пристенный с накопителем (полки ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 105</t>
@@ -1286,51 +1286,51 @@
       <t xml:space="preserve">
 Ширина, мм: 796</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27368.00</t>
+      <t xml:space="preserve">27915.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж пристенный (полки ДСП/стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 106</t>
@@ -1343,51 +1343,51 @@
       <t xml:space="preserve">
 Ширина, мм: 796</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП/стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16569.00</t>
+      <t xml:space="preserve">16900.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж пристенный (полки стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 107</t>
@@ -1400,51 +1400,51 @@
       <t xml:space="preserve">
 Ширина, мм: 796</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17254.00</t>
+      <t xml:space="preserve">17599.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж пристенный с накопителем (полки ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 114</t>
@@ -1457,51 +1457,51 @@
       <t xml:space="preserve">
 Ширина, мм: 796</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20045.00</t>
+      <t xml:space="preserve">20446.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж угловой, внешний (полки ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 108</t>
@@ -1514,51 +1514,51 @@
       <t xml:space="preserve">
 Ширина, мм: 485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2285</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9749.00</t>
+      <t xml:space="preserve">9944.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж угловой, внешний (полки стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 109</t>
@@ -1571,51 +1571,51 @@
       <t xml:space="preserve">
 Ширина, мм: 485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2285</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9656.00</t>
+      <t xml:space="preserve">9849.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж угловой, внутренний (полки ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 115</t>
@@ -1628,51 +1628,51 @@
       <t xml:space="preserve">
 Ширина, мм: 696</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16658.00</t>
+      <t xml:space="preserve">16991.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж угловой, внутренний (полки стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 120</t>
@@ -1685,100 +1685,100 @@
       <t xml:space="preserve">
 Ширина, мм: 696</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17804.00</t>
+      <t xml:space="preserve">18160.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Зеркало для SV 107</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 792</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1865</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6180.00</t>
+      <t xml:space="preserve">6304.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1791,51 +1791,51 @@
       <t xml:space="preserve">
 Артикул: SV 111</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 792</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3706.00</t>
+      <t xml:space="preserve">3780.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1848,51 +1848,51 @@
       <t xml:space="preserve">
 Артикул: SV 112</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 792</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1090</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5311.00</t>
+      <t xml:space="preserve">5417.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1909,51 +1909,51 @@
       <t xml:space="preserve">
 Глубина, мм: 316</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 792</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1604.00</t>
+      <t xml:space="preserve">1636.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель прямых стеллажей, левая</t>
@@ -1970,51 +1970,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7094.00</t>
+      <t xml:space="preserve">7236.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель прямых стеллажей, центральная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 502</t>
@@ -2027,51 +2027,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: центральная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8650.00</t>
+      <t xml:space="preserve">8823.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель прямых стеллажей, правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 503</t>
@@ -2084,51 +2084,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7094.00</t>
+      <t xml:space="preserve">7236.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель углового внутреннего стеллажа, левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 516</t>
@@ -2141,51 +2141,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8650.00</t>
+      <t xml:space="preserve">8823.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель углового внутреннего стеллажа, правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 517</t>
@@ -2198,51 +2198,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8650.00</t>
+      <t xml:space="preserve">8823.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель углового внутреннего стеллажа, крайняя левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 518</t>
@@ -2255,51 +2255,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7094.00</t>
+      <t xml:space="preserve">7236.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель углового внутреннего стеллажа, крайняя правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 519</t>
@@ -2312,51 +2312,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7094.00</t>
+      <t xml:space="preserve">7236.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж пристенный (полки ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 504</t>
@@ -2369,51 +2369,51 @@
       <t xml:space="preserve">
 Ширина, мм: 796</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16890.00</t>
+      <t xml:space="preserve">17228.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж пристенный с накопителем (полки ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 505</t>
@@ -2426,51 +2426,51 @@
       <t xml:space="preserve">
 Ширина, мм: 796</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28009.00</t>
+      <t xml:space="preserve">28569.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж пристенный (полки ДСП/стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 506</t>
@@ -2483,51 +2483,51 @@
       <t xml:space="preserve">
 Ширина, мм: 796</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП/стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17575.00</t>
+      <t xml:space="preserve">17927.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж пристенный (полки стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 507</t>
@@ -2540,51 +2540,51 @@
       <t xml:space="preserve">
 Ширина, мм: 796</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18489.00</t>
+      <t xml:space="preserve">18859.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж пристенный с накопителем (полки ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 514</t>
@@ -2597,51 +2597,51 @@
       <t xml:space="preserve">
 Ширина, мм: 796</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20688.00</t>
+      <t xml:space="preserve">21102.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж угловой, внешний (полки ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 508</t>
@@ -2654,51 +2654,51 @@
       <t xml:space="preserve">
 Ширина, мм: 485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2285</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10388.00</t>
+      <t xml:space="preserve">10596.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж угловой, внешний (полки стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 509</t>
@@ -2711,51 +2711,51 @@
       <t xml:space="preserve">
 Ширина, мм: 485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2285</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10665.00</t>
+      <t xml:space="preserve">10878.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж угловой, внутренний (полки ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 515</t>
@@ -2768,51 +2768,51 @@
       <t xml:space="preserve">
 Ширина, мм: 696</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17299.00</t>
+      <t xml:space="preserve">17645.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеллаж угловой, внутренний (полки стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 520</t>
@@ -2825,51 +2825,51 @@
       <t xml:space="preserve">
 Ширина, мм: 696</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18628.00</t>
+      <t xml:space="preserve">19001.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Зеркало для SV 507</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 510</t>
@@ -2878,51 +2878,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1282</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 792</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6180.00</t>
+      <t xml:space="preserve">6304.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Зеркало для SV 506</t>
@@ -2935,51 +2935,51 @@
       <t xml:space="preserve">
 Ширина, мм: 2057</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 792</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8650.00</t>
+      <t xml:space="preserve">8823.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стеклянные двери с замком для SV 506</t>
@@ -2992,51 +2992,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1282</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 792</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6546.00</t>
+      <t xml:space="preserve">6677.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель высокой гондолы, крайняя</t>
@@ -3053,51 +3053,51 @@
       <t xml:space="preserve">
 Высота, мм: 1266</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6180.00</t>
+      <t xml:space="preserve">6304.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель высокой гондолы, центральная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 202</t>
@@ -3110,51 +3110,51 @@
       <t xml:space="preserve">
 Высота, мм: 1266</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: центральная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7920.00</t>
+      <t xml:space="preserve">8078.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель низкой гондолы, крайняя</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 301</t>
@@ -3167,51 +3167,51 @@
       <t xml:space="preserve">
 Высота, мм: 890</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3981.00</t>
+      <t xml:space="preserve">4061.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Боковая панель низкой гондолы, центральная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 302</t>
@@ -3224,51 +3224,51 @@
       <t xml:space="preserve">
 Высота, мм: 890</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: центральная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4897.00</t>
+      <t xml:space="preserve">4995.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гондола низкая  (полки ДСП)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 303</t>
@@ -3277,51 +3277,51 @@
       <t xml:space="preserve">
 Глубина, мм: 710</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 796</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 855</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6681.00</t>
+      <t xml:space="preserve">6815.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Столешница гондол центральная</t>
@@ -3334,51 +3334,51 @@
       <t xml:space="preserve">
 Глубина, мм: 819</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 520</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6180.00</t>
+      <t xml:space="preserve">6304.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Столешница гондол одинарная</t>
@@ -3391,96 +3391,96 @@
       <t xml:space="preserve">
 Глубина, мм: 1073</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 520</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6681.00</t>
+      <t xml:space="preserve">6815.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Опора для подставки (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SV 404</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">777.00</t>
+      <t xml:space="preserve">793.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -3505,51 +3505,51 @@
       <t xml:space="preserve">
 Глубина, мм: 946</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 520</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6452.00</t>
+      <t xml:space="preserve">6581.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Электрический провод с выключателем и вилкой</t>
@@ -3558,51 +3558,51 @@
       <t xml:space="preserve">
 Артикул: ELP.026.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">370.00</t>
+      <t xml:space="preserve">377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
@@ -3674,51 +3674,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e54228a_a1fa_11e8_a710_0025902b3cc1_01_solid_vine_b2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329e69ad_a1fb_11e8_a710_0025902b3cc1_02_solid_vine_b3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/954ffed9_a1fb_11e8_a710_0025902b3cc1_03_solid_vine_b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f66ab30_a1fc_11e8_a710_0025902b3cc1_04_solid_vine_b5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3209aa27_a1fc_11e8_a710_0025902b3cc1_05_solid_vine_b6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77546adf_a1fc_11e8_a710_0025902b3cc1_06_solid_vine_b7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a00e9397_a1fc_11e8_a710_0025902b3cc1_07_solid_vine_b8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb2ee115_a1fc_11e8_a710_0025902b3cc1_08_solid_vine_b9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01e2c82d_a1fd_11e8_a710_0025902b3cc1_09_solid_vine_b10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a82c1ac_a1fd_11e8_a710_0025902b3cc1_13_solid_vine_b11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/653afe23_a1fd_11e8_a710_0025902b3cc1_10_solid_vine_b12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893be861_a1fd_11e8_a710_0025902b3cc1_11_solid_vine_b13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be80be55_a1eb_11e8_a710_0025902b3cc1_SV_101_b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e4c015_a1eb_11e8_a710_0025902b3cc1_SV_102_b15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de08af65_a1eb_11e8_a710_0025902b3cc1_SV_103_b16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26e45951_a1ed_11e8_a710_0025902b3cc1_SV_116_117_b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c8648e_a1ed_11e8_a710_0025902b3cc1_SV_203_b18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38370980_a1ed_11e8_a710_0025902b3cc1_SV_116_117_b19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54fbffec_a1ed_11e8_a710_0025902b3cc1_SV_118_119_b20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6359b864_a1ed_11e8_a710_0025902b3cc1_SV_118_119_b21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15385e63_a1ec_11e8_a710_0025902b3cc1_SV_104_b22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27edbc9b_a1ec_11e8_a710_0025902b3cc1_SV_105_b23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cc1d625_a1ec_11e8_a710_0025902b3cc1_SV_106_b24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53d39cdb_a1ec_11e8_a710_0025902b3cc1_SV_107_b25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffd90af2_a1ec_11e8_a710_0025902b3cc1_SV_114_b26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63bc7adb_a1ec_11e8_a710_0025902b3cc1_SV_108_b27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76ceaf04_a1ec_11e8_a710_0025902b3cc1_SV_109_b28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12e1b987_a1ed_11e8_a710_0025902b3cc1_SV_115_b29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76f139f4_a1ed_11e8_a710_0025902b3cc1_SV_120_b30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b27ac69_a1ec_11e8_a710_0025902b3cc1_SV_110_b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa94c282_a1ec_11e8_a710_0025902b3cc1_SV_111_b32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8110365_a1ec_11e8_a710_0025902b3cc1_SV_112_b33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d989c9b5_a1ec_11e8_a710_0025902b3cc1_SV_113_b34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52618a89_a1ef_11e8_a710_0025902b3cc1_SV_501_503_b35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595614e4_a1ef_11e8_a710_0025902b3cc1_SV_502_b36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e681255_a1ef_11e8_a710_0025902b3cc1_SV_501_503_b37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48983fd6_a1f2_11e8_a710_0025902b3cc1_SV_516_517_b38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5746e74b_a1f2_11e8_a710_0025902b3cc1_SV_516_517_b39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68711ff7_a1f2_11e8_a710_0025902b3cc1_SV_518_519_b40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77f86546_a1f2_11e8_a710_0025902b3cc1_SV_518_519_b41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802d04ef_a1ef_11e8_a710_0025902b3cc1_SV_504_b42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93713613_a1ef_11e8_a710_0025902b3cc1_SV_505_b43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa1eaf1_a1ef_11e8_a710_0025902b3cc1_SV_506_b44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfb1751_a1ef_11e8_a710_0025902b3cc1_SV_507_b45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c5992d1_a1f0_11e8_a710_0025902b3cc1_SV_514_b46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba7a231f_a1ef_11e8_a710_0025902b3cc1_SV_508_b47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca088c92_a1ef_11e8_a710_0025902b3cc1_SV_509_b48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2568c179_a1f0_11e8_a710_0025902b3cc1_SV_515_b49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cfc1a6e_a1f2_11e8_a710_0025902b3cc1_SV_520_b50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0b6593f_a1ef_11e8_a710_0025902b3cc1_SV_510_b51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef545707_a1ef_11e8_a710_0025902b3cc1_SV_511_b52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe375ced_a1ef_11e8_a710_0025902b3cc1_SV_512_b53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/866ef9b7_a1ed_11e8_a710_0025902b3cc1_SV_201_b54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/946656c0_a1ed_11e8_a710_0025902b3cc1_SV_202_b55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4bafebe_a1ed_11e8_a710_0025902b3cc1_SV_301_b56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d298d857_a1ed_11e8_a710_0025902b3cc1_SV_302_b57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49a52082_a1ee_11e8_a710_0025902b3cc1_SV_303_b58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f207d1d6_a1ee_11e8_a710_0025902b3cc1_SV_402_b59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4b9d61_a1ef_11e8_a710_0025902b3cc1_SV_403_b60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3357c2b5_a1ef_11e8_a710_0025902b3cc1_SV_404_b61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76c07481_a1ee_11e8_a710_0025902b3cc1_SV_401_b62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b120a69d_068d_11e0_99a4_003048f27c5f_7BF18BBA_7E43_4B5E_9EDF_2BA414EB444A63.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e54228a_a1fa_11e8_a710_0025902b3cc1_01_solid_vine_b2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329e69ad_a1fb_11e8_a710_0025902b3cc1_02_solid_vine_b3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/954ffed9_a1fb_11e8_a710_0025902b3cc1_03_solid_vine_b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f66ab30_a1fc_11e8_a710_0025902b3cc1_04_solid_vine_b5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3209aa27_a1fc_11e8_a710_0025902b3cc1_05_solid_vine_b6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77546adf_a1fc_11e8_a710_0025902b3cc1_06_solid_vine_b7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a00e9397_a1fc_11e8_a710_0025902b3cc1_07_solid_vine_b8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb2ee115_a1fc_11e8_a710_0025902b3cc1_08_solid_vine_b9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01e2c82d_a1fd_11e8_a710_0025902b3cc1_09_solid_vine_b10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a82c1ac_a1fd_11e8_a710_0025902b3cc1_13_solid_vine_b11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/653afe23_a1fd_11e8_a710_0025902b3cc1_10_solid_vine_b12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893be861_a1fd_11e8_a710_0025902b3cc1_11_solid_vine_b13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be80be55_a1eb_11e8_a710_0025902b3cc1_SV_101_b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e4c015_a1eb_11e8_a710_0025902b3cc1_SV_102_b15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de08af65_a1eb_11e8_a710_0025902b3cc1_SV_103_b16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c8648e_a1ed_11e8_a710_0025902b3cc1_SV_203_b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26e45951_a1ed_11e8_a710_0025902b3cc1_SV_116_117_b18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38370980_a1ed_11e8_a710_0025902b3cc1_SV_116_117_b19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54fbffec_a1ed_11e8_a710_0025902b3cc1_SV_118_119_b20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6359b864_a1ed_11e8_a710_0025902b3cc1_SV_118_119_b21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15385e63_a1ec_11e8_a710_0025902b3cc1_SV_104_b22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27edbc9b_a1ec_11e8_a710_0025902b3cc1_SV_105_b23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cc1d625_a1ec_11e8_a710_0025902b3cc1_SV_106_b24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53d39cdb_a1ec_11e8_a710_0025902b3cc1_SV_107_b25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffd90af2_a1ec_11e8_a710_0025902b3cc1_SV_114_b26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63bc7adb_a1ec_11e8_a710_0025902b3cc1_SV_108_b27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76ceaf04_a1ec_11e8_a710_0025902b3cc1_SV_109_b28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12e1b987_a1ed_11e8_a710_0025902b3cc1_SV_115_b29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76f139f4_a1ed_11e8_a710_0025902b3cc1_SV_120_b30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b27ac69_a1ec_11e8_a710_0025902b3cc1_SV_110_b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa94c282_a1ec_11e8_a710_0025902b3cc1_SV_111_b32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8110365_a1ec_11e8_a710_0025902b3cc1_SV_112_b33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d989c9b5_a1ec_11e8_a710_0025902b3cc1_SV_113_b34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52618a89_a1ef_11e8_a710_0025902b3cc1_SV_501_503_b35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595614e4_a1ef_11e8_a710_0025902b3cc1_SV_502_b36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e681255_a1ef_11e8_a710_0025902b3cc1_SV_501_503_b37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48983fd6_a1f2_11e8_a710_0025902b3cc1_SV_516_517_b38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5746e74b_a1f2_11e8_a710_0025902b3cc1_SV_516_517_b39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68711ff7_a1f2_11e8_a710_0025902b3cc1_SV_518_519_b40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77f86546_a1f2_11e8_a710_0025902b3cc1_SV_518_519_b41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802d04ef_a1ef_11e8_a710_0025902b3cc1_SV_504_b42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93713613_a1ef_11e8_a710_0025902b3cc1_SV_505_b43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa1eaf1_a1ef_11e8_a710_0025902b3cc1_SV_506_b44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfb1751_a1ef_11e8_a710_0025902b3cc1_SV_507_b45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c5992d1_a1f0_11e8_a710_0025902b3cc1_SV_514_b46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba7a231f_a1ef_11e8_a710_0025902b3cc1_SV_508_b47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca088c92_a1ef_11e8_a710_0025902b3cc1_SV_509_b48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2568c179_a1f0_11e8_a710_0025902b3cc1_SV_515_b49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cfc1a6e_a1f2_11e8_a710_0025902b3cc1_SV_520_b50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0b6593f_a1ef_11e8_a710_0025902b3cc1_SV_510_b51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef545707_a1ef_11e8_a710_0025902b3cc1_SV_511_b52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe375ced_a1ef_11e8_a710_0025902b3cc1_SV_512_b53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/866ef9b7_a1ed_11e8_a710_0025902b3cc1_SV_201_b54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/946656c0_a1ed_11e8_a710_0025902b3cc1_SV_202_b55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4bafebe_a1ed_11e8_a710_0025902b3cc1_SV_301_b56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d298d857_a1ed_11e8_a710_0025902b3cc1_SV_302_b57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49a52082_a1ee_11e8_a710_0025902b3cc1_SV_303_b58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f207d1d6_a1ee_11e8_a710_0025902b3cc1_SV_402_b59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4b9d61_a1ef_11e8_a710_0025902b3cc1_SV_403_b60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3357c2b5_a1ef_11e8_a710_0025902b3cc1_SV_404_b61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76c07481_a1ee_11e8_a710_0025902b3cc1_SV_401_b62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b120a69d_068d_11e0_99a4_003048f27c5f_7BF18BBA_7E43_4B5E_9EDF_2BA414EB444A63.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5908,51 +5908,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19.01.2024</t>
+            <t xml:space="preserve">02.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -5988,51 +5988,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23341.00</t>
+            <t xml:space="preserve">23808.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Cтеллаж на базе модели  SV 105</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: K.SV.02</t>
           </r>
@@ -6048,51 +6048,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34462.00</t>
+            <t xml:space="preserve">35151.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Cтеллаж с накопителем на базе модели SV 105</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6110,51 +6110,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36066.00</t>
+            <t xml:space="preserve">36787.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Cтеллаж  на базе модели SV 106</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: K.SV.04</t>
           </r>
@@ -6170,51 +6170,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП/стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23663.00</t>
+            <t xml:space="preserve">24136.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Cтеллаж с дверями SV 112 на базе модели SV 106</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6232,51 +6232,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП/стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28974.00</t>
+            <t xml:space="preserve">29553.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Cтеллаж на базе модели SV 107</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: K.SV.06</t>
           </r>
@@ -6292,51 +6292,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24348.00</t>
+            <t xml:space="preserve">24835.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Cтеллаж с диагональным накопителем на базе модели SV 114</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6350,51 +6350,51 @@
             <t xml:space="preserve">
 Ширина, мм: 846</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27139.00</t>
+            <t xml:space="preserve">27682.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стеллаж угловой на базе модели SV 108</t>
           </r>
@@ -6414,51 +6414,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16843.00</t>
+            <t xml:space="preserve">17180.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стеллаж угловой на базе модели SV 109</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6476,51 +6476,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16750.00</t>
+            <t xml:space="preserve">17085.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стеллаж угловой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: K.SV.10</t>
           </r>
@@ -6536,51 +6536,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в стоимость входит одна крайняя боковина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23752.00</t>
+            <t xml:space="preserve">24227.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гондола высокая на базе модели SV 203</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6598,51 +6598,51 @@
             <t xml:space="preserve">
 Высота, мм: 1298</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: стоимость указана без столешницы и одной боковины</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15929.00</t>
+            <t xml:space="preserve">16248.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гондола низкая на базе модели SV 303</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: K.SV.12</t>
           </r>
@@ -6658,51 +6658,51 @@
             <t xml:space="preserve">
 Высота, мм: 922</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: стоимость указана без столешницы и одной боковины</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10662.00</t>
+            <t xml:space="preserve">10876.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Боковая панель стеллажа, левая</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6716,51 +6716,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7094.00</t>
+            <t xml:space="preserve">7236.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Боковая панель стеллажа, центральная</t>
           </r>
@@ -6776,51 +6776,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: центральная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8650.00</t>
+            <t xml:space="preserve">8823.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6838,176 +6838,176 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7094.00</t>
+            <t xml:space="preserve">7236.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Боковая панель углового внутреннего стеллажа, левая</t>
-[...19 lines deleted...]
-Боковая панель: левая</t>
+            <t xml:space="preserve">Гондола высокая (полки ДСП)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SV 203</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 710</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 796</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1261</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8650.00</t>
+            <t xml:space="preserve">9944.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Гондола высокая (полки ДСП)</t>
-[...15 lines deleted...]
-Высота, мм: 1261</t>
+            <t xml:space="preserve">Боковая панель углового внутреннего стеллажа, левая</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SV 116</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Боковая панель: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9749.00</t>
+            <t xml:space="preserve">8823.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Боковая панель углового внутреннего стеллажа, правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SV 117</t>
@@ -7020,51 +7020,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8650.00</t>
+            <t xml:space="preserve">8823.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7082,51 +7082,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7094.00</t>
+            <t xml:space="preserve">7236.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Боковая панель углового внутреннего стеллажа, крайняя правая</t>
           </r>
@@ -7142,51 +7142,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7094.00</t>
+            <t xml:space="preserve">7236.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7204,51 +7204,51 @@
             <t xml:space="preserve">
 Ширина, мм: 796</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16247.00</t>
+            <t xml:space="preserve">16572.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стеллаж пристенный с накопителем (полки ДСП)</t>
           </r>
@@ -7264,51 +7264,51 @@
             <t xml:space="preserve">
 Ширина, мм: 796</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27368.00</t>
+            <t xml:space="preserve">27915.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7326,51 +7326,51 @@
             <t xml:space="preserve">
 Ширина, мм: 796</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП/стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16569.00</t>
+            <t xml:space="preserve">16900.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стеллаж пристенный (полки стекло)</t>
           </r>
@@ -7386,51 +7386,51 @@
             <t xml:space="preserve">
 Ширина, мм: 796</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17254.00</t>
+            <t xml:space="preserve">17599.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7448,51 +7448,51 @@
             <t xml:space="preserve">
 Ширина, мм: 796</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20045.00</t>
+            <t xml:space="preserve">20446.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стеллаж угловой, внешний (полки ДСП)</t>
           </r>
@@ -7508,51 +7508,51 @@
             <t xml:space="preserve">
 Ширина, мм: 485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2285</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9749.00</t>
+            <t xml:space="preserve">9944.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7570,51 +7570,51 @@
             <t xml:space="preserve">
 Ширина, мм: 485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2285</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9656.00</t>
+            <t xml:space="preserve">9849.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стеллаж угловой, внутренний (полки ДСП)</t>
           </r>
@@ -7630,51 +7630,51 @@
             <t xml:space="preserve">
 Ширина, мм: 696</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16658.00</t>
+            <t xml:space="preserve">16991.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7692,51 +7692,51 @@
             <t xml:space="preserve">
 Ширина, мм: 696</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17804.00</t>
+            <t xml:space="preserve">18160.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Зеркало для SV 107</t>
           </r>
@@ -7744,51 +7744,51 @@
             <t xml:space="preserve">
 Артикул: SV 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 792</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1865</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6180.00</t>
+            <t xml:space="preserve">6304.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -7806,51 +7806,51 @@
             <t xml:space="preserve">
 Артикул: SV 111</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 792</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3706.00</t>
+            <t xml:space="preserve">3780.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -7866,51 +7866,51 @@
             <t xml:space="preserve">
 Артикул: SV 112</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 792</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1090</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5311.00</t>
+            <t xml:space="preserve">5417.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -7932,51 +7932,51 @@
             <t xml:space="preserve">
 Глубина, мм: 316</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 792</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1604.00</t>
+            <t xml:space="preserve">1636.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7996,51 +7996,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7094.00</t>
+            <t xml:space="preserve">7236.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8058,51 +8058,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: центральная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8650.00</t>
+            <t xml:space="preserve">8823.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Боковая панель прямых стеллажей, правая</t>
           </r>
@@ -8118,51 +8118,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7094.00</t>
+            <t xml:space="preserve">7236.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8180,51 +8180,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8650.00</t>
+            <t xml:space="preserve">8823.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Боковая панель углового внутреннего стеллажа, правая</t>
           </r>
@@ -8240,51 +8240,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8650.00</t>
+            <t xml:space="preserve">8823.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8302,51 +8302,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7094.00</t>
+            <t xml:space="preserve">7236.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Боковая панель углового внутреннего стеллажа, крайняя правая</t>
           </r>
@@ -8362,51 +8362,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7094.00</t>
+            <t xml:space="preserve">7236.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8424,51 +8424,51 @@
             <t xml:space="preserve">
 Ширина, мм: 796</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16890.00</t>
+            <t xml:space="preserve">17228.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стеллаж пристенный с накопителем (полки ДСП)</t>
           </r>
@@ -8484,51 +8484,51 @@
             <t xml:space="preserve">
 Ширина, мм: 796</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28009.00</t>
+            <t xml:space="preserve">28569.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8546,51 +8546,51 @@
             <t xml:space="preserve">
 Ширина, мм: 796</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП/стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17575.00</t>
+            <t xml:space="preserve">17927.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стеллаж пристенный (полки стекло)</t>
           </r>
@@ -8606,51 +8606,51 @@
             <t xml:space="preserve">
 Ширина, мм: 796</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18489.00</t>
+            <t xml:space="preserve">18859.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8668,51 +8668,51 @@
             <t xml:space="preserve">
 Ширина, мм: 796</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20688.00</t>
+            <t xml:space="preserve">21102.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стеллаж угловой, внешний (полки ДСП)</t>
           </r>
@@ -8728,51 +8728,51 @@
             <t xml:space="preserve">
 Ширина, мм: 485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2285</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10388.00</t>
+            <t xml:space="preserve">10596.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8790,51 +8790,51 @@
             <t xml:space="preserve">
 Ширина, мм: 485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2285</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10665.00</t>
+            <t xml:space="preserve">10878.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стеллаж угловой, внутренний (полки ДСП)</t>
           </r>
@@ -8850,51 +8850,51 @@
             <t xml:space="preserve">
 Ширина, мм: 696</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17299.00</t>
+            <t xml:space="preserve">17645.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8912,51 +8912,51 @@
             <t xml:space="preserve">
 Ширина, мм: 696</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18628.00</t>
+            <t xml:space="preserve">19001.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Зеркало для SV 507</t>
           </r>
@@ -8968,51 +8968,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1282</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 792</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6180.00</t>
+            <t xml:space="preserve">6304.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9030,51 +9030,51 @@
             <t xml:space="preserve">
 Ширина, мм: 2057</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 792</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8650.00</t>
+            <t xml:space="preserve">8823.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9090,51 +9090,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1282</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 792</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6546.00</t>
+            <t xml:space="preserve">6677.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9156,51 +9156,51 @@
             <t xml:space="preserve">
 Высота, мм: 1266</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6180.00</t>
+            <t xml:space="preserve">6304.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Боковая панель высокой гондолы, центральная</t>
           </r>
@@ -9216,51 +9216,51 @@
             <t xml:space="preserve">
 Высота, мм: 1266</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: центральная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7920.00</t>
+            <t xml:space="preserve">8078.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9278,51 +9278,51 @@
             <t xml:space="preserve">
 Высота, мм: 890</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3981.00</t>
+            <t xml:space="preserve">4061.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Боковая панель низкой гондолы, центральная</t>
           </r>
@@ -9338,51 +9338,51 @@
             <t xml:space="preserve">
 Высота, мм: 890</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: центральная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4897.00</t>
+            <t xml:space="preserve">4995.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9396,51 +9396,51 @@
             <t xml:space="preserve">
 Глубина, мм: 710</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 796</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 855</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6681.00</t>
+            <t xml:space="preserve">6815.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9456,51 +9456,51 @@
             <t xml:space="preserve">
 Глубина, мм: 819</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 520</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6180.00</t>
+            <t xml:space="preserve">6304.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9518,99 +9518,99 @@
             <t xml:space="preserve">
 Глубина, мм: 1073</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 520</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6681.00</t>
+            <t xml:space="preserve">6815.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Опора для подставки (пара)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SV 404</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">777.00</t>
+            <t xml:space="preserve">793.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -9640,51 +9640,51 @@
             <t xml:space="preserve">
 Глубина, мм: 946</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 520</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6452.00</t>
+            <t xml:space="preserve">6581.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9696,51 +9696,51 @@
             <t xml:space="preserve">
 Артикул: ELP.026.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">370.00</t>
+            <t xml:space="preserve">377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>