--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,99 +33,99 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18.01.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Оборудование для оптики (стойки для очков)</t>
   </si>
   <si>
     <t>Торговое оборудование для оптики представлено разнообразными моделями стоек с возможностью презентации большого количества оправ. В основе островных стоек металлокаркас, в стандартном исполнении окрашенный в серый цвет, а также в цвета по каталогу RAL. Основание стойки – ДСП, МДФ окрашенный или покрытый пленкой ПВХ. Кроме того, в конструкции стоек для удобства покупателей предусмотрены зеркала. Также в серии представлены модели с креплением к стене. Основной несущий элемент конструкций – панель из молочного акрила. Настенные панели укомплектованы светильниками для внутренней подсветки и необходимым креплением к стене. Примечание: Цвета пленки ПВХ представлены на сайте www.mdm-group.ru, а также в нашем выставочном зале. Окраска МДФ в цвет по каталогу RAL.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KDC-605 \ Стойка для очков настольная, с замком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NKO.002.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 820</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 10 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4502.00</t>
+      <t xml:space="preserve">4592.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -138,51 +138,51 @@
       <t xml:space="preserve">
 Артикул: NKO.048.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 24 оправы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5827.00</t>
+      <t xml:space="preserve">5944.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -248,51 +248,51 @@
       </rPr>
       <t xml:space="preserve">FX-1 \ Консоль крепления стойки KTC-001 к плоскости</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NKO.046.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42.84</t>
+      <t xml:space="preserve">43.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -321,51 +321,51 @@
       <t xml:space="preserve">
 Высота, мм: 1780</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 56 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74290.00</t>
+      <t xml:space="preserve">75776.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.010 \ Настенная панель с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.010</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 126</t>
@@ -374,51 +374,51 @@
       <t xml:space="preserve">
 Ширина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1255</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 28 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25764.00</t>
+      <t xml:space="preserve">26279.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.011 \ Настенная панель с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.011</t>
@@ -431,51 +431,51 @@
       <t xml:space="preserve">
 Ширина, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1255</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 42 оправы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35104.00</t>
+      <t xml:space="preserve">35806.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.012 \ Настенная панель с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.012</t>
@@ -488,51 +488,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1255</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 56 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">46845.00</t>
+      <t xml:space="preserve">47782.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.013 \ Зеркало для настенных панелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.013</t>
@@ -541,51 +541,51 @@
       <t xml:space="preserve">
 Глубина, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1182</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1606.00</t>
+      <t xml:space="preserve">1638.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.014 \ Боковина для настенных панелей</t>
@@ -598,51 +598,51 @@
       <t xml:space="preserve">
 Глубина, мм: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1251</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1046.00</t>
+      <t xml:space="preserve">1067.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.001.V2 \ Стойка для очков</t>
@@ -663,51 +663,51 @@
       <t xml:space="preserve">
 Высота, мм: 1780</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 56 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45224.00</t>
+      <t xml:space="preserve">46128.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KTC-009S(L) \ Стойка для очков с креплением к стене, с замком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NKO.060.14.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -716,51 +716,51 @@
       <t xml:space="preserve">
 Высота, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 14 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Замок: с замком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6332.00</t>
+      <t xml:space="preserve">6459.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KTC-009N \   Стойка для очков с креплением к стене, без замка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NKO.060.14.BZ.CH</t>
@@ -773,51 +773,51 @@
       <t xml:space="preserve">
 Высота, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 14 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Замок: без замка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5007.00</t>
+      <t xml:space="preserve">5107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KTC-009S(L) \ Стойка для очков с креплением к стене, с замком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NKO.061.20.CH</t>
@@ -830,51 +830,51 @@
       <t xml:space="preserve">
 Высота, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 20 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Замок: с замком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7935.00</t>
+      <t xml:space="preserve">8094.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.002.V2 \ Стойка для очков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.002.V2.DSP</t>
@@ -887,51 +887,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 56 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45224.00</t>
+      <t xml:space="preserve">46128.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.002.V2 \ Стойка для очков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.002.V2.COL</t>
@@ -944,51 +944,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 56 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74290.00</t>
+      <t xml:space="preserve">75776.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.003.V2 \ Стойка для очков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.003.V2.DSP</t>
@@ -1001,51 +1001,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 42 оправы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34304.00</t>
+      <t xml:space="preserve">34990.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.003.V2 \ Стойка для очков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.003.V2.COL</t>
@@ -1058,51 +1058,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 42 оправы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">60280.00</t>
+      <t xml:space="preserve">61486.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.004.V2 \ Стойка для очков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.004.V2.DSP</t>
@@ -1115,51 +1115,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 42 оправы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34304.00</t>
+      <t xml:space="preserve">34990.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.004.V2 \ Стойка для очков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.004.V2.COL</t>
@@ -1172,51 +1172,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 42 оправы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">60280.00</t>
+      <t xml:space="preserve">61486.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.005.V2 \ Стойка для очков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.005.V2.DSP</t>
@@ -1233,51 +1233,51 @@
       <t xml:space="preserve">
 Высота, мм: 1730</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 42 оправы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30918.00</t>
+      <t xml:space="preserve">31536.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.005.V2 \ Стойка для очков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.005.V2.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 490</t>
@@ -1290,51 +1290,51 @@
       <t xml:space="preserve">
 Высота, мм: 1730</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 42 оправы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64106.00</t>
+      <t xml:space="preserve">65388.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.007 \ Стойка для очков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.007.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 550</t>
@@ -1347,51 +1347,51 @@
       <t xml:space="preserve">
 Высота, мм: 2070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 80 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63408.00</t>
+      <t xml:space="preserve">64676.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.006.V2 \ Стойка для очков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.006.V2.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 495</t>
@@ -1404,51 +1404,51 @@
       <t xml:space="preserve">
 Высота, мм: 1730</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 56 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">41618.00</t>
+      <t xml:space="preserve">42450.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.006.V2 \ Стойка для очков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.006.V2.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 495</t>
@@ -1461,51 +1461,51 @@
       <t xml:space="preserve">
 Высота, мм: 1730</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 56 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">87757.00</t>
+      <t xml:space="preserve">89512.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.007 \ Стойка для очков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.007.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 550</t>
@@ -1518,51 +1518,51 @@
       <t xml:space="preserve">
 Высота, мм: 2070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 80 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">52369.00</t>
+      <t xml:space="preserve">53416.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.008 \ Стойка для очков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.008.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 550</t>
@@ -1575,51 +1575,51 @@
       <t xml:space="preserve">
 Высота, мм: 2070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 120 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">78554.00</t>
+      <t xml:space="preserve">80125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.008 \ Стойка для очков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.008.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 550</t>
@@ -1632,51 +1632,51 @@
       <t xml:space="preserve">
 Высота, мм: 2070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 120 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">95109.00</t>
+      <t xml:space="preserve">97011.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.009 \ Стойка для очков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.009.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 550</t>
@@ -1689,51 +1689,51 @@
       <t xml:space="preserve">
 Высота, мм: 2070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 160 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">104738.00</t>
+      <t xml:space="preserve">106833.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SOP.009 \ Стойка для очков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SOP.009.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 550</t>
@@ -1746,51 +1746,51 @@
       <t xml:space="preserve">
 Высота, мм: 2070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 160 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">126741.00</t>
+      <t xml:space="preserve">129276.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -3124,51 +3124,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18.01.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3192,51 +3192,51 @@
             <t xml:space="preserve">
 Артикул: NKO.002.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 820</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 10 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4502.00</t>
+            <t xml:space="preserve">4592.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3252,51 +3252,51 @@
             <t xml:space="preserve">
 Артикул: NKO.048.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 24 оправы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5827.00</t>
+            <t xml:space="preserve">5944.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -3370,51 +3370,51 @@
             </rPr>
             <t xml:space="preserve">FX-1 \ Консоль крепления стойки KTC-001 к плоскости</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NKO.046.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42.84</t>
+            <t xml:space="preserve">43.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
@@ -3448,51 +3448,51 @@
             <t xml:space="preserve">
 Высота, мм: 1780</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 56 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74290.00</t>
+            <t xml:space="preserve">75776.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SOP.010 \ Настенная панель с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SOP.010</t>
           </r>
@@ -3504,51 +3504,51 @@
             <t xml:space="preserve">
 Ширина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1255</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 28 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25764.00</t>
+            <t xml:space="preserve">26279.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3566,51 +3566,51 @@
             <t xml:space="preserve">
 Ширина, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1255</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 42 оправы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35104.00</t>
+            <t xml:space="preserve">35806.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SOP.012 \ Настенная панель с освещением</t>
           </r>
@@ -3626,51 +3626,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1255</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 56 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">46845.00</t>
+            <t xml:space="preserve">47782.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3684,51 +3684,51 @@
             <t xml:space="preserve">
 Глубина, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1182</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1606.00</t>
+            <t xml:space="preserve">1638.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3744,51 +3744,51 @@
             <t xml:space="preserve">
 Глубина, мм: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1251</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1046.00</t>
+            <t xml:space="preserve">1067.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3814,51 +3814,51 @@
             <t xml:space="preserve">
 Высота, мм: 1780</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 56 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45224.00</t>
+            <t xml:space="preserve">46128.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KTC-009S(L) \ Стойка для очков с креплением к стене, с замком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NKO.060.14.CH</t>
           </r>
@@ -3870,51 +3870,51 @@
             <t xml:space="preserve">
 Высота, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 14 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Замок: с замком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6332.00</t>
+            <t xml:space="preserve">6459.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3932,51 +3932,51 @@
             <t xml:space="preserve">
 Высота, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 14 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Замок: без замка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5007.00</t>
+            <t xml:space="preserve">5107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KTC-009S(L) \ Стойка для очков с креплением к стене, с замком</t>
           </r>
@@ -3992,51 +3992,51 @@
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 20 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Замок: с замком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7935.00</t>
+            <t xml:space="preserve">8094.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4054,51 +4054,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 56 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45224.00</t>
+            <t xml:space="preserve">46128.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SOP.002.V2 \ Стойка для очков</t>
           </r>
@@ -4114,51 +4114,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 56 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74290.00</t>
+            <t xml:space="preserve">75776.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4176,51 +4176,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 42 оправы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34304.00</t>
+            <t xml:space="preserve">34990.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SOP.003.V2 \ Стойка для очков</t>
           </r>
@@ -4236,51 +4236,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 42 оправы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">60280.00</t>
+            <t xml:space="preserve">61486.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4298,51 +4298,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 42 оправы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34304.00</t>
+            <t xml:space="preserve">34990.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SOP.004.V2 \ Стойка для очков</t>
           </r>
@@ -4358,51 +4358,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 42 оправы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">60280.00</t>
+            <t xml:space="preserve">61486.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4424,51 +4424,51 @@
             <t xml:space="preserve">
 Высота, мм: 1730</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 42 оправы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30918.00</t>
+            <t xml:space="preserve">31536.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SOP.005.V2 \ Стойка для очков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SOP.005.V2.COL</t>
           </r>
@@ -4484,51 +4484,51 @@
             <t xml:space="preserve">
 Высота, мм: 1730</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 42 оправы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64106.00</t>
+            <t xml:space="preserve">65388.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SOP.007 \ Стойка для очков</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4546,51 +4546,51 @@
             <t xml:space="preserve">
 Высота, мм: 2070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 80 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63408.00</t>
+            <t xml:space="preserve">64676.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SOP.006.V2 \ Стойка для очков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SOP.006.V2.DSP</t>
           </r>
@@ -4606,51 +4606,51 @@
             <t xml:space="preserve">
 Высота, мм: 1730</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 56 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">41618.00</t>
+            <t xml:space="preserve">42450.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SOP.006.V2 \ Стойка для очков</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4668,51 +4668,51 @@
             <t xml:space="preserve">
 Высота, мм: 1730</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 56 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">87757.00</t>
+            <t xml:space="preserve">89512.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SOP.007 \ Стойка для очков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SOP.007.DSP</t>
           </r>
@@ -4728,51 +4728,51 @@
             <t xml:space="preserve">
 Высота, мм: 2070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 80 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">52369.00</t>
+            <t xml:space="preserve">53416.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SOP.008 \ Стойка для очков</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4790,51 +4790,51 @@
             <t xml:space="preserve">
 Высота, мм: 2070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 120 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">78554.00</t>
+            <t xml:space="preserve">80125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SOP.008 \ Стойка для очков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SOP.008.COL</t>
           </r>
@@ -4850,51 +4850,51 @@
             <t xml:space="preserve">
 Высота, мм: 2070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 120 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">95109.00</t>
+            <t xml:space="preserve">97011.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SOP.009 \ Стойка для очков</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4912,51 +4912,51 @@
             <t xml:space="preserve">
 Высота, мм: 2070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 160 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">104738.00</t>
+            <t xml:space="preserve">106833.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SOP.009 \ Стойка для очков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SOP.009.COL</t>
           </r>
@@ -4972,51 +4972,51 @@
             <t xml:space="preserve">
 Высота, мм: 2070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 160 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал основания: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">126741.00</t>
+            <t xml:space="preserve">129276.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>