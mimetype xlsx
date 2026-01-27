--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18.01.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Прилавки Крео</t>
   </si>
   <si>
     <t>Серия «Крео» представляет собой линию торговой мебели для оборудования магазинов ювелирных украшений, часов и других подобных товаров. В серию входят островные и обычные прилавки с остекленным верхом, пристенные тумбы и подвесные стенды.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2706.85 \ Прилавок с остекленным верхом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 2706.85</t>
     </r>
@@ -89,51 +89,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1 236</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1 011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28484.00</t>
+      <t xml:space="preserve">29054.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2706.86 \ Прилавок с остекленным верхом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 2706.86</t>
@@ -146,51 +146,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1 050</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1 011</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25412.00</t>
+      <t xml:space="preserve">25920.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2706.105 \ Прилавок глухой, внешний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 2706.105</t>
@@ -203,51 +203,51 @@
       <t xml:space="preserve">
 Ширина, мм: 710</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1 015</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вид поставки товара: в собранном виде в упаковке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16614.00</t>
+      <t xml:space="preserve">16946.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2706.87 \ Прилавок угловой, внутренний с местом для ККМ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 2706.87</t>
@@ -260,51 +260,51 @@
       <t xml:space="preserve">
 Ширина, мм: 667</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1 015</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вид поставки товара: в собранном виде в упаковке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32114.00</t>
+      <t xml:space="preserve">32756.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2706.97.1 \ Боковина прилавка, правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 2706.97.1</t>
@@ -321,51 +321,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 015</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковина: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5819.00</t>
+      <t xml:space="preserve">5935.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2706.97.2 \ Боковина прилавка, левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 2706.97.2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 667</t>
@@ -378,51 +378,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 015</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковина: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5819.00</t>
+      <t xml:space="preserve">5935.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2706.98.1 \ Боковина прилавка, правая с распашной дверкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 2706.98.1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 667</t>
@@ -443,51 +443,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 015</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковина: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13823.00</t>
+      <t xml:space="preserve">14099.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2706.98.2 \ Боковина прилавка, левая с распашной дверкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 2706.98.2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 667</t>
@@ -508,51 +508,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 015</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковина: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13823.00</t>
+      <t xml:space="preserve">14099.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2706.66 \ Прилавок островной с остекленным верхом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 2706.66</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: ДСП орех 03319</t>
@@ -565,51 +565,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1030</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде в упаковке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23520.00</t>
+      <t xml:space="preserve">23990.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2706.78 \ Тумба с выдвижными ящиками и накопителем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 2706.78</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 496</t>
@@ -618,51 +618,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9636.00</t>
+      <t xml:space="preserve">9829.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2706.79 \ Столешница тумбы 2706.78, левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 2706.79</t>
@@ -675,51 +675,51 @@
       <t xml:space="preserve">
 Ширина, мм: 910</t>
     </r>
     <r>
       <t xml:space="preserve">
 Столешница: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4282.00</t>
+      <t xml:space="preserve">4368.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2706.80 \ Столешница тумбы 2706.78, средняя</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 2706.80</t>
@@ -732,51 +732,51 @@
       <t xml:space="preserve">
 Ширина, мм: 910</t>
     </r>
     <r>
       <t xml:space="preserve">
 Столешница: средняя</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4282.00</t>
+      <t xml:space="preserve">4368.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2706.81 \ Столешница тумбы 2706.78, правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 2706.81</t>
@@ -789,51 +789,51 @@
       <t xml:space="preserve">
 Ширина, мм: 910</t>
     </r>
     <r>
       <t xml:space="preserve">
 Столешница: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4282.00</t>
+      <t xml:space="preserve">4368.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2706.82 \ Подиум тумбы 2706.78, левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 2706.82</t>
@@ -846,51 +846,51 @@
       <t xml:space="preserve">
 Ширина, мм: 850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вид поставки товара: в собранном виде в упаковке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подиум: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1349.00</t>
+      <t xml:space="preserve">1376.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2706.83 \ Подиум тумбы 2706.78, средний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 2706.83</t>
@@ -903,51 +903,51 @@
       <t xml:space="preserve">
 Ширина, мм: 850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вид поставки товара: в собранном виде в упаковке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подиум: средний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1349.00</t>
+      <t xml:space="preserve">1376.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2706.84 \ Подиум тумбы 2706.78, правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 2706.84</t>
@@ -960,100 +960,100 @@
       <t xml:space="preserve">
 Ширина, мм: 850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вид поставки товара: в собранном виде в упаковке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подиум: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1349.00</t>
+      <t xml:space="preserve">1376.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2706.74.1 \ Комплект зеркал для задней стенки стенда 2706.74</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 2706.74.1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1 097</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4407.00</t>
+      <t xml:space="preserve">4495.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1078,51 +1078,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: зеркало, кронштейны и полки в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11822.00</t>
+      <t xml:space="preserve">12058.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -2096,51 +2096,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18.01.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2172,51 +2172,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1 236</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1 011</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28484.00</t>
+            <t xml:space="preserve">29054.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2706.86 \ Прилавок с остекленным верхом</t>
           </r>
@@ -2232,51 +2232,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1 050</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1 011</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25412.00</t>
+            <t xml:space="preserve">25920.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2294,51 +2294,51 @@
             <t xml:space="preserve">
 Ширина, мм: 710</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1 015</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вид поставки товара: в собранном виде в упаковке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16614.00</t>
+            <t xml:space="preserve">16946.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2706.87 \ Прилавок угловой, внутренний с местом для ККМ</t>
           </r>
@@ -2354,51 +2354,51 @@
             <t xml:space="preserve">
 Ширина, мм: 667</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1 015</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вид поставки товара: в собранном виде в упаковке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32114.00</t>
+            <t xml:space="preserve">32756.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2420,51 +2420,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 015</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковина: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5819.00</t>
+            <t xml:space="preserve">5935.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2706.97.2 \ Боковина прилавка, левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: 2706.97.2</t>
           </r>
@@ -2480,51 +2480,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 015</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковина: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5819.00</t>
+            <t xml:space="preserve">5935.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2706.98.1 \ Боковина прилавка, правая с распашной дверкой</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2550,51 +2550,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 015</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковина: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13823.00</t>
+            <t xml:space="preserve">14099.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2706.98.2 \ Боковина прилавка, левая с распашной дверкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: 2706.98.2</t>
           </r>
@@ -2618,51 +2618,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 015</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковина: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13823.00</t>
+            <t xml:space="preserve">14099.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2706.66 \ Прилавок островной с остекленным верхом</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2680,51 +2680,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1030</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется в разобранном виде в упаковке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23520.00</t>
+            <t xml:space="preserve">23990.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2706.78 \ Тумба с выдвижными ящиками и накопителем</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: 2706.78</t>
           </r>
@@ -2736,51 +2736,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9636.00</t>
+            <t xml:space="preserve">9829.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2798,51 +2798,51 @@
             <t xml:space="preserve">
 Ширина, мм: 910</t>
           </r>
           <r>
             <t xml:space="preserve">
 Столешница: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4282.00</t>
+            <t xml:space="preserve">4368.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2706.80 \ Столешница тумбы 2706.78, средняя</t>
           </r>
@@ -2858,51 +2858,51 @@
             <t xml:space="preserve">
 Ширина, мм: 910</t>
           </r>
           <r>
             <t xml:space="preserve">
 Столешница: средняя</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4282.00</t>
+            <t xml:space="preserve">4368.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2920,51 +2920,51 @@
             <t xml:space="preserve">
 Ширина, мм: 910</t>
           </r>
           <r>
             <t xml:space="preserve">
 Столешница: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4282.00</t>
+            <t xml:space="preserve">4368.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2706.82 \ Подиум тумбы 2706.78, левый</t>
           </r>
@@ -2980,51 +2980,51 @@
             <t xml:space="preserve">
 Ширина, мм: 850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вид поставки товара: в собранном виде в упаковке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подиум: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1349.00</t>
+            <t xml:space="preserve">1376.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3042,51 +3042,51 @@
             <t xml:space="preserve">
 Ширина, мм: 850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вид поставки товара: в собранном виде в упаковке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подиум: средний</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1349.00</t>
+            <t xml:space="preserve">1376.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2706.84 \ Подиум тумбы 2706.78, правый</t>
           </r>
@@ -3102,51 +3102,51 @@
             <t xml:space="preserve">
 Ширина, мм: 850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вид поставки товара: в собранном виде в упаковке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подиум: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1349.00</t>
+            <t xml:space="preserve">1376.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3156,51 +3156,51 @@
             <t xml:space="preserve">
 Артикул: 2706.74.1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1 097</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4407.00</t>
+            <t xml:space="preserve">4495.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3228,51 +3228,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вид поставки товара: в разобранном виде в упаковке</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: зеркало, кронштейны и полки в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11822.00</t>
+            <t xml:space="preserve">12058.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>