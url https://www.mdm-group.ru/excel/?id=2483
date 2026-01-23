--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13.01.2023</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Торговая мебель для аптек Farma</t>
   </si>
   <si>
     <t>Серия торговой мебели Farma. Элементы этой серии тщательно проработаны и отвечают современным требованиям оснащения аптек и магазинов медицинских товаров.
 Модельный ряд серии Farma включает в себя торговые стеллажи, прилавки и надставки на прилавки. Стеллажи по желанию заказчика могут оснащаться накопителями, а также иметь стеклянные дверцы или быть открытыми. Один из вариантов исполнения задней стенки стеллажа — экономпанель, а значит, вы сможете использовать весь ассортимент навесных элементов для экономпанелей.
 Прилавки Farma — остеклённые или «глухие». Также есть удобная стойка (кассовый узел) фармацевта. При необходимости стеллажи и прилавки оснащаются фризами с подсветкой.
 Несмотря на то, что серия Farma изначально предназначена для аптек, она с успехом может быть использована для магазинов практически любого товарного ассортимента. Огромное количество базовых элементов серии можно комбинировать друг с другом при проектировании интерьера. Это делает серию Farma гибкой и функциональной.
 Вставки в экономпанель — пластиковые (цвета в ассортименте). Возможно использование алюминиевых вставок в экономпанель. Цена подлежит согласованию.
 Также смотрите в каталоге торговое оборудование для аптек — рецептурные шкафы Метабоксы.
 При изготовлении оборудования из материалов «на заказ» возможно увеличение срока выполнения и стоимости заказа.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
@@ -95,51 +95,51 @@
       <t xml:space="preserve">
 Глубина, мм: 353</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2264</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4933.00</t>
+      <t xml:space="preserve">5032.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.103.000 \ Стеллаж базовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.103.000</t>
@@ -152,51 +152,51 @@
       <t xml:space="preserve">
 Глубина, мм: 368</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2264</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10668.00</t>
+      <t xml:space="preserve">10881.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.101.003 \  Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.101.003</t>
@@ -209,51 +209,51 @@
       <t xml:space="preserve">
 Глубина, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 882</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">624.00</t>
+      <t xml:space="preserve">636.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.101.006 \ Фриз световой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.101.006</t>
@@ -266,51 +266,51 @@
       <t xml:space="preserve">
 Глубина, мм: 349</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 884</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2466.00</t>
+      <t xml:space="preserve">2515.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.101.007 \ Накопитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.101.007</t>
@@ -323,51 +323,51 @@
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 884</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 508</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2645.00</t>
+      <t xml:space="preserve">2698.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.101.008 \ Накопитель для ящиков (до 12 штук)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.101.008</t>
@@ -380,51 +380,51 @@
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 884</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 992</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3387.00</t>
+      <t xml:space="preserve">3455.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.102.003 \  Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.102.003</t>
@@ -437,51 +437,51 @@
       <t xml:space="preserve">
 Глубина, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 440</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">304.00</t>
+      <t xml:space="preserve">310.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.301.000 \ Прилавок глухой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.301.000</t>
@@ -494,51 +494,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5468.00</t>
+      <t xml:space="preserve">5577.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.309.000 \ Прилавок кассовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.309.000</t>
@@ -547,51 +547,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5667.00</t>
+      <t xml:space="preserve">5780.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.401.000 \ Надставка</t>
@@ -608,51 +608,51 @@
       <t xml:space="preserve">
 Глубина, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1219</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4518.00</t>
+      <t xml:space="preserve">4608.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.401.003 \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.401.003</t>
@@ -665,51 +665,51 @@
       <t xml:space="preserve">
 Глубина, мм: 290</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 882</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">594.00</t>
+      <t xml:space="preserve">606.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.401.006 \ Фриз световой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.401.006</t>
@@ -722,51 +722,51 @@
       <t xml:space="preserve">
 Глубина, мм: 326</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 884</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2793.00</t>
+      <t xml:space="preserve">2849.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRM.501.000 \ Модуль для сопутствующих товаров</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRM.501.000</t>
@@ -779,100 +779,100 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 516</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4191.00</t>
+      <t xml:space="preserve">4275.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Электрический провод с выключателем и вилкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELP.026.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">370.00</t>
+      <t xml:space="preserve">377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
@@ -1738,51 +1738,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13.01.2023</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1814,51 +1814,51 @@
             <t xml:space="preserve">
 Глубина, мм: 353</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2264</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4933.00</t>
+            <t xml:space="preserve">5032.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FRM.103.000 \ Стеллаж базовый</t>
           </r>
@@ -1874,51 +1874,51 @@
             <t xml:space="preserve">
 Глубина, мм: 368</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2264</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10668.00</t>
+            <t xml:space="preserve">10881.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -1936,51 +1936,51 @@
             <t xml:space="preserve">
 Глубина, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 882</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">624.00</t>
+            <t xml:space="preserve">636.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FRM.101.006 \ Фриз световой</t>
           </r>
@@ -1996,51 +1996,51 @@
             <t xml:space="preserve">
 Глубина, мм: 349</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 884</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2466.00</t>
+            <t xml:space="preserve">2515.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2058,51 +2058,51 @@
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 884</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 508</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2645.00</t>
+            <t xml:space="preserve">2698.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FRM.101.008 \ Накопитель для ящиков (до 12 штук)</t>
           </r>
@@ -2118,51 +2118,51 @@
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 884</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 992</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3387.00</t>
+            <t xml:space="preserve">3455.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2180,51 +2180,51 @@
             <t xml:space="preserve">
 Глубина, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 440</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">304.00</t>
+            <t xml:space="preserve">310.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FRM.301.000 \ Прилавок глухой</t>
           </r>
@@ -2240,51 +2240,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5468.00</t>
+            <t xml:space="preserve">5577.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2298,51 +2298,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5667.00</t>
+            <t xml:space="preserve">5780.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2362,51 +2362,51 @@
             <t xml:space="preserve">
 Глубина, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1219</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4518.00</t>
+            <t xml:space="preserve">4608.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2424,51 +2424,51 @@
             <t xml:space="preserve">
 Глубина, мм: 290</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 882</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">594.00</t>
+            <t xml:space="preserve">606.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FRM.401.006 \ Фриз световой</t>
           </r>
@@ -2484,51 +2484,51 @@
             <t xml:space="preserve">
 Глубина, мм: 326</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 884</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2793.00</t>
+            <t xml:space="preserve">2849.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2546,51 +2546,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 516</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4191.00</t>
+            <t xml:space="preserve">4275.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Электрический провод с выключателем и вилкой</t>
           </r>
@@ -2598,51 +2598,51 @@
             <t xml:space="preserve">
 Артикул: ELP.026.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">370.00</t>
+            <t xml:space="preserve">377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>