--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22.12.2023</t>
+      <t xml:space="preserve">02.01.2026</t>
     </r>
   </si>
   <si>
     <t>Корпусные торговые стеллажи и прилавки Стенфорд</t>
   </si>
   <si>
     <t>Характерными свойствами серии «Стенфорд» является универсальность, отличное качество и невысокая цена. Это позволяет назвать торговую мебель «Стенфорд» оптимальным выбором для проектов магазинов с экономным бюджетом. Модельный ряд серии состоит из пристенных стеллажей, островных гондол и прилавков.
 Задняя стенка стеллажей и гондол может быть выполнена из экономпанели, на которой можно выгодно представить самые разнообразные товары. Зеркальная или стеклянная задняя стенка в сочетании со стеклянными полками и дверями прекрасно подойдет, например, для парфюмерных магазинов.
 Практичным дополнением в таком случае является накопитель с распашными дверками или выдвижными ящиками, находящийся в нижней части стеллажа. Одним из полезных и эстетичных дополнений к стеллажам «Стенфорд» является возможность установки верхних световых фризов.
 Линию «Стенфорд» дополняют прилавки с остеклённым верхом и глухие прилавки, в том числе кассовый и угловой. Все модели прилавков снабжены внутренними ящиками различных конфигураций и должны комплектоваться опорами LF 010. На смежные прилавки устанавливаются две опоры LF 010. Опоры в комплект прилавков не входят.
 Примечание:
 Для накопителей ручки с базами 96 мм или 128 мм выписываются отдельно.
 Боковые панели, фриз, нижнее основание стеллажей и столешница накопителей изготавливаются из ДСП 25 мм.
 Вставки в экономпанель — пластиковые (цвета в ассортименте). Возможно использование алюминиевых вставок в экономпанель. Цена подлежит согласованию.
 При изготовлении оборудования из материалов «на заказ» возможно увеличение срока выполнения и стоимости заказа.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
@@ -97,51 +97,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Светодиодная подсветка фриза (реклама и товар)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27281.00</t>
+      <t xml:space="preserve">27827.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 02 \  Стеллаж</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 02</t>
@@ -154,51 +154,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Светодиодная подсветка фриза (реклама и товар)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29563.00</t>
+      <t xml:space="preserve">30155.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 03 \ Стеллаж</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 03</t>
@@ -215,51 +215,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Светодиодная подсветка фриза (реклама и товар)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37647.00</t>
+      <t xml:space="preserve">38402.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 05 \ Стеллаж</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 05</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 450</t>
@@ -268,51 +268,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Светодиодная подсветка фриза (реклама и товар)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23317.00</t>
+      <t xml:space="preserve">23783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 07 \ Стеллаж</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 07</t>
@@ -325,51 +325,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Светодиодная подсветка фриза (реклама и товар)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27612.00</t>
+      <t xml:space="preserve">28165.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 08 \ Стеллаж</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 08</t>
@@ -382,51 +382,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Светодиодная подсветка фриза (релама)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36395.00</t>
+      <t xml:space="preserve">37123.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 09 \ Гондола</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 09</t>
@@ -435,51 +435,51 @@
       <t xml:space="preserve">
 Глубина, мм: 814</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25040.00</t>
+      <t xml:space="preserve">25539.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 10 \ Гондола</t>
@@ -492,51 +492,51 @@
       <t xml:space="preserve">
 Глубина, мм: 814</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30441.00</t>
+      <t xml:space="preserve">31051.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 11 \ Гондола</t>
@@ -549,51 +549,51 @@
       <t xml:space="preserve">
 Глубина, мм: 814</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30533.00</t>
+      <t xml:space="preserve">31144.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 12 \  Гондола</t>
@@ -606,51 +606,51 @@
       <t xml:space="preserve">
 Глубина, мм: 814</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19824.00</t>
+      <t xml:space="preserve">20221.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 001.002 \ Боковая панель для пристенного стеллажа, центральная</t>
@@ -667,51 +667,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: центральная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4889.00</t>
+      <t xml:space="preserve">4987.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 001.003 \ Боковая панель для пристенного стеллажа, правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 001.003</t>
@@ -724,51 +724,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4889.00</t>
+      <t xml:space="preserve">4987.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 001.004 \ Боковая панель для двустороннего стеллажа, левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 001.004</t>
@@ -781,51 +781,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5400.00</t>
+      <t xml:space="preserve">5508.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 001.005 \ Боковая панель для двустороннего стеллажа, центральная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 001.005</t>
@@ -838,51 +838,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: центральная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5400.00</t>
+      <t xml:space="preserve">5508.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 001.006 \ Боковая панель для двустороннего стеллажа, правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 001.006</t>
@@ -895,51 +895,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5400.00</t>
+      <t xml:space="preserve">5508.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 001.007 \ Боковая панель для гондолы, крайняя</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 001.007</t>
@@ -952,51 +952,51 @@
       <t xml:space="preserve">
 Высота, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: крайняя</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4796.00</t>
+      <t xml:space="preserve">4892.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 001.008 \ Боковая панель для гондолы, центральная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 001.008</t>
@@ -1009,51 +1009,51 @@
       <t xml:space="preserve">
 Высота, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: центральная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4796.00</t>
+      <t xml:space="preserve">4892.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 002.001 \ Стеллаж пристенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 002.001</t>
@@ -1062,51 +1062,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8332.00</t>
+      <t xml:space="preserve">8499.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 002.002 \ Стеллаж пристенный</t>
@@ -1119,51 +1119,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6656.00</t>
+      <t xml:space="preserve">6789.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 002.003 \ Стеллаж пристенный с ячейками</t>
@@ -1176,51 +1176,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22901.00</t>
+      <t xml:space="preserve">23359.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало с подиумом из крашенного МДФ</t>
@@ -1237,51 +1237,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7912.00</t>
+      <t xml:space="preserve">8070.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 002.005 \ Стеллаж</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 002.005</t>
@@ -1294,51 +1294,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6471.00</t>
+      <t xml:space="preserve">6600.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 002.007 \ Гондола</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 002.007</t>
@@ -1347,51 +1347,51 @@
       <t xml:space="preserve">
 Глубина, мм: 814</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9636.00</t>
+      <t xml:space="preserve">9829.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 002.008 \ Гондола</t>
@@ -1404,51 +1404,51 @@
       <t xml:space="preserve">
 Глубина, мм: 814</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7912.00</t>
+      <t xml:space="preserve">8070.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 002.009 \ Гондола</t>
@@ -1461,51 +1461,51 @@
       <t xml:space="preserve">
 Глубина, мм: 814</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25737.00</t>
+      <t xml:space="preserve">26252.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 001.001 \ Боковая панель для пристенного стеллажа, левая</t>
@@ -1522,51 +1522,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковая панель: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4889.00</t>
+      <t xml:space="preserve">4987.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 003.001 \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 003.001</t>
@@ -1579,51 +1579,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1768.00</t>
+      <t xml:space="preserve">1803.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 003.002 \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 003.002</t>
@@ -1636,51 +1636,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1349.00</t>
+      <t xml:space="preserve">1376.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Stenford \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 003.003</t>
@@ -1693,51 +1693,51 @@
       <t xml:space="preserve">
 Ширина, мм: 386</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">699.00</t>
+      <t xml:space="preserve">713.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 004.001 \ Полка стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 004.001</t>
@@ -1750,51 +1750,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1248.00</t>
+      <t xml:space="preserve">1273.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 004.002 \ Полка стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 004.002</t>
@@ -1807,51 +1807,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">982.00</t>
+      <t xml:space="preserve">1002.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 004.003 \ Полка стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 004.003</t>
@@ -1864,51 +1864,51 @@
       <t xml:space="preserve">
 Ширина, мм: 386</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">534.00</t>
+      <t xml:space="preserve">545.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 004.004 \ Полка стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 004.004</t>
@@ -1921,51 +1921,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">684.00</t>
+      <t xml:space="preserve">698.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 004.005 \ Полка стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 004.005</t>
@@ -1978,51 +1978,51 @@
       <t xml:space="preserve">
 Ширина, мм: 386</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">357.00</t>
+      <t xml:space="preserve">364.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 005.001 \ Накопитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 005.001</t>
@@ -2031,51 +2031,51 @@
       <t xml:space="preserve">
 Глубина, мм: 362</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 478</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6050.00</t>
+      <t xml:space="preserve">6171.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 005.002 \ Накопитель</t>
@@ -2088,51 +2088,51 @@
       <t xml:space="preserve">
 Глубина, мм: 362</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 478</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4980.00</t>
+      <t xml:space="preserve">5080.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 005.003 \ Накопитель</t>
@@ -2145,51 +2145,51 @@
       <t xml:space="preserve">
 Глубина, мм: 362</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 478</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9213.00</t>
+      <t xml:space="preserve">9397.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 005.004 \ Накопитель</t>
@@ -2202,51 +2202,51 @@
       <t xml:space="preserve">
 Глубина, мм: 362</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 478</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7632.00</t>
+      <t xml:space="preserve">7785.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 006.001 \ Пара фронт сдвижных стекол</t>
@@ -2259,51 +2259,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1630</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4191.00</t>
+      <t xml:space="preserve">4275.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 006.002 \ Пара фронт сдвижных стекол</t>
@@ -2316,51 +2316,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1630</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3655.00</t>
+      <t xml:space="preserve">3728.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 007.001 \ ЭП со вставками</t>
@@ -2373,51 +2373,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 18</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4560.00</t>
+      <t xml:space="preserve">4651.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 007.002 \ ЭП со вставками</t>
@@ -2430,51 +2430,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 18</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4560.00</t>
+      <t xml:space="preserve">4651.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 007.003 \ ЭП со вставками</t>
@@ -2487,51 +2487,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 18</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5026.00</t>
+      <t xml:space="preserve">5127.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 007.004 \ ЭП со вставками</t>
@@ -2544,51 +2544,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 18</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4840.00</t>
+      <t xml:space="preserve">4937.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 007.005 \ Торцевая ЭП для гондолы</t>
@@ -2601,51 +2601,51 @@
       <t xml:space="preserve">
 Ширина, мм: 774</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1170</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 18</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5957.00</t>
+      <t xml:space="preserve">6076.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 008.001 \ Зеркало для стеллажа с накопителем</t>
@@ -2658,51 +2658,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1654</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3676.00</t>
+      <t xml:space="preserve">3750.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 008.002 \ Зеркало для стеллажа с накопителем</t>
@@ -2715,157 +2715,157 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1654</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2878.00</t>
+      <t xml:space="preserve">2936.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ST 009.001 \ Штанга для плечиков</t>
-[...7 lines deleted...]
-Ширина, мм: 1190</t>
+      <t xml:space="preserve">ST 009.002 \ Штанга для плечиков</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: ST 009.002</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">928.00</t>
+      <t xml:space="preserve">730.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ST 009.002 \ Штанга для плечиков</t>
-[...7 lines deleted...]
-Ширина, мм: 900</t>
+      <t xml:space="preserve">ST 009.001 \ Штанга для плечиков</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: ST 009.001</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">716.00</t>
+      <t xml:space="preserve">947.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -2886,51 +2886,51 @@
       <t xml:space="preserve">
 Глубина, мм: 305</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 384</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 342</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1632.00</t>
+      <t xml:space="preserve">1665.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Stenford \ Фриз без освещения</t>
@@ -2943,51 +2943,51 @@
       <t xml:space="preserve">
 Глубина, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 156</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4468.00</t>
+      <t xml:space="preserve">4557.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Stenford \ Фриз без освещения</t>
@@ -3000,51 +3000,51 @@
       <t xml:space="preserve">
 Глубина, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 156</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3630.00</t>
+      <t xml:space="preserve">3703.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 011.007 \ Фриз с освещением рекламной панели</t>
@@ -3061,51 +3061,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 156</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Светодиодная подсветка, трансформатор в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8605.00</t>
+      <t xml:space="preserve">8777.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 011.008 \ Фриз с освещением рекламной панели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 011.008</t>
@@ -3118,51 +3118,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 156</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Светодиодная подсветка, трансформатор в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7366.00</t>
+      <t xml:space="preserve">7513.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 011.009 \ Фриз с двусторонним освещением рекламных панелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 011.009</t>
@@ -3175,51 +3175,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 156</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Светодиодная подсветка, трансформатор в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10813.00</t>
+      <t xml:space="preserve">11029.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 011.010 \ Фриз с двусторонним освещением рекламных панелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 011.010</t>
@@ -3232,51 +3232,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 156</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Светодиодная подсветка, трансформатор в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9172.00</t>
+      <t xml:space="preserve">9355.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 011.011 \ Фриз с освещением товара и рекламной панели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 011.011</t>
@@ -3289,51 +3289,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 156</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Светодиодная подсветка, трансформатор в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9831.00</t>
+      <t xml:space="preserve">10028.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 011.012 \ Фриз с освещением товара и рекламной панели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 011.012</t>
@@ -3346,51 +3346,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 156</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Светодиодная подсветка, трансформатор в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8991.00</t>
+      <t xml:space="preserve">9171.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 011.013 \ Фриз с двусторонним освещением рекламных панелей и товара</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 011.013</t>
@@ -3403,51 +3403,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 156</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Светодиодная подсветка, трансформатор в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13259.00</t>
+      <t xml:space="preserve">13524.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 011.014 \ Фриз с двусторонним освещением рекламных панелей и товара</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ST 011.014</t>
@@ -3460,51 +3460,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 156</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Светодиодная подсветка, трансформатор в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11172.00</t>
+      <t xml:space="preserve">11395.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STP 001.001 \ Прилавок глухой под кассу с распашными дверцами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STP 001.001</t>
@@ -3517,51 +3517,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 926</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опоры приобретаются отдельно</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11730.00</t>
+      <t xml:space="preserve">11965.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STP 001.002 \ Прилавок глухой с ящиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STP 001.002</t>
@@ -3574,51 +3574,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 926</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опоры приобретаются отдельно</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11405.00</t>
+      <t xml:space="preserve">11633.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STP 001.003 \ Прилавок глухой с распашными дверцами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STP 001.003</t>
@@ -3631,51 +3631,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 926</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опоры приобретаются отдельно</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10984.00</t>
+      <t xml:space="preserve">11204.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STP 001.004 \ Прилавок глухой с распашной дверцей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STP 001.004</t>
@@ -3688,51 +3688,51 @@
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 926</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опоры приобретаются отдельно</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7215.00</t>
+      <t xml:space="preserve">7359.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STP 001.005 \ Прилавок с остекленным верхом и распашными дверцами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STP 001.005</t>
@@ -3745,51 +3745,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 926</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опоры приобретаются отдельно</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17592.00</t>
+      <t xml:space="preserve">17944.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STP 001.006 \ Прилавок с остекленным верхом и 3-мя ящиками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STP 001.006</t>
@@ -3802,51 +3802,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 926</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опоры приобретаются отдельно</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23318.00</t>
+      <t xml:space="preserve">23784.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STP 001.007 \ Прилавок с остекленным верхом, ящиком и распашными дверцами</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STP 001.007</t>
@@ -3859,51 +3859,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 926</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опоры приобретаются отдельно</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18803.00</t>
+      <t xml:space="preserve">19179.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STP 001.008 \ Прилавок угловой 45 град.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STP 001.008</t>
@@ -3916,92 +3916,92 @@
       <t xml:space="preserve">
 Ширина, мм: 444</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 926</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опоры приобретаются отдельно</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6286.00</t>
+      <t xml:space="preserve">6412.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STP 001.009 \ Боковина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STP 001.009</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1024.00</t>
+      <t xml:space="preserve">1044.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -4030,100 +4030,100 @@
       <t xml:space="preserve">
 Глубина, мм: 362</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">877.00</t>
+      <t xml:space="preserve">895.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Электрический провод с выключателем и вилкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELP.026.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">370.00</t>
+      <t xml:space="preserve">377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
@@ -4195,51 +4195,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ce97250_0d66_11e8_b78c_0025902b3cc1_ST_01_b2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded76f16_0d66_11e8_b78c_0025902b3cc1_ST_02_b3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f4857cb_0d67_11e8_b78c_0025902b3cc1_ST_03_b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9535e14e_0d6a_11e8_b78c_0025902b3cc1_ST_05_b5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73d7463a_0d6f_11e8_b78c_0025902b3cc1_ST_07_b6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b370d7a_0d70_11e8_b78c_0025902b3cc1_ST_08_b7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c759ca5_0d70_11e8_b78c_0025902b3cc1_ST_09_b8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea063e5e_0d70_11e8_b78c_0025902b3cc1_ST_10_b9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f84255e_0d71_11e8_b78c_0025902b3cc1_ST_11_b10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2bc3d51_0d71_11e8_b78c_0025902b3cc1_ST_12_b11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9718bf56_0cd6_11e8_b78c_0025902b3cc1_112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d45e0979_0ce0_11e8_b78c_0025902b3cc1_113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dabc02bf_0cd6_11e8_b78c_0025902b3cc1_914.JPG"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f24743cc_0cd6_11e8_b78c_0025902b3cc1_915.JPG"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083dd874_0cd7_11e8_b78c_0025902b3cc1_916.JPG"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d8b6a60_0cd7_11e8_b78c_0025902b3cc1_1017.JPG"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c125fd7_0cd7_11e8_b78c_0025902b3cc1_1018.JPG"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7054671f_0cd7_11e8_b78c_0025902b3cc1_219.JPG"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fc17035_0ce1_11e8_b78c_0025902b3cc1_220.JPG"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca422f29_0ce1_11e8_b78c_0025902b3cc1_321.JPG"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980b3a80_0cd7_11e8_b78c_0025902b3cc1_1222.JPG"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b147b8a0_0cd7_11e8_b78c_0025902b3cc1_1123.JPG"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c196ffc9_0cd7_11e8_b78c_0025902b3cc1_1324.JPG"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d29ff36a_0cd7_11e8_b78c_0025902b3cc1_1425.JPG"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e69b7fdc_0cd7_11e8_b78c_0025902b3cc1_1526.JPG"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a912beb9_0ce0_11e8_b78c_0025902b3cc1_127.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f79fb0b4_0cd7_11e8_b78c_0025902b3cc1_1628.JPG"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0828193c_0cd8_11e8_b78c_0025902b3cc1_1729.JPG"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e344e89_0ce2_11e8_b78c_0025902b3cc1_430.JPG"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3efbcd9a_0cdc_11e8_b78c_0025902b3cc1_2031.JPG"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974095e2_0d7a_11e8_b78c_0025902b3cc1_1932.JPG"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b4ff0ff_ff27_11e0_833e_003048f27c5f_3C4B362C_BB11_4583_93B7_E26DAEBF874833.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8c41f77_0cdc_11e8_b78c_0025902b3cc1_1934.JPG"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3f4763d_0cdc_11e8_b78c_0025902b3cc1_1835.JPG"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c77afa3_0cd8_11e8_b78c_0025902b3cc1_2136.JPG"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6b07fb9_0ce2_11e8_b78c_0025902b3cc1_537.JPG"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c71fdfe_0cd8_11e8_b78c_0025902b3cc1_2438.JPG"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70e08674_0cd8_11e8_b78c_0025902b3cc1_2339.JPG"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc25440_0cdc_11e8_b78c_0025902b3cc1_2540.JPG"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02f7d979_0cdd_11e8_b78c_0025902b3cc1_2641.JPG"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/846e92f0_0cd8_11e8_b78c_0025902b3cc1_2742.JPG"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/972fe7d4_0cd8_11e8_b78c_0025902b3cc1_2843.JPG"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc79703c_0cd8_11e8_b78c_0025902b3cc1_2944.JPG"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1ef79d3_0cd8_11e8_b78c_0025902b3cc1_3145.JPG"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/077c626d_0cd9_11e8_b78c_0025902b3cc1_3046.JPG"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1464c02f_0cdd_11e8_b78c_0025902b3cc1_3447.JPG"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d0d75f6_0d7a_11e8_b78c_0025902b3cc1_3548.JPG"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29dd221f_0cdd_11e8_b78c_0025902b3cc1_3249.JPG"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ba55bb_0cdd_11e8_b78c_0025902b3cc1_3350.JPG"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33c962a9_0ce3_11e8_b78c_0025902b3cc1_651.JPG"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ca8d4fd_0ce3_11e8_b78c_0025902b3cc1_752.JPG"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde502c2_0ce3_11e8_b78c_0025902b3cc1_853.JPG"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee13fea_0cd9_11e8_b78c_0025902b3cc1_854.JPG"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cddea5a0_0cd9_11e8_b78c_0025902b3cc1_855.JPG"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eadae245_0cd9_11e8_b78c_0025902b3cc1_756.JPG"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdf9fae3_0cd9_11e8_b78c_0025902b3cc1_857.JPG"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13440d2b_0cda_11e8_b78c_0025902b3cc1_758.JPG"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25cda8d4_0cda_11e8_b78c_0025902b3cc1_859.JPG"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/397c002a_0cda_11e8_b78c_0025902b3cc1_760.JPG"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b342c70_0cda_11e8_b78c_0025902b3cc1_861.JPG"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67a46bfb_0cda_11e8_b78c_0025902b3cc1_STP001_b62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7acfddb3_0cda_11e8_b78c_0025902b3cc1_STP002_b63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aff5928_0cda_11e8_b78c_0025902b3cc1_STP03_b64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0020579_0cda_11e8_b78c_0025902b3cc1_STP004_b65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b667f7c4_0cda_11e8_b78c_0025902b3cc1_STP005_b66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1cc2e43_0cda_11e8_b78c_0025902b3cc1_STP006_b67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa834a8c_0cda_11e8_b78c_0025902b3cc1_STP007_b68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23738713_0cdb_11e8_b78c_0025902b3cc1_STP008_b69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32a0181a_0cdb_11e8_b78c_0025902b3cc1_STP009_b70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b4ff113_ff27_11e0_833e_003048f27c5f_2C1D2247_D6A2_41D1_A103_695648B6181071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b120a69d_068d_11e0_99a4_003048f27c5f_7BF18BBA_7E43_4B5E_9EDF_2BA414EB444A72.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ce97250_0d66_11e8_b78c_0025902b3cc1_ST_01_b2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded76f16_0d66_11e8_b78c_0025902b3cc1_ST_02_b3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f4857cb_0d67_11e8_b78c_0025902b3cc1_ST_03_b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9535e14e_0d6a_11e8_b78c_0025902b3cc1_ST_05_b5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73d7463a_0d6f_11e8_b78c_0025902b3cc1_ST_07_b6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b370d7a_0d70_11e8_b78c_0025902b3cc1_ST_08_b7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c759ca5_0d70_11e8_b78c_0025902b3cc1_ST_09_b8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea063e5e_0d70_11e8_b78c_0025902b3cc1_ST_10_b9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f84255e_0d71_11e8_b78c_0025902b3cc1_ST_11_b10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2bc3d51_0d71_11e8_b78c_0025902b3cc1_ST_12_b11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9718bf56_0cd6_11e8_b78c_0025902b3cc1_112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d45e0979_0ce0_11e8_b78c_0025902b3cc1_113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dabc02bf_0cd6_11e8_b78c_0025902b3cc1_914.JPG"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f24743cc_0cd6_11e8_b78c_0025902b3cc1_915.JPG"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083dd874_0cd7_11e8_b78c_0025902b3cc1_916.JPG"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d8b6a60_0cd7_11e8_b78c_0025902b3cc1_1017.JPG"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c125fd7_0cd7_11e8_b78c_0025902b3cc1_1018.JPG"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7054671f_0cd7_11e8_b78c_0025902b3cc1_219.JPG"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fc17035_0ce1_11e8_b78c_0025902b3cc1_220.JPG"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca422f29_0ce1_11e8_b78c_0025902b3cc1_321.JPG"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980b3a80_0cd7_11e8_b78c_0025902b3cc1_1222.JPG"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b147b8a0_0cd7_11e8_b78c_0025902b3cc1_1123.JPG"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c196ffc9_0cd7_11e8_b78c_0025902b3cc1_1324.JPG"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d29ff36a_0cd7_11e8_b78c_0025902b3cc1_1425.JPG"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e69b7fdc_0cd7_11e8_b78c_0025902b3cc1_1526.JPG"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a912beb9_0ce0_11e8_b78c_0025902b3cc1_127.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f79fb0b4_0cd7_11e8_b78c_0025902b3cc1_1628.JPG"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0828193c_0cd8_11e8_b78c_0025902b3cc1_1729.JPG"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e344e89_0ce2_11e8_b78c_0025902b3cc1_430.JPG"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3efbcd9a_0cdc_11e8_b78c_0025902b3cc1_2031.JPG"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974095e2_0d7a_11e8_b78c_0025902b3cc1_1932.JPG"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b4ff0ff_ff27_11e0_833e_003048f27c5f_3C4B362C_BB11_4583_93B7_E26DAEBF874833.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8c41f77_0cdc_11e8_b78c_0025902b3cc1_1934.JPG"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3f4763d_0cdc_11e8_b78c_0025902b3cc1_1835.JPG"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c77afa3_0cd8_11e8_b78c_0025902b3cc1_2136.JPG"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6b07fb9_0ce2_11e8_b78c_0025902b3cc1_537.JPG"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c71fdfe_0cd8_11e8_b78c_0025902b3cc1_2438.JPG"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70e08674_0cd8_11e8_b78c_0025902b3cc1_2339.JPG"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc25440_0cdc_11e8_b78c_0025902b3cc1_2540.JPG"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02f7d979_0cdd_11e8_b78c_0025902b3cc1_2641.JPG"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/846e92f0_0cd8_11e8_b78c_0025902b3cc1_2742.JPG"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/972fe7d4_0cd8_11e8_b78c_0025902b3cc1_2843.JPG"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc79703c_0cd8_11e8_b78c_0025902b3cc1_2944.JPG"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1ef79d3_0cd8_11e8_b78c_0025902b3cc1_3145.JPG"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/077c626d_0cd9_11e8_b78c_0025902b3cc1_3046.JPG"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1464c02f_0cdd_11e8_b78c_0025902b3cc1_3447.JPG"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d0d75f6_0d7a_11e8_b78c_0025902b3cc1_3548.JPG"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ba55bb_0cdd_11e8_b78c_0025902b3cc1_3349.JPG"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29dd221f_0cdd_11e8_b78c_0025902b3cc1_3250.JPG"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33c962a9_0ce3_11e8_b78c_0025902b3cc1_651.JPG"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ca8d4fd_0ce3_11e8_b78c_0025902b3cc1_752.JPG"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde502c2_0ce3_11e8_b78c_0025902b3cc1_853.JPG"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee13fea_0cd9_11e8_b78c_0025902b3cc1_854.JPG"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cddea5a0_0cd9_11e8_b78c_0025902b3cc1_855.JPG"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eadae245_0cd9_11e8_b78c_0025902b3cc1_756.JPG"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdf9fae3_0cd9_11e8_b78c_0025902b3cc1_857.JPG"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13440d2b_0cda_11e8_b78c_0025902b3cc1_758.JPG"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25cda8d4_0cda_11e8_b78c_0025902b3cc1_859.JPG"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/397c002a_0cda_11e8_b78c_0025902b3cc1_760.JPG"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b342c70_0cda_11e8_b78c_0025902b3cc1_861.JPG"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67a46bfb_0cda_11e8_b78c_0025902b3cc1_STP001_b62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7acfddb3_0cda_11e8_b78c_0025902b3cc1_STP002_b63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aff5928_0cda_11e8_b78c_0025902b3cc1_STP03_b64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0020579_0cda_11e8_b78c_0025902b3cc1_STP004_b65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b667f7c4_0cda_11e8_b78c_0025902b3cc1_STP005_b66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1cc2e43_0cda_11e8_b78c_0025902b3cc1_STP006_b67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa834a8c_0cda_11e8_b78c_0025902b3cc1_STP007_b68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23738713_0cdb_11e8_b78c_0025902b3cc1_STP008_b69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32a0181a_0cdb_11e8_b78c_0025902b3cc1_STP009_b70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b4ff113_ff27_11e0_833e_003048f27c5f_2C1D2247_D6A2_41D1_A103_695648B6181071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b120a69d_068d_11e0_99a4_003048f27c5f_7BF18BBA_7E43_4B5E_9EDF_2BA414EB444A72.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6699,51 +6699,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22.12.2023</t>
+            <t xml:space="preserve">02.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -6775,51 +6775,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Светодиодная подсветка фриза (реклама и товар)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27281.00</t>
+            <t xml:space="preserve">27827.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 02 \  Стеллаж</t>
           </r>
@@ -6835,51 +6835,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Светодиодная подсветка фриза (реклама и товар)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29563.00</t>
+            <t xml:space="preserve">30155.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6901,51 +6901,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Светодиодная подсветка фриза (реклама и товар)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37647.00</t>
+            <t xml:space="preserve">38402.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 05 \ Стеллаж</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ST 05</t>
           </r>
@@ -6957,51 +6957,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Светодиодная подсветка фриза (реклама и товар)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23317.00</t>
+            <t xml:space="preserve">23783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7019,51 +7019,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Светодиодная подсветка фриза (реклама и товар)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27612.00</t>
+            <t xml:space="preserve">28165.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 08 \ Стеллаж</t>
           </r>
@@ -7079,51 +7079,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Светодиодная подсветка фриза (релама)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36395.00</t>
+            <t xml:space="preserve">37123.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7137,51 +7137,51 @@
             <t xml:space="preserve">
 Глубина, мм: 814</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25040.00</t>
+            <t xml:space="preserve">25539.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7197,51 +7197,51 @@
             <t xml:space="preserve">
 Глубина, мм: 814</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30441.00</t>
+            <t xml:space="preserve">31051.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7259,51 +7259,51 @@
             <t xml:space="preserve">
 Глубина, мм: 814</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30533.00</t>
+            <t xml:space="preserve">31144.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7319,51 +7319,51 @@
             <t xml:space="preserve">
 Глубина, мм: 814</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19824.00</t>
+            <t xml:space="preserve">20221.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7385,51 +7385,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: центральная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4889.00</t>
+            <t xml:space="preserve">4987.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 001.003 \ Боковая панель для пристенного стеллажа, правая</t>
           </r>
@@ -7445,51 +7445,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4889.00</t>
+            <t xml:space="preserve">4987.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7507,51 +7507,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5400.00</t>
+            <t xml:space="preserve">5508.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 001.005 \ Боковая панель для двустороннего стеллажа, центральная</t>
           </r>
@@ -7567,51 +7567,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: центральная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5400.00</t>
+            <t xml:space="preserve">5508.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7629,51 +7629,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5400.00</t>
+            <t xml:space="preserve">5508.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 001.007 \ Боковая панель для гондолы, крайняя</t>
           </r>
@@ -7689,51 +7689,51 @@
             <t xml:space="preserve">
 Высота, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: крайняя</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4796.00</t>
+            <t xml:space="preserve">4892.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7751,51 +7751,51 @@
             <t xml:space="preserve">
 Высота, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: центральная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4796.00</t>
+            <t xml:space="preserve">4892.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 002.001 \ Стеллаж пристенный</t>
           </r>
@@ -7807,51 +7807,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8332.00</t>
+            <t xml:space="preserve">8499.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7869,51 +7869,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6656.00</t>
+            <t xml:space="preserve">6789.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7929,51 +7929,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22901.00</t>
+            <t xml:space="preserve">23359.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7995,51 +7995,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7912.00</t>
+            <t xml:space="preserve">8070.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 002.005 \ Стеллаж</t>
           </r>
@@ -8055,51 +8055,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6471.00</t>
+            <t xml:space="preserve">6600.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8113,51 +8113,51 @@
             <t xml:space="preserve">
 Глубина, мм: 814</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9636.00</t>
+            <t xml:space="preserve">9829.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -8173,51 +8173,51 @@
             <t xml:space="preserve">
 Глубина, мм: 814</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7912.00</t>
+            <t xml:space="preserve">8070.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -8235,51 +8235,51 @@
             <t xml:space="preserve">
 Глубина, мм: 814</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25737.00</t>
+            <t xml:space="preserve">26252.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -8299,51 +8299,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковая панель: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4889.00</t>
+            <t xml:space="preserve">4987.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8361,51 +8361,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1768.00</t>
+            <t xml:space="preserve">1803.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 003.002 \ Полка</t>
           </r>
@@ -8421,51 +8421,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1349.00</t>
+            <t xml:space="preserve">1376.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8483,51 +8483,51 @@
             <t xml:space="preserve">
 Ширина, мм: 386</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">699.00</t>
+            <t xml:space="preserve">713.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 004.001 \ Полка стеклянная</t>
           </r>
@@ -8543,51 +8543,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1248.00</t>
+            <t xml:space="preserve">1273.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8605,51 +8605,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">982.00</t>
+            <t xml:space="preserve">1002.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 004.003 \ Полка стеклянная</t>
           </r>
@@ -8665,51 +8665,51 @@
             <t xml:space="preserve">
 Ширина, мм: 386</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">534.00</t>
+            <t xml:space="preserve">545.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8727,51 +8727,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">684.00</t>
+            <t xml:space="preserve">698.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 004.005 \ Полка стеклянная</t>
           </r>
@@ -8787,51 +8787,51 @@
             <t xml:space="preserve">
 Ширина, мм: 386</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">357.00</t>
+            <t xml:space="preserve">364.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8845,51 +8845,51 @@
             <t xml:space="preserve">
 Глубина, мм: 362</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 478</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6050.00</t>
+            <t xml:space="preserve">6171.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -8905,51 +8905,51 @@
             <t xml:space="preserve">
 Глубина, мм: 362</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 478</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4980.00</t>
+            <t xml:space="preserve">5080.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -8967,51 +8967,51 @@
             <t xml:space="preserve">
 Глубина, мм: 362</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 478</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9213.00</t>
+            <t xml:space="preserve">9397.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9027,51 +9027,51 @@
             <t xml:space="preserve">
 Глубина, мм: 362</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 478</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7632.00</t>
+            <t xml:space="preserve">7785.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9089,51 +9089,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1630</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4191.00</t>
+            <t xml:space="preserve">4275.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9149,51 +9149,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1630</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3655.00</t>
+            <t xml:space="preserve">3728.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9211,51 +9211,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 18</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4560.00</t>
+            <t xml:space="preserve">4651.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9271,51 +9271,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 18</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4560.00</t>
+            <t xml:space="preserve">4651.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9333,51 +9333,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 18</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5026.00</t>
+            <t xml:space="preserve">5127.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9393,51 +9393,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 18</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4840.00</t>
+            <t xml:space="preserve">4937.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9455,51 +9455,51 @@
             <t xml:space="preserve">
 Ширина, мм: 774</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1170</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 18</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5957.00</t>
+            <t xml:space="preserve">6076.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9515,51 +9515,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1654</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3676.00</t>
+            <t xml:space="preserve">3750.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9577,165 +9577,165 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1654</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2878.00</t>
+            <t xml:space="preserve">2936.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ST 009.001 \ Штанга для плечиков</t>
-[...7 lines deleted...]
-Ширина, мм: 1190</t>
+            <t xml:space="preserve">ST 009.002 \ Штанга для плечиков</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ST 009.002</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">928.00</t>
+            <t xml:space="preserve">730.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ST 009.002 \ Штанга для плечиков</t>
-[...7 lines deleted...]
-Ширина, мм: 900</t>
+            <t xml:space="preserve">ST 009.001 \ Штанга для плечиков</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ST 009.001</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">716.00</t>
+            <t xml:space="preserve">947.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
@@ -9759,51 +9759,51 @@
             <t xml:space="preserve">
 Глубина, мм: 305</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 384</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 342</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1632.00</t>
+            <t xml:space="preserve">1665.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9821,51 +9821,51 @@
             <t xml:space="preserve">
 Глубина, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 156</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4468.00</t>
+            <t xml:space="preserve">4557.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9881,51 +9881,51 @@
             <t xml:space="preserve">
 Глубина, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 156</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3630.00</t>
+            <t xml:space="preserve">3703.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9947,51 +9947,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 156</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Светодиодная подсветка, трансформатор в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8605.00</t>
+            <t xml:space="preserve">8777.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 011.008 \ Фриз с освещением рекламной панели</t>
           </r>
@@ -10007,51 +10007,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 156</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Светодиодная подсветка, трансформатор в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7366.00</t>
+            <t xml:space="preserve">7513.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10069,51 +10069,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 156</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Светодиодная подсветка, трансформатор в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10813.00</t>
+            <t xml:space="preserve">11029.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 011.010 \ Фриз с двусторонним освещением рекламных панелей</t>
           </r>
@@ -10129,51 +10129,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 156</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Светодиодная подсветка, трансформатор в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9172.00</t>
+            <t xml:space="preserve">9355.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10191,51 +10191,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 156</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Светодиодная подсветка, трансформатор в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9831.00</t>
+            <t xml:space="preserve">10028.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 011.012 \ Фриз с освещением товара и рекламной панели</t>
           </r>
@@ -10251,51 +10251,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 156</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Светодиодная подсветка, трансформатор в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8991.00</t>
+            <t xml:space="preserve">9171.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10313,51 +10313,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 156</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Светодиодная подсветка, трансформатор в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13259.00</t>
+            <t xml:space="preserve">13524.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 011.014 \ Фриз с двусторонним освещением рекламных панелей и товара</t>
           </r>
@@ -10373,51 +10373,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 156</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Светодиодная подсветка, трансформатор в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11172.00</t>
+            <t xml:space="preserve">11395.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10435,51 +10435,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 926</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опоры приобретаются отдельно</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11730.00</t>
+            <t xml:space="preserve">11965.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">STP 001.002 \ Прилавок глухой с ящиком</t>
           </r>
@@ -10495,51 +10495,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 926</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опоры приобретаются отдельно</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11405.00</t>
+            <t xml:space="preserve">11633.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10557,51 +10557,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 926</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опоры приобретаются отдельно</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10984.00</t>
+            <t xml:space="preserve">11204.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">STP 001.004 \ Прилавок глухой с распашной дверцей</t>
           </r>
@@ -10617,51 +10617,51 @@
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 926</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опоры приобретаются отдельно</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7215.00</t>
+            <t xml:space="preserve">7359.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10679,51 +10679,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 926</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опоры приобретаются отдельно</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17592.00</t>
+            <t xml:space="preserve">17944.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">STP 001.006 \ Прилавок с остекленным верхом и 3-мя ящиками</t>
           </r>
@@ -10739,51 +10739,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 926</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опоры приобретаются отдельно</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23318.00</t>
+            <t xml:space="preserve">23784.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10801,51 +10801,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 926</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опоры приобретаются отдельно</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18803.00</t>
+            <t xml:space="preserve">19179.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">STP 001.008 \ Прилавок угловой 45 град.</t>
           </r>
@@ -10861,97 +10861,97 @@
             <t xml:space="preserve">
 Ширина, мм: 444</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 926</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опоры приобретаются отдельно</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6286.00</t>
+            <t xml:space="preserve">6412.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">STP 001.009 \ Боковина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: STP 001.009</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1024.00</t>
+            <t xml:space="preserve">1044.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -10983,51 +10983,51 @@
             <t xml:space="preserve">
 Глубина, мм: 362</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">877.00</t>
+            <t xml:space="preserve">895.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11037,51 +11037,51 @@
             <t xml:space="preserve">
 Артикул: ELP.026.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">370.00</t>
+            <t xml:space="preserve">377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>