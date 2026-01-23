--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30.09.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Витрины и прилавки Октава Плюс</t>
   </si>
   <si>
     <t>Модели «Октава плюс» отличаются плавными линиями и необычными формами. Подиумы витрин «Октава плюс» сделаны из МДФ толщиной 25 мм, оклеенного пленкой ПВХ, или окрашенного в цвет по каталогу RAL.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 01 \ Витрина с 3-мя полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKTP.001.COL</t>
     </r>
@@ -101,51 +101,51 @@
       <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дополнительное освещение: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Эл. Провод, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24825.00</t>
+      <t xml:space="preserve">25286.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 02 \  Витрина с 3-мя полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKTP.002.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Покрытие МДФ: окрашенный</t>
@@ -166,51 +166,51 @@
       <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дополнительное освещение: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Эл. Провод, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39176.00</t>
+      <t xml:space="preserve">39251.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 03 \  Прилавок с 1-й полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKTP.003.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Покрытие МДФ: окрашенный</t>
@@ -227,51 +227,51 @@
       <t xml:space="preserve">
 Высота, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дополнительное освещение: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30746.00</t>
+      <t xml:space="preserve">30783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 04 \  Прилавок с 1-й полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKTP.004.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Покрытие МДФ: окрашенный</t>
@@ -288,51 +288,51 @@
       <t xml:space="preserve">
 Высота, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дополнительное освещение: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">31724.00</t>
+      <t xml:space="preserve">31761.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 05 \ Прилавок касса справа с 1-й полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKTP.005.R.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Покрытие МДФ: окрашенный</t>
@@ -349,51 +349,51 @@
       <t xml:space="preserve">
 Высота, мм: 1100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дополнительное освещение: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">61666.00</t>
+      <t xml:space="preserve">61703.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 05 \ Прилавок касса слева с 1-й полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKTP.005.L.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Покрытие МДФ: окрашенный</t>
@@ -410,51 +410,51 @@
       <t xml:space="preserve">
 Высота, мм: 1100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дополнительное освещение: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">61666.00</t>
+      <t xml:space="preserve">61703.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 06 \ Витрина с 3-мя полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKTP.006.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Покрытие МДФ: окрашенный</t>
@@ -475,51 +475,51 @@
       <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дополнительное освещение: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Эл. Провод, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">55185.00</t>
+      <t xml:space="preserve">55293.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 07 \ Витрина с 3-мя полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKTP.007.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Покрытие МДФ: окрашенный</t>
@@ -540,51 +540,51 @@
       <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дополнительное освещение: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Эл. Провод, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">61214.00</t>
+      <t xml:space="preserve">61394.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 08 \ Витрина с 3-мя полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKTP.008.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Покрытие МДФ: окрашенный</t>
@@ -605,51 +605,51 @@
       <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дополнительное освещение: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Эл. Провод, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">73141.00</t>
+      <t xml:space="preserve">73336.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 15 \ Витрина с 3-мя полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKTP.015.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Покрытие МДФ: окрашенный</t>
@@ -670,51 +670,51 @@
       <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Дополнительное освещение: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Эл. Провод, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">52737.60</t>
+      <t xml:space="preserve">52773.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ОКП.001 \ Витрина с освещением, без полок и опор (дверь+замок)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OKП.001.COL.26G</t>
     </r>
     <r>
       <t xml:space="preserve">
 Покрытие МДФ: окрашенный</t>
@@ -727,51 +727,51 @@
       <t xml:space="preserve">
 Ширина, мм: 467</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20059.00</t>
+      <t xml:space="preserve">20460.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ОКТА.100 \ Полка для ОКП.001, ОКП.007, ОКП.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OKTA.100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Стекло</t>
@@ -780,51 +780,51 @@
       <t xml:space="preserve">
 Глубина, мм: 385</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 406</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">386.00</t>
+      <t xml:space="preserve">394.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ОКТА.200 Полка стеклянная 855х385х6мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OKTA.200</t>
@@ -833,51 +833,51 @@
       <t xml:space="preserve">
 Глубина, мм: 385</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 855</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">654.00</t>
+      <t xml:space="preserve">667.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ОКТА.300 \ Полка для ОКП.006</t>
@@ -894,100 +894,100 @@
       <t xml:space="preserve">
 Глубина, мм: 380</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1259</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">891.00</t>
+      <t xml:space="preserve">909.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ОКП.500 \ Полкодержатель для прутка (для установки светильника Софит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OKTP.001.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продается только в комплекте с полками или светильниками LED</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">174.00</t>
+      <t xml:space="preserve">177.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1000,100 +1000,100 @@
       <t xml:space="preserve">
 Артикул: ELP.026.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">370.00</t>
+      <t xml:space="preserve">377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Колодка клеммная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELC.001.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6.60</t>
+      <t xml:space="preserve">6.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -1110,51 +1110,51 @@
       </rPr>
       <t xml:space="preserve">Светильник, хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ОКТА.СОФИТ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">244.00</t>
+      <t xml:space="preserve">249.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1179,51 +1179,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 06</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2770.00</t>
+      <t xml:space="preserve">2825.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 1260 (на полку, холодный белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.052P.CWH</t>
@@ -1236,51 +1236,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 06</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2770.00</t>
+      <t xml:space="preserve">2825.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 1260 (на фриз, холодный белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.052V.CWH</t>
@@ -1293,51 +1293,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 06</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2940.00</t>
+      <t xml:space="preserve">2999.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 1260 (на фриз, теплый белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.052V.HWH</t>
@@ -1350,51 +1350,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 06</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2940.00</t>
+      <t xml:space="preserve">2999.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 410 (на полку, теплый белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.050P.HWH</t>
@@ -1407,51 +1407,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 01, Октава 07, Октава 08</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">883.00</t>
+      <t xml:space="preserve">901.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 410 (на фриз, теплый белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.050V.HWH</t>
@@ -1464,51 +1464,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 01, Октава 07, Октава 08</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">953.00</t>
+      <t xml:space="preserve">972.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 410 (на фриз, холодный белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.050V.CWH</t>
@@ -1521,51 +1521,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 01, Октава 07, Октава 08</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1470.00</t>
+      <t xml:space="preserve">1499.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 410 (на полку, холодный белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.050P.CWH</t>
@@ -1578,51 +1578,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 01, Октава 07, Октава 08</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1385.00</t>
+      <t xml:space="preserve">1413.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 860 (на полку, теплый белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.051P.HWH</t>
@@ -1635,51 +1635,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 14</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 02</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1894.00</t>
+      <t xml:space="preserve">1932.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 860 (на полку, холодный белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.051P.CWH</t>
@@ -1692,51 +1692,51 @@
       <t xml:space="preserve">
 Примечание: 20	Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 14</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 02</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1894.00</t>
+      <t xml:space="preserve">1932.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 860 (на фриз, теплый белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.051V.HWH</t>
@@ -1749,51 +1749,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 14</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 02</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2064.00</t>
+      <t xml:space="preserve">2105.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 860 (на фриз, холодный белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.051V.CWH</t>
@@ -1806,51 +1806,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 14</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 02</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2064.00</t>
+      <t xml:space="preserve">2105.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Блок питания</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DC 12V 36W</t>
@@ -1859,51 +1859,51 @@
       <t xml:space="preserve">
 Примечание: постоянный ток</t>
     </r>
     <r>
       <t xml:space="preserve">
 Напряжение, В: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Степень защиты: IP 20 (для использования в помещениях)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">600.00</t>
+      <t xml:space="preserve">612.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DC5A \ Блок питания</t>
@@ -1916,51 +1916,51 @@
       <t xml:space="preserve">
 Примечание: постоянный ток</t>
     </r>
     <r>
       <t xml:space="preserve">
 Напряжение, В: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Степень защиты: IP 20 (для использования в помещениях)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1050.00</t>
+      <t xml:space="preserve">1071.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Блок питания</t>
@@ -1973,51 +1973,51 @@
       <t xml:space="preserve">
 Примечание: постоянный ток</t>
     </r>
     <r>
       <t xml:space="preserve">
 Напряжение, В: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Степень защиты: IP 20 (для использования в помещениях)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1360.00</t>
+      <t xml:space="preserve">1387.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Блок питания</t>
@@ -2030,51 +2030,51 @@
       <t xml:space="preserve">
 Примечание: постоянный ток</t>
     </r>
     <r>
       <t xml:space="preserve">
 Напряжение, В: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Степень защиты: IP 20 (для использования в помещениях)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1760.00</t>
+      <t xml:space="preserve">1795.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Ng 25x25x200 \ Опора декоративная со смещенным фланцем (регулируемая)</t>
@@ -2107,51 +2107,51 @@
       <t xml:space="preserve">
 Регулировка, мм: есть, регулировка 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нагрузка, кг: до 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">173.00</t>
+      <t xml:space="preserve">176.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Опора для витрины</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NZ0106 125MM</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 125</t>
@@ -4948,51 +4948,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30.09.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -5036,51 +5036,51 @@
             <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дополнительное освещение: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Эл. Провод, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24825.00</t>
+            <t xml:space="preserve">25286.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Октава 02 \  Витрина с 3-мя полками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: K.OKTP.002.COL</t>
           </r>
@@ -5104,51 +5104,51 @@
             <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дополнительное освещение: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Эл. Провод, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39176.00</t>
+            <t xml:space="preserve">39251.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Октава 03 \  Прилавок с 1-й полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5170,51 +5170,51 @@
             <t xml:space="preserve">
 Высота, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дополнительное освещение: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30746.00</t>
+            <t xml:space="preserve">30783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Октава 04 \  Прилавок с 1-й полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: K.OKTP.004.COL</t>
           </r>
@@ -5234,51 +5234,51 @@
             <t xml:space="preserve">
 Высота, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дополнительное освещение: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31724.00</t>
+            <t xml:space="preserve">31761.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Октава 05 \ Прилавок касса справа с 1-й полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5300,51 +5300,51 @@
             <t xml:space="preserve">
 Высота, мм: 1100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дополнительное освещение: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">61666.00</t>
+            <t xml:space="preserve">61703.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Октава 05 \ Прилавок касса слева с 1-й полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: K.OKTP.005.L.COL</t>
           </r>
@@ -5364,51 +5364,51 @@
             <t xml:space="preserve">
 Высота, мм: 1100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дополнительное освещение: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">61666.00</t>
+            <t xml:space="preserve">61703.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Октава 06 \ Витрина с 3-мя полками</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5434,51 +5434,51 @@
             <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дополнительное освещение: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Эл. Провод, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">55185.00</t>
+            <t xml:space="preserve">55293.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Октава 07 \ Витрина с 3-мя полками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: K.OKTP.007.COL</t>
           </r>
@@ -5502,51 +5502,51 @@
             <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дополнительное освещение: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Эл. Провод, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">61214.00</t>
+            <t xml:space="preserve">61394.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Октава 08 \ Витрина с 3-мя полками</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5572,51 +5572,51 @@
             <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дополнительное освещение: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Эл. Провод, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">73141.00</t>
+            <t xml:space="preserve">73336.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Октава 15 \ Витрина с 3-мя полками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: K.OKTP.015.COL</t>
           </r>
@@ -5640,51 +5640,51 @@
             <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Дополнительное освещение: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Эл. Провод, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">52737.60</t>
+            <t xml:space="preserve">52773.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ОКП.001 \ Витрина с освещением, без полок и опор (дверь+замок)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5702,51 +5702,51 @@
             <t xml:space="preserve">
 Ширина, мм: 467</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможно 4 типа профилирования торцов полок основания и полок фризов витрин, столешниц прилавков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20059.00</t>
+            <t xml:space="preserve">20460.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ОКТА.100 \ Полка для ОКП.001, ОКП.007, ОКП.008</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OKTA.100</t>
           </r>
@@ -5758,51 +5758,51 @@
             <t xml:space="preserve">
 Глубина, мм: 385</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 406</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">386.00</t>
+            <t xml:space="preserve">394.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5816,51 +5816,51 @@
             <t xml:space="preserve">
 Глубина, мм: 385</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 855</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">654.00</t>
+            <t xml:space="preserve">667.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5880,51 +5880,51 @@
             <t xml:space="preserve">
 Глубина, мм: 380</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1259</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">891.00</t>
+            <t xml:space="preserve">909.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5934,51 +5934,51 @@
             <t xml:space="preserve">
 Артикул: OKTP.001.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продается только в комплекте с полками или светильниками LED</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">174.00</t>
+            <t xml:space="preserve">177.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -5994,51 +5994,51 @@
             <t xml:space="preserve">
 Артикул: ELP.026.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">370.00</t>
+            <t xml:space="preserve">377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6048,51 +6048,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Колодка клеммная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ELC.001.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6.60</t>
+            <t xml:space="preserve">6.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -6112,51 +6112,51 @@
             </rPr>
             <t xml:space="preserve">Светильник, хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ОКТА.СОФИТ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">244.00</t>
+            <t xml:space="preserve">249.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
@@ -6186,51 +6186,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 06</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2770.00</t>
+            <t xml:space="preserve">2825.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Светильник LED 1260 (на полку, холодный белый)</t>
           </r>
@@ -6246,51 +6246,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 06</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2770.00</t>
+            <t xml:space="preserve">2825.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6308,51 +6308,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 06</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2940.00</t>
+            <t xml:space="preserve">2999.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Светильник LED 1260 (на фриз, теплый белый)</t>
           </r>
@@ -6368,51 +6368,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 06</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2940.00</t>
+            <t xml:space="preserve">2999.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6430,51 +6430,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 01, Октава 07, Октава 08</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">883.00</t>
+            <t xml:space="preserve">901.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Светильник LED 410 (на фриз, теплый белый)</t>
           </r>
@@ -6490,51 +6490,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 01, Октава 07, Октава 08</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">953.00</t>
+            <t xml:space="preserve">972.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6552,51 +6552,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 01, Октава 07, Октава 08</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1470.00</t>
+            <t xml:space="preserve">1499.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Светильник LED 410 (на полку, холодный белый)</t>
           </r>
@@ -6612,51 +6612,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 01, Октава 07, Октава 08</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1385.00</t>
+            <t xml:space="preserve">1413.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6674,51 +6674,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 14</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 02</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1894.00</t>
+            <t xml:space="preserve">1932.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Светильник LED 860 (на полку, холодный белый)</t>
           </r>
@@ -6734,51 +6734,51 @@
             <t xml:space="preserve">
 Примечание: 20	Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 14</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 02</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1894.00</t>
+            <t xml:space="preserve">1932.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6796,51 +6796,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 14</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 02</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2064.00</t>
+            <t xml:space="preserve">2105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Светильник LED 860 (на фриз, холодный белый)</t>
           </r>
@@ -6856,51 +6856,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 14</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 02</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2064.00</t>
+            <t xml:space="preserve">2105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6914,51 +6914,51 @@
             <t xml:space="preserve">
 Примечание: постоянный ток</t>
           </r>
           <r>
             <t xml:space="preserve">
 Напряжение, В: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Степень защиты: IP 20 (для использования в помещениях)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">600.00</t>
+            <t xml:space="preserve">612.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6974,51 +6974,51 @@
             <t xml:space="preserve">
 Примечание: постоянный ток</t>
           </r>
           <r>
             <t xml:space="preserve">
 Напряжение, В: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Степень защиты: IP 20 (для использования в помещениях)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1050.00</t>
+            <t xml:space="preserve">1071.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7036,51 +7036,51 @@
             <t xml:space="preserve">
 Примечание: постоянный ток</t>
           </r>
           <r>
             <t xml:space="preserve">
 Напряжение, В: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Степень защиты: IP 20 (для использования в помещениях)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1360.00</t>
+            <t xml:space="preserve">1387.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7096,51 +7096,51 @@
             <t xml:space="preserve">
 Примечание: постоянный ток</t>
           </r>
           <r>
             <t xml:space="preserve">
 Напряжение, В: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Степень защиты: IP 20 (для использования в помещениях)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1760.00</t>
+            <t xml:space="preserve">1795.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7178,51 +7178,51 @@
             <t xml:space="preserve">
 Регулировка, мм: есть, регулировка 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нагрузка, кг: до 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">173.00</t>
+            <t xml:space="preserve">176.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Опора для витрины</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NZ0106 125MM</t>
           </r>