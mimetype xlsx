--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Витрины и прилавки Октава Плюс</t>
   </si>
   <si>
     <t>Модели «Октава плюс» отличаются плавными линиями и необычными формами. Подиумы витрин «Октава плюс» сделаны из МДФ толщиной 25 мм, оклеенного пленкой ПВХ, или окрашенного в цвет по каталогу RAL.</t>
@@ -2666,107 +2666,50 @@
 Артикул: NA02C00 120MM</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">410.00</t>
-    </r>
-[...55 lines deleted...]
-      <t xml:space="preserve">136.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3074,51 +3017,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9b0d89b_a671_11e6_9f4a_0025902b3cc0_BFB2341A_3143_422A_8A05_B11024BD3EA82.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9953cc16_a673_11e6_9f4a_0025902b3cc0_5BEDE3FD_0FE2_4704_BD56_F8C964C081503.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b197f12f_a674_11e6_9f4a_0025902b3cc0_08B98CC6_2E5E_4E26_90F9_FBF54128CE714.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9dc95ea_a67d_11e6_9f4a_0025902b3cc0_D39F0D2F_8A0E_44E5_81AF_64AF7332C8945.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90822e6_a681_11e6_9f4a_0025902b3cc0_8EE64331_F6C9_43A2_9248_DC73AA2348896.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b0a3b1b_a680_11e6_9f4a_0025902b3cc0_7DF1837A_EC40_4AAD_B85B_5AE90794C99F7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b06cc3b1_a683_11e6_9f4a_0025902b3cc0_46246645_3F7C_4596_8257_298580562FC88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09b576e_a684_11e6_9f4a_0025902b3cc0_20EF039C_6573_46E1_A886_A08659416BEC9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d467a475_a688_11e6_9f4a_0025902b3cc0_D226037C_F439_4766_BE42_DDD93C03084810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe626c8_a713_11e6_9f4a_0025902b3cc0_5C25F8E9_876E_4AF9_92AD_4242E1D7BC3E11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da8a4faa_a5c3_11e6_9f4a_0025902b3cc0_B6B9DDA9_C0F5_4056_9150_FEF69B2B06BB12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d64230d1_a8ea_11e3_baa0_0025902b3cc1_okta10013.JPG"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a5b7d5_ff22_11e0_833e_003048f27c5f_okta20014.JPG"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a079fdc_6e53_11e4_a300_0025902b3cc1_okta30015.JPG"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfd65be_c7b4_11e0_a476_003048f27c5f_3BDDDAB6_3904_4FA8_88D4_A9DE33C3617716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b120a69d_068d_11e0_99a4_003048f27c5f_7BF18BBA_7E43_4B5E_9EDF_2BA414EB444A17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f96f45ac_068c_11e0_99a4_003048f27c5f_59F14211_F8E8_4798_BE7F_EF620244086B18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb9b67f2_ff32_11e0_833e_003048f27c5f_B2CACDF2_96C2_4E54_8F01_4D90DC47747F19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92e783c_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2960e83_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1abfc648_a66f_11e6_9f4a_0025902b3cc0_Okta-LED.resize222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36d4a22c_a66f_11e6_9f4a_0025902b3cc0_Okta-LED.resize223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0fbaf63_a66d_11e6_9f4a_0025902b3cc0_Okta-LED.resize224.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42134cf6_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize225.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b7ac07_9db5_11e5_a43a_0025902b3cc1_Okta-LED.resize226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70dc2c15_9db5_11e5_a43a_0025902b3cc1_Okta-LED.resize227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84e9bcb5_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b1c148d_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c28b23e1_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a383b06e_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30378975_4a17_11e0_86e2_003048f27c5f_1EE41714_6C5F_4D47_A99E_42B9C7C4B96032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06b403e9_d5d9_11e0_a476_003048f27c5f_1EEA6700_DDBE_491B_8DA3_C2D5D9ED0AE133.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06690e66_76d1_11e0_afc8_003048f27c5f_7E0C47D5_84DE_4127_98F7_33FF9AA59F1834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/941bd27b_24bf_11e2_99cf_0025902b3cc1_ACBB9E9A_6F5B_4826_B9DF_F928A05406A635.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea6d3ccf_b7bd_11e6_822f_0025b3ab7bf6_5B59C283_3CA8_4215_84CF_6E04D17611C636.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6529ebdb_ff38_11e0_833e_003048f27c5f_8365F4EB_0CDC_49F1_8A8C_DED67ACF829837.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6529ebe2_ff38_11e0_833e_003048f27c5f_3D25A15A_AA26_4C1B_97FF_F463E8E1C7A938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6529ebed_ff38_11e0_833e_003048f27c5f_3A782086_DD8A_417D_B436_CD8CA44B67EF39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe18d71e_ff31_11e0_833e_003048f27c5f_175C3C69_02EA_457D_866D_0B9AAB82FB0B40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5842101f_9ed7_11e0_afc8_003048f27c5f_EE3F9D1E_A5D8_4289_8F37_344C5019F8A941.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da6d9129_ff20_11e0_833e_003048f27c5f_ADFDB5D1_532F_410C_9E7E_0E6F1BE8151142.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be5e97ff_ff16_11e0_833e_003048f27c5f_B55B5B49_A769_4DCE_BFCC_0427204840AE43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e78092a_ff1e_11e0_833e_003048f27c5f_CB3FF811_86AA_48EF_A248_FD1CBFDA916744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fcae3b0_ff30_11e0_833e_003048f27c5f_781677F7_DC47_47EF_8791_C6471858165E45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85ddb029_3999_11e0_b4b4_003048f27c5f_8C6C18AB_99C4_4484_8AEB_8B2BF86778A746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e945615_ff38_11e0_833e_003048f27c5f_C130BF84_20F3_4AEF_AC86_2E9E6DDD693247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85ddb010_3999_11e0_b4b4_003048f27c5f_A93A31F2_2BDE_4E53_9112_E2F50B0455F148.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a25908a3_ff1f_11e0_833e_003048f27c5f_9156FF58_D31D_4BD5_9397_0DE19F06B75B49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0da968c3_ff3a_11e0_833e_003048f27c5f_8A1903B8_DC26_43A6_96F6_842A559C724150.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189dcf53_ff36_11e0_833e_003048f27c5f_AEB5BDBC_9408_4A94_A0D5_41E29F033E1551.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9b0d89b_a671_11e6_9f4a_0025902b3cc0_BFB2341A_3143_422A_8A05_B11024BD3EA82.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9953cc16_a673_11e6_9f4a_0025902b3cc0_5BEDE3FD_0FE2_4704_BD56_F8C964C081503.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b197f12f_a674_11e6_9f4a_0025902b3cc0_08B98CC6_2E5E_4E26_90F9_FBF54128CE714.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9dc95ea_a67d_11e6_9f4a_0025902b3cc0_D39F0D2F_8A0E_44E5_81AF_64AF7332C8945.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90822e6_a681_11e6_9f4a_0025902b3cc0_8EE64331_F6C9_43A2_9248_DC73AA2348896.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b0a3b1b_a680_11e6_9f4a_0025902b3cc0_7DF1837A_EC40_4AAD_B85B_5AE90794C99F7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b06cc3b1_a683_11e6_9f4a_0025902b3cc0_46246645_3F7C_4596_8257_298580562FC88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09b576e_a684_11e6_9f4a_0025902b3cc0_20EF039C_6573_46E1_A886_A08659416BEC9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d467a475_a688_11e6_9f4a_0025902b3cc0_D226037C_F439_4766_BE42_DDD93C03084810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe626c8_a713_11e6_9f4a_0025902b3cc0_5C25F8E9_876E_4AF9_92AD_4242E1D7BC3E11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da8a4faa_a5c3_11e6_9f4a_0025902b3cc0_B6B9DDA9_C0F5_4056_9150_FEF69B2B06BB12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d64230d1_a8ea_11e3_baa0_0025902b3cc1_okta10013.JPG"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a5b7d5_ff22_11e0_833e_003048f27c5f_okta20014.JPG"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a079fdc_6e53_11e4_a300_0025902b3cc1_okta30015.JPG"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfd65be_c7b4_11e0_a476_003048f27c5f_3BDDDAB6_3904_4FA8_88D4_A9DE33C3617716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b120a69d_068d_11e0_99a4_003048f27c5f_7BF18BBA_7E43_4B5E_9EDF_2BA414EB444A17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f96f45ac_068c_11e0_99a4_003048f27c5f_59F14211_F8E8_4798_BE7F_EF620244086B18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb9b67f2_ff32_11e0_833e_003048f27c5f_B2CACDF2_96C2_4E54_8F01_4D90DC47747F19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92e783c_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2960e83_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1abfc648_a66f_11e6_9f4a_0025902b3cc0_Okta-LED.resize222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36d4a22c_a66f_11e6_9f4a_0025902b3cc0_Okta-LED.resize223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0fbaf63_a66d_11e6_9f4a_0025902b3cc0_Okta-LED.resize224.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42134cf6_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize225.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b7ac07_9db5_11e5_a43a_0025902b3cc1_Okta-LED.resize226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70dc2c15_9db5_11e5_a43a_0025902b3cc1_Okta-LED.resize227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84e9bcb5_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b1c148d_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c28b23e1_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a383b06e_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30378975_4a17_11e0_86e2_003048f27c5f_1EE41714_6C5F_4D47_A99E_42B9C7C4B96032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06b403e9_d5d9_11e0_a476_003048f27c5f_1EEA6700_DDBE_491B_8DA3_C2D5D9ED0AE133.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06690e66_76d1_11e0_afc8_003048f27c5f_7E0C47D5_84DE_4127_98F7_33FF9AA59F1834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/941bd27b_24bf_11e2_99cf_0025902b3cc1_ACBB9E9A_6F5B_4826_B9DF_F928A05406A635.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea6d3ccf_b7bd_11e6_822f_0025b3ab7bf6_5B59C283_3CA8_4215_84CF_6E04D17611C636.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6529ebdb_ff38_11e0_833e_003048f27c5f_8365F4EB_0CDC_49F1_8A8C_DED67ACF829837.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6529ebe2_ff38_11e0_833e_003048f27c5f_3D25A15A_AA26_4C1B_97FF_F463E8E1C7A938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6529ebed_ff38_11e0_833e_003048f27c5f_3A782086_DD8A_417D_B436_CD8CA44B67EF39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe18d71e_ff31_11e0_833e_003048f27c5f_175C3C69_02EA_457D_866D_0B9AAB82FB0B40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5842101f_9ed7_11e0_afc8_003048f27c5f_EE3F9D1E_A5D8_4289_8F37_344C5019F8A941.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da6d9129_ff20_11e0_833e_003048f27c5f_ADFDB5D1_532F_410C_9E7E_0E6F1BE8151142.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be5e97ff_ff16_11e0_833e_003048f27c5f_B55B5B49_A769_4DCE_BFCC_0427204840AE43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e78092a_ff1e_11e0_833e_003048f27c5f_CB3FF811_86AA_48EF_A248_FD1CBFDA916744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fcae3b0_ff30_11e0_833e_003048f27c5f_781677F7_DC47_47EF_8791_C6471858165E45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85ddb029_3999_11e0_b4b4_003048f27c5f_8C6C18AB_99C4_4484_8AEB_8B2BF86778A746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85ddb010_3999_11e0_b4b4_003048f27c5f_A93A31F2_2BDE_4E53_9112_E2F50B0455F147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a25908a3_ff1f_11e0_833e_003048f27c5f_9156FF58_D31D_4BD5_9397_0DE19F06B75B48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0da968c3_ff3a_11e0_833e_003048f27c5f_8A1903B8_DC26_43A6_96F6_842A559C724149.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189dcf53_ff36_11e0_833e_003048f27c5f_AEB5BDBC_9408_4A94_A0D5_41E29F033E1550.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4579,80 +4522,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -4909,51 +4822,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D31" sqref="D31"/>
+      <selection activeCell="B31" sqref="B31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -7808,291 +7721,231 @@
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Опора для витрины</t>
-[...11 lines deleted...]
-Примечание: цена указана за 1 шт.</t>
+            <t xml:space="preserve">Опора регулируемая для витрины</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NA20C00/R 100MM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 100+8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Регулировка, мм: есть, 8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Нагрузка, кг: до 160</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: цена указана за 1 шт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 1048.16 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">136.00</t>
+            <t xml:space="preserve">541.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Опора регулируемая для витрины</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NA20C00/R 100MM</t>
-[...27 lines deleted...]
-Старая цена: 1048.16 руб.</t>
+Артикул: NA03C00/R 100MM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: цена за 1 шт.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Размер ножки, мм: 47х47</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">541.00</t>
+            <t xml:space="preserve">495.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Опора регулируемая для витрины</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NA03C00/R 100MM</t>
-[...3 lines deleted...]
-Высота, мм: 100</t>
+Артикул: DN0214/R 158MM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 158</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Размер ножки, мм: 47х47</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">495.00</t>
+            <t xml:space="preserve">176.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
-        <is>
-[...58 lines deleted...]
-      <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Опора регулируемая для витрины</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DN0614/R 130MM</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>