--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">06.02.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Витрины и прилавки Fino</t>
   </si>
   <si>
     <t>Витрины Fino отличаются оригинальным дизайном. В ассортименте серии есть витрины, задняя стенка которых изготовлена из ДСП толщиной 16 мм и с задней стенкой из экономпанели. Используя стойки NeoFix в витринах с задней стенкой из ДСП, возможна установка произвольного количества полок, а также регулировка их по высоте.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG60-VT \  Витрина с полками и стеклянной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.V.60.H.GL.00</t>
     </r>
@@ -89,51 +89,51 @@
       <t xml:space="preserve">
 Ширина, мм: 637</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21604.00</t>
+      <t xml:space="preserve">22036.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG60-VS \  Витрина с полками и зеркальной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.V.60.H.MR.00</t>
@@ -146,51 +146,51 @@
       <t xml:space="preserve">
 Ширина, мм: 637</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22280.00</t>
+      <t xml:space="preserve">22726.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG60-VA \  Витрина с полками и задней стенкой из матового оргстекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.V.60.H.MGL.00</t>
@@ -203,51 +203,51 @@
       <t xml:space="preserve">
 Ширина, мм: 637</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: матовое оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16899.00</t>
+      <t xml:space="preserve">17237.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG100-VT \ Витрина с полками и стеклянной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.V.100.H.GL.00</t>
@@ -260,51 +260,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27066.00</t>
+      <t xml:space="preserve">27607.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG100-VS \ Витрина с полками и зеркальной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.V.100.H.MR.00</t>
@@ -317,51 +317,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28370.00</t>
+      <t xml:space="preserve">28937.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG100-VA \ Витрина с полками и задней стенкой из матового оргстекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.V.100.H.MGL.00</t>
@@ -374,51 +374,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: матовое оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21911.00</t>
+      <t xml:space="preserve">22349.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG120-VT \ Витрина с полками и стеклянной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.V.120.H.GL.00</t>
@@ -431,51 +431,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29241.00</t>
+      <t xml:space="preserve">29826.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG120-VS \ Витрина с полками и зеркальной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.V.120.H.MR.00</t>
@@ -488,51 +488,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30980.00</t>
+      <t xml:space="preserve">31600.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG120-VA \ Витрина с полками и задней стенкой из матового оргстекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.V.120.H.MGL.00</t>
@@ -545,51 +545,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: матовое оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24954.00</t>
+      <t xml:space="preserve">25453.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG60-H160-VT \ Витрина с полками и стеклянной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.V.60.S.GL.00</t>
@@ -602,51 +602,51 @@
       <t xml:space="preserve">
 Ширина, мм: 637</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14789.00</t>
+      <t xml:space="preserve">15085.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG60-H160-VS \ Витрина с полками и зеркальной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.V.60.S.MR.00</t>
@@ -659,51 +659,51 @@
       <t xml:space="preserve">
 Ширина, мм: 637</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16096.00</t>
+      <t xml:space="preserve">16418.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG100-H160-VT \ Витрина с полками и стеклянной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.V.100.S.GL.00</t>
@@ -716,51 +716,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17690.00</t>
+      <t xml:space="preserve">18044.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG100-H160-VS \ Витрина с полками и зеркальной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.V.100.S.MR.00</t>
@@ -773,51 +773,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19672.00</t>
+      <t xml:space="preserve">20065.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG120-H160-VT \ Витрина с полками и стеклянной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.V.120.S.GL.00</t>
@@ -830,51 +830,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19672.00</t>
+      <t xml:space="preserve">20065.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG120-H160-VS \ Витрина с полками и зеркальной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.V.120.S.MR.00</t>
@@ -887,51 +887,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22041.00</t>
+      <t xml:space="preserve">22482.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG191-VT \ Витрина с полками и стеклянной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.V.CON.H.GL.00</t>
@@ -944,51 +944,51 @@
       <t xml:space="preserve">
 Ширина, мм: 906</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35863.00</t>
+      <t xml:space="preserve">36580.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG191-VS \ Витрина с полками и зеркальной задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.V.CON.H.MR.00</t>
@@ -1001,51 +1001,51 @@
       <t xml:space="preserve">
 Ширина, мм: 906</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40746.00</t>
+      <t xml:space="preserve">41561.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG191-VA \ Витрина с полками и задней стенкой из матового оргстекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.V.CON.H.MGL.00</t>
@@ -1058,51 +1058,51 @@
       <t xml:space="preserve">
 Ширина, мм: 906</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: матовое оргстекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30681.00</t>
+      <t xml:space="preserve">31295.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG60-A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.L.60.H.1LT.00</t>
@@ -1119,51 +1119,51 @@
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для отдельно стоящих витрин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: FIN.V.60.H.MGL.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6186.00</t>
+      <t xml:space="preserve">6310.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG100-A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.L.100.H.1LT.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 100</t>
@@ -1176,51 +1176,51 @@
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для отдельно стоящих витрин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: FIN.V.100.H.MGL.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6623.00</t>
+      <t xml:space="preserve">6755.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG120-A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.L.120H.1LT.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 100</t>
@@ -1233,51 +1233,51 @@
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для отдельно стоящих витрин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: FIN.V.120.H.MGL.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6816.00</t>
+      <t xml:space="preserve">6952.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG60-2A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.L.60.H.2LT.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 100</t>
@@ -1290,51 +1290,51 @@
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для витрин стоящих спина к спине</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: FIN.V.60.H.MGL.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7394.00</t>
+      <t xml:space="preserve">7542.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG100-2A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.L.100.H.2LT.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 100</t>
@@ -1347,51 +1347,51 @@
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для витрин стоящих спина к спине</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: FIN.V.100.H.MGL.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7493.00</t>
+      <t xml:space="preserve">7643.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG120-2A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.L.120.H.2LT.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 100</t>
@@ -1404,51 +1404,51 @@
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для витрин стоящих спина к спине</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: FIN.V.120.H.MGL.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7587.00</t>
+      <t xml:space="preserve">7739.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG191-A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.L.CON.H.1LT.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 100</t>
@@ -1461,100 +1461,100 @@
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для угловых витрин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: FIN.V.CON.H.MGL.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12906.00</t>
+      <t xml:space="preserve">13164.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина открытая с экономпанелью</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.S.60.H.EP.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 637</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16722.00</t>
+      <t xml:space="preserve">17056.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG60-H160-D \ Витрина открытая с экономпанелью</t>
@@ -1567,51 +1567,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 637</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15418.00</t>
+      <t xml:space="preserve">15726.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG100-D \ Витрина открытая с экономпанелью</t>
@@ -1624,51 +1624,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19092.00</t>
+      <t xml:space="preserve">19474.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина открытая с экономпанелью</t>
@@ -1681,51 +1681,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16096.00</t>
+      <t xml:space="preserve">16418.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина открытая с экономпанелью</t>
@@ -1738,51 +1738,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21267.00</t>
+      <t xml:space="preserve">21692.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG120-H160-D \ Витрина открытая с экономпанелью</t>
@@ -1795,51 +1795,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18125.00</t>
+      <t xml:space="preserve">18488.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG191-D \ Витрина открытая с экономпанелью</t>
@@ -1852,51 +1852,51 @@
       <t xml:space="preserve">
 Глубина, мм: 906</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 906</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33253.00</t>
+      <t xml:space="preserve">33918.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG60-VD \ Витрина закрытая с экономпанелью</t>
@@ -1909,51 +1909,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 637</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22376.00</t>
+      <t xml:space="preserve">22824.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG60-H160-VD \ Витрина закрытая с экономпанелью</t>
@@ -1966,51 +1966,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 637</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19575.00</t>
+      <t xml:space="preserve">19967.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG100-VD \ Витрина закрытая с экономпанелью</t>
@@ -2023,51 +2023,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28276.00</t>
+      <t xml:space="preserve">28842.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина закрытая с экономпанелью</t>
@@ -2080,51 +2080,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21074.00</t>
+      <t xml:space="preserve">21495.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG120-VD \ Витрина закрытая с экономпанелью</t>
@@ -2137,51 +2137,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29676.00</t>
+      <t xml:space="preserve">30270.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG120-H160-VD \ Витрина закрытая с экономпанелью</t>
@@ -2194,51 +2194,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22572.00</t>
+      <t xml:space="preserve">23023.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG191-VD \ Витрина закрытая с экономпанелью</t>
@@ -2251,51 +2251,51 @@
       <t xml:space="preserve">
 Глубина, мм: 906</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 906</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">41710.00</t>
+      <t xml:space="preserve">42544.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG60-NF \ Витрина открытая со стойками NeoFix</t>
@@ -2308,51 +2308,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 637</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10441.00</t>
+      <t xml:space="preserve">10650.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG60-H160-NF \ Витрина открытая со стойками NeoFix</t>
@@ -2365,51 +2365,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 637</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9763.00</t>
+      <t xml:space="preserve">9958.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG100-NF \ Витрина открытая со стойками NeoFix</t>
@@ -2422,51 +2422,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12567.00</t>
+      <t xml:space="preserve">12818.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина открытая со стойками NeoFix</t>
@@ -2479,51 +2479,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10198.00</t>
+      <t xml:space="preserve">10402.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG120-NF \ Витрина открытая со стойками NeoFix</t>
@@ -2536,51 +2536,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13678.00</t>
+      <t xml:space="preserve">13952.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG120-H160-NF \ Витрина открытая со стойками NeoFix</t>
@@ -2593,51 +2593,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11067.00</t>
+      <t xml:space="preserve">11288.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG60-VNF \ Витрина закрытая со стойками NeoFix</t>
@@ -2650,51 +2650,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 637</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16481.00</t>
+      <t xml:space="preserve">16811.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG60-H160-VNF \ Витрина закрытая со стойками NeoFix</t>
@@ -2707,51 +2707,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 637</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12710.00</t>
+      <t xml:space="preserve">12964.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина закрытая со стойками NeoFix</t>
@@ -2764,51 +2764,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19526.00</t>
+      <t xml:space="preserve">19917.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина закрытая со стойками NeoFix</t>
@@ -2821,51 +2821,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16481.00</t>
+      <t xml:space="preserve">16811.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG120-VNF \ Витрина закрытая со стойками NeoFix</t>
@@ -2878,51 +2878,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21267.00</t>
+      <t xml:space="preserve">21692.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG120-H160-VNF \ Витрина закрытая со стойками NeoFix</t>
@@ -2935,51 +2935,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1602</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17835.00</t>
+      <t xml:space="preserve">18192.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG191-NF \ Витрина открытая со стойками NeoFix</t>
@@ -2992,51 +2992,51 @@
       <t xml:space="preserve">
 Глубина, мм: 906</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 906</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20882.00</t>
+      <t xml:space="preserve">21300.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG191-VNF \ Витрина закрытая со стойками NeoFix</t>
@@ -3049,51 +3049,51 @@
       <t xml:space="preserve">
 Глубина, мм: 906</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 906</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27356.00</t>
+      <t xml:space="preserve">27903.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка</t>
@@ -3106,51 +3106,51 @@
       <t xml:space="preserve">
 Глубина, мм: 374</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 471</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">547.00</t>
+      <t xml:space="preserve">558.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
@@ -3659,51 +3659,51 @@
       <t xml:space="preserve">
 Глубина, мм: 374</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 838</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">882.00</t>
+      <t xml:space="preserve">900.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка</t>
@@ -3716,51 +3716,51 @@
       <t xml:space="preserve">
 Глубина, мм: 374</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1038</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1008.00</t>
+      <t xml:space="preserve">1028.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка</t>
@@ -3773,100 +3773,100 @@
       <t xml:space="preserve">
 Глубина, мм: 791</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 791</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1389.00</t>
+      <t xml:space="preserve">1417.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG60-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.MIR.60.H.NF.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: FIN.V.60.H.NF.00; FIN.S.60.H.NF.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1766.00</t>
+      <t xml:space="preserve">1801.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -3879,51 +3879,51 @@
       </rPr>
       <t xml:space="preserve">OVG60-H160-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.MIR.60.S.NF.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: FIN.V.60.S.NF.00; FIN.S.60.S.NF.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1219.00</t>
+      <t xml:space="preserve">1243.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -3936,51 +3936,51 @@
       </rPr>
       <t xml:space="preserve">Комплект зеркал для витрин со стойками NeoFix</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.MIR.100.H.NF.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: FIN.S.100.H.NF.00; FIN.V.100.H.NF.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3194.00</t>
+      <t xml:space="preserve">3258.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -3993,51 +3993,51 @@
       </rPr>
       <t xml:space="preserve">OVG100-H160-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.MIR.100S.NF.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: FIN.V.100.S.NF.00; FIN.S.100.S.NF.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2228.00</t>
+      <t xml:space="preserve">2273.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -4050,51 +4050,51 @@
       </rPr>
       <t xml:space="preserve">OVG120-H160-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.MIR.120S.NF.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: FIN.V.120.S.NF.00; FIN.S.120.S.NF.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3194.00</t>
+      <t xml:space="preserve">3258.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -4107,51 +4107,51 @@
       </rPr>
       <t xml:space="preserve">OVG191-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.MIR.CON.H.NF.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: FIN.V.CON.H.NF.00; FIN.S.CON.H.NF.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5463.00</t>
+      <t xml:space="preserve">5572.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -4172,51 +4172,51 @@
       <t xml:space="preserve">
 Глубина, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3240.00</t>
+      <t xml:space="preserve">3305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Ящик на колесах для витрин</t>
@@ -4229,51 +4229,51 @@
       <t xml:space="preserve">
 Глубина, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 930</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4204.00</t>
+      <t xml:space="preserve">4288.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG216-1N.L \ Блок освещения левый</t>
@@ -4290,51 +4290,51 @@
       <t xml:space="preserve">
 Ширина, мм: 68</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1687</t>
     </r>
     <r>
       <t xml:space="preserve">
 Блок: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3240.00</t>
+      <t xml:space="preserve">3305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG216-1N.R \ Блок освещения правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.L.RS.H.1LT.00</t>
@@ -4347,51 +4347,51 @@
       <t xml:space="preserve">
 Ширина, мм: 68</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1687</t>
     </r>
     <r>
       <t xml:space="preserve">
 Блок: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3240.00</t>
+      <t xml:space="preserve">3305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG216-2N \ Блок освещения средний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.L.MS.H.1LT.00</t>
@@ -4404,51 +4404,51 @@
       <t xml:space="preserve">
 Ширина, мм: 138</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1687</t>
     </r>
     <r>
       <t xml:space="preserve">
 Блок: средний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4302.00</t>
+      <t xml:space="preserve">4388.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Блок освещения крайний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.L.LRS.H.2LT.00</t>
@@ -4457,51 +4457,51 @@
       <t xml:space="preserve">
 Глубина, мм: 290</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 68</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1687</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6959.00</t>
+      <t xml:space="preserve">7098.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Блок освещения центральный</t>
@@ -4514,51 +4514,51 @@
       <t xml:space="preserve">
 Глубина, мм: 290</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 138</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1687</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8216.00</t>
+      <t xml:space="preserve">8380.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок остекленный</t>
@@ -4575,51 +4575,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Профиль раздвижных дверей только анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15175.00</t>
+      <t xml:space="preserve">15479.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG120-MN \ Прилавок остекленный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.DSK.120.1HGL.00</t>
@@ -4632,96 +4632,96 @@
       <t xml:space="preserve">
 Ширина, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Профиль раздвижных дверей только анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16722.00</t>
+      <t xml:space="preserve">17056.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Двери с замком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.DSKDOOR.100.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: FIN.DSK.100.1HGL.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1597.00</t>
+      <t xml:space="preserve">1629.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -4734,51 +4734,51 @@
       </rPr>
       <t xml:space="preserve">OVG120-MN.6 \ Двери с замком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.DSKDOOR.120.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: FIN.DSK.120.1HGL.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1740.00</t>
+      <t xml:space="preserve">1775.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -4795,51 +4795,51 @@
       <t xml:space="preserve">
 Артикул: FIN.DSKDRV.100.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 172</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: FIN.DSK.100.1HGL.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2562.00</t>
+      <t xml:space="preserve">2613.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -4852,51 +4852,51 @@
       <t xml:space="preserve">
 Артикул: FIN.DSKDRV.120.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 172</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: FIN.DSK.120.1HGL.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2803.00</t>
+      <t xml:space="preserve">2859.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -4917,51 +4917,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Профиль раздвижных дверей только анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15321.00</t>
+      <t xml:space="preserve">15627.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG100-P \ Прилавок глухой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.DSK.100.P.00</t>
@@ -4970,51 +4970,51 @@
       <t xml:space="preserve">
 Глубина, мм: 554</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12181.00</t>
+      <t xml:space="preserve">12425.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG120-P \ Прилавок глухой</t>
@@ -5027,51 +5027,51 @@
       <t xml:space="preserve">
 Глубина, мм: 554</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13241.00</t>
+      <t xml:space="preserve">13506.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG100-P.4 \ Подсумок</t>
@@ -5084,51 +5084,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 928</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: FIN.DSK.100.P.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1836.00</t>
+      <t xml:space="preserve">1873.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG120-P.4 \ Подсумок</t>
@@ -5141,51 +5141,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 928</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: FIN.DSK.120.P.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1933.00</t>
+      <t xml:space="preserve">1972.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG45-MB \ Прилавок глухой</t>
@@ -5198,51 +5198,51 @@
       <t xml:space="preserve">
 Глубина, мм: 455</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 455</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12906.00</t>
+      <t xml:space="preserve">13164.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок кассовый</t>
@@ -5259,149 +5259,149 @@
       <t xml:space="preserve">
 Ширина, мм: 550</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 902</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: место под кассы 486х532 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13870.00</t>
+      <t xml:space="preserve">14147.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Подсумок для DSKKAS.55</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.DSKPL.55.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 170</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 478</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1694.00</t>
+      <t xml:space="preserve">1728.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Ящик с замком для DSKKAS.55</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.DSKDRV.55.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1836.00</t>
+      <t xml:space="preserve">1873.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -5426,51 +5426,51 @@
       <t xml:space="preserve">
 Глубина, мм: 663</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 663</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13241.00</t>
+      <t xml:space="preserve">13506.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG55-U1 \ Прилавок угловой внутренний</t>
@@ -5483,96 +5483,96 @@
       <t xml:space="preserve">
 Глубина, мм: 454</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 454</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9327.00</t>
+      <t xml:space="preserve">9514.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG55-U1.2 \ Ящик с замком для углового внутреннего прилавка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.DSKDRV.55.IN.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1933.00</t>
+      <t xml:space="preserve">1972.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -5601,51 +5601,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1170</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 735</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: столы могут устанавливаться друг в друга</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10103.00</t>
+      <t xml:space="preserve">10305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG100-T \ Тумба средняя</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.TMB.100.00</t>
@@ -5658,51 +5658,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 424</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: столы могут устанавливаться друг в друга</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6527.00</t>
+      <t xml:space="preserve">6658.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG83-T \ Тумба</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.TMB.83.00</t>
@@ -5715,92 +5715,92 @@
       <t xml:space="preserve">
 Ширина, мм: 832</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 112</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: столы могут устанавливаться друг в друга</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3480.00</t>
+      <t xml:space="preserve">3550.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG117-T.6 \ Полка для стола TBL.117</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.TBLPL.117.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2128.00</t>
+      <t xml:space="preserve">2171.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -5813,51 +5813,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG117-T.7 \ Стеклянная надставка для TBL.117</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.TBLNAD.117.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5927.00</t>
+      <t xml:space="preserve">6046.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -5882,100 +5882,100 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1004</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 424</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6527.00</t>
+      <t xml:space="preserve">6658.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.BANMIR.100.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для банкетки: FIN.BAN.100.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1850.00</t>
+      <t xml:space="preserve">1887.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -5996,100 +5996,100 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 504</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 424</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4883.00</t>
+      <t xml:space="preserve">4981.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Зеркало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FIN.BANMIR.50.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для банкетки: FIN.BAN.50.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">841.00</t>
+      <t xml:space="preserve">858.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -6110,51 +6110,51 @@
       <t xml:space="preserve">
 Глубина, мм: 940</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28276.00</t>
+      <t xml:space="preserve">28842.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG60-T \ Тумба</t>
@@ -6167,51 +6167,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 637</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 424</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5316.00</t>
+      <t xml:space="preserve">5422.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OVG120-T \ Тумба широкая</t>
@@ -6224,51 +6224,51 @@
       <t xml:space="preserve">
 Глубина, мм: 469</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1204</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 424</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7252.00</t>
+      <t xml:space="preserve">7397.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -9950,51 +9950,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">06.02.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -10026,51 +10026,51 @@
             <t xml:space="preserve">
 Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21604.00</t>
+            <t xml:space="preserve">22036.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG60-VS \  Витрина с полками и зеркальной задней стенкой</t>
           </r>
@@ -10086,51 +10086,51 @@
             <t xml:space="preserve">
 Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22280.00</t>
+            <t xml:space="preserve">22726.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10148,51 +10148,51 @@
             <t xml:space="preserve">
 Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: матовое оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16899.00</t>
+            <t xml:space="preserve">17237.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG100-VT \ Витрина с полками и стеклянной задней стенкой</t>
           </r>
@@ -10208,51 +10208,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27066.00</t>
+            <t xml:space="preserve">27607.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10270,51 +10270,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28370.00</t>
+            <t xml:space="preserve">28937.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG100-VA \ Витрина с полками и задней стенкой из матового оргстекла</t>
           </r>
@@ -10330,51 +10330,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: матовое оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21911.00</t>
+            <t xml:space="preserve">22349.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10392,51 +10392,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29241.00</t>
+            <t xml:space="preserve">29826.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG120-VS \ Витрина с полками и зеркальной задней стенкой</t>
           </r>
@@ -10452,51 +10452,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30980.00</t>
+            <t xml:space="preserve">31600.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10514,51 +10514,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: матовое оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24954.00</t>
+            <t xml:space="preserve">25453.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG60-H160-VT \ Витрина с полками и стеклянной задней стенкой</t>
           </r>
@@ -10574,51 +10574,51 @@
             <t xml:space="preserve">
 Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14789.00</t>
+            <t xml:space="preserve">15085.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10636,51 +10636,51 @@
             <t xml:space="preserve">
 Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16096.00</t>
+            <t xml:space="preserve">16418.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG100-H160-VT \ Витрина с полками и стеклянной задней стенкой</t>
           </r>
@@ -10696,51 +10696,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17690.00</t>
+            <t xml:space="preserve">18044.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10758,51 +10758,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19672.00</t>
+            <t xml:space="preserve">20065.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG120-H160-VT \ Витрина с полками и стеклянной задней стенкой</t>
           </r>
@@ -10818,51 +10818,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19672.00</t>
+            <t xml:space="preserve">20065.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10880,51 +10880,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22041.00</t>
+            <t xml:space="preserve">22482.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG191-VT \ Витрина с полками и стеклянной задней стенкой</t>
           </r>
@@ -10940,51 +10940,51 @@
             <t xml:space="preserve">
 Ширина, мм: 906</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35863.00</t>
+            <t xml:space="preserve">36580.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11002,51 +11002,51 @@
             <t xml:space="preserve">
 Ширина, мм: 906</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40746.00</t>
+            <t xml:space="preserve">41561.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG191-VA \ Витрина с полками и задней стенкой из матового оргстекла</t>
           </r>
@@ -11062,51 +11062,51 @@
             <t xml:space="preserve">
 Ширина, мм: 906</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: матовое оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30681.00</t>
+            <t xml:space="preserve">31295.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11128,51 +11128,51 @@
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для отдельно стоящих витрин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: FIN.V.60.H.MGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6186.00</t>
+            <t xml:space="preserve">6310.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG100-A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.L.100.H.1LT.00</t>
           </r>
@@ -11188,51 +11188,51 @@
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для отдельно стоящих витрин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: FIN.V.100.H.MGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6623.00</t>
+            <t xml:space="preserve">6755.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG120-A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11250,51 +11250,51 @@
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для отдельно стоящих витрин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: FIN.V.120.H.MGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6816.00</t>
+            <t xml:space="preserve">6952.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG60-2A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.L.60.H.2LT.00</t>
           </r>
@@ -11310,51 +11310,51 @@
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для витрин стоящих спина к спине</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: FIN.V.60.H.MGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7394.00</t>
+            <t xml:space="preserve">7542.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG100-2A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11372,51 +11372,51 @@
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для витрин стоящих спина к спине</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: FIN.V.100.H.MGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7493.00</t>
+            <t xml:space="preserve">7643.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG120-2A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.L.120.H.2LT.00</t>
           </r>
@@ -11432,51 +11432,51 @@
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для витрин стоящих спина к спине</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: FIN.V.120.H.MGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7587.00</t>
+            <t xml:space="preserve">7739.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG191-A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11494,51 +11494,51 @@
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для угловых витрин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: FIN.V.CON.H.MGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12906.00</t>
+            <t xml:space="preserve">13164.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина открытая с экономпанелью</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.S.60.H.EP.00</t>
           </r>
@@ -11546,51 +11546,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16722.00</t>
+            <t xml:space="preserve">17056.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11608,51 +11608,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15418.00</t>
+            <t xml:space="preserve">15726.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -11668,51 +11668,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19092.00</t>
+            <t xml:space="preserve">19474.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11730,51 +11730,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16096.00</t>
+            <t xml:space="preserve">16418.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -11790,51 +11790,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21267.00</t>
+            <t xml:space="preserve">21692.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11852,51 +11852,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18125.00</t>
+            <t xml:space="preserve">18488.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -11912,51 +11912,51 @@
             <t xml:space="preserve">
 Глубина, мм: 906</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 906</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33253.00</t>
+            <t xml:space="preserve">33918.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11974,51 +11974,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22376.00</t>
+            <t xml:space="preserve">22824.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -12034,51 +12034,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19575.00</t>
+            <t xml:space="preserve">19967.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -12096,51 +12096,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28276.00</t>
+            <t xml:space="preserve">28842.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -12156,51 +12156,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21074.00</t>
+            <t xml:space="preserve">21495.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -12218,51 +12218,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29676.00</t>
+            <t xml:space="preserve">30270.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -12278,51 +12278,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22572.00</t>
+            <t xml:space="preserve">23023.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -12340,51 +12340,51 @@
             <t xml:space="preserve">
 Глубина, мм: 906</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 906</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">41710.00</t>
+            <t xml:space="preserve">42544.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -12400,51 +12400,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10441.00</t>
+            <t xml:space="preserve">10650.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -12462,51 +12462,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9763.00</t>
+            <t xml:space="preserve">9958.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -12522,51 +12522,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12567.00</t>
+            <t xml:space="preserve">12818.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -12584,51 +12584,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10198.00</t>
+            <t xml:space="preserve">10402.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -12644,51 +12644,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13678.00</t>
+            <t xml:space="preserve">13952.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -12706,51 +12706,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11067.00</t>
+            <t xml:space="preserve">11288.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -12766,51 +12766,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16481.00</t>
+            <t xml:space="preserve">16811.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -12828,51 +12828,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12710.00</t>
+            <t xml:space="preserve">12964.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -12888,51 +12888,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19526.00</t>
+            <t xml:space="preserve">19917.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -12950,51 +12950,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16481.00</t>
+            <t xml:space="preserve">16811.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -13010,51 +13010,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21267.00</t>
+            <t xml:space="preserve">21692.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -13072,51 +13072,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17835.00</t>
+            <t xml:space="preserve">18192.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -13132,51 +13132,51 @@
             <t xml:space="preserve">
 Глубина, мм: 906</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 906</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20882.00</t>
+            <t xml:space="preserve">21300.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -13194,51 +13194,51 @@
             <t xml:space="preserve">
 Глубина, мм: 906</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 906</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27356.00</t>
+            <t xml:space="preserve">27903.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -13254,51 +13254,51 @@
             <t xml:space="preserve">
 Глубина, мм: 374</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 471</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">547.00</t>
+            <t xml:space="preserve">558.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -13844,51 +13844,51 @@
             <t xml:space="preserve">
 Глубина, мм: 374</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 838</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">882.00</t>
+            <t xml:space="preserve">900.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -13904,51 +13904,51 @@
             <t xml:space="preserve">
 Глубина, мм: 374</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1038</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1008.00</t>
+            <t xml:space="preserve">1028.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -13966,51 +13966,51 @@
             <t xml:space="preserve">
 Глубина, мм: 791</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 791</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1389.00</t>
+            <t xml:space="preserve">1417.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -14018,51 +14018,51 @@
             </rPr>
             <t xml:space="preserve">OVG60-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.MIR.60.H.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: FIN.V.60.H.NF.00; FIN.S.60.H.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1766.00</t>
+            <t xml:space="preserve">1801.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
@@ -14080,51 +14080,51 @@
             </rPr>
             <t xml:space="preserve">OVG60-H160-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.MIR.60.S.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: FIN.V.60.S.NF.00; FIN.S.60.S.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1219.00</t>
+            <t xml:space="preserve">1243.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
@@ -14140,51 +14140,51 @@
             </rPr>
             <t xml:space="preserve">Комплект зеркал для витрин со стойками NeoFix</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.MIR.100.H.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: FIN.S.100.H.NF.00; FIN.V.100.H.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3194.00</t>
+            <t xml:space="preserve">3258.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
@@ -14202,51 +14202,51 @@
             </rPr>
             <t xml:space="preserve">OVG100-H160-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.MIR.100S.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: FIN.V.100.S.NF.00; FIN.S.100.S.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2228.00</t>
+            <t xml:space="preserve">2273.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
@@ -14262,51 +14262,51 @@
             </rPr>
             <t xml:space="preserve">OVG120-H160-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.MIR.120S.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: FIN.V.120.S.NF.00; FIN.S.120.S.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3194.00</t>
+            <t xml:space="preserve">3258.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
@@ -14324,51 +14324,51 @@
             </rPr>
             <t xml:space="preserve">OVG191-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.MIR.CON.H.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: FIN.V.CON.H.NF.00; FIN.S.CON.H.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5463.00</t>
+            <t xml:space="preserve">5572.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
@@ -14392,51 +14392,51 @@
             <t xml:space="preserve">
 Глубина, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3240.00</t>
+            <t xml:space="preserve">3305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -14454,51 +14454,51 @@
             <t xml:space="preserve">
 Глубина, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 930</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4204.00</t>
+            <t xml:space="preserve">4288.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -14518,51 +14518,51 @@
             <t xml:space="preserve">
 Ширина, мм: 68</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1687</t>
           </r>
           <r>
             <t xml:space="preserve">
 Блок: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3240.00</t>
+            <t xml:space="preserve">3305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -14580,51 +14580,51 @@
             <t xml:space="preserve">
 Ширина, мм: 68</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1687</t>
           </r>
           <r>
             <t xml:space="preserve">
 Блок: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3240.00</t>
+            <t xml:space="preserve">3305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG216-2N \ Блок освещения средний</t>
           </r>
@@ -14640,51 +14640,51 @@
             <t xml:space="preserve">
 Ширина, мм: 138</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1687</t>
           </r>
           <r>
             <t xml:space="preserve">
 Блок: средний</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4302.00</t>
+            <t xml:space="preserve">4388.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -14698,51 +14698,51 @@
             <t xml:space="preserve">
 Глубина, мм: 290</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 68</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1687</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6959.00</t>
+            <t xml:space="preserve">7098.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -14758,51 +14758,51 @@
             <t xml:space="preserve">
 Глубина, мм: 290</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 138</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1687</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8216.00</t>
+            <t xml:space="preserve">8380.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -14824,51 +14824,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Профиль раздвижных дверей только анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15175.00</t>
+            <t xml:space="preserve">15479.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG120-MN \ Прилавок остекленный</t>
           </r>
@@ -14884,101 +14884,101 @@
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Профиль раздвижных дверей только анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16722.00</t>
+            <t xml:space="preserve">17056.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="4"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Двери с замком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.DSKDOOR.100.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: FIN.DSK.100.1HGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1597.00</t>
+            <t xml:space="preserve">1629.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
@@ -14994,51 +14994,51 @@
             </rPr>
             <t xml:space="preserve">OVG120-MN.6 \ Двери с замком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.DSKDOOR.120.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: FIN.DSK.120.1HGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1740.00</t>
+            <t xml:space="preserve">1775.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
@@ -15060,51 +15060,51 @@
             <t xml:space="preserve">
 Артикул: FIN.DSKDRV.100.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 172</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: FIN.DSK.100.1HGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2562.00</t>
+            <t xml:space="preserve">2613.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -15120,51 +15120,51 @@
             <t xml:space="preserve">
 Артикул: FIN.DSKDRV.120.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 172</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: FIN.DSK.120.1HGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2803.00</t>
+            <t xml:space="preserve">2859.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -15190,51 +15190,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Профиль раздвижных дверей только анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15321.00</t>
+            <t xml:space="preserve">15627.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG100-P \ Прилавок глухой</t>
           </r>
@@ -15246,51 +15246,51 @@
             <t xml:space="preserve">
 Глубина, мм: 554</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12181.00</t>
+            <t xml:space="preserve">12425.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="4"/>
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -15308,51 +15308,51 @@
             <t xml:space="preserve">
 Глубина, мм: 554</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13241.00</t>
+            <t xml:space="preserve">13506.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -15368,51 +15368,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 928</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: FIN.DSK.100.P.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1836.00</t>
+            <t xml:space="preserve">1873.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="4"/>
       <c r="B51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -15430,51 +15430,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 928</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: FIN.DSK.120.P.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1933.00</t>
+            <t xml:space="preserve">1972.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -15490,51 +15490,51 @@
             <t xml:space="preserve">
 Глубина, мм: 455</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 455</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12906.00</t>
+            <t xml:space="preserve">13164.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="4"/>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -15556,51 +15556,51 @@
             <t xml:space="preserve">
 Ширина, мм: 550</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 902</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: место под кассы 486х532 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13870.00</t>
+            <t xml:space="preserve">14147.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Подсумок для DSKKAS.55</t>
           </r>
@@ -15608,51 +15608,51 @@
             <t xml:space="preserve">
 Артикул: FIN.DSKPL.55.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 170</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 478</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1694.00</t>
+            <t xml:space="preserve">1728.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="4"/>
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -15662,51 +15662,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Ящик с замком для DSKKAS.55</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.DSKDRV.55.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1836.00</t>
+            <t xml:space="preserve">1873.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -15734,51 +15734,51 @@
             <t xml:space="preserve">
 Глубина, мм: 663</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 663</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13241.00</t>
+            <t xml:space="preserve">13506.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="4"/>
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -15796,99 +15796,99 @@
             <t xml:space="preserve">
 Глубина, мм: 454</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 454</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9327.00</t>
+            <t xml:space="preserve">9514.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG55-U1.2 \ Ящик с замком для углового внутреннего прилавка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.DSKDRV.55.IN.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1933.00</t>
+            <t xml:space="preserve">1972.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -15922,51 +15922,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1170</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 735</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: столы могут устанавливаться друг в друга</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10103.00</t>
+            <t xml:space="preserve">10305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C55" s="4"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG100-T \ Тумба средняя</t>
           </r>
@@ -15982,51 +15982,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 424</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: столы могут устанавливаться друг в друга</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6527.00</t>
+            <t xml:space="preserve">6658.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="4"/>
       <c r="B56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -16044,95 +16044,95 @@
             <t xml:space="preserve">
 Ширина, мм: 832</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 112</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: столы могут устанавливаться друг в друга</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3480.00</t>
+            <t xml:space="preserve">3550.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C56" s="4"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG117-T.6 \ Полка для стола TBL.117</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.TBLPL.117.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2128.00</t>
+            <t xml:space="preserve">2171.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -16150,51 +16150,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG117-T.7 \ Стеклянная надставка для TBL.117</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.TBLNAD.117.GL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5927.00</t>
+            <t xml:space="preserve">6046.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -16222,51 +16222,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 424</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6527.00</t>
+            <t xml:space="preserve">6658.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="4"/>
       <c r="B58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -16276,51 +16276,51 @@
             </rPr>
             <t xml:space="preserve">Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.BANMIR.100.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для банкетки: FIN.BAN.100.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1850.00</t>
+            <t xml:space="preserve">1887.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C58" s="4"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
@@ -16344,51 +16344,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 504</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 424</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4883.00</t>
+            <t xml:space="preserve">4981.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="4"/>
       <c r="B59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -16398,51 +16398,51 @@
             </rPr>
             <t xml:space="preserve">Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.BANMIR.50.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для банкетки: FIN.BAN.50.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">841.00</t>
+            <t xml:space="preserve">858.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C59" s="4"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
@@ -16466,51 +16466,51 @@
             <t xml:space="preserve">
 Глубина, мм: 940</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28276.00</t>
+            <t xml:space="preserve">28842.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="4"/>
       <c r="B60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -16528,51 +16528,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 424</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5316.00</t>
+            <t xml:space="preserve">5422.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C60" s="4"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -16588,51 +16588,51 @@
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 424</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7252.00</t>
+            <t xml:space="preserve">7397.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>