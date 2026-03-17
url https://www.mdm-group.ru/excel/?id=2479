--- v1 (2026-01-23)
+++ v2 (2026-03-17)
@@ -3269,58 +3269,50 @@
       </rPr>
       <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NEO.033L.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кронштейн: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 12.05.2025 09:18:52</t>
-[...6 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 386 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -3338,58 +3330,50 @@
       </rPr>
       <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NEO.033R.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 12.05.2025 09:18:54</t>
-[...6 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 386 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -3521,54 +3505,50 @@
       </rPr>
       <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NEO.034L.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кронштейн: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 12.05.2025 09:18:56</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 448 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">404.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -3583,54 +3563,50 @@
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NEO.034R.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
-    </r>
-[...2 lines deleted...]
- Дата и время: 12.05.2025 09:18:57</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 448 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">404.00</t>
     </r>
@@ -6336,3312 +6312,3342 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997418_ff95_11e0_833e_003048f27c5f_23A5BD92_0C9F_4A67_AD6F_703F3304B55C2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b799741d_ff95_11e0_833e_003048f27c5f_DCD03006_8173_424A_92CD_EBCD3C89F8133.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997422_ff95_11e0_833e_003048f27c5f_FBBA4EBA_CEE7_4D96_BFF6_C05A0D710F0C4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997427_ff95_11e0_833e_003048f27c5f_A9C4BA12_4F3D_498A_A465_3E4963E94FF05.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b799742c_ff95_11e0_833e_003048f27c5f_5D3FB70E_FA9A_40C7_96D5_17CF92C530996.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997431_ff95_11e0_833e_003048f27c5f_127ED430_83CC_411E_83A1_BC5464133C8D7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997436_ff95_11e0_833e_003048f27c5f_A8C4709A_88D6_4E47_A30E_68E9C6B9915A8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b799743b_ff95_11e0_833e_003048f27c5f_EA03A910_FDFB_4CFF_8F02_49E2951F53549.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997440_ff95_11e0_833e_003048f27c5f_DE7D7933_6B00_4BE7_91E3_33B262A386D110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997445_ff95_11e0_833e_003048f27c5f_B043A998_3B41_411B_87DB_41E513429D9511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b799744a_ff95_11e0_833e_003048f27c5f_17AAD2F0_6682_44DC_AD16_F2D641FF264C12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b799744f_ff95_11e0_833e_003048f27c5f_B343AFF0_B66B_4919_8238_FFCE4A0710ED13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997454_ff95_11e0_833e_003048f27c5f_424C359D_0AF2_4B09_A3F7_CB498623F22614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997459_ff95_11e0_833e_003048f27c5f_C00EF97E_4DBA_4D9E_AE40_3DC87A95FCA215.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973cd_ff95_11e0_833e_003048f27c5f_08326553_A75D_4BDC_ACDF_98922F933DBA16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973d2_ff95_11e0_833e_003048f27c5f_8E7F9CA4_E821_4E18_9CE8_B1F470A2252B17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973d7_ff95_11e0_833e_003048f27c5f_0A8D8555_E02B_4015_9D1E_7102C7C300D618.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973dc_ff95_11e0_833e_003048f27c5f_1F6B5F02_2B78_43CC_A978_CA2A6189A6AA19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973e1_ff95_11e0_833e_003048f27c5f_0E4CC9BE_A3C1_4BE0_8003_094E7DD3015820.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973e6_ff95_11e0_833e_003048f27c5f_4C993937_C77B_4027_927E_8FE6F450278021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973eb_ff95_11e0_833e_003048f27c5f_C39DE493_EE7D_4209_80B8_DA0511FDA7A522.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973f0_ff95_11e0_833e_003048f27c5f_650EB673_3F8B_4554_8EB9_879509E6A2AC23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973f5_ff95_11e0_833e_003048f27c5f_5E927B52_722A_4B4A_BA5C_6B80107D9D5C24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973fa_ff95_11e0_833e_003048f27c5f_4017DC2E_BD92_4CE7_B140_2C8CB68CC64725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973ff_ff95_11e0_833e_003048f27c5f_F3A430D3_FBA0_4C5E_B29F_42668F487B1126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c739e8ea_aa76_11e7_93ca_0025902b3cc1_04D929B6_75B9_47CC_933B_59481DB0897A27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997409_ff95_11e0_833e_003048f27c5f_8DA0821B_5D4D_439D_A8AB_52F1D014E4F228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b799740e_ff95_11e0_833e_003048f27c5f_0AA35DE8_89C6_4980_8588_A9D17BCAECF729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083b59de_aa79_11e7_93ca_0025902b3cc1_2F077D59_7ED3_43CB_A7DE_792AE2CC0DBD30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d73bb58_aa79_11e7_93ca_0025902b3cc1_F6C69BAA_8614_4FD3_A1C4_49C8323B62CC31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4ab_ff95_11e0_833e_003048f27c5f_E9B8A021_3278_49F6_A7BA_B973F5EFD93832.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4b0_ff95_11e0_833e_003048f27c5f_C224549C_99FB_4E7D_ADBC_7EF8408CC79B33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4b5_ff95_11e0_833e_003048f27c5f_2FC96B5E_CBBC_491A_938D_2BAF025B38A434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4ba_ff95_11e0_833e_003048f27c5f_F55378F2_C861_453B_8F6F_0803CB8A03CE35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4bf_ff95_11e0_833e_003048f27c5f_896E92B6_F2B2_4E06_9A68_2480AEC7045936.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/950e88a1_aa79_11e7_93ca_0025902b3cc1_B3490759_2B8A_49B2_A14F_AD0AB56BD4B537.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4c9_ff95_11e0_833e_003048f27c5f_1242CB65_5811_456A_B0C8_F5F73BCDD95538.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4ce_ff95_11e0_833e_003048f27c5f_F101F991_EDB3_401B_95FF_776A0C9BFA2139.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4d3_ff95_11e0_833e_003048f27c5f_346F429D_B017_413D_B473_95D3110A278E40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4d8_ff95_11e0_833e_003048f27c5f_6C8F87CF_BAE9_4CC0_870D_CC858F4C49BC41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4dd_ff95_11e0_833e_003048f27c5f_41AE8F52_300A_43CE_992C_B186662182C342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4e2_ff95_11e0_833e_003048f27c5f_4EC95075_DBCF_4120_9F36_89406CE85FDA43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9281a63_aa7a_11e7_93ca_0025902b3cc1_A7AA1059_CA93_4D1F_8157_7343FC8F580B44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4ec_ff95_11e0_833e_003048f27c5f_19769F31_962C_4C36_A9DF_ECA59F6B21C545.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4f1_ff95_11e0_833e_003048f27c5f_5CC485AE_54F7_42EB_BF1C_8EB55F8863DE46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4f6_ff95_11e0_833e_003048f27c5f_8D1BA58C_837A_4447_8E8E_5409AF030DA647.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4fb_ff95_11e0_833e_003048f27c5f_E3A1D6A0_D20C_45E2_BA9B_93E1793C331248.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d51ea06_aa7a_11e7_93ca_0025902b3cc1_5B956606_29F4_403F_9063_4A9D2B980D7149.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d99adab4_aa79_11e7_93ca_0025902b3cc1_8123B8ED_F651_46E3_9E84_D1B3827FD6A550.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed50a_ff95_11e0_833e_003048f27c5f_1ABE777A_0EA7_413B_AFDC_8726A5A4968F51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed50f_ff95_11e0_833e_003048f27c5f_C4516E7E_0C32_4C25_9900_D2D4D401652752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed514_ff95_11e0_833e_003048f27c5f_FA5FB372_BDB4_4A66_9DE5_404BF5CA1D7253.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed519_ff95_11e0_833e_003048f27c5f_B0E74E46_FABD_4045_BA58_2FA78D7D3BEC54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed51e_ff95_11e0_833e_003048f27c5f_3F11B096_8121_4DE5_8927_52080D5F687F55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad0e_fdef_11df_b16f_003048d0c7fe_AF8F1537_D48C_42A3_AA0A_634CDE42848D56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad17_fdef_11df_b16f_003048d0c7fe_B4DD6E9A_D248_4E74_8B6B_52BFD87B66C457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90b7e6c_01cb_11e0_b16f_003048d0c7fe_B64A84FD_9085_4D40_AD06_787F3B0D2F5858.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90b7e69_01cb_11e0_b16f_003048d0c7fe_C1F8838A_723C_4EF9_B6B4_8B40EA18E3B459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad14_fdef_11df_b16f_003048d0c7fe_6C4FC9BC_4EA9_414A_A64E_64A86C1EA66F60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad11_fdef_11df_b16f_003048d0c7fe_73F60CE5_8320_4667_8F91_CE17E65FAD9E61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0191_13e9_11e0_99a4_003048f27c5f_F2DC4799_5D4B_4EB5_85D1_AB14D63FCF8362.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0194_13e9_11e0_99a4_003048f27c5f_D79672F7_6F01_457B_8D03_08E41ADA863A63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a07e7f5_aa7f_11e7_93ca_0025902b3cc1_1DFB0E17_561E_4731_84D3_3BC622402F9D64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed528_ff95_11e0_833e_003048f27c5f_D1EF2FFC_21E2_404F_B519_499F52CA7E4665.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14e6d675_aa80_11e7_93ca_0025902b3cc1_E47DD336_2FB7_4B1D_81E7_5926E918AC2C66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed532_ff95_11e0_833e_003048f27c5f_851655DF_37E1_4A14_A20B_F156FC6E593567.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed537_ff95_11e0_833e_003048f27c5f_4FAF36E7_D634_4990_B27F_01E3D43EBAE568.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fcc2d00_aa81_11e7_93ca_0025902b3cc1_C5AC56D5_F5CB_42A6_B780_7E77CDB4D1E469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed541_ff95_11e0_833e_003048f27c5f_D5D25F4A_E1E2_4A72_BF24_402F3973928670.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed54b_ff95_11e0_833e_003048f27c5f_630840BF_A5CD_4F4D_A444_2BA203D247EE71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed550_ff95_11e0_833e_003048f27c5f_0C8221B6_41A2_459C_8B11_9D6CF0C2508E72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed555_ff95_11e0_833e_003048f27c5f_3C90A3DE_F699_47BC_A591_49D73E4E256773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69fc912b_aa7b_11e7_93ca_0025902b3cc1_6FE8FABD_1977_4AE4_9D0F_44095E57759874.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a1741e_ff95_11e0_833e_003048f27c5f_A5890CC4_DF5B_4D13_87FF_764AAB8464BC75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17423_ff95_11e0_833e_003048f27c5f_DCB34190_5451_4571_9C29_BFA198AADFC176.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17428_ff95_11e0_833e_003048f27c5f_45026853_79F1_45F9_973B_8C18F7806AC077.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/947fc381_aa7b_11e7_93ca_0025902b3cc1_1CB3B0F1_81F6_454D_AEFF_8F62A99EBDEA78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c486899e_aa7b_11e7_93ca_0025902b3cc1_E4EBE087_450F_4ACE_B48A_23E282857E4D79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e89ce07c_aa7b_11e7_93ca_0025902b3cc1_1D3EA71E_A6C0_44FD_8597_3366D325C39180.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a1743c_ff95_11e0_833e_003048f27c5f_5FB8FB46_B4F9_4100_95E5_A24099C6404381.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9dca9b_aa7c_11e7_93ca_0025902b3cc1_4DD509B8_D7A2_4C56_B2AE_6F4CE738F6EF82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17446_ff95_11e0_833e_003048f27c5f_B60106B8_C12C_4C7D_9D97_61E6E736E0CC83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a1744b_ff95_11e0_833e_003048f27c5f_0BBD45B1_A8A9_40BC_87DF_F250B2B234A584.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17450_ff95_11e0_833e_003048f27c5f_DA0A86C0_A0DC_4D04_A96A_FDA87871DA5785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17455_ff95_11e0_833e_003048f27c5f_6847F30F_C31C_4E5B_83C3_FCB7A1DCBD3C86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a1745a_ff95_11e0_833e_003048f27c5f_AA6D9E9F_8AC2_45B7_9042_FE6477C89A8787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a1745f_ff95_11e0_833e_003048f27c5f_4E792BE2_5302_4D08_AEE6_0DBA3D79E12D88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17464_ff95_11e0_833e_003048f27c5f_118CBA35_58FF_4D71_B067_67889AB4A5C089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17469_ff95_11e0_833e_003048f27c5f_03BE70F8_B9A3_4304_93D5_5FD8F810F95A90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a1746e_ff95_11e0_833e_003048f27c5f_66834599_487F_4BF5_970B_9BD11F6A4C0A91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/309eb4de_aa7c_11e7_93ca_0025902b3cc1_305BC42B_26EF_4428_A014_99868B0CC50892.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54ab861d_aa7c_11e7_93ca_0025902b3cc1_1ACE7585_5054_4948_AB7B_F98D0985835A93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78c69f98_aa7c_11e7_93ca_0025902b3cc1_F75F78DA_CF69_471E_AB7C_655ED58768D694.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17482_ff95_11e0_833e_003048f27c5f_18E7FC84_D98F_4A06_A1C8_F508ED7B177295.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17487_ff95_11e0_833e_003048f27c5f_80188D1C_2548_425F_9B99_857B03C334C896.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a1748c_ff95_11e0_833e_003048f27c5f_7C592786_AAC9_4F48_B4D2_62864D445F8097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17491_ff95_11e0_833e_003048f27c5f_33414B3B_93E1_4910_8780_86A4BEC45EAD98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17496_ff95_11e0_833e_003048f27c5f_76A6D462_EE90_4D9A_A381_113907E391FC99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a1749b_ff95_11e0_833e_003048f27c5f_7FF15807_E537_4C29_AFB0_763ED57F5C00100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a174a0_ff95_11e0_833e_003048f27c5f_E5F6D5BA_0391_4F9F_99AC_FBF4218DD051101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a174a5_ff95_11e0_833e_003048f27c5f_FEAC9C80_516B_4085_894C_14D9D1677F13102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b591b064_aa7c_11e7_93ca_0025902b3cc1_61D038DA_7040_4786_AAD7_10314530A492103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a3916f8_aa82_11e7_93ca_0025902b3cc1_38E0C278_31C0_4FDC_921F_993A5016BBE8104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d395a025_aa7c_11e7_93ca_0025902b3cc1_4FDC1404_16C5_4F02_B371_5AE5EC45074A105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be51cf1c_aa82_11e7_93ca_0025902b3cc1_CD049A1E_AAD6_474D_A113_E7783DC75308106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09c1d85c_aa7d_11e7_93ca_0025902b3cc1_250B66A8_0892_4E3C_A6AC_3F8998E6C1ED107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a174c3_ff95_11e0_833e_003048f27c5f_C093CBC3_735D_4DF3_9DBB_89C27EBF3A48108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a174c8_ff95_11e0_833e_003048f27c5f_FAE64A68_32A9_4B19_B106_A5F3E1DFB0C9109.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e775406_e214_11e6_9cf3_0025902b3cc1_081795F2_8012_438D_A5A5_A3A8C636095C2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997418_ff95_11e0_833e_003048f27c5f_23A5BD92_0C9F_4A67_AD6F_703F3304B55C3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b799741d_ff95_11e0_833e_003048f27c5f_DCD03006_8173_424A_92CD_EBCD3C89F8134.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997422_ff95_11e0_833e_003048f27c5f_FBBA4EBA_CEE7_4D96_BFF6_C05A0D710F0C5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997427_ff95_11e0_833e_003048f27c5f_A9C4BA12_4F3D_498A_A465_3E4963E94FF06.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b799742c_ff95_11e0_833e_003048f27c5f_5D3FB70E_FA9A_40C7_96D5_17CF92C530997.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997431_ff95_11e0_833e_003048f27c5f_127ED430_83CC_411E_83A1_BC5464133C8D8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997436_ff95_11e0_833e_003048f27c5f_A8C4709A_88D6_4E47_A30E_68E9C6B9915A9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b799743b_ff95_11e0_833e_003048f27c5f_EA03A910_FDFB_4CFF_8F02_49E2951F535410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997440_ff95_11e0_833e_003048f27c5f_DE7D7933_6B00_4BE7_91E3_33B262A386D111.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997445_ff95_11e0_833e_003048f27c5f_B043A998_3B41_411B_87DB_41E513429D9512.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b799744a_ff95_11e0_833e_003048f27c5f_17AAD2F0_6682_44DC_AD16_F2D641FF264C13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b799744f_ff95_11e0_833e_003048f27c5f_B343AFF0_B66B_4919_8238_FFCE4A0710ED14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997454_ff95_11e0_833e_003048f27c5f_424C359D_0AF2_4B09_A3F7_CB498623F22615.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997459_ff95_11e0_833e_003048f27c5f_C00EF97E_4DBA_4D9E_AE40_3DC87A95FCA216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973cd_ff95_11e0_833e_003048f27c5f_08326553_A75D_4BDC_ACDF_98922F933DBA17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973d2_ff95_11e0_833e_003048f27c5f_8E7F9CA4_E821_4E18_9CE8_B1F470A2252B18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973d7_ff95_11e0_833e_003048f27c5f_0A8D8555_E02B_4015_9D1E_7102C7C300D619.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973dc_ff95_11e0_833e_003048f27c5f_1F6B5F02_2B78_43CC_A978_CA2A6189A6AA20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973e1_ff95_11e0_833e_003048f27c5f_0E4CC9BE_A3C1_4BE0_8003_094E7DD3015821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973e6_ff95_11e0_833e_003048f27c5f_4C993937_C77B_4027_927E_8FE6F450278022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973eb_ff95_11e0_833e_003048f27c5f_C39DE493_EE7D_4209_80B8_DA0511FDA7A523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973f0_ff95_11e0_833e_003048f27c5f_650EB673_3F8B_4554_8EB9_879509E6A2AC24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973f5_ff95_11e0_833e_003048f27c5f_5E927B52_722A_4B4A_BA5C_6B80107D9D5C25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973fa_ff95_11e0_833e_003048f27c5f_4017DC2E_BD92_4CE7_B140_2C8CB68CC64726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79973ff_ff95_11e0_833e_003048f27c5f_F3A430D3_FBA0_4C5E_B29F_42668F487B1127.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c739e8ea_aa76_11e7_93ca_0025902b3cc1_04D929B6_75B9_47CC_933B_59481DB0897A28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7997409_ff95_11e0_833e_003048f27c5f_8DA0821B_5D4D_439D_A8AB_52F1D014E4F229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b799740e_ff95_11e0_833e_003048f27c5f_0AA35DE8_89C6_4980_8588_A9D17BCAECF730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083b59de_aa79_11e7_93ca_0025902b3cc1_2F077D59_7ED3_43CB_A7DE_792AE2CC0DBD31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d73bb58_aa79_11e7_93ca_0025902b3cc1_F6C69BAA_8614_4FD3_A1C4_49C8323B62CC32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4ab_ff95_11e0_833e_003048f27c5f_E9B8A021_3278_49F6_A7BA_B973F5EFD93833.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4b0_ff95_11e0_833e_003048f27c5f_C224549C_99FB_4E7D_ADBC_7EF8408CC79B34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4b5_ff95_11e0_833e_003048f27c5f_2FC96B5E_CBBC_491A_938D_2BAF025B38A435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4ba_ff95_11e0_833e_003048f27c5f_F55378F2_C861_453B_8F6F_0803CB8A03CE36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4bf_ff95_11e0_833e_003048f27c5f_896E92B6_F2B2_4E06_9A68_2480AEC7045937.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/950e88a1_aa79_11e7_93ca_0025902b3cc1_B3490759_2B8A_49B2_A14F_AD0AB56BD4B538.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4c9_ff95_11e0_833e_003048f27c5f_1242CB65_5811_456A_B0C8_F5F73BCDD95539.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4ce_ff95_11e0_833e_003048f27c5f_F101F991_EDB3_401B_95FF_776A0C9BFA2140.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4d3_ff95_11e0_833e_003048f27c5f_346F429D_B017_413D_B473_95D3110A278E41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4d8_ff95_11e0_833e_003048f27c5f_6C8F87CF_BAE9_4CC0_870D_CC858F4C49BC42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4dd_ff95_11e0_833e_003048f27c5f_41AE8F52_300A_43CE_992C_B186662182C343.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4e2_ff95_11e0_833e_003048f27c5f_4EC95075_DBCF_4120_9F36_89406CE85FDA44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9281a63_aa7a_11e7_93ca_0025902b3cc1_A7AA1059_CA93_4D1F_8157_7343FC8F580B45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4ec_ff95_11e0_833e_003048f27c5f_19769F31_962C_4C36_A9DF_ECA59F6B21C546.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4f1_ff95_11e0_833e_003048f27c5f_5CC485AE_54F7_42EB_BF1C_8EB55F8863DE47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4f6_ff95_11e0_833e_003048f27c5f_8D1BA58C_837A_4447_8E8E_5409AF030DA648.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed4fb_ff95_11e0_833e_003048f27c5f_E3A1D6A0_D20C_45E2_BA9B_93E1793C331249.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d51ea06_aa7a_11e7_93ca_0025902b3cc1_5B956606_29F4_403F_9063_4A9D2B980D7150.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d99adab4_aa79_11e7_93ca_0025902b3cc1_8123B8ED_F651_46E3_9E84_D1B3827FD6A551.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed50a_ff95_11e0_833e_003048f27c5f_1ABE777A_0EA7_413B_AFDC_8726A5A4968F52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed50f_ff95_11e0_833e_003048f27c5f_C4516E7E_0C32_4C25_9900_D2D4D401652753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed514_ff95_11e0_833e_003048f27c5f_FA5FB372_BDB4_4A66_9DE5_404BF5CA1D7254.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed519_ff95_11e0_833e_003048f27c5f_B0E74E46_FABD_4045_BA58_2FA78D7D3BEC55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed51e_ff95_11e0_833e_003048f27c5f_3F11B096_8121_4DE5_8927_52080D5F687F56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad0e_fdef_11df_b16f_003048d0c7fe_AF8F1537_D48C_42A3_AA0A_634CDE42848D57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad17_fdef_11df_b16f_003048d0c7fe_B4DD6E9A_D248_4E74_8B6B_52BFD87B66C458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90b7e6c_01cb_11e0_b16f_003048d0c7fe_B64A84FD_9085_4D40_AD06_787F3B0D2F5859.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90b7e69_01cb_11e0_b16f_003048d0c7fe_C1F8838A_723C_4EF9_B6B4_8B40EA18E3B460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad14_fdef_11df_b16f_003048d0c7fe_6C4FC9BC_4EA9_414A_A64E_64A86C1EA66F61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad11_fdef_11df_b16f_003048d0c7fe_73F60CE5_8320_4667_8F91_CE17E65FAD9E62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0191_13e9_11e0_99a4_003048f27c5f_F2DC4799_5D4B_4EB5_85D1_AB14D63FCF8363.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0194_13e9_11e0_99a4_003048f27c5f_D79672F7_6F01_457B_8D03_08E41ADA863A64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a07e7f5_aa7f_11e7_93ca_0025902b3cc1_1DFB0E17_561E_4731_84D3_3BC622402F9D65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed528_ff95_11e0_833e_003048f27c5f_D1EF2FFC_21E2_404F_B519_499F52CA7E4666.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14e6d675_aa80_11e7_93ca_0025902b3cc1_E47DD336_2FB7_4B1D_81E7_5926E918AC2C67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed532_ff95_11e0_833e_003048f27c5f_851655DF_37E1_4A14_A20B_F156FC6E593568.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed537_ff95_11e0_833e_003048f27c5f_4FAF36E7_D634_4990_B27F_01E3D43EBAE569.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fcc2d00_aa81_11e7_93ca_0025902b3cc1_C5AC56D5_F5CB_42A6_B780_7E77CDB4D1E470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed541_ff95_11e0_833e_003048f27c5f_D5D25F4A_E1E2_4A72_BF24_402F3973928671.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed54b_ff95_11e0_833e_003048f27c5f_630840BF_A5CD_4F4D_A444_2BA203D247EE72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed550_ff95_11e0_833e_003048f27c5f_0C8221B6_41A2_459C_8B11_9D6CF0C2508E73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3ed555_ff95_11e0_833e_003048f27c5f_3C90A3DE_F699_47BC_A591_49D73E4E256774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69fc912b_aa7b_11e7_93ca_0025902b3cc1_6FE8FABD_1977_4AE4_9D0F_44095E57759875.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a1741e_ff95_11e0_833e_003048f27c5f_A5890CC4_DF5B_4D13_87FF_764AAB8464BC76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17423_ff95_11e0_833e_003048f27c5f_DCB34190_5451_4571_9C29_BFA198AADFC177.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17428_ff95_11e0_833e_003048f27c5f_45026853_79F1_45F9_973B_8C18F7806AC078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/947fc381_aa7b_11e7_93ca_0025902b3cc1_1CB3B0F1_81F6_454D_AEFF_8F62A99EBDEA79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c486899e_aa7b_11e7_93ca_0025902b3cc1_E4EBE087_450F_4ACE_B48A_23E282857E4D80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e89ce07c_aa7b_11e7_93ca_0025902b3cc1_1D3EA71E_A6C0_44FD_8597_3366D325C39181.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a1743c_ff95_11e0_833e_003048f27c5f_5FB8FB46_B4F9_4100_95E5_A24099C6404382.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9dca9b_aa7c_11e7_93ca_0025902b3cc1_4DD509B8_D7A2_4C56_B2AE_6F4CE738F6EF83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17446_ff95_11e0_833e_003048f27c5f_B60106B8_C12C_4C7D_9D97_61E6E736E0CC84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a1744b_ff95_11e0_833e_003048f27c5f_0BBD45B1_A8A9_40BC_87DF_F250B2B234A585.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17450_ff95_11e0_833e_003048f27c5f_DA0A86C0_A0DC_4D04_A96A_FDA87871DA5786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17455_ff95_11e0_833e_003048f27c5f_6847F30F_C31C_4E5B_83C3_FCB7A1DCBD3C87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a1745a_ff95_11e0_833e_003048f27c5f_AA6D9E9F_8AC2_45B7_9042_FE6477C89A8788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a1745f_ff95_11e0_833e_003048f27c5f_4E792BE2_5302_4D08_AEE6_0DBA3D79E12D89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17464_ff95_11e0_833e_003048f27c5f_118CBA35_58FF_4D71_B067_67889AB4A5C090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17469_ff95_11e0_833e_003048f27c5f_03BE70F8_B9A3_4304_93D5_5FD8F810F95A91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a1746e_ff95_11e0_833e_003048f27c5f_66834599_487F_4BF5_970B_9BD11F6A4C0A92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/309eb4de_aa7c_11e7_93ca_0025902b3cc1_305BC42B_26EF_4428_A014_99868B0CC50893.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54ab861d_aa7c_11e7_93ca_0025902b3cc1_1ACE7585_5054_4948_AB7B_F98D0985835A94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78c69f98_aa7c_11e7_93ca_0025902b3cc1_F75F78DA_CF69_471E_AB7C_655ED58768D695.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17482_ff95_11e0_833e_003048f27c5f_18E7FC84_D98F_4A06_A1C8_F508ED7B177296.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17487_ff95_11e0_833e_003048f27c5f_80188D1C_2548_425F_9B99_857B03C334C897.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a1748c_ff95_11e0_833e_003048f27c5f_7C592786_AAC9_4F48_B4D2_62864D445F8098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17491_ff95_11e0_833e_003048f27c5f_33414B3B_93E1_4910_8780_86A4BEC45EAD99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a17496_ff95_11e0_833e_003048f27c5f_76A6D462_EE90_4D9A_A381_113907E391FC100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a1749b_ff95_11e0_833e_003048f27c5f_7FF15807_E537_4C29_AFB0_763ED57F5C00101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a174a0_ff95_11e0_833e_003048f27c5f_E5F6D5BA_0391_4F9F_99AC_FBF4218DD051102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a174a5_ff95_11e0_833e_003048f27c5f_FEAC9C80_516B_4085_894C_14D9D1677F13103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b591b064_aa7c_11e7_93ca_0025902b3cc1_61D038DA_7040_4786_AAD7_10314530A492104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a3916f8_aa82_11e7_93ca_0025902b3cc1_38E0C278_31C0_4FDC_921F_993A5016BBE8105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d395a025_aa7c_11e7_93ca_0025902b3cc1_4FDC1404_16C5_4F02_B371_5AE5EC45074A106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be51cf1c_aa82_11e7_93ca_0025902b3cc1_CD049A1E_AAD6_474D_A113_E7783DC75308107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09c1d85c_aa7d_11e7_93ca_0025902b3cc1_250B66A8_0892_4E3C_A6AC_3F8998E6C1ED108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a174c3_ff95_11e0_833e_003048f27c5f_C093CBC3_735D_4DF3_9DBB_89C27EBF3A48109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a174c8_ff95_11e0_833e_003048f27c5f_FAE64A68_32A9_4B19_B106_A5F3E1DFB0C9110.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>47625</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="352425" cy="952500"/>
+    <xdr:ext cx="6000750" cy="4600575"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="352425" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="352425" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="352425" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="447675" cy="952500"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="457200" cy="952500"/>
+    <xdr:ext cx="447675" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="609600" cy="952500"/>
+    <xdr:ext cx="457200" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="609600" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="609600" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="609600" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="523875" cy="952500"/>
+    <xdr:ext cx="609600" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="514350" cy="952500"/>
+    <xdr:ext cx="523875" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="523875" cy="952500"/>
+    <xdr:ext cx="514350" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="381000" cy="952500"/>
+    <xdr:ext cx="523875" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="381000" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="381000" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="790575" cy="952500"/>
+    <xdr:ext cx="381000" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="790575" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="790575" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="695325" cy="952500"/>
+    <xdr:ext cx="790575" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="352425" cy="952500"/>
+    <xdr:ext cx="695325" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="447675" cy="952500"/>
+    <xdr:ext cx="352425" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="447675" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="609600" cy="952500"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="609600" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="609600" cy="952500"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="523875" cy="952500"/>
+    <xdr:ext cx="609600" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="352425" cy="952500"/>
+    <xdr:ext cx="523875" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="447675" cy="952500"/>
+    <xdr:ext cx="352425" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="447675" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="619125" cy="952500"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="619125" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="619125" cy="952500"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="514350" cy="952500"/>
+    <xdr:ext cx="619125" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="352425" cy="952500"/>
+    <xdr:ext cx="514350" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="457200" cy="952500"/>
+    <xdr:ext cx="352425" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="457200" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="609600" cy="952500"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="609600" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="609600" cy="952500"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="352425" cy="952500"/>
+    <xdr:ext cx="609600" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="457200" cy="952500"/>
+    <xdr:ext cx="352425" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="457200" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="609600" cy="952500"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="609600" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="51" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="609600" cy="952500"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="523875" cy="952500"/>
+    <xdr:ext cx="609600" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="523875" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="523875" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="57" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="58" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="63" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="64" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>38</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>38</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="409575" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="67" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="409575" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="68" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>40</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="409575" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="69" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="409575" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="70" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="409575" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="71" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>41</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="600075" cy="952500"/>
+    <xdr:ext cx="409575" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="72" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="619125" cy="952500"/>
+    <xdr:ext cx="600075" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="73" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="771525" cy="952500"/>
+    <xdr:ext cx="619125" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="74" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="771525" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="75" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>43</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="76" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>44</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="77" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="733425" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="533400" cy="952500"/>
+    <xdr:ext cx="733425" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="79" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="581025"/>
+    <xdr:ext cx="533400" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="80" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="581025"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="81" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="885825"/>
+    <xdr:ext cx="857250" cy="581025"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="82" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="885825"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="83" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>47</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="895350"/>
+    <xdr:ext cx="857250" cy="885825"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="84" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="895350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="85" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>48</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="628650"/>
+    <xdr:ext cx="857250" cy="895350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="86" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="666750"/>
+    <xdr:ext cx="857250" cy="628650"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="87" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>49</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="88" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="89" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>50</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="90" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>50</xdr:row>
+      <xdr:row>51</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="91" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="819150"/>
+    <xdr:ext cx="857250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="92" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="752475" cy="952500"/>
+    <xdr:ext cx="857250" cy="819150"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="93" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>52</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="714375" cy="952500"/>
+    <xdr:ext cx="752475" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="94" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>52</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="676275"/>
+    <xdr:ext cx="714375" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="95" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>53</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="800100"/>
+    <xdr:ext cx="857250" cy="676275"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="96" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>53</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="714375" cy="952500"/>
+    <xdr:ext cx="857250" cy="800100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="97" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>54</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="676275"/>
+    <xdr:ext cx="714375" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="98" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>54</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="495300"/>
+    <xdr:ext cx="857250" cy="676275"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="99" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="323850"/>
+    <xdr:ext cx="857250" cy="495300"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="100" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="723900"/>
+    <xdr:ext cx="857250" cy="323850"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="101" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="752475"/>
+    <xdr:ext cx="857250" cy="723900"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="102" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="571500"/>
+    <xdr:ext cx="857250" cy="752475"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="103" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="400050"/>
+    <xdr:ext cx="857250" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="104" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="723900"/>
+    <xdr:ext cx="857250" cy="400050"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="105" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>58</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="485775"/>
+    <xdr:ext cx="857250" cy="723900"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="106" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="638175"/>
+    <xdr:ext cx="857250" cy="485775"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="107" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>59</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="666750"/>
+    <xdr:ext cx="857250" cy="638175"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="108" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="466725"/>
+    <xdr:ext cx="857250" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="109" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="466725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -9908,54 +9914,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z60"/>
+  <dimension ref="A1:Z61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D60" sqref="D60"/>
+      <selection activeCell="D61" sqref="D61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -9976,4321 +9982,4181 @@
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:26">
-[...119 lines deleted...]
-      </c>
+    <row r="6" spans="1:26" customHeight="1" ht="528.75">
+      <c r="A6"/>
+      <c r="B6"/>
+      <c r="C6"/>
+      <c r="D6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG60-VA \  Витрина с полками и задней стенкой из матового оргстекла</t>
-[...3 lines deleted...]
-Артикул: FIN.V.60.H.MGL.00</t>
+            <t xml:space="preserve">OVG60-VT \  Витрина с полками и стеклянной задней стенкой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.60.H.GL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: матовое оргстекло</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17237.00</t>
+            <t xml:space="preserve">22036.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG100-VT \ Витрина с полками и стеклянной задней стенкой</t>
-[...3 lines deleted...]
-Артикул: FIN.V.100.H.GL.00</t>
+            <t xml:space="preserve">OVG60-VS \  Витрина с полками и зеркальной задней стенкой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.60.H.MR.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1004</t>
+Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27607.00</t>
+            <t xml:space="preserve">22726.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG100-VS \ Витрина с полками и зеркальной задней стенкой</t>
-[...3 lines deleted...]
-Артикул: FIN.V.100.H.MR.00</t>
+            <t xml:space="preserve">OVG60-VA \  Витрина с полками и задней стенкой из матового оргстекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.60.H.MGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1004</t>
+Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: матовое оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28937.00</t>
+            <t xml:space="preserve">17237.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG100-VA \ Витрина с полками и задней стенкой из матового оргстекла</t>
-[...3 lines deleted...]
-Артикул: FIN.V.100.H.MGL.00</t>
+            <t xml:space="preserve">OVG100-VT \ Витрина с полками и стеклянной задней стенкой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.100.H.GL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: матовое оргстекло</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22349.00</t>
+            <t xml:space="preserve">27607.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-VT \ Витрина с полками и стеклянной задней стенкой</t>
-[...3 lines deleted...]
-Артикул: FIN.V.120.H.GL.00</t>
+            <t xml:space="preserve">OVG100-VS \ Витрина с полками и зеркальной задней стенкой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.100.H.MR.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1204</t>
+Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29826.00</t>
+            <t xml:space="preserve">28937.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-VS \ Витрина с полками и зеркальной задней стенкой</t>
-[...3 lines deleted...]
-Артикул: FIN.V.120.H.MR.00</t>
+            <t xml:space="preserve">OVG100-VA \ Витрина с полками и задней стенкой из матового оргстекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.100.H.MGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1204</t>
+Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: матовое оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31600.00</t>
+            <t xml:space="preserve">22349.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-VA \ Витрина с полками и задней стенкой из матового оргстекла</t>
-[...3 lines deleted...]
-Артикул: FIN.V.120.H.MGL.00</t>
+            <t xml:space="preserve">OVG120-VT \ Витрина с полками и стеклянной задней стенкой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.120.H.GL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: матовое оргстекло</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25453.00</t>
+            <t xml:space="preserve">29826.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG60-H160-VT \ Витрина с полками и стеклянной задней стенкой</t>
-[...3 lines deleted...]
-Артикул: FIN.V.60.S.GL.00</t>
+            <t xml:space="preserve">OVG120-VS \ Витрина с полками и зеркальной задней стенкой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.120.H.MR.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 637</t>
-[...7 lines deleted...]
-Задняя стенка: стеклянная</t>
+Ширина, мм: 1204</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2162</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15085.00</t>
+            <t xml:space="preserve">31600.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG60-H160-VS \ Витрина с полками и зеркальной задней стенкой</t>
-[...3 lines deleted...]
-Артикул: FIN.V.60.S.MR.00</t>
+            <t xml:space="preserve">OVG120-VA \ Витрина с полками и задней стенкой из матового оргстекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.120.H.MGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 637</t>
-[...7 lines deleted...]
-Задняя стенка: зеркальная</t>
+Ширина, мм: 1204</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2162</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: матовое оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16418.00</t>
+            <t xml:space="preserve">25453.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG100-H160-VT \ Витрина с полками и стеклянной задней стенкой</t>
-[...3 lines deleted...]
-Артикул: FIN.V.100.S.GL.00</t>
+            <t xml:space="preserve">OVG60-H160-VT \ Витрина с полками и стеклянной задней стенкой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.60.S.GL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1004</t>
+Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18044.00</t>
+            <t xml:space="preserve">15085.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG100-H160-VS \ Витрина с полками и зеркальной задней стенкой</t>
-[...3 lines deleted...]
-Артикул: FIN.V.100.S.MR.00</t>
+            <t xml:space="preserve">OVG60-H160-VS \ Витрина с полками и зеркальной задней стенкой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.60.S.MR.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1004</t>
+Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20065.00</t>
+            <t xml:space="preserve">16418.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-H160-VT \ Витрина с полками и стеклянной задней стенкой</t>
-[...3 lines deleted...]
-Артикул: FIN.V.120.S.GL.00</t>
+            <t xml:space="preserve">OVG100-H160-VT \ Витрина с полками и стеклянной задней стенкой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.100.S.GL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1204</t>
+Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20065.00</t>
+            <t xml:space="preserve">18044.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-H160-VS \ Витрина с полками и зеркальной задней стенкой</t>
-[...3 lines deleted...]
-Артикул: FIN.V.120.S.MR.00</t>
+            <t xml:space="preserve">OVG100-H160-VS \ Витрина с полками и зеркальной задней стенкой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.100.S.MR.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1204</t>
+Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22482.00</t>
+            <t xml:space="preserve">20065.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG191-VT \ Витрина с полками и стеклянной задней стенкой</t>
-[...15 lines deleted...]
-Высота, мм: 2162</t>
+            <t xml:space="preserve">OVG120-H160-VT \ Витрина с полками и стеклянной задней стенкой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.120.S.GL.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 469</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1204</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36580.00</t>
+            <t xml:space="preserve">20065.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG191-VS \ Витрина с полками и зеркальной задней стенкой</t>
-[...15 lines deleted...]
-Высота, мм: 2162</t>
+            <t xml:space="preserve">OVG120-H160-VS \ Витрина с полками и зеркальной задней стенкой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.120.S.MR.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 469</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1204</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">41561.00</t>
+            <t xml:space="preserve">22482.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG191-VA \ Витрина с полками и задней стенкой из матового оргстекла</t>
-[...3 lines deleted...]
-Артикул: FIN.V.CON.H.MGL.00</t>
+            <t xml:space="preserve">OVG191-VT \ Витрина с полками и стеклянной задней стенкой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.CON.H.GL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 906</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 906</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: матовое оргстекло</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31295.00</t>
+            <t xml:space="preserve">36580.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG60-A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
-[...23 lines deleted...]
-Для витрин: FIN.V.60.H.MGL.00</t>
+            <t xml:space="preserve">OVG191-VS \ Витрина с полками и зеркальной задней стенкой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.CON.H.MR.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 906</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 906</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2162</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6310.00</t>
+            <t xml:space="preserve">41561.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG100-A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
-[...23 lines deleted...]
-Для витрин: FIN.V.100.H.MGL.00</t>
+            <t xml:space="preserve">OVG191-VA \ Витрина с полками и задней стенкой из матового оргстекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.CON.H.MGL.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 906</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 906</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2162</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: матовое оргстекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6755.00</t>
+            <t xml:space="preserve">31295.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
-[...3 lines deleted...]
-Артикул: FIN.L.120H.1LT.00</t>
+            <t xml:space="preserve">OVG60-A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.L.60.H.1LT.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1120</t>
+Ширина, мм: 553</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для отдельно стоящих витрин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Для витрин: FIN.V.120.H.MGL.00</t>
+Для витрин: FIN.V.60.H.MGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6952.00</t>
+            <t xml:space="preserve">6310.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG60-2A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
-[...3 lines deleted...]
-Артикул: FIN.L.60.H.2LT.00</t>
+            <t xml:space="preserve">OVG100-A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.L.100.H.1LT.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 553</t>
+Ширина, мм: 920</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: для витрин стоящих спина к спине</t>
-[...3 lines deleted...]
-Для витрин: FIN.V.60.H.MGL.00</t>
+Примечание: для отдельно стоящих витрин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для витрин: FIN.V.100.H.MGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7542.00</t>
+            <t xml:space="preserve">6755.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG100-2A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
-[...3 lines deleted...]
-Артикул: FIN.L.100.H.2LT.00</t>
+            <t xml:space="preserve">OVG120-A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.L.120H.1LT.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 920</t>
+Ширина, мм: 1120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: для витрин стоящих спина к спине</t>
-[...3 lines deleted...]
-Для витрин: FIN.V.100.H.MGL.00</t>
+Примечание: для отдельно стоящих витрин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для витрин: FIN.V.120.H.MGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7643.00</t>
+            <t xml:space="preserve">6952.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-2A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
-[...3 lines deleted...]
-Артикул: FIN.L.120.H.2LT.00</t>
+            <t xml:space="preserve">OVG60-2A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.L.60.H.2LT.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1120</t>
+Ширина, мм: 553</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для витрин стоящих спина к спине</t>
           </r>
           <r>
             <t xml:space="preserve">
-Для витрин: FIN.V.120.H.MGL.00</t>
+Для витрин: FIN.V.60.H.MGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7739.00</t>
+            <t xml:space="preserve">7542.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG191-A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
-[...3 lines deleted...]
-Артикул: FIN.L.CON.H.1LT.00</t>
+            <t xml:space="preserve">OVG100-2A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.L.100.H.2LT.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 792</t>
+Ширина, мм: 920</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: для угловых витрин</t>
-[...3 lines deleted...]
-Для витрин: FIN.V.CON.H.MGL.00</t>
+Примечание: для витрин стоящих спина к спине</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для витрин: FIN.V.100.H.MGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13164.00</t>
+            <t xml:space="preserve">7643.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина открытая с экономпанелью</t>
-[...15 lines deleted...]
-Высота, мм: 2162</t>
+            <t xml:space="preserve">OVG120-2A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.L.120.H.2LT.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1120</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для витрин стоящих спина к спине</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для витрин: FIN.V.120.H.MGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17056.00</t>
+            <t xml:space="preserve">7739.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG60-H160-D \ Витрина открытая с экономпанелью</t>
-[...15 lines deleted...]
-Высота, мм: 1602</t>
+            <t xml:space="preserve">OVG191-A \ Подсветка задней стенки для витрин с задней стенкой из оргстекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.L.CON.H.1LT.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 792</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для угловых витрин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для витрин: FIN.V.CON.H.MGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15726.00</t>
+            <t xml:space="preserve">13164.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG100-D \ Витрина открытая с экономпанелью</t>
-[...3 lines deleted...]
-Артикул: FIN.S.100.H.EP.00</t>
+            <t xml:space="preserve">Витрина открытая с экономпанелью</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.S.60.H.EP.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1004</t>
+Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19474.00</t>
+            <t xml:space="preserve">17056.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина открытая с экономпанелью</t>
-[...3 lines deleted...]
-Артикул: FIN.S.100.S.EP.00</t>
+            <t xml:space="preserve">OVG60-H160-D \ Витрина открытая с экономпанелью</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.S.60.S.EP.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1004</t>
+Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16418.00</t>
+            <t xml:space="preserve">15726.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина открытая с экономпанелью</t>
-[...3 lines deleted...]
-Артикул: FIN.S.120.H.EP.00</t>
+            <t xml:space="preserve">OVG100-D \ Витрина открытая с экономпанелью</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.S.100.H.EP.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1204</t>
+Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21692.00</t>
+            <t xml:space="preserve">19474.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-H160-D \ Витрина открытая с экономпанелью</t>
-[...3 lines deleted...]
-Артикул: FIN.S.120.S.EP.00</t>
+            <t xml:space="preserve">Витрина открытая с экономпанелью</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.S.100.S.EP.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1204</t>
+Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18488.00</t>
+            <t xml:space="preserve">16418.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG191-D \ Витрина открытая с экономпанелью</t>
-[...11 lines deleted...]
-Ширина, мм: 906</t>
+            <t xml:space="preserve">Витрина открытая с экономпанелью</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.S.120.H.EP.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 469</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33918.00</t>
+            <t xml:space="preserve">21692.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG60-VD \ Витрина закрытая с экономпанелью</t>
-[...3 lines deleted...]
-Артикул: FIN.V.60.H.EP.00</t>
+            <t xml:space="preserve">OVG120-H160-D \ Витрина открытая с экономпанелью</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.S.120.S.EP.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 637</t>
-[...3 lines deleted...]
-Высота, мм: 2162</t>
+Ширина, мм: 1204</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22824.00</t>
+            <t xml:space="preserve">18488.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG60-H160-VD \ Витрина закрытая с экономпанелью</t>
-[...15 lines deleted...]
-Высота, мм: 1602</t>
+            <t xml:space="preserve">OVG191-D \ Витрина открытая с экономпанелью</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.S.CON.H.EP.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 906</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 906</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19967.00</t>
+            <t xml:space="preserve">33918.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG100-VD \ Витрина закрытая с экономпанелью</t>
-[...3 lines deleted...]
-Артикул: FIN.V.100.H.EP.00</t>
+            <t xml:space="preserve">OVG60-VD \ Витрина закрытая с экономпанелью</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.60.H.EP.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1004</t>
+Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28842.00</t>
+            <t xml:space="preserve">22824.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина закрытая с экономпанелью</t>
-[...3 lines deleted...]
-Артикул: FIN.V.100.S.EP.00</t>
+            <t xml:space="preserve">OVG60-H160-VD \ Витрина закрытая с экономпанелью</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.60.S.EP.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1004</t>
+Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21495.00</t>
+            <t xml:space="preserve">19967.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-VD \ Витрина закрытая с экономпанелью</t>
-[...3 lines deleted...]
-Артикул: FIN.V.120.H.EP.00</t>
+            <t xml:space="preserve">OVG100-VD \ Витрина закрытая с экономпанелью</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.100.H.EP.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1204</t>
+Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30270.00</t>
+            <t xml:space="preserve">28842.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-H160-VD \ Витрина закрытая с экономпанелью</t>
-[...3 lines deleted...]
-Артикул: FIN.V.120.S.EP.00</t>
+            <t xml:space="preserve">Витрина закрытая с экономпанелью</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.100.S.EP.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1204</t>
+Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23023.00</t>
+            <t xml:space="preserve">21495.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG191-VD \ Витрина закрытая с экономпанелью</t>
-[...11 lines deleted...]
-Ширина, мм: 906</t>
+            <t xml:space="preserve">OVG120-VD \ Витрина закрытая с экономпанелью</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.120.H.EP.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 469</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42544.00</t>
+            <t xml:space="preserve">30270.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG60-NF \ Витрина открытая со стойками NeoFix</t>
-[...3 lines deleted...]
-Артикул: FIN.S.60.H.NF.00</t>
+            <t xml:space="preserve">OVG120-H160-VD \ Витрина закрытая с экономпанелью</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.120.S.EP.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 637</t>
-[...3 lines deleted...]
-Высота, мм: 2162</t>
+Ширина, мм: 1204</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10650.00</t>
+            <t xml:space="preserve">23023.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG60-H160-NF \ Витрина открытая со стойками NeoFix</t>
-[...15 lines deleted...]
-Высота, мм: 1602</t>
+            <t xml:space="preserve">OVG191-VD \ Витрина закрытая с экономпанелью</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.CON.H.EP.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 906</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 906</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9958.00</t>
+            <t xml:space="preserve">42544.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG100-NF \ Витрина открытая со стойками NeoFix</t>
-[...3 lines deleted...]
-Артикул: FIN.S.100.H.NF.00</t>
+            <t xml:space="preserve">OVG60-NF \ Витрина открытая со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.S.60.H.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1004</t>
+Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12818.00</t>
+            <t xml:space="preserve">10650.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина открытая со стойками NeoFix</t>
-[...3 lines deleted...]
-Артикул: FIN.S.100.S.NF.00</t>
+            <t xml:space="preserve">OVG60-H160-NF \ Витрина открытая со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.S.60.S.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1004</t>
+Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10402.00</t>
+            <t xml:space="preserve">9958.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-NF \ Витрина открытая со стойками NeoFix</t>
-[...3 lines deleted...]
-Артикул: FIN.S.120.H.NF.00</t>
+            <t xml:space="preserve">OVG100-NF \ Витрина открытая со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.S.100.H.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1204</t>
+Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13952.00</t>
+            <t xml:space="preserve">12818.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-H160-NF \ Витрина открытая со стойками NeoFix</t>
-[...3 lines deleted...]
-Артикул: FIN.S.120.S.NF.00</t>
+            <t xml:space="preserve">Витрина открытая со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.S.100.S.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1204</t>
+Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11288.00</t>
+            <t xml:space="preserve">10402.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG60-VNF \ Витрина закрытая со стойками NeoFix</t>
-[...3 lines deleted...]
-Артикул: FIN.V.60.H.NF.00</t>
+            <t xml:space="preserve">OVG120-NF \ Витрина открытая со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.S.120.H.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 637</t>
+Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16811.00</t>
+            <t xml:space="preserve">13952.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG60-H160-VNF \ Витрина закрытая со стойками NeoFix</t>
-[...3 lines deleted...]
-Артикул: FIN.V.60.S.NF.00</t>
+            <t xml:space="preserve">OVG120-H160-NF \ Витрина открытая со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.S.120.S.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 637</t>
+Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12964.00</t>
+            <t xml:space="preserve">11288.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина закрытая со стойками NeoFix</t>
-[...3 lines deleted...]
-Артикул: FIN.V.100.H.NF.00</t>
+            <t xml:space="preserve">OVG60-VNF \ Витрина закрытая со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.60.H.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1004</t>
+Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19917.00</t>
+            <t xml:space="preserve">16811.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина закрытая со стойками NeoFix</t>
-[...3 lines deleted...]
-Артикул: FIN.V.100.S.NF.00</t>
+            <t xml:space="preserve">OVG60-H160-VNF \ Витрина закрытая со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.60.S.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1004</t>
+Ширина, мм: 637</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16811.00</t>
+            <t xml:space="preserve">12964.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-VNF \ Витрина закрытая со стойками NeoFix</t>
-[...3 lines deleted...]
-Артикул: FIN.V.120.H.NF.00</t>
+            <t xml:space="preserve">Витрина закрытая со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.100.H.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1204</t>
+Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21692.00</t>
+            <t xml:space="preserve">19917.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-H160-VNF \ Витрина закрытая со стойками NeoFix</t>
-[...3 lines deleted...]
-Артикул: FIN.V.120.S.NF.00</t>
+            <t xml:space="preserve">Витрина закрытая со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.100.S.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1204</t>
+Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18192.00</t>
+            <t xml:space="preserve">16811.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG191-NF \ Витрина открытая со стойками NeoFix</t>
-[...11 lines deleted...]
-Ширина, мм: 906</t>
+            <t xml:space="preserve">OVG120-VNF \ Витрина закрытая со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.120.H.NF.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 469</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21300.00</t>
+            <t xml:space="preserve">21692.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG191-VNF \ Витрина закрытая со стойками NeoFix</t>
-[...15 lines deleted...]
-Высота, мм: 2162</t>
+            <t xml:space="preserve">OVG120-H160-VNF \ Витрина закрытая со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.120.S.NF.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 469</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1204</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1602</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27903.00</t>
+            <t xml:space="preserve">18192.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка</t>
-[...15 lines deleted...]
-Толщина, мм: 6</t>
+            <t xml:space="preserve">OVG191-NF \ Витрина открытая со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.S.CON.H.NF.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 906</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 906</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">558.00</t>
+            <t xml:space="preserve">21300.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+            <t xml:space="preserve">OVG191-VNF \ Витрина закрытая со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.V.CON.H.NF.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 906</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 906</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">348.00</t>
+            <t xml:space="preserve">27903.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+            <t xml:space="preserve">Полка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.PL.60.NF.GL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 374</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 471</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">348.00</t>
+            <t xml:space="preserve">558.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.033L.SA</t>
-[...3 lines deleted...]
-Цвет: сатин</t>
+Артикул: NEO.033L.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 12.05.2025 09:18:52</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
-          </r>
-[...2 lines deleted...]
-Старая цена: 386 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.033R.SA</t>
-[...3 lines deleted...]
-Цвет: сатин</t>
+Артикул: NEO.033R.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 12.05.2025 09:18:54</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
-          </r>
-[...2 lines deleted...]
-Старая цена: 386 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.034L.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.033L.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 386 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">404.00</t>
+            <t xml:space="preserve">348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.034R.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.033R.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 386 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">404.00</t>
+            <t xml:space="preserve">348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.034L.SA</t>
-[...3 lines deleted...]
-Цвет: сатин</t>
+Артикул: NEO.034L.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 12.05.2025 09:18:56</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
-          </r>
-[...2 lines deleted...]
-Старая цена: 448 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">404.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.034R.SA</t>
-[...3 lines deleted...]
-Цвет: сатин</t>
+Артикул: NEO.034R.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 12.05.2025 09:18:57</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
-          </r>
-[...2 lines deleted...]
-Старая цена: 448 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">404.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка</t>
-[...15 lines deleted...]
-Толщина, мм: 6</t>
+            <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.034L.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кронштейн: левый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 350</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 448 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">900.00</t>
+            <t xml:space="preserve">404.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка</t>
-[...15 lines deleted...]
-Толщина, мм: 6</t>
+            <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.034R.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кронштейн: правый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 350</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 448 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1028.00</t>
+            <t xml:space="preserve">404.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: FIN.PL.CON.NF.GL</t>
-[...7 lines deleted...]
-Ширина, мм: 791</t>
+Артикул: FIN.PL.100.NF.GL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 374</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 838</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1417.00</t>
+            <t xml:space="preserve">900.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG60-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
-[...7 lines deleted...]
-Для витрин: FIN.V.60.H.NF.00; FIN.S.60.H.NF.00</t>
+            <t xml:space="preserve">Полка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.PL.120.NF.GL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 374</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1038</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1801.00</t>
+            <t xml:space="preserve">1028.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG60-H160-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
-[...7 lines deleted...]
-Для витрин: FIN.V.60.S.NF.00; FIN.S.60.S.NF.00</t>
+            <t xml:space="preserve">Полка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.PL.CON.NF.GL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 791</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 791</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1243.00</t>
+            <t xml:space="preserve">1417.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Комплект зеркал для витрин со стойками NeoFix</t>
-[...7 lines deleted...]
-Для витрин: FIN.S.100.H.NF.00; FIN.V.100.H.NF.00</t>
+            <t xml:space="preserve">OVG60-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.MIR.60.H.NF.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для витрин: FIN.V.60.H.NF.00; FIN.S.60.H.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3258.00</t>
+            <t xml:space="preserve">1801.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG100-H160-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
-[...7 lines deleted...]
-Для витрин: FIN.V.100.S.NF.00; FIN.S.100.S.NF.00</t>
+            <t xml:space="preserve">OVG60-H160-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.MIR.60.S.NF.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для витрин: FIN.V.60.S.NF.00; FIN.S.60.S.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2273.00</t>
+            <t xml:space="preserve">1243.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-H160-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
-[...7 lines deleted...]
-Для витрин: FIN.V.120.S.NF.00; FIN.S.120.S.NF.00</t>
+            <t xml:space="preserve">Комплект зеркал для витрин со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.MIR.100.H.NF.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для витрин: FIN.S.100.H.NF.00; FIN.V.100.H.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3258.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
@@ -14300,2295 +14166,2417 @@
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG191-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
-[...7 lines deleted...]
-Для витрин: FIN.V.CON.H.NF.00; FIN.S.CON.H.NF.00</t>
+            <t xml:space="preserve">OVG100-H160-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.MIR.100S.NF.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для витрин: FIN.V.100.S.NF.00; FIN.S.100.S.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5572.00</t>
+            <t xml:space="preserve">2273.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG60-C \ Ящик на колесах для витрин</t>
-[...15 lines deleted...]
-Высота, мм: 400</t>
+            <t xml:space="preserve">OVG120-H160-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.MIR.120S.NF.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для витрин: FIN.V.120.S.NF.00; FIN.S.120.S.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3305.00</t>
+            <t xml:space="preserve">3258.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ящик на колесах для витрин</t>
-[...15 lines deleted...]
-Высота, мм: 400</t>
+            <t xml:space="preserve">OVG191-VNF.8 \ Комплект зеркал для витрин со стойками NeoFix</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.MIR.CON.H.NF.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для витрин: FIN.V.CON.H.NF.00; FIN.S.CON.H.NF.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4288.00</t>
+            <t xml:space="preserve">5572.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG216-1N.L \ Блок освещения левый</t>
-[...19 lines deleted...]
-Блок: левый</t>
+            <t xml:space="preserve">OVG60-C \ Ящик на колесах для витрин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DRV.60.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 430</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 560</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG216-1N.R \ Блок освещения правый</t>
-[...19 lines deleted...]
-Блок: правый</t>
+            <t xml:space="preserve">Ящик на колесах для витрин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DRV.100.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 430</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 930</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3305.00</t>
+            <t xml:space="preserve">4288.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG216-2N \ Блок освещения средний</t>
-[...3 lines deleted...]
-Артикул: FIN.L.MS.H.1LT.00</t>
+            <t xml:space="preserve">OVG216-1N.L \ Блок освещения левый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.L.LS.H.1LT.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 138</t>
+Ширина, мм: 68</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1687</t>
           </r>
           <r>
             <t xml:space="preserve">
-Блок: средний</t>
+Блок: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4388.00</t>
+            <t xml:space="preserve">3305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Блок освещения крайний</t>
-[...7 lines deleted...]
-Глубина, мм: 290</t>
+            <t xml:space="preserve">OVG216-1N.R \ Блок освещения правый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.L.RS.H.1LT.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 68</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1687</t>
           </r>
           <r>
             <t xml:space="preserve">
+Блок: правый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7098.00</t>
+            <t xml:space="preserve">3305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Блок освещения центральный</t>
-[...7 lines deleted...]
-Глубина, мм: 290</t>
+            <t xml:space="preserve">OVG216-2N \ Блок освещения средний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.L.MS.H.1LT.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 138</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1687</t>
           </r>
           <r>
             <t xml:space="preserve">
+Блок: средний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8380.00</t>
+            <t xml:space="preserve">4388.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Прилавок остекленный</t>
-[...19 lines deleted...]
-Примечание: Профиль раздвижных дверей только анодированный</t>
+            <t xml:space="preserve">Блок освещения крайний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.L.LRS.H.2LT.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 290</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 68</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1687</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15479.00</t>
+            <t xml:space="preserve">7098.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-MN \ Прилавок остекленный</t>
-[...19 lines deleted...]
-Примечание: Профиль раздвижных дверей только анодированный</t>
+            <t xml:space="preserve">Блок освещения центральный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.L.MS.H.2LT.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 290</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 138</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1687</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17056.00</t>
+            <t xml:space="preserve">8380.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="4"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Двери с замком</t>
-[...7 lines deleted...]
-Для прилавков: FIN.DSK.100.1HGL.00</t>
+            <t xml:space="preserve">Прилавок остекленный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DSK.100.1HGL.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 554</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1004</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 900</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Профиль раздвижных дверей только анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1629.00</t>
+            <t xml:space="preserve">15479.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-MN.6 \ Двери с замком</t>
-[...7 lines deleted...]
-Для прилавков: FIN.DSK.120.1HGL.00</t>
+            <t xml:space="preserve">OVG120-MN \ Прилавок остекленный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DSK.120.1HGL.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 554</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1204</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 900</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Профиль раздвижных дверей только анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1775.00</t>
+            <t xml:space="preserve">17056.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG100-MN.5 \ Ящик</t>
-[...7 lines deleted...]
-Высота, мм: 172</t>
+            <t xml:space="preserve">Двери с замком</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DSKDOOR.100.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: FIN.DSK.100.1HGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2613.00</t>
+            <t xml:space="preserve">1629.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-MN.5 \ Ящик</t>
-[...7 lines deleted...]
-Высота, мм: 172</t>
+            <t xml:space="preserve">OVG120-MN.6 \ Двери с замком</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DSKDOOR.120.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: FIN.DSK.120.1HGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2859.00</t>
+            <t xml:space="preserve">1775.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-MB \ Прилавок остекленный двухъярусный</t>
-[...19 lines deleted...]
-Примечание: Профиль раздвижных дверей только анодированный</t>
+            <t xml:space="preserve">OVG100-MN.5 \ Ящик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DSKDRV.100.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 172</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для прилавков: FIN.DSK.100.1HGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15627.00</t>
+            <t xml:space="preserve">2613.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG100-P \ Прилавок глухой</t>
-[...15 lines deleted...]
-Высота, мм: 900</t>
+            <t xml:space="preserve">OVG120-MN.5 \ Ящик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DSKDRV.120.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 172</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для прилавков: FIN.DSK.120.1HGL.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12425.00</t>
+            <t xml:space="preserve">2859.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="4"/>
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-P \ Прилавок глухой</t>
-[...7 lines deleted...]
-Глубина, мм: 554</t>
+            <t xml:space="preserve">OVG120-MB \ Прилавок остекленный двухъярусный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DSK.120.2HGL.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 455</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
+Примечание: Профиль раздвижных дверей только анодированный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13506.00</t>
+            <t xml:space="preserve">15627.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG100-P.4 \ Подсумок</t>
-[...15 lines deleted...]
-Для прилавков: FIN.DSK.100.P.00</t>
+            <t xml:space="preserve">OVG100-P \ Прилавок глухой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DSK.100.P.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 554</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1004</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1873.00</t>
+            <t xml:space="preserve">12425.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="4"/>
       <c r="B51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG120-P.4 \ Подсумок</t>
-[...15 lines deleted...]
-Для прилавков: FIN.DSK.120.P.00</t>
+            <t xml:space="preserve">OVG120-P \ Прилавок глухой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DSK.120.P.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 554</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1204</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1972.00</t>
+            <t xml:space="preserve">13506.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG45-MB \ Прилавок глухой</t>
-[...15 lines deleted...]
-Высота, мм: 900</t>
+            <t xml:space="preserve">OVG100-P.4 \ Подсумок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DSKPL.100.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 928</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для прилавков: FIN.DSK.100.P.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13164.00</t>
+            <t xml:space="preserve">1873.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="4"/>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Прилавок кассовый</t>
-[...19 lines deleted...]
-Примечание: место под кассы 486х532 мм</t>
+            <t xml:space="preserve">OVG120-P.4 \ Подсумок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DSKPL.120.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 928</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для прилавков: FIN.DSK.120.P.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14147.00</t>
+            <t xml:space="preserve">1972.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Подсумок для DSKKAS.55</t>
-[...11 lines deleted...]
-Ширина, мм: 478</t>
+            <t xml:space="preserve">OVG45-MB \ Прилавок глухой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DSK.45.P.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 455</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 455</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1728.00</t>
+            <t xml:space="preserve">13164.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="4"/>
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ящик с замком для DSKKAS.55</t>
-[...3 lines deleted...]
-Артикул: FIN.DSKDRV.55.00</t>
+            <t xml:space="preserve">Прилавок кассовый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DSKKAS.55.P.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 554</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 550</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 902</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: место под кассы 486х532 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1873.00</t>
+            <t xml:space="preserve">14147.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...14 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C53" s="4"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG55-U2 \ Прилавок угловой внешний</t>
-[...15 lines deleted...]
-Высота, мм: 900</t>
+            <t xml:space="preserve">Подсумок для DSKKAS.55</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DSKPL.55.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 170</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 478</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13506.00</t>
+            <t xml:space="preserve">1728.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="4"/>
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG55-U1 \ Прилавок угловой внутренний</t>
-[...15 lines deleted...]
-Высота, мм: 900</t>
+            <t xml:space="preserve">Ящик с замком для DSKKAS.55</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DSKDRV.55.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9514.00</t>
+            <t xml:space="preserve">1873.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG55-U1.2 \ Ящик с замком для углового внутреннего прилавка</t>
-[...3 lines deleted...]
-Артикул: FIN.DSKDRV.55.IN.00</t>
+            <t xml:space="preserve">OVG55-U2 \ Прилавок угловой внешний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DSK.CON.OUT.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 663</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 663</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1972.00</t>
+            <t xml:space="preserve">13506.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="4"/>
       <c r="B55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG117-T \ Стол</t>
-[...19 lines deleted...]
-Примечание: столы могут устанавливаться друг в друга</t>
+            <t xml:space="preserve">OVG55-U1 \ Прилавок угловой внутренний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DSK.CON.IN.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 454</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 454</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10305.00</t>
+            <t xml:space="preserve">9514.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C55" s="4"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG100-T \ Тумба средняя</t>
-[...19 lines deleted...]
-Примечание: столы могут устанавливаться друг в друга</t>
+            <t xml:space="preserve">OVG55-U1.2 \ Ящик с замком для углового внутреннего прилавка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.DSKDRV.55.IN.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6658.00</t>
+            <t xml:space="preserve">1972.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="4"/>
       <c r="B56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG83-T \ Тумба</t>
-[...15 lines deleted...]
-Высота, мм: 112</t>
+            <t xml:space="preserve">OVG117-T \ Стол</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.TBL.117.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 550</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1170</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 735</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: столы могут устанавливаться друг в друга</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3550.00</t>
+            <t xml:space="preserve">10305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C56" s="4"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG117-T.6 \ Полка для стола TBL.117</t>
-[...3 lines deleted...]
-Артикул: FIN.TBLPL.117.00</t>
+            <t xml:space="preserve">OVG100-T \ Тумба средняя</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.TMB.100.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 469</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1004</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 424</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: столы могут устанавливаться друг в друга</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2171.00</t>
+            <t xml:space="preserve">6658.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...14 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="4"/>
       <c r="B57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG117-T.7 \ Стеклянная надставка для TBL.117</t>
-[...3 lines deleted...]
-Артикул: FIN.TBLNAD.117.GL</t>
+            <t xml:space="preserve">OVG83-T \ Тумба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.TMB.83.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 406</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 832</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 112</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: столы могут устанавливаться друг в друга</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6046.00</t>
+            <t xml:space="preserve">3550.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...14 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C57" s="4"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Банкетка</t>
-[...15 lines deleted...]
-Высота, мм: 424</t>
+            <t xml:space="preserve">OVG117-T.6 \ Полка для стола TBL.117</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.TBLPL.117.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6658.00</t>
+            <t xml:space="preserve">2171.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="4"/>
       <c r="B58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Зеркало</t>
-[...7 lines deleted...]
-Для банкетки: FIN.BAN.100.00</t>
+            <t xml:space="preserve">OVG117-T.7 \ Стеклянная надставка для TBL.117</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.TBLNAD.117.GL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1887.00</t>
+            <t xml:space="preserve">6046.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C58" s="4"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Банкетка</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: FIN.BAN.50.00</t>
+Артикул: FIN.BAN.100.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 504</t>
+Ширина, мм: 1004</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 424</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4981.00</t>
+            <t xml:space="preserve">6658.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="4"/>
       <c r="B59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Зеркало</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: FIN.BANMIR.50.MR</t>
-[...3 lines deleted...]
-Для банкетки: FIN.BAN.50.00</t>
+Артикул: FIN.BANMIR.100.MR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для банкетки: FIN.BAN.100.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">858.00</t>
+            <t xml:space="preserve">1887.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C59" s="4"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Пирамида</t>
-[...15 lines deleted...]
-Высота, мм: 1204</t>
+            <t xml:space="preserve">Банкетка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.BAN.50.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 469</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 504</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 424</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28842.00</t>
+            <t xml:space="preserve">4981.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="4"/>
       <c r="B60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OVG60-T \ Тумба</t>
-[...15 lines deleted...]
-Высота, мм: 424</t>
+            <t xml:space="preserve">Зеркало</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.BANMIR.50.MR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для банкетки: FIN.BAN.50.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5422.00</t>
+            <t xml:space="preserve">858.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C60" s="4"/>
       <c r="D60" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Пирамида</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.PIR.120.120.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 940</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1204</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1204</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">28842.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:26">
+      <c r="A61" s="4"/>
+      <c r="B61" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">OVG60-T \ Тумба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FIN.TMB.60.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 469</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 637</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 424</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">5422.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+      <c r="C61" s="4"/>
+      <c r="D61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OVG120-T \ Тумба широкая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FIN.TMB.120.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 469</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1204</t>
           </r>
@@ -16612,50 +16600,51 @@
             </rPr>
             <t xml:space="preserve">7397.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
+    <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>