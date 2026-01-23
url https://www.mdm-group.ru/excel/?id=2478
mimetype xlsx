--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,176 +33,176 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.04.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Витрины и прилавки Селена</t>
   </si>
   <si>
     <t>Благодаря великолепному внешнему виду, высокому качеству модели этой серии пользуются большим спросом. Модельный ряд «Селена» состоит из прилавков и витрин, в том числе с вращающимися полками и постоянно пополняется новыми моделями.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-1</t>
+      <t xml:space="preserve">Витрина с освещением  (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-1.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19826.00</t>
+      <t xml:space="preserve">21370.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением  (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-1.MR</t>
+      <t xml:space="preserve">Витрина с освещением</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20951.00</t>
+      <t xml:space="preserve">20223.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением и накопителем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-01D</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -219,51 +219,51 @@
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24097.00</t>
+      <t xml:space="preserve">24579.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-01D.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -280,295 +280,295 @@
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25221.00</t>
+      <t xml:space="preserve">25725.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-2</t>
+      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-2.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 915</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">31335.00</t>
+      <t xml:space="preserve">34240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-2.MR</t>
+      <t xml:space="preserve">Витрина с освещением</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 915</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33569.00</t>
+      <t xml:space="preserve">31962.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-02D.MR</t>
+      <t xml:space="preserve">Витрина с освещением и накопителем</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-02D</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 915</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2178</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">41116.00</t>
+      <t xml:space="preserve">39661.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением и накопителем</t>
-[...3 lines deleted...]
-Артикул: B-02D</t>
+      <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-02D.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 915</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2178</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38883.00</t>
+      <t xml:space="preserve">41938.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-3.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -585,51 +585,51 @@
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45627.00</t>
+      <t xml:space="preserve">46540.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -646,51 +646,51 @@
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42067.00</t>
+      <t xml:space="preserve">42908.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением и накопителем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-03D</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -707,51 +707,51 @@
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">51665.00</t>
+      <t xml:space="preserve">52698.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-03D.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -768,417 +768,417 @@
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">55140.00</t>
+      <t xml:space="preserve">56243.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-4.MR</t>
+      <t xml:space="preserve">Витрина с освещением</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38565.00</t>
+      <t xml:space="preserve">35485.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-4</t>
+      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-4.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34789.00</t>
+      <t xml:space="preserve">39336.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-04D.MR</t>
+      <t xml:space="preserve">Витрина с освещением и накопителем</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-04D</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2178</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45093.00</t>
+      <t xml:space="preserve">42572.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением и накопителем</t>
-[...3 lines deleted...]
-Артикул: B-04D</t>
+      <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-04D.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2178</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">41737.00</t>
+      <t xml:space="preserve">45995.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-5.MR</t>
+      <t xml:space="preserve">Витрина с освещением</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 831</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 960</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40266.00</t>
+      <t xml:space="preserve">37766.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-5</t>
+      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-5.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 831</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 960</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37025.00</t>
+      <t xml:space="preserve">41071.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-05D.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 831</t>
@@ -1195,51 +1195,51 @@
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">48300.00</t>
+      <t xml:space="preserve">49266.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением и накопителем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-05D</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 831</t>
@@ -1256,173 +1256,173 @@
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">44773.00</t>
+      <t xml:space="preserve">45668.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-6</t>
+      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-6.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 555</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21644.00</t>
+      <t xml:space="preserve">24645.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-6.MR</t>
+      <t xml:space="preserve">Витрина с освещением</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 555</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24162.00</t>
+      <t xml:space="preserve">22077.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением и накопителем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-06D</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 555</t>
@@ -1439,51 +1439,51 @@
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26293.00</t>
+      <t xml:space="preserve">26819.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-06D.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 555</t>
@@ -1500,51 +1500,51 @@
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28746.00</t>
+      <t xml:space="preserve">29321.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 398</t>
@@ -1557,51 +1557,51 @@
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15118.00</t>
+      <t xml:space="preserve">15420.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-07</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 398</t>
@@ -1614,51 +1614,51 @@
       <t xml:space="preserve">
 Высота, мм: 2178</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16682.00</t>
+      <t xml:space="preserve">17016.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-8.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 398</t>
@@ -1675,51 +1675,51 @@
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12331.00</t>
+      <t xml:space="preserve">12578.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 398</t>
@@ -1736,295 +1736,295 @@
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11112.00</t>
+      <t xml:space="preserve">11334.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-08</t>
+      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-08.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 398</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1548</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12676.00</t>
+      <t xml:space="preserve">13873.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-08.MR</t>
+      <t xml:space="preserve">Витрина с освещением</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-08</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 398</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1548</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13601.00</t>
+      <t xml:space="preserve">12930.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-9.MR</t>
+      <t xml:space="preserve">Витрина с освещением</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1210</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17021.00</t>
+      <t xml:space="preserve">16384.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-9</t>
+      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-9.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1210</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16063.00</t>
+      <t xml:space="preserve">17361.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина со стеклянным верхом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-1C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -2037,51 +2037,51 @@
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16987.00</t>
+      <t xml:space="preserve">17327.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-1C.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -2094,51 +2094,51 @@
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18109.00</t>
+      <t xml:space="preserve">18471.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина со стеклянным верхом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-01CD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -2151,51 +2151,51 @@
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21297.00</t>
+      <t xml:space="preserve">21723.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-01CD.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -2208,165 +2208,165 @@
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22422.00</t>
+      <t xml:space="preserve">22870.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-2C.MR</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-2C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 915</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29509.00</t>
+      <t xml:space="preserve">27803.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-2C</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-2C.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 915</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27258.00</t>
+      <t xml:space="preserve">30099.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина со стеклянным верхом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-02CD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -2379,51 +2379,51 @@
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34926.00</t>
+      <t xml:space="preserve">35625.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-02CD.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -2436,507 +2436,507 @@
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37176.00</t>
+      <t xml:space="preserve">37920.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-3C.MR</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-3C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40663.00</t>
+      <t xml:space="preserve">37879.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-3C</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-3C.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37136.00</t>
+      <t xml:space="preserve">41476.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-03CD.MR</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-03CD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">50453.00</t>
+      <t xml:space="preserve">48020.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-03CD</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-03CD.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">47078.00</t>
+      <t xml:space="preserve">51462.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-4C.MR</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-4C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34644.00</t>
+      <t xml:space="preserve">31912.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-4C</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-4C.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">31286.00</t>
+      <t xml:space="preserve">35337.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-04CD.MR</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-04CD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">41109.00</t>
+      <t xml:space="preserve">38454.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-04CD</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-04CD.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37700.00</t>
+      <t xml:space="preserve">41931.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок со стеклянным верхом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: П-2C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -2949,51 +2949,51 @@
       <t xml:space="preserve">
 Высота, мм: 907</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15976.00</t>
+      <t xml:space="preserve">16296.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок со стеклянным верхом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: П-3C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -3006,51 +3006,51 @@
       <t xml:space="preserve">
 Высота, мм: 907</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21178.00</t>
+      <t xml:space="preserve">21602.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок со стеклянным верхом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: П-4C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
@@ -3063,51 +3063,51 @@
       <t xml:space="preserve">
 Высота, мм: 907</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16942.00</t>
+      <t xml:space="preserve">17281.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок с местом под кассу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: П-2Б-П.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -3120,51 +3120,51 @@
       <t xml:space="preserve">
 Высота, мм: 907</t>
     </r>
     <r>
       <t xml:space="preserve">
 Место под кассу: справа</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19642.00</t>
+      <t xml:space="preserve">20035.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок с местом под кассу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: П-2Б-Л.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -3177,51 +3177,51 @@
       <t xml:space="preserve">
 Высота, мм: 907</t>
     </r>
     <r>
       <t xml:space="preserve">
 Место под кассу: слева</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19642.00</t>
+      <t xml:space="preserve">20035.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок с местом под кассу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: П-3Б-П.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -3234,51 +3234,51 @@
       <t xml:space="preserve">
 Высота, мм: 907</t>
     </r>
     <r>
       <t xml:space="preserve">
 Место под кассу: справа</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25743.00</t>
+      <t xml:space="preserve">26258.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок с местом под кассу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: П-3Б-Л.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -3291,51 +3291,51 @@
       <t xml:space="preserve">
 Высота, мм: 907</t>
     </r>
     <r>
       <t xml:space="preserve">
 Место под кассу: слева</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25743.00</t>
+      <t xml:space="preserve">26258.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок с местом под кассу в центре</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: П-3Б-Ц.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -3348,51 +3348,51 @@
       <t xml:space="preserve">
 Высота, мм: 907</t>
     </r>
     <r>
       <t xml:space="preserve">
 Место под кассу: в центре</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26273.00</t>
+      <t xml:space="preserve">26798.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок со столешницей из ДСП 16 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: П-2П</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -3401,51 +3401,51 @@
       <t xml:space="preserve">
 Ширина, мм: 915</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 907</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15904.00</t>
+      <t xml:space="preserve">16222.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок со столешницей из ДСП 16 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: П-3П</t>
@@ -3458,100 +3458,100 @@
       <t xml:space="preserve">
 Ширина, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 907</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21069.00</t>
+      <t xml:space="preserve">21490.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Платформа для дополнительных опор</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRP1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: В-1, В-01, В-1С, В-01С</t>
     </r>
     <r>
       <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">536.00</t>
+      <t xml:space="preserve">547.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3568,51 +3568,51 @@
       <t xml:space="preserve">
 Для витрин: В-2, В-02, В-2С, В-02С</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: П-2Б-П, П-2Б-Л, П-2С, П-2П</t>
     </r>
     <r>
       <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1070.00</t>
+      <t xml:space="preserve">1091.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Платформа для дополнительных опор</t>
@@ -3625,51 +3625,51 @@
       <t xml:space="preserve">
 Для витрин: В-3, В-03, В-3С, В-03С</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: П-3Б-П, П-3Б-Л, П-3Б-Ц, П-3С, П-3П</t>
     </r>
     <r>
       <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1581.00</t>
+      <t xml:space="preserve">1613.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Платформа для дополнительных опор</t>
@@ -3682,51 +3682,51 @@
       <t xml:space="preserve">
 Для витрин: В-4, В-04, В-4С, В-04С</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для прилавков: П-4С</t>
     </r>
     <r>
       <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1607.00</t>
+      <t xml:space="preserve">1639.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Платформа для дополнительных опор</t>
@@ -3735,51 +3735,51 @@
       <t xml:space="preserve">
 Артикул: NRP5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: В-5, В-05</t>
     </r>
     <r>
       <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2007.00</t>
+      <t xml:space="preserve">2047.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3792,51 +3792,51 @@
       <t xml:space="preserve">
 Артикул: NRP6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: В-6, В-06</t>
     </r>
     <r>
       <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">857.00</t>
+      <t xml:space="preserve">874.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3849,51 +3849,51 @@
       <t xml:space="preserve">
 Артикул: NRP7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: В-7, В-07, В-8, В-08</t>
     </r>
     <r>
       <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">429.00</t>
+      <t xml:space="preserve">438.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
@@ -3965,51 +3965,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92a814d_7311_11e5_81c1_0025902b3cc1_D4366652_87C0_4D54_B248_8FAA0C92C1332.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b4360e8_8bc6_11e7_9ffe_0025902b3cc1_D4366652_87C0_4D54_B248_8FAA0C92C1333.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61a7d6a8_a57f_11e6_9f4a_0025902b3cc0_575683E1_1D50_4437_8325_C9BC2A640D404.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3e6c6ca_8bc6_11e7_9ffe_0025902b3cc1_575683E1_1D50_4437_8325_C9BC2A640D405.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ef2a26b_ff95_11e0_833e_003048f27c5f_66C3CC98_45B2_4AB6_9EA1_AD08432DB43F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba2e5d77_8bc6_11e7_9ffe_0025902b3cc1_66C3CC98_45B2_4AB6_9EA1_AD08432DB43F7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee031056_8bc6_11e7_9ffe_0025902b3cc1_3798C38C_3529_4680_8857_8613948921C88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d200a_a57f_11e6_9f4a_0025902b3cc0_3798C38C_3529_4680_8857_8613948921C89.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/064a73a8_8bc7_11e7_9ffe_0025902b3cc1_8A75F8BF_2443_4E3A_8014_F0BE3332233510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce8659f6_a57b_11e6_9f4a_0025902b3cc0_8A75F8BF_2443_4E3A_8014_F0BE3332233511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c50e7eb0_a57f_11e6_9f4a_0025902b3cc0_924ECDD7_D0E9_4B34_92F9_EAC324CC556C12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2820f492_8bc7_11e7_9ffe_0025902b3cc1_924ECDD7_D0E9_4B34_92F9_EAC324CC556C13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3b93b7_8bc7_11e7_9ffe_0025902b3cc1_F6CAE81D_C6B3_4959_8274_ACE19662FF2C14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/198def62_a57c_11e6_9f4a_0025902b3cc0_F6CAE81D_C6B3_4959_8274_ACE19662FF2C15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853c8728_8bc7_11e7_9ffe_0025902b3cc1_3F02BD14_CF41_4AA7_BE0D_97BD66706A7016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b1159d2_a580_11e6_9f4a_0025902b3cc0_3F02BD14_CF41_4AA7_BE0D_97BD66706A7017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7098272_8bc7_11e7_9ffe_0025902b3cc1_1BABBAEE_F626_4D3B_A088_6D316E712D1C18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/511f4e6b_a57c_11e6_9f4a_0025902b3cc0_1BABBAEE_F626_4D3B_A088_6D316E712D1C19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b52bd01d_8bc7_11e7_9ffe_0025902b3cc1_FA299AB0_3DFA_447F_87AA_257D43986F1920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cef86cb_a580_11e6_9f4a_0025902b3cc0_FA299AB0_3DFA_447F_87AA_257D43986F1921.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a21cbcbe_a57c_11e6_9f4a_0025902b3cc0_495D6A4E_A929_4DFA_8AF5_47400C8993D222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9bd656b_8bc7_11e7_9ffe_0025902b3cc1_495D6A4E_A929_4DFA_8AF5_47400C8993D223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f5d8348_a580_11e6_9f4a_0025902b3cc0_D22D4E35_CCAA_424D_8D9A_6B1D9234EA8024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d50022ef_8bc7_11e7_9ffe_0025902b3cc1_D22D4E35_CCAA_424D_8D9A_6B1D9234EA8025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a54004_a57d_11e6_9f4a_0025902b3cc0_F324AEAA_BAA8_46A7_AB39_C79BC15603CB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7a71dd_a57f_11e6_9f4a_0025902b3cc0_DA0DE06F_8ED8_4234_8B23_2358C706565E27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1c7ab16_8bc7_11e7_9ffe_0025902b3cc1_A25F9E03_2AF4_41E7_843A_DF73197ABF5228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1558801a_a57e_11e6_9f4a_0025902b3cc0_A25F9E03_2AF4_41E7_843A_DF73197ABF5229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487c0cd7_a57f_11e6_9f4a_0025902b3cc0_EE5AD9E3_1D79_4ACC_81E9_AA5B72BEA97230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/006ce5a0_8bc8_11e7_9ffe_0025902b3cc1_EE5AD9E3_1D79_4ACC_81E9_AA5B72BEA97231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2037b2e2_8bc8_11e7_9ffe_0025902b3cc1_8BA42F9B_8670_4FF7_B5CF_52892C35FF0232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f9d966a_a57e_11e6_9f4a_0025902b3cc0_8BA42F9B_8670_4FF7_B5CF_52892C35FF0233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98b2dc7d_a57a_11e6_9f4a_0025902b3cc0_2AF56A62_2015_4998_B232_EF3BC57454E634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4577d506_8bc8_11e7_9ffe_0025902b3cc1_2AF56A62_2015_4998_B232_EF3BC57454E635.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80d7c1b4_a57f_11e6_9f4a_0025902b3cc0_95A832C0_3CAE_4D4D_B9E2_1866F48E443D36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cdf74e4_8bc8_11e7_9ffe_0025902b3cc1_95A832C0_3CAE_4D4D_B9E2_1866F48E443D37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/660cf927_8bc8_11e7_9ffe_0025902b3cc1_4A5AD252_1856_4AB1_8A41_D314295B47EF38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31edc039_a57b_11e6_9f4a_0025902b3cc0_4A5AD252_1856_4AB1_8A41_D314295B47EF39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae089529_a57f_11e6_9f4a_0025902b3cc0_4DEB10F5_C019_4BD4_9531_612FC5597F3C40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/764942d2_8bc8_11e7_9ffe_0025902b3cc1_4DEB10F5_C019_4BD4_9531_612FC5597F3C41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87cbac14_8bc8_11e7_9ffe_0025902b3cc1_C6C226FD_9AC5_43D9_9DAA_FCF1DC9010D842.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4b1f66e_a57b_11e6_9f4a_0025902b3cc0_C6C226FD_9AC5_43D9_9DAA_FCF1DC9010D843.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b60ed33_8bc8_11e7_9ffe_0025902b3cc1_86EB3CEC_3434_4530_BA14_82E6A4306A9144.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa1f88ad_a57f_11e6_9f4a_0025902b3cc0_86EB3CEC_3434_4530_BA14_82E6A4306A9145.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae9e88e0_8bc8_11e7_9ffe_0025902b3cc1_088F2374_058D_4FB3_AD18_8B3812AEAE2E46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31d5341d_a57c_11e6_9f4a_0025902b3cc0_088F2374_058D_4FB3_AD18_8B3812AEAE2E47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bda99d03_8bc8_11e7_9ffe_0025902b3cc1_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360fb377_a580_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/958e9511_a580_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/775a3ec7_a581_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c416c1e_a581_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc260280_a580_11e6_9f4a_0025902b3cc0_28A83CFC_D296_4288_9DE2_0E88FA08980553.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b19528a3_a580_11e6_9f4a_0025902b3cc0_C8A320E6_5500_45AB_A1A2_876391611E5754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2573888a_a581_11e6_9f4a_0025902b3cc0_AD4B9D99_75A1_4909_B513_47128FBC702955.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0813cbec_a581_11e6_9f4a_0025902b3cc0_94DF0274_1845_4552_AF7E_68FCA5EB4DDF56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4321d2f2_a581_11e6_9f4a_0025902b3cc0_9BABB4F0_125E_4B6C_BF60_516B4FC50CC857.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f14240e3_a580_11e6_9f4a_0025902b3cc0_CD3C78B8_AD4B_4373_B380_9C2403E610B958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57a7676f_a581_11e6_9f4a_0025902b3cc0_E02C1936_3251_48DC_9D97_EF51B8FCB3DE59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcdbdce_b15f_11e2_952b_0025902b3cc1_62833EDD_A28E_4B2E_8A5E_9671D4523FE160.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096c36b9_a582_11e6_9f4a_0025902b3cc0_BE1E4531_1EBF_4AB3_94CA_D14B93898EB561.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/922b05e4_ff20_11e0_833e_003048f27c5f_61801FAC_A29F_4CEF_8D0C_5EDD806D05F562.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcdbdd5_b15f_11e2_952b_0025902b3cc1_1D269A0F_2E7F_4A9B_8EC4_63DD8C3F86E163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/095f918c_a583_11e6_9f4a_0025902b3cc0_92039C14_63AB_4324_A991_930CD6F3C34564.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcdbddc_b15f_11e2_952b_0025902b3cc1_9904CC06_A575_4F6E_9A44_66708B0BD69065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25237e49_a583_11e6_9f4a_0025902b3cc0_DA78EE11_EDC5_4FE3_80D0_6E96569C348E66.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b4360e8_8bc6_11e7_9ffe_0025902b3cc1_D4366652_87C0_4D54_B248_8FAA0C92C1332.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92a814d_7311_11e5_81c1_0025902b3cc1_D4366652_87C0_4D54_B248_8FAA0C92C1333.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61a7d6a8_a57f_11e6_9f4a_0025902b3cc0_575683E1_1D50_4437_8325_C9BC2A640D404.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3e6c6ca_8bc6_11e7_9ffe_0025902b3cc1_575683E1_1D50_4437_8325_C9BC2A640D405.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba2e5d77_8bc6_11e7_9ffe_0025902b3cc1_66C3CC98_45B2_4AB6_9EA1_AD08432DB43F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ef2a26b_ff95_11e0_833e_003048f27c5f_66C3CC98_45B2_4AB6_9EA1_AD08432DB43F7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d200a_a57f_11e6_9f4a_0025902b3cc0_3798C38C_3529_4680_8857_8613948921C88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee031056_8bc6_11e7_9ffe_0025902b3cc1_3798C38C_3529_4680_8857_8613948921C89.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/064a73a8_8bc7_11e7_9ffe_0025902b3cc1_8A75F8BF_2443_4E3A_8014_F0BE3332233510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce8659f6_a57b_11e6_9f4a_0025902b3cc0_8A75F8BF_2443_4E3A_8014_F0BE3332233511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c50e7eb0_a57f_11e6_9f4a_0025902b3cc0_924ECDD7_D0E9_4B34_92F9_EAC324CC556C12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2820f492_8bc7_11e7_9ffe_0025902b3cc1_924ECDD7_D0E9_4B34_92F9_EAC324CC556C13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/198def62_a57c_11e6_9f4a_0025902b3cc0_F6CAE81D_C6B3_4959_8274_ACE19662FF2C14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3b93b7_8bc7_11e7_9ffe_0025902b3cc1_F6CAE81D_C6B3_4959_8274_ACE19662FF2C15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b1159d2_a580_11e6_9f4a_0025902b3cc0_3F02BD14_CF41_4AA7_BE0D_97BD66706A7016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853c8728_8bc7_11e7_9ffe_0025902b3cc1_3F02BD14_CF41_4AA7_BE0D_97BD66706A7017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/511f4e6b_a57c_11e6_9f4a_0025902b3cc0_1BABBAEE_F626_4D3B_A088_6D316E712D1C18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7098272_8bc7_11e7_9ffe_0025902b3cc1_1BABBAEE_F626_4D3B_A088_6D316E712D1C19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b52bd01d_8bc7_11e7_9ffe_0025902b3cc1_FA299AB0_3DFA_447F_87AA_257D43986F1920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cef86cb_a580_11e6_9f4a_0025902b3cc0_FA299AB0_3DFA_447F_87AA_257D43986F1921.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9bd656b_8bc7_11e7_9ffe_0025902b3cc1_495D6A4E_A929_4DFA_8AF5_47400C8993D222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a21cbcbe_a57c_11e6_9f4a_0025902b3cc0_495D6A4E_A929_4DFA_8AF5_47400C8993D223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f5d8348_a580_11e6_9f4a_0025902b3cc0_D22D4E35_CCAA_424D_8D9A_6B1D9234EA8024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d50022ef_8bc7_11e7_9ffe_0025902b3cc1_D22D4E35_CCAA_424D_8D9A_6B1D9234EA8025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a54004_a57d_11e6_9f4a_0025902b3cc0_F324AEAA_BAA8_46A7_AB39_C79BC15603CB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7a71dd_a57f_11e6_9f4a_0025902b3cc0_DA0DE06F_8ED8_4234_8B23_2358C706565E27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1c7ab16_8bc7_11e7_9ffe_0025902b3cc1_A25F9E03_2AF4_41E7_843A_DF73197ABF5228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1558801a_a57e_11e6_9f4a_0025902b3cc0_A25F9E03_2AF4_41E7_843A_DF73197ABF5229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/006ce5a0_8bc8_11e7_9ffe_0025902b3cc1_EE5AD9E3_1D79_4ACC_81E9_AA5B72BEA97230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487c0cd7_a57f_11e6_9f4a_0025902b3cc0_EE5AD9E3_1D79_4ACC_81E9_AA5B72BEA97231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f9d966a_a57e_11e6_9f4a_0025902b3cc0_8BA42F9B_8670_4FF7_B5CF_52892C35FF0232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2037b2e2_8bc8_11e7_9ffe_0025902b3cc1_8BA42F9B_8670_4FF7_B5CF_52892C35FF0233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98b2dc7d_a57a_11e6_9f4a_0025902b3cc0_2AF56A62_2015_4998_B232_EF3BC57454E634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4577d506_8bc8_11e7_9ffe_0025902b3cc1_2AF56A62_2015_4998_B232_EF3BC57454E635.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80d7c1b4_a57f_11e6_9f4a_0025902b3cc0_95A832C0_3CAE_4D4D_B9E2_1866F48E443D36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cdf74e4_8bc8_11e7_9ffe_0025902b3cc1_95A832C0_3CAE_4D4D_B9E2_1866F48E443D37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31edc039_a57b_11e6_9f4a_0025902b3cc0_4A5AD252_1856_4AB1_8A41_D314295B47EF38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/660cf927_8bc8_11e7_9ffe_0025902b3cc1_4A5AD252_1856_4AB1_8A41_D314295B47EF39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae089529_a57f_11e6_9f4a_0025902b3cc0_4DEB10F5_C019_4BD4_9531_612FC5597F3C40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/764942d2_8bc8_11e7_9ffe_0025902b3cc1_4DEB10F5_C019_4BD4_9531_612FC5597F3C41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4b1f66e_a57b_11e6_9f4a_0025902b3cc0_C6C226FD_9AC5_43D9_9DAA_FCF1DC9010D842.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87cbac14_8bc8_11e7_9ffe_0025902b3cc1_C6C226FD_9AC5_43D9_9DAA_FCF1DC9010D843.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa1f88ad_a57f_11e6_9f4a_0025902b3cc0_86EB3CEC_3434_4530_BA14_82E6A4306A9144.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b60ed33_8bc8_11e7_9ffe_0025902b3cc1_86EB3CEC_3434_4530_BA14_82E6A4306A9145.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31d5341d_a57c_11e6_9f4a_0025902b3cc0_088F2374_058D_4FB3_AD18_8B3812AEAE2E46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae9e88e0_8bc8_11e7_9ffe_0025902b3cc1_088F2374_058D_4FB3_AD18_8B3812AEAE2E47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360fb377_a580_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bda99d03_8bc8_11e7_9ffe_0025902b3cc1_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/958e9511_a580_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/775a3ec7_a581_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c416c1e_a581_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc260280_a580_11e6_9f4a_0025902b3cc0_28A83CFC_D296_4288_9DE2_0E88FA08980553.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b19528a3_a580_11e6_9f4a_0025902b3cc0_C8A320E6_5500_45AB_A1A2_876391611E5754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2573888a_a581_11e6_9f4a_0025902b3cc0_AD4B9D99_75A1_4909_B513_47128FBC702955.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0813cbec_a581_11e6_9f4a_0025902b3cc0_94DF0274_1845_4552_AF7E_68FCA5EB4DDF56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4321d2f2_a581_11e6_9f4a_0025902b3cc0_9BABB4F0_125E_4B6C_BF60_516B4FC50CC857.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f14240e3_a580_11e6_9f4a_0025902b3cc0_CD3C78B8_AD4B_4373_B380_9C2403E610B958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57a7676f_a581_11e6_9f4a_0025902b3cc0_E02C1936_3251_48DC_9D97_EF51B8FCB3DE59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcdbdce_b15f_11e2_952b_0025902b3cc1_62833EDD_A28E_4B2E_8A5E_9671D4523FE160.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096c36b9_a582_11e6_9f4a_0025902b3cc0_BE1E4531_1EBF_4AB3_94CA_D14B93898EB561.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/922b05e4_ff20_11e0_833e_003048f27c5f_61801FAC_A29F_4CEF_8D0C_5EDD806D05F562.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcdbdd5_b15f_11e2_952b_0025902b3cc1_1D269A0F_2E7F_4A9B_8EC4_63DD8C3F86E163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/095f918c_a583_11e6_9f4a_0025902b3cc0_92039C14_63AB_4324_A991_930CD6F3C34564.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcdbddc_b15f_11e2_952b_0025902b3cc1_9904CC06_A575_4F6E_9A44_66708B0BD69065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25237e49_a583_11e6_9f4a_0025902b3cc0_DA78EE11_EDC5_4FE3_80D0_6E96569C348E66.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6289,199 +6289,199 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.04.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-1</t>
+            <t xml:space="preserve">Витрина с освещением  (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-1.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1840</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19826.00</t>
+            <t xml:space="preserve">21370.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением  (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-1.MR</t>
+            <t xml:space="preserve">Витрина с освещением</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1840</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20951.00</t>
+            <t xml:space="preserve">20223.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением и накопителем</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6503,51 +6503,51 @@
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24097.00</t>
+            <t xml:space="preserve">24579.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: B-01D.MR</t>
           </r>
@@ -6567,311 +6567,311 @@
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25221.00</t>
+            <t xml:space="preserve">25725.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-2</t>
+            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-2.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 915</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1840</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31335.00</t>
+            <t xml:space="preserve">34240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-2.MR</t>
+            <t xml:space="preserve">Витрина с освещением</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 915</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1840</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33569.00</t>
+            <t xml:space="preserve">31962.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-02D.MR</t>
+            <t xml:space="preserve">Витрина с освещением и накопителем</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-02D</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 915</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2178</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">41116.00</t>
+            <t xml:space="preserve">39661.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением и накопителем</t>
-[...3 lines deleted...]
-Артикул: B-02D</t>
+            <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-02D.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 915</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2178</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38883.00</t>
+            <t xml:space="preserve">41938.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6893,51 +6893,51 @@
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45627.00</t>
+            <t xml:space="preserve">46540.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: B-3</t>
           </r>
@@ -6957,51 +6957,51 @@
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42067.00</t>
+            <t xml:space="preserve">42908.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением и накопителем</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7023,51 +7023,51 @@
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51665.00</t>
+            <t xml:space="preserve">52698.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: B-03D.MR</t>
           </r>
@@ -7087,441 +7087,441 @@
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">55140.00</t>
+            <t xml:space="preserve">56243.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-4.MR</t>
+            <t xml:space="preserve">Витрина с освещением</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1840</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38565.00</t>
+            <t xml:space="preserve">35485.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-4</t>
+            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-4.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1840</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34789.00</t>
+            <t xml:space="preserve">39336.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-04D.MR</t>
+            <t xml:space="preserve">Витрина с освещением и накопителем</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-04D</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2178</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45093.00</t>
+            <t xml:space="preserve">42572.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением и накопителем</t>
-[...3 lines deleted...]
-Артикул: B-04D</t>
+            <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-04D.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2178</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">41737.00</t>
+            <t xml:space="preserve">45995.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-5.MR</t>
+            <t xml:space="preserve">Витрина с освещением</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 831</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1840</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40266.00</t>
+            <t xml:space="preserve">37766.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-5</t>
+            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-5.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 831</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1840</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37025.00</t>
+            <t xml:space="preserve">41071.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7543,51 +7543,51 @@
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48300.00</t>
+            <t xml:space="preserve">49266.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением и накопителем</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: B-05D</t>
           </r>
@@ -7607,181 +7607,181 @@
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">44773.00</t>
+            <t xml:space="preserve">45668.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-6</t>
+            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-6.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 555</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1840</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21644.00</t>
+            <t xml:space="preserve">24645.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-6.MR</t>
+            <t xml:space="preserve">Витрина с освещением</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 555</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1840</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24162.00</t>
+            <t xml:space="preserve">22077.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением и накопителем</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7803,51 +7803,51 @@
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26293.00</t>
+            <t xml:space="preserve">26819.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: B-06D.MR</t>
           </r>
@@ -7867,51 +7867,51 @@
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28746.00</t>
+            <t xml:space="preserve">29321.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7929,51 +7929,51 @@
             <t xml:space="preserve">
 Высота, мм: 1840</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15118.00</t>
+            <t xml:space="preserve">15420.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: B-07</t>
           </r>
@@ -7989,51 +7989,51 @@
             <t xml:space="preserve">
 Высота, мм: 2178</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16682.00</t>
+            <t xml:space="preserve">17016.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8055,51 +8055,51 @@
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12331.00</t>
+            <t xml:space="preserve">12578.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: B-8</t>
           </r>
@@ -8119,311 +8119,311 @@
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11112.00</t>
+            <t xml:space="preserve">11334.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-08</t>
+            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-08.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 398</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1548</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12676.00</t>
+            <t xml:space="preserve">13873.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-08.MR</t>
+            <t xml:space="preserve">Витрина с освещением</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-08</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 398</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1548</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13601.00</t>
+            <t xml:space="preserve">12930.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-9.MR</t>
+            <t xml:space="preserve">Витрина с освещением</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1210</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17021.00</t>
+            <t xml:space="preserve">16384.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-9</t>
+            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-9.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1210</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16063.00</t>
+            <t xml:space="preserve">17361.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина со стеклянным верхом</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8441,51 +8441,51 @@
             <t xml:space="preserve">
 Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16987.00</t>
+            <t xml:space="preserve">17327.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: B-1C.MR</t>
           </r>
@@ -8501,51 +8501,51 @@
             <t xml:space="preserve">
 Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18109.00</t>
+            <t xml:space="preserve">18471.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина со стеклянным верхом</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8563,51 +8563,51 @@
             <t xml:space="preserve">
 Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21297.00</t>
+            <t xml:space="preserve">21723.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: B-01CD.MR</t>
           </r>
@@ -8623,173 +8623,173 @@
             <t xml:space="preserve">
 Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22422.00</t>
+            <t xml:space="preserve">22870.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-2C.MR</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-2C</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 915</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29509.00</t>
+            <t xml:space="preserve">27803.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-2C</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-2C.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 915</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27258.00</t>
+            <t xml:space="preserve">30099.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина со стеклянным верхом</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8807,51 +8807,51 @@
             <t xml:space="preserve">
 Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34926.00</t>
+            <t xml:space="preserve">35625.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: B-02CD.MR</t>
           </r>
@@ -8867,539 +8867,539 @@
             <t xml:space="preserve">
 Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37176.00</t>
+            <t xml:space="preserve">37920.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-3C.MR</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-3C</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40663.00</t>
+            <t xml:space="preserve">37879.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-3C</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-3C.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37136.00</t>
+            <t xml:space="preserve">41476.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-03CD.MR</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-03CD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50453.00</t>
+            <t xml:space="preserve">48020.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-03CD</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-03CD.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">47078.00</t>
+            <t xml:space="preserve">51462.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-4C.MR</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-4C</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34644.00</t>
+            <t xml:space="preserve">31912.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-4C</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-4C.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31286.00</t>
+            <t xml:space="preserve">35337.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-04CD.MR</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-04CD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">41109.00</t>
+            <t xml:space="preserve">38454.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-04CD</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-04CD.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37700.00</t>
+            <t xml:space="preserve">41931.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Прилавок со стеклянным верхом</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9417,51 +9417,51 @@
             <t xml:space="preserve">
 Высота, мм: 907</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15976.00</t>
+            <t xml:space="preserve">16296.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Прилавок со стеклянным верхом</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: П-3C</t>
           </r>
@@ -9477,51 +9477,51 @@
             <t xml:space="preserve">
 Высота, мм: 907</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21178.00</t>
+            <t xml:space="preserve">21602.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Прилавок со стеклянным верхом</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9539,51 +9539,51 @@
             <t xml:space="preserve">
 Высота, мм: 907</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16942.00</t>
+            <t xml:space="preserve">17281.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Прилавок с местом под кассу</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: П-2Б-П.V2</t>
           </r>
@@ -9599,51 +9599,51 @@
             <t xml:space="preserve">
 Высота, мм: 907</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу: справа</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19642.00</t>
+            <t xml:space="preserve">20035.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Прилавок с местом под кассу</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9661,51 +9661,51 @@
             <t xml:space="preserve">
 Высота, мм: 907</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу: слева</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19642.00</t>
+            <t xml:space="preserve">20035.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Прилавок с местом под кассу</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: П-3Б-П.V2</t>
           </r>
@@ -9721,51 +9721,51 @@
             <t xml:space="preserve">
 Высота, мм: 907</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу: справа</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25743.00</t>
+            <t xml:space="preserve">26258.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Прилавок с местом под кассу</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9783,51 +9783,51 @@
             <t xml:space="preserve">
 Высота, мм: 907</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу: слева</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25743.00</t>
+            <t xml:space="preserve">26258.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Прилавок с местом под кассу в центре</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: П-3Б-Ц.V2</t>
           </r>
@@ -9843,51 +9843,51 @@
             <t xml:space="preserve">
 Высота, мм: 907</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу: в центре</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26273.00</t>
+            <t xml:space="preserve">26798.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Прилавок со столешницей из ДСП 16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9901,51 +9901,51 @@
             <t xml:space="preserve">
 Ширина, мм: 915</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 907</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15904.00</t>
+            <t xml:space="preserve">16222.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Прилавок со столешницей из ДСП 16 мм</t>
           </r>
@@ -9961,51 +9961,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 907</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21069.00</t>
+            <t xml:space="preserve">21490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10015,51 +10015,51 @@
             <t xml:space="preserve">
 Артикул: NRP1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: В-1, В-01, В-1С, В-01С</t>
           </r>
           <r>
             <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">536.00</t>
+            <t xml:space="preserve">547.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -10079,51 +10079,51 @@
             <t xml:space="preserve">
 Для витрин: В-2, В-02, В-2С, В-02С</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: П-2Б-П, П-2Б-Л, П-2С, П-2П</t>
           </r>
           <r>
             <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1070.00</t>
+            <t xml:space="preserve">1091.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -10141,51 +10141,51 @@
             <t xml:space="preserve">
 Для витрин: В-3, В-03, В-3С, В-03С</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: П-3Б-П, П-3Б-Л, П-3Б-Ц, П-3С, П-3П</t>
           </r>
           <r>
             <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1581.00</t>
+            <t xml:space="preserve">1613.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -10201,51 +10201,51 @@
             <t xml:space="preserve">
 Для витрин: В-4, В-04, В-4С, В-04С</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для прилавков: П-4С</t>
           </r>
           <r>
             <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1607.00</t>
+            <t xml:space="preserve">1639.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -10259,51 +10259,51 @@
             <t xml:space="preserve">
 Артикул: NRP5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: В-5, В-05</t>
           </r>
           <r>
             <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2007.00</t>
+            <t xml:space="preserve">2047.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -10319,51 +10319,51 @@
             <t xml:space="preserve">
 Артикул: NRP6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: В-6, В-06</t>
           </r>
           <r>
             <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">857.00</t>
+            <t xml:space="preserve">874.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -10381,51 +10381,51 @@
             <t xml:space="preserve">
 Артикул: NRP7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: В-7, В-07, В-8, В-08</t>
           </r>
           <r>
             <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">429.00</t>
+            <t xml:space="preserve">438.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>