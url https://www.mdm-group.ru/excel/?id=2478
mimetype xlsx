--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -1029,156 +1029,156 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">45995.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-5</t>
+      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-5.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 831</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 960</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37766.00</t>
+      <t xml:space="preserve">41071.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-5.MR</t>
+      <t xml:space="preserve">Витрина с освещением</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 831</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 960</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">41071.00</t>
+      <t xml:space="preserve">37766.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-05D.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 831</t>
@@ -1395,156 +1395,156 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">22077.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением и накопителем</t>
-[...3 lines deleted...]
-Артикул: B-06D</t>
+      <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-06D.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 555</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2178</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26819.00</t>
+      <t xml:space="preserve">29321.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-06D.MR</t>
+      <t xml:space="preserve">Витрина с освещением и накопителем</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-06D</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 555</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2178</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29321.00</t>
+      <t xml:space="preserve">26819.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 398</t>
@@ -1997,490 +1997,490 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">17361.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-1C</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-1C.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17327.00</t>
+      <t xml:space="preserve">18471.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-1C.MR</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-1C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18471.00</t>
+      <t xml:space="preserve">17327.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-01CD</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-01CD.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21723.00</t>
+      <t xml:space="preserve">22870.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-01CD.MR</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-01CD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22870.00</t>
+      <t xml:space="preserve">21723.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-2C</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-2C.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 915</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27803.00</t>
+      <t xml:space="preserve">30099.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-2C.MR</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-2C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 915</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30099.00</t>
+      <t xml:space="preserve">27803.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-02CD</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-02CD.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 915</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35625.00</t>
+      <t xml:space="preserve">37920.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-02CD.MR</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-02CD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 915</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37920.00</t>
+      <t xml:space="preserve">35625.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина со стеклянным верхом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-3C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -2567,376 +2567,376 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">41476.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-03CD</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-03CD.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">48020.00</t>
+      <t xml:space="preserve">51462.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-03CD.MR</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-03CD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">51462.00</t>
+      <t xml:space="preserve">48020.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-4C</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-4C.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">31912.00</t>
+      <t xml:space="preserve">35337.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-4C.MR</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-4C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35337.00</t>
+      <t xml:space="preserve">31912.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-04CD</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-04CD.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38454.00</t>
+      <t xml:space="preserve">41931.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-04CD.MR</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-04CD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">41931.00</t>
+      <t xml:space="preserve">38454.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок со стеклянным верхом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: П-2C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -3965,51 +3965,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b4360e8_8bc6_11e7_9ffe_0025902b3cc1_D4366652_87C0_4D54_B248_8FAA0C92C1332.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92a814d_7311_11e5_81c1_0025902b3cc1_D4366652_87C0_4D54_B248_8FAA0C92C1333.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61a7d6a8_a57f_11e6_9f4a_0025902b3cc0_575683E1_1D50_4437_8325_C9BC2A640D404.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3e6c6ca_8bc6_11e7_9ffe_0025902b3cc1_575683E1_1D50_4437_8325_C9BC2A640D405.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba2e5d77_8bc6_11e7_9ffe_0025902b3cc1_66C3CC98_45B2_4AB6_9EA1_AD08432DB43F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ef2a26b_ff95_11e0_833e_003048f27c5f_66C3CC98_45B2_4AB6_9EA1_AD08432DB43F7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d200a_a57f_11e6_9f4a_0025902b3cc0_3798C38C_3529_4680_8857_8613948921C88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee031056_8bc6_11e7_9ffe_0025902b3cc1_3798C38C_3529_4680_8857_8613948921C89.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/064a73a8_8bc7_11e7_9ffe_0025902b3cc1_8A75F8BF_2443_4E3A_8014_F0BE3332233510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce8659f6_a57b_11e6_9f4a_0025902b3cc0_8A75F8BF_2443_4E3A_8014_F0BE3332233511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c50e7eb0_a57f_11e6_9f4a_0025902b3cc0_924ECDD7_D0E9_4B34_92F9_EAC324CC556C12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2820f492_8bc7_11e7_9ffe_0025902b3cc1_924ECDD7_D0E9_4B34_92F9_EAC324CC556C13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/198def62_a57c_11e6_9f4a_0025902b3cc0_F6CAE81D_C6B3_4959_8274_ACE19662FF2C14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3b93b7_8bc7_11e7_9ffe_0025902b3cc1_F6CAE81D_C6B3_4959_8274_ACE19662FF2C15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b1159d2_a580_11e6_9f4a_0025902b3cc0_3F02BD14_CF41_4AA7_BE0D_97BD66706A7016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853c8728_8bc7_11e7_9ffe_0025902b3cc1_3F02BD14_CF41_4AA7_BE0D_97BD66706A7017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/511f4e6b_a57c_11e6_9f4a_0025902b3cc0_1BABBAEE_F626_4D3B_A088_6D316E712D1C18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7098272_8bc7_11e7_9ffe_0025902b3cc1_1BABBAEE_F626_4D3B_A088_6D316E712D1C19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b52bd01d_8bc7_11e7_9ffe_0025902b3cc1_FA299AB0_3DFA_447F_87AA_257D43986F1920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cef86cb_a580_11e6_9f4a_0025902b3cc0_FA299AB0_3DFA_447F_87AA_257D43986F1921.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9bd656b_8bc7_11e7_9ffe_0025902b3cc1_495D6A4E_A929_4DFA_8AF5_47400C8993D222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a21cbcbe_a57c_11e6_9f4a_0025902b3cc0_495D6A4E_A929_4DFA_8AF5_47400C8993D223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f5d8348_a580_11e6_9f4a_0025902b3cc0_D22D4E35_CCAA_424D_8D9A_6B1D9234EA8024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d50022ef_8bc7_11e7_9ffe_0025902b3cc1_D22D4E35_CCAA_424D_8D9A_6B1D9234EA8025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a54004_a57d_11e6_9f4a_0025902b3cc0_F324AEAA_BAA8_46A7_AB39_C79BC15603CB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7a71dd_a57f_11e6_9f4a_0025902b3cc0_DA0DE06F_8ED8_4234_8B23_2358C706565E27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1c7ab16_8bc7_11e7_9ffe_0025902b3cc1_A25F9E03_2AF4_41E7_843A_DF73197ABF5228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1558801a_a57e_11e6_9f4a_0025902b3cc0_A25F9E03_2AF4_41E7_843A_DF73197ABF5229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/006ce5a0_8bc8_11e7_9ffe_0025902b3cc1_EE5AD9E3_1D79_4ACC_81E9_AA5B72BEA97230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487c0cd7_a57f_11e6_9f4a_0025902b3cc0_EE5AD9E3_1D79_4ACC_81E9_AA5B72BEA97231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f9d966a_a57e_11e6_9f4a_0025902b3cc0_8BA42F9B_8670_4FF7_B5CF_52892C35FF0232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2037b2e2_8bc8_11e7_9ffe_0025902b3cc1_8BA42F9B_8670_4FF7_B5CF_52892C35FF0233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98b2dc7d_a57a_11e6_9f4a_0025902b3cc0_2AF56A62_2015_4998_B232_EF3BC57454E634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4577d506_8bc8_11e7_9ffe_0025902b3cc1_2AF56A62_2015_4998_B232_EF3BC57454E635.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80d7c1b4_a57f_11e6_9f4a_0025902b3cc0_95A832C0_3CAE_4D4D_B9E2_1866F48E443D36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cdf74e4_8bc8_11e7_9ffe_0025902b3cc1_95A832C0_3CAE_4D4D_B9E2_1866F48E443D37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31edc039_a57b_11e6_9f4a_0025902b3cc0_4A5AD252_1856_4AB1_8A41_D314295B47EF38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/660cf927_8bc8_11e7_9ffe_0025902b3cc1_4A5AD252_1856_4AB1_8A41_D314295B47EF39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae089529_a57f_11e6_9f4a_0025902b3cc0_4DEB10F5_C019_4BD4_9531_612FC5597F3C40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/764942d2_8bc8_11e7_9ffe_0025902b3cc1_4DEB10F5_C019_4BD4_9531_612FC5597F3C41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4b1f66e_a57b_11e6_9f4a_0025902b3cc0_C6C226FD_9AC5_43D9_9DAA_FCF1DC9010D842.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87cbac14_8bc8_11e7_9ffe_0025902b3cc1_C6C226FD_9AC5_43D9_9DAA_FCF1DC9010D843.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa1f88ad_a57f_11e6_9f4a_0025902b3cc0_86EB3CEC_3434_4530_BA14_82E6A4306A9144.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b60ed33_8bc8_11e7_9ffe_0025902b3cc1_86EB3CEC_3434_4530_BA14_82E6A4306A9145.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31d5341d_a57c_11e6_9f4a_0025902b3cc0_088F2374_058D_4FB3_AD18_8B3812AEAE2E46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae9e88e0_8bc8_11e7_9ffe_0025902b3cc1_088F2374_058D_4FB3_AD18_8B3812AEAE2E47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360fb377_a580_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bda99d03_8bc8_11e7_9ffe_0025902b3cc1_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/958e9511_a580_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/775a3ec7_a581_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c416c1e_a581_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc260280_a580_11e6_9f4a_0025902b3cc0_28A83CFC_D296_4288_9DE2_0E88FA08980553.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b19528a3_a580_11e6_9f4a_0025902b3cc0_C8A320E6_5500_45AB_A1A2_876391611E5754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2573888a_a581_11e6_9f4a_0025902b3cc0_AD4B9D99_75A1_4909_B513_47128FBC702955.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0813cbec_a581_11e6_9f4a_0025902b3cc0_94DF0274_1845_4552_AF7E_68FCA5EB4DDF56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4321d2f2_a581_11e6_9f4a_0025902b3cc0_9BABB4F0_125E_4B6C_BF60_516B4FC50CC857.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f14240e3_a580_11e6_9f4a_0025902b3cc0_CD3C78B8_AD4B_4373_B380_9C2403E610B958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57a7676f_a581_11e6_9f4a_0025902b3cc0_E02C1936_3251_48DC_9D97_EF51B8FCB3DE59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcdbdce_b15f_11e2_952b_0025902b3cc1_62833EDD_A28E_4B2E_8A5E_9671D4523FE160.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096c36b9_a582_11e6_9f4a_0025902b3cc0_BE1E4531_1EBF_4AB3_94CA_D14B93898EB561.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/922b05e4_ff20_11e0_833e_003048f27c5f_61801FAC_A29F_4CEF_8D0C_5EDD806D05F562.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcdbdd5_b15f_11e2_952b_0025902b3cc1_1D269A0F_2E7F_4A9B_8EC4_63DD8C3F86E163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/095f918c_a583_11e6_9f4a_0025902b3cc0_92039C14_63AB_4324_A991_930CD6F3C34564.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcdbddc_b15f_11e2_952b_0025902b3cc1_9904CC06_A575_4F6E_9A44_66708B0BD69065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25237e49_a583_11e6_9f4a_0025902b3cc0_DA78EE11_EDC5_4FE3_80D0_6E96569C348E66.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b4360e8_8bc6_11e7_9ffe_0025902b3cc1_D4366652_87C0_4D54_B248_8FAA0C92C1332.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92a814d_7311_11e5_81c1_0025902b3cc1_D4366652_87C0_4D54_B248_8FAA0C92C1333.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61a7d6a8_a57f_11e6_9f4a_0025902b3cc0_575683E1_1D50_4437_8325_C9BC2A640D404.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3e6c6ca_8bc6_11e7_9ffe_0025902b3cc1_575683E1_1D50_4437_8325_C9BC2A640D405.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba2e5d77_8bc6_11e7_9ffe_0025902b3cc1_66C3CC98_45B2_4AB6_9EA1_AD08432DB43F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ef2a26b_ff95_11e0_833e_003048f27c5f_66C3CC98_45B2_4AB6_9EA1_AD08432DB43F7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d200a_a57f_11e6_9f4a_0025902b3cc0_3798C38C_3529_4680_8857_8613948921C88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee031056_8bc6_11e7_9ffe_0025902b3cc1_3798C38C_3529_4680_8857_8613948921C89.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/064a73a8_8bc7_11e7_9ffe_0025902b3cc1_8A75F8BF_2443_4E3A_8014_F0BE3332233510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce8659f6_a57b_11e6_9f4a_0025902b3cc0_8A75F8BF_2443_4E3A_8014_F0BE3332233511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c50e7eb0_a57f_11e6_9f4a_0025902b3cc0_924ECDD7_D0E9_4B34_92F9_EAC324CC556C12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2820f492_8bc7_11e7_9ffe_0025902b3cc1_924ECDD7_D0E9_4B34_92F9_EAC324CC556C13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/198def62_a57c_11e6_9f4a_0025902b3cc0_F6CAE81D_C6B3_4959_8274_ACE19662FF2C14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3b93b7_8bc7_11e7_9ffe_0025902b3cc1_F6CAE81D_C6B3_4959_8274_ACE19662FF2C15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b1159d2_a580_11e6_9f4a_0025902b3cc0_3F02BD14_CF41_4AA7_BE0D_97BD66706A7016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853c8728_8bc7_11e7_9ffe_0025902b3cc1_3F02BD14_CF41_4AA7_BE0D_97BD66706A7017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7098272_8bc7_11e7_9ffe_0025902b3cc1_1BABBAEE_F626_4D3B_A088_6D316E712D1C18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/511f4e6b_a57c_11e6_9f4a_0025902b3cc0_1BABBAEE_F626_4D3B_A088_6D316E712D1C19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b52bd01d_8bc7_11e7_9ffe_0025902b3cc1_FA299AB0_3DFA_447F_87AA_257D43986F1920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cef86cb_a580_11e6_9f4a_0025902b3cc0_FA299AB0_3DFA_447F_87AA_257D43986F1921.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9bd656b_8bc7_11e7_9ffe_0025902b3cc1_495D6A4E_A929_4DFA_8AF5_47400C8993D222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a21cbcbe_a57c_11e6_9f4a_0025902b3cc0_495D6A4E_A929_4DFA_8AF5_47400C8993D223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d50022ef_8bc7_11e7_9ffe_0025902b3cc1_D22D4E35_CCAA_424D_8D9A_6B1D9234EA8024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f5d8348_a580_11e6_9f4a_0025902b3cc0_D22D4E35_CCAA_424D_8D9A_6B1D9234EA8025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a54004_a57d_11e6_9f4a_0025902b3cc0_F324AEAA_BAA8_46A7_AB39_C79BC15603CB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7a71dd_a57f_11e6_9f4a_0025902b3cc0_DA0DE06F_8ED8_4234_8B23_2358C706565E27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1c7ab16_8bc7_11e7_9ffe_0025902b3cc1_A25F9E03_2AF4_41E7_843A_DF73197ABF5228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1558801a_a57e_11e6_9f4a_0025902b3cc0_A25F9E03_2AF4_41E7_843A_DF73197ABF5229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/006ce5a0_8bc8_11e7_9ffe_0025902b3cc1_EE5AD9E3_1D79_4ACC_81E9_AA5B72BEA97230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487c0cd7_a57f_11e6_9f4a_0025902b3cc0_EE5AD9E3_1D79_4ACC_81E9_AA5B72BEA97231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f9d966a_a57e_11e6_9f4a_0025902b3cc0_8BA42F9B_8670_4FF7_B5CF_52892C35FF0232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2037b2e2_8bc8_11e7_9ffe_0025902b3cc1_8BA42F9B_8670_4FF7_B5CF_52892C35FF0233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4577d506_8bc8_11e7_9ffe_0025902b3cc1_2AF56A62_2015_4998_B232_EF3BC57454E634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98b2dc7d_a57a_11e6_9f4a_0025902b3cc0_2AF56A62_2015_4998_B232_EF3BC57454E635.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cdf74e4_8bc8_11e7_9ffe_0025902b3cc1_95A832C0_3CAE_4D4D_B9E2_1866F48E443D36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80d7c1b4_a57f_11e6_9f4a_0025902b3cc0_95A832C0_3CAE_4D4D_B9E2_1866F48E443D37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/660cf927_8bc8_11e7_9ffe_0025902b3cc1_4A5AD252_1856_4AB1_8A41_D314295B47EF38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31edc039_a57b_11e6_9f4a_0025902b3cc0_4A5AD252_1856_4AB1_8A41_D314295B47EF39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/764942d2_8bc8_11e7_9ffe_0025902b3cc1_4DEB10F5_C019_4BD4_9531_612FC5597F3C40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae089529_a57f_11e6_9f4a_0025902b3cc0_4DEB10F5_C019_4BD4_9531_612FC5597F3C41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4b1f66e_a57b_11e6_9f4a_0025902b3cc0_C6C226FD_9AC5_43D9_9DAA_FCF1DC9010D842.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87cbac14_8bc8_11e7_9ffe_0025902b3cc1_C6C226FD_9AC5_43D9_9DAA_FCF1DC9010D843.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b60ed33_8bc8_11e7_9ffe_0025902b3cc1_86EB3CEC_3434_4530_BA14_82E6A4306A9144.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa1f88ad_a57f_11e6_9f4a_0025902b3cc0_86EB3CEC_3434_4530_BA14_82E6A4306A9145.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae9e88e0_8bc8_11e7_9ffe_0025902b3cc1_088F2374_058D_4FB3_AD18_8B3812AEAE2E46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31d5341d_a57c_11e6_9f4a_0025902b3cc0_088F2374_058D_4FB3_AD18_8B3812AEAE2E47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bda99d03_8bc8_11e7_9ffe_0025902b3cc1_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360fb377_a580_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/958e9511_a580_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/775a3ec7_a581_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c416c1e_a581_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc260280_a580_11e6_9f4a_0025902b3cc0_28A83CFC_D296_4288_9DE2_0E88FA08980553.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b19528a3_a580_11e6_9f4a_0025902b3cc0_C8A320E6_5500_45AB_A1A2_876391611E5754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2573888a_a581_11e6_9f4a_0025902b3cc0_AD4B9D99_75A1_4909_B513_47128FBC702955.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0813cbec_a581_11e6_9f4a_0025902b3cc0_94DF0274_1845_4552_AF7E_68FCA5EB4DDF56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4321d2f2_a581_11e6_9f4a_0025902b3cc0_9BABB4F0_125E_4B6C_BF60_516B4FC50CC857.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f14240e3_a580_11e6_9f4a_0025902b3cc0_CD3C78B8_AD4B_4373_B380_9C2403E610B958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57a7676f_a581_11e6_9f4a_0025902b3cc0_E02C1936_3251_48DC_9D97_EF51B8FCB3DE59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcdbdce_b15f_11e2_952b_0025902b3cc1_62833EDD_A28E_4B2E_8A5E_9671D4523FE160.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096c36b9_a582_11e6_9f4a_0025902b3cc0_BE1E4531_1EBF_4AB3_94CA_D14B93898EB561.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/922b05e4_ff20_11e0_833e_003048f27c5f_61801FAC_A29F_4CEF_8D0C_5EDD806D05F562.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcdbdd5_b15f_11e2_952b_0025902b3cc1_1D269A0F_2E7F_4A9B_8EC4_63DD8C3F86E163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/095f918c_a583_11e6_9f4a_0025902b3cc0_92039C14_63AB_4324_A991_930CD6F3C34564.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcdbddc_b15f_11e2_952b_0025902b3cc1_9904CC06_A575_4F6E_9A44_66708B0BD69065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25237e49_a583_11e6_9f4a_0025902b3cc0_DA78EE11_EDC5_4FE3_80D0_6E96569C348E66.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -7369,159 +7369,159 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">45995.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-5</t>
+            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-5.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 831</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1840</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37766.00</t>
+            <t xml:space="preserve">41071.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-5.MR</t>
+            <t xml:space="preserve">Витрина с освещением</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 831</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1840</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">41071.00</t>
+            <t xml:space="preserve">37766.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7759,159 +7759,159 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">22077.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением и накопителем</t>
-[...3 lines deleted...]
-Артикул: B-06D</t>
+            <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-06D.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 555</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2178</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26819.00</t>
+            <t xml:space="preserve">29321.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-06D.MR</t>
+            <t xml:space="preserve">Витрина с освещением и накопителем</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-06D</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 555</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2178</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29321.00</t>
+            <t xml:space="preserve">26819.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8401,517 +8401,517 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">17361.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-1C</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-1C.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17327.00</t>
+            <t xml:space="preserve">18471.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-1C.MR</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-1C</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18471.00</t>
+            <t xml:space="preserve">17327.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-01CD</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-01CD.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21723.00</t>
+            <t xml:space="preserve">22870.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-01CD.MR</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-01CD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22870.00</t>
+            <t xml:space="preserve">21723.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-2C</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-2C.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 915</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27803.00</t>
+            <t xml:space="preserve">30099.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-2C.MR</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-2C</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 915</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30099.00</t>
+            <t xml:space="preserve">27803.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-02CD</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-02CD.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 915</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35625.00</t>
+            <t xml:space="preserve">37920.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-02CD.MR</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-02CD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 915</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37920.00</t>
+            <t xml:space="preserve">35625.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина со стеклянным верхом</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9011,395 +9011,395 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">41476.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-03CD</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-03CD.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48020.00</t>
+            <t xml:space="preserve">51462.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-03CD.MR</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-03CD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51462.00</t>
+            <t xml:space="preserve">48020.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-4C</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-4C.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31912.00</t>
+            <t xml:space="preserve">35337.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-4C.MR</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-4C</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35337.00</t>
+            <t xml:space="preserve">31912.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-04CD</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-04CD.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38454.00</t>
+            <t xml:space="preserve">41931.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-04CD.MR</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-04CD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">41931.00</t>
+            <t xml:space="preserve">38454.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Прилавок со стеклянным верхом</t>
           </r>
           <r>
             <t xml:space="preserve">