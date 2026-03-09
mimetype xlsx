--- v2 (2026-01-23)
+++ v3 (2026-03-09)
@@ -33,176 +33,176 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">01.01.2026</t>
+      <t xml:space="preserve">16.02.2026</t>
     </r>
   </si>
   <si>
     <t>Витрины и прилавки Селена</t>
   </si>
   <si>
     <t>Благодаря великолепному внешнему виду, высокому качеству модели этой серии пользуются большим спросом. Модельный ряд «Селена» состоит из прилавков и витрин, в том числе с вращающимися полками и постоянно пополняется новыми моделями.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением  (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-1.MR</t>
+      <t xml:space="preserve">Витрина с освещением</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21370.00</t>
+      <t xml:space="preserve">21234.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-1</t>
+      <t xml:space="preserve">Витрина с освещением  (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-1.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20223.00</t>
+      <t xml:space="preserve">22439.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением и накопителем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-01D</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -341,51 +341,51 @@
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34240.00</t>
+      <t xml:space="preserve">35952.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -402,51 +402,51 @@
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">31962.00</t>
+      <t xml:space="preserve">33560.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением и накопителем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-02D</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -585,51 +585,51 @@
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">46540.00</t>
+      <t xml:space="preserve">48867.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -646,51 +646,51 @@
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42908.00</t>
+      <t xml:space="preserve">45053.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением и накопителем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-03D</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -785,278 +785,278 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">56243.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-4</t>
+      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-4.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35485.00</t>
+      <t xml:space="preserve">41303.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-4.MR</t>
+      <t xml:space="preserve">Витрина с освещением</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39336.00</t>
+      <t xml:space="preserve">37259.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением и накопителем</t>
-[...3 lines deleted...]
-Артикул: B-04D</t>
+      <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-04D.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2178</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42572.00</t>
+      <t xml:space="preserve">45995.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-04D.MR</t>
+      <t xml:space="preserve">Витрина с освещением и накопителем</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-04D</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2178</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45995.00</t>
+      <t xml:space="preserve">42572.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-5.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 831</t>
@@ -1073,51 +1073,51 @@
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">41071.00</t>
+      <t xml:space="preserve">43125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 831</t>
@@ -1134,51 +1134,51 @@
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37766.00</t>
+      <t xml:space="preserve">39654.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-05D.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 831</t>
@@ -1273,278 +1273,278 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">45668.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-6.MR</t>
+      <t xml:space="preserve">Витрина с освещением</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 555</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24645.00</t>
+      <t xml:space="preserve">23181.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-6</t>
+      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-6.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 555</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22077.00</t>
+      <t xml:space="preserve">25877.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-06D.MR</t>
+      <t xml:space="preserve">Витрина с освещением и накопителем</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-06D</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 555</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2178</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29321.00</t>
+      <t xml:space="preserve">26819.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением и накопителем</t>
-[...3 lines deleted...]
-Артикул: B-06D</t>
+      <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-06D.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 555</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2178</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26819.00</t>
+      <t xml:space="preserve">29321.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 398</t>
@@ -1557,51 +1557,51 @@
       <t xml:space="preserve">
 Высота, мм: 1840</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15420.00</t>
+      <t xml:space="preserve">16191.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-07</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 398</t>
@@ -1614,51 +1614,51 @@
       <t xml:space="preserve">
 Высота, мм: 2178</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17016.00</t>
+      <t xml:space="preserve">17867.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-8.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 398</t>
@@ -1675,51 +1675,51 @@
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12578.00</t>
+      <t xml:space="preserve">13207.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина с освещением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 398</t>
@@ -1736,295 +1736,295 @@
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11334.00</t>
+      <t xml:space="preserve">11901.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-08.MR</t>
+      <t xml:space="preserve">Витрина с освещением</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-08</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 398</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1548</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13873.00</t>
+      <t xml:space="preserve">13577.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-08</t>
+      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-08.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 398</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1548</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12930.00</t>
+      <t xml:space="preserve">14567.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-9</t>
+      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-9.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1210</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16384.00</t>
+      <t xml:space="preserve">18229.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-9.MR</t>
+      <t xml:space="preserve">Витрина с освещением</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1210</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота фриза, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17361.00</t>
+      <t xml:space="preserve">17203.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-1C.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -2037,51 +2037,51 @@
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18471.00</t>
+      <t xml:space="preserve">19395.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина со стеклянным верхом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-1C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -2094,165 +2094,165 @@
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17327.00</t>
+      <t xml:space="preserve">18193.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-01CD.MR</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-01CD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22870.00</t>
+      <t xml:space="preserve">21723.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-01CD</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-01CD.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21723.00</t>
+      <t xml:space="preserve">22870.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-2C.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -2265,51 +2265,51 @@
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30099.00</t>
+      <t xml:space="preserve">31604.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина со стеклянным верхом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-2C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -2322,279 +2322,279 @@
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27803.00</t>
+      <t xml:space="preserve">29193.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-02CD.MR</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-02CD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 915</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37920.00</t>
+      <t xml:space="preserve">35625.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-02CD</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-02CD.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 915</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2073</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35625.00</t>
+      <t xml:space="preserve">37920.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-3C</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-3C.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: стеклянная</t>
+Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37879.00</t>
+      <t xml:space="preserve">43550.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-3C.MR</t>
+      <t xml:space="preserve">Витрина со стеклянным верхом</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: B-3C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
-Задняя стенка: зеркальная</t>
+Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">41476.00</t>
+      <t xml:space="preserve">39773.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-03CD.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -2721,51 +2721,51 @@
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35337.00</t>
+      <t xml:space="preserve">37104.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина со стеклянным верхом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-4C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
@@ -2778,51 +2778,51 @@
       <t xml:space="preserve">
 Высота, мм: 1735</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">31912.00</t>
+      <t xml:space="preserve">33508.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B-04CD.MR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
@@ -2949,51 +2949,51 @@
       <t xml:space="preserve">
 Высота, мм: 907</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16296.00</t>
+      <t xml:space="preserve">17111.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок со стеклянным верхом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: П-3C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -3006,51 +3006,51 @@
       <t xml:space="preserve">
 Высота, мм: 907</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21602.00</t>
+      <t xml:space="preserve">22682.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок со стеклянным верхом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: П-4C</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 680</t>
@@ -3063,51 +3063,51 @@
       <t xml:space="preserve">
 Высота, мм: 907</t>
     </r>
     <r>
       <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота подиума, мм: 162</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17281.00</t>
+      <t xml:space="preserve">18145.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Прилавок с местом под кассу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: П-2Б-П.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
@@ -3965,2022 +3965,2052 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b4360e8_8bc6_11e7_9ffe_0025902b3cc1_D4366652_87C0_4D54_B248_8FAA0C92C1332.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92a814d_7311_11e5_81c1_0025902b3cc1_D4366652_87C0_4D54_B248_8FAA0C92C1333.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61a7d6a8_a57f_11e6_9f4a_0025902b3cc0_575683E1_1D50_4437_8325_C9BC2A640D404.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3e6c6ca_8bc6_11e7_9ffe_0025902b3cc1_575683E1_1D50_4437_8325_C9BC2A640D405.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba2e5d77_8bc6_11e7_9ffe_0025902b3cc1_66C3CC98_45B2_4AB6_9EA1_AD08432DB43F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ef2a26b_ff95_11e0_833e_003048f27c5f_66C3CC98_45B2_4AB6_9EA1_AD08432DB43F7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d200a_a57f_11e6_9f4a_0025902b3cc0_3798C38C_3529_4680_8857_8613948921C88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee031056_8bc6_11e7_9ffe_0025902b3cc1_3798C38C_3529_4680_8857_8613948921C89.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/064a73a8_8bc7_11e7_9ffe_0025902b3cc1_8A75F8BF_2443_4E3A_8014_F0BE3332233510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce8659f6_a57b_11e6_9f4a_0025902b3cc0_8A75F8BF_2443_4E3A_8014_F0BE3332233511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c50e7eb0_a57f_11e6_9f4a_0025902b3cc0_924ECDD7_D0E9_4B34_92F9_EAC324CC556C12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2820f492_8bc7_11e7_9ffe_0025902b3cc1_924ECDD7_D0E9_4B34_92F9_EAC324CC556C13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/198def62_a57c_11e6_9f4a_0025902b3cc0_F6CAE81D_C6B3_4959_8274_ACE19662FF2C14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3b93b7_8bc7_11e7_9ffe_0025902b3cc1_F6CAE81D_C6B3_4959_8274_ACE19662FF2C15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b1159d2_a580_11e6_9f4a_0025902b3cc0_3F02BD14_CF41_4AA7_BE0D_97BD66706A7016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853c8728_8bc7_11e7_9ffe_0025902b3cc1_3F02BD14_CF41_4AA7_BE0D_97BD66706A7017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7098272_8bc7_11e7_9ffe_0025902b3cc1_1BABBAEE_F626_4D3B_A088_6D316E712D1C18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/511f4e6b_a57c_11e6_9f4a_0025902b3cc0_1BABBAEE_F626_4D3B_A088_6D316E712D1C19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b52bd01d_8bc7_11e7_9ffe_0025902b3cc1_FA299AB0_3DFA_447F_87AA_257D43986F1920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cef86cb_a580_11e6_9f4a_0025902b3cc0_FA299AB0_3DFA_447F_87AA_257D43986F1921.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9bd656b_8bc7_11e7_9ffe_0025902b3cc1_495D6A4E_A929_4DFA_8AF5_47400C8993D222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a21cbcbe_a57c_11e6_9f4a_0025902b3cc0_495D6A4E_A929_4DFA_8AF5_47400C8993D223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d50022ef_8bc7_11e7_9ffe_0025902b3cc1_D22D4E35_CCAA_424D_8D9A_6B1D9234EA8024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f5d8348_a580_11e6_9f4a_0025902b3cc0_D22D4E35_CCAA_424D_8D9A_6B1D9234EA8025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a54004_a57d_11e6_9f4a_0025902b3cc0_F324AEAA_BAA8_46A7_AB39_C79BC15603CB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7a71dd_a57f_11e6_9f4a_0025902b3cc0_DA0DE06F_8ED8_4234_8B23_2358C706565E27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1c7ab16_8bc7_11e7_9ffe_0025902b3cc1_A25F9E03_2AF4_41E7_843A_DF73197ABF5228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1558801a_a57e_11e6_9f4a_0025902b3cc0_A25F9E03_2AF4_41E7_843A_DF73197ABF5229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/006ce5a0_8bc8_11e7_9ffe_0025902b3cc1_EE5AD9E3_1D79_4ACC_81E9_AA5B72BEA97230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487c0cd7_a57f_11e6_9f4a_0025902b3cc0_EE5AD9E3_1D79_4ACC_81E9_AA5B72BEA97231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f9d966a_a57e_11e6_9f4a_0025902b3cc0_8BA42F9B_8670_4FF7_B5CF_52892C35FF0232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2037b2e2_8bc8_11e7_9ffe_0025902b3cc1_8BA42F9B_8670_4FF7_B5CF_52892C35FF0233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4577d506_8bc8_11e7_9ffe_0025902b3cc1_2AF56A62_2015_4998_B232_EF3BC57454E634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98b2dc7d_a57a_11e6_9f4a_0025902b3cc0_2AF56A62_2015_4998_B232_EF3BC57454E635.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cdf74e4_8bc8_11e7_9ffe_0025902b3cc1_95A832C0_3CAE_4D4D_B9E2_1866F48E443D36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80d7c1b4_a57f_11e6_9f4a_0025902b3cc0_95A832C0_3CAE_4D4D_B9E2_1866F48E443D37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/660cf927_8bc8_11e7_9ffe_0025902b3cc1_4A5AD252_1856_4AB1_8A41_D314295B47EF38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31edc039_a57b_11e6_9f4a_0025902b3cc0_4A5AD252_1856_4AB1_8A41_D314295B47EF39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/764942d2_8bc8_11e7_9ffe_0025902b3cc1_4DEB10F5_C019_4BD4_9531_612FC5597F3C40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae089529_a57f_11e6_9f4a_0025902b3cc0_4DEB10F5_C019_4BD4_9531_612FC5597F3C41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4b1f66e_a57b_11e6_9f4a_0025902b3cc0_C6C226FD_9AC5_43D9_9DAA_FCF1DC9010D842.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87cbac14_8bc8_11e7_9ffe_0025902b3cc1_C6C226FD_9AC5_43D9_9DAA_FCF1DC9010D843.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b60ed33_8bc8_11e7_9ffe_0025902b3cc1_86EB3CEC_3434_4530_BA14_82E6A4306A9144.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa1f88ad_a57f_11e6_9f4a_0025902b3cc0_86EB3CEC_3434_4530_BA14_82E6A4306A9145.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae9e88e0_8bc8_11e7_9ffe_0025902b3cc1_088F2374_058D_4FB3_AD18_8B3812AEAE2E46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31d5341d_a57c_11e6_9f4a_0025902b3cc0_088F2374_058D_4FB3_AD18_8B3812AEAE2E47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bda99d03_8bc8_11e7_9ffe_0025902b3cc1_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360fb377_a580_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/958e9511_a580_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/775a3ec7_a581_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c416c1e_a581_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc260280_a580_11e6_9f4a_0025902b3cc0_28A83CFC_D296_4288_9DE2_0E88FA08980553.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b19528a3_a580_11e6_9f4a_0025902b3cc0_C8A320E6_5500_45AB_A1A2_876391611E5754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2573888a_a581_11e6_9f4a_0025902b3cc0_AD4B9D99_75A1_4909_B513_47128FBC702955.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0813cbec_a581_11e6_9f4a_0025902b3cc0_94DF0274_1845_4552_AF7E_68FCA5EB4DDF56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4321d2f2_a581_11e6_9f4a_0025902b3cc0_9BABB4F0_125E_4B6C_BF60_516B4FC50CC857.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f14240e3_a580_11e6_9f4a_0025902b3cc0_CD3C78B8_AD4B_4373_B380_9C2403E610B958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57a7676f_a581_11e6_9f4a_0025902b3cc0_E02C1936_3251_48DC_9D97_EF51B8FCB3DE59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcdbdce_b15f_11e2_952b_0025902b3cc1_62833EDD_A28E_4B2E_8A5E_9671D4523FE160.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096c36b9_a582_11e6_9f4a_0025902b3cc0_BE1E4531_1EBF_4AB3_94CA_D14B93898EB561.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/922b05e4_ff20_11e0_833e_003048f27c5f_61801FAC_A29F_4CEF_8D0C_5EDD806D05F562.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcdbdd5_b15f_11e2_952b_0025902b3cc1_1D269A0F_2E7F_4A9B_8EC4_63DD8C3F86E163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/095f918c_a583_11e6_9f4a_0025902b3cc0_92039C14_63AB_4324_A991_930CD6F3C34564.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcdbddc_b15f_11e2_952b_0025902b3cc1_9904CC06_A575_4F6E_9A44_66708B0BD69065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25237e49_a583_11e6_9f4a_0025902b3cc0_DA78EE11_EDC5_4FE3_80D0_6E96569C348E66.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e7753f8_e214_11e6_9cf3_0025902b3cc1_FFF77E15_1FAB_4C17_9246_195B32CAD6A12.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92a814d_7311_11e5_81c1_0025902b3cc1_D4366652_87C0_4D54_B248_8FAA0C92C1333.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b4360e8_8bc6_11e7_9ffe_0025902b3cc1_D4366652_87C0_4D54_B248_8FAA0C92C1334.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61a7d6a8_a57f_11e6_9f4a_0025902b3cc0_575683E1_1D50_4437_8325_C9BC2A640D405.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3e6c6ca_8bc6_11e7_9ffe_0025902b3cc1_575683E1_1D50_4437_8325_C9BC2A640D406.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba2e5d77_8bc6_11e7_9ffe_0025902b3cc1_66C3CC98_45B2_4AB6_9EA1_AD08432DB43F7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ef2a26b_ff95_11e0_833e_003048f27c5f_66C3CC98_45B2_4AB6_9EA1_AD08432DB43F8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926d200a_a57f_11e6_9f4a_0025902b3cc0_3798C38C_3529_4680_8857_8613948921C89.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee031056_8bc6_11e7_9ffe_0025902b3cc1_3798C38C_3529_4680_8857_8613948921C810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/064a73a8_8bc7_11e7_9ffe_0025902b3cc1_8A75F8BF_2443_4E3A_8014_F0BE3332233511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce8659f6_a57b_11e6_9f4a_0025902b3cc0_8A75F8BF_2443_4E3A_8014_F0BE3332233512.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c50e7eb0_a57f_11e6_9f4a_0025902b3cc0_924ECDD7_D0E9_4B34_92F9_EAC324CC556C13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2820f492_8bc7_11e7_9ffe_0025902b3cc1_924ECDD7_D0E9_4B34_92F9_EAC324CC556C14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3b93b7_8bc7_11e7_9ffe_0025902b3cc1_F6CAE81D_C6B3_4959_8274_ACE19662FF2C15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/198def62_a57c_11e6_9f4a_0025902b3cc0_F6CAE81D_C6B3_4959_8274_ACE19662FF2C16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853c8728_8bc7_11e7_9ffe_0025902b3cc1_3F02BD14_CF41_4AA7_BE0D_97BD66706A7017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b1159d2_a580_11e6_9f4a_0025902b3cc0_3F02BD14_CF41_4AA7_BE0D_97BD66706A7018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7098272_8bc7_11e7_9ffe_0025902b3cc1_1BABBAEE_F626_4D3B_A088_6D316E712D1C19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/511f4e6b_a57c_11e6_9f4a_0025902b3cc0_1BABBAEE_F626_4D3B_A088_6D316E712D1C20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b52bd01d_8bc7_11e7_9ffe_0025902b3cc1_FA299AB0_3DFA_447F_87AA_257D43986F1921.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cef86cb_a580_11e6_9f4a_0025902b3cc0_FA299AB0_3DFA_447F_87AA_257D43986F1922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a21cbcbe_a57c_11e6_9f4a_0025902b3cc0_495D6A4E_A929_4DFA_8AF5_47400C8993D223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9bd656b_8bc7_11e7_9ffe_0025902b3cc1_495D6A4E_A929_4DFA_8AF5_47400C8993D224.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f5d8348_a580_11e6_9f4a_0025902b3cc0_D22D4E35_CCAA_424D_8D9A_6B1D9234EA8025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d50022ef_8bc7_11e7_9ffe_0025902b3cc1_D22D4E35_CCAA_424D_8D9A_6B1D9234EA8026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a54004_a57d_11e6_9f4a_0025902b3cc0_F324AEAA_BAA8_46A7_AB39_C79BC15603CB27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7a71dd_a57f_11e6_9f4a_0025902b3cc0_DA0DE06F_8ED8_4234_8B23_2358C706565E28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1c7ab16_8bc7_11e7_9ffe_0025902b3cc1_A25F9E03_2AF4_41E7_843A_DF73197ABF5229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1558801a_a57e_11e6_9f4a_0025902b3cc0_A25F9E03_2AF4_41E7_843A_DF73197ABF5230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487c0cd7_a57f_11e6_9f4a_0025902b3cc0_EE5AD9E3_1D79_4ACC_81E9_AA5B72BEA97231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/006ce5a0_8bc8_11e7_9ffe_0025902b3cc1_EE5AD9E3_1D79_4ACC_81E9_AA5B72BEA97232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2037b2e2_8bc8_11e7_9ffe_0025902b3cc1_8BA42F9B_8670_4FF7_B5CF_52892C35FF0233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f9d966a_a57e_11e6_9f4a_0025902b3cc0_8BA42F9B_8670_4FF7_B5CF_52892C35FF0234.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4577d506_8bc8_11e7_9ffe_0025902b3cc1_2AF56A62_2015_4998_B232_EF3BC57454E635.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98b2dc7d_a57a_11e6_9f4a_0025902b3cc0_2AF56A62_2015_4998_B232_EF3BC57454E636.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80d7c1b4_a57f_11e6_9f4a_0025902b3cc0_95A832C0_3CAE_4D4D_B9E2_1866F48E443D37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cdf74e4_8bc8_11e7_9ffe_0025902b3cc1_95A832C0_3CAE_4D4D_B9E2_1866F48E443D38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/660cf927_8bc8_11e7_9ffe_0025902b3cc1_4A5AD252_1856_4AB1_8A41_D314295B47EF39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31edc039_a57b_11e6_9f4a_0025902b3cc0_4A5AD252_1856_4AB1_8A41_D314295B47EF40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae089529_a57f_11e6_9f4a_0025902b3cc0_4DEB10F5_C019_4BD4_9531_612FC5597F3C41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/764942d2_8bc8_11e7_9ffe_0025902b3cc1_4DEB10F5_C019_4BD4_9531_612FC5597F3C42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87cbac14_8bc8_11e7_9ffe_0025902b3cc1_C6C226FD_9AC5_43D9_9DAA_FCF1DC9010D843.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4b1f66e_a57b_11e6_9f4a_0025902b3cc0_C6C226FD_9AC5_43D9_9DAA_FCF1DC9010D844.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b60ed33_8bc8_11e7_9ffe_0025902b3cc1_86EB3CEC_3434_4530_BA14_82E6A4306A9145.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa1f88ad_a57f_11e6_9f4a_0025902b3cc0_86EB3CEC_3434_4530_BA14_82E6A4306A9146.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae9e88e0_8bc8_11e7_9ffe_0025902b3cc1_088F2374_058D_4FB3_AD18_8B3812AEAE2E47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31d5341d_a57c_11e6_9f4a_0025902b3cc0_088F2374_058D_4FB3_AD18_8B3812AEAE2E48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bda99d03_8bc8_11e7_9ffe_0025902b3cc1_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360fb377_a580_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/958e9511_a580_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/775a3ec7_a581_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c416c1e_a581_11e6_9f4a_0025902b3cc0_7D4A39B1_0F4A_4EDD_A9E8_15B5CD39442453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc260280_a580_11e6_9f4a_0025902b3cc0_28A83CFC_D296_4288_9DE2_0E88FA08980554.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b19528a3_a580_11e6_9f4a_0025902b3cc0_C8A320E6_5500_45AB_A1A2_876391611E5755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2573888a_a581_11e6_9f4a_0025902b3cc0_AD4B9D99_75A1_4909_B513_47128FBC702956.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0813cbec_a581_11e6_9f4a_0025902b3cc0_94DF0274_1845_4552_AF7E_68FCA5EB4DDF57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4321d2f2_a581_11e6_9f4a_0025902b3cc0_9BABB4F0_125E_4B6C_BF60_516B4FC50CC858.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f14240e3_a580_11e6_9f4a_0025902b3cc0_CD3C78B8_AD4B_4373_B380_9C2403E610B959.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57a7676f_a581_11e6_9f4a_0025902b3cc0_E02C1936_3251_48DC_9D97_EF51B8FCB3DE60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcdbdce_b15f_11e2_952b_0025902b3cc1_62833EDD_A28E_4B2E_8A5E_9671D4523FE161.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096c36b9_a582_11e6_9f4a_0025902b3cc0_BE1E4531_1EBF_4AB3_94CA_D14B93898EB562.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/922b05e4_ff20_11e0_833e_003048f27c5f_61801FAC_A29F_4CEF_8D0C_5EDD806D05F563.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcdbdd5_b15f_11e2_952b_0025902b3cc1_1D269A0F_2E7F_4A9B_8EC4_63DD8C3F86E164.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/095f918c_a583_11e6_9f4a_0025902b3cc0_92039C14_63AB_4324_A991_930CD6F3C34565.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcdbddc_b15f_11e2_952b_0025902b3cc1_9904CC06_A575_4F6E_9A44_66708B0BD69066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25237e49_a583_11e6_9f4a_0025902b3cc0_DA78EE11_EDC5_4FE3_80D0_6E96569C348E67.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>47625</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="6000750" cy="3848100"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="219075" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="219075" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="285750" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="285750" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="285750" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="51" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="57" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="58" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="63" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="64" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>38</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -6247,4145 +6277,4151 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z39"/>
+  <dimension ref="A1:Z40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B39" sqref="B39"/>
+      <selection activeCell="B40" sqref="B40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01.01.2026</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:26">
-[...127 lines deleted...]
-      </c>
+    <row r="6" spans="1:26" customHeight="1" ht="336">
+      <c r="A6"/>
+      <c r="B6"/>
+      <c r="C6"/>
+      <c r="D6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением и накопителем</t>
-[...3 lines deleted...]
-Артикул: B-01D</t>
+            <t xml:space="preserve">Витрина с освещением</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2178</t>
+Высота, мм: 1840</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 500</t>
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24579.00</t>
+            <t xml:space="preserve">21234.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-01D.MR</t>
+            <t xml:space="preserve">Витрина с освещением  (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-1.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2178</t>
+Высота, мм: 1840</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 500</t>
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25725.00</t>
+            <t xml:space="preserve">22439.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-2.MR</t>
+            <t xml:space="preserve">Витрина с освещением и накопителем</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-01D</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 915</t>
-[...11 lines deleted...]
-Высота подиума, мм: 162</t>
+Ширина, мм: 480</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2178</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: стеклянная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34240.00</t>
+            <t xml:space="preserve">24579.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-2</t>
+            <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-01D.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 915</t>
-[...11 lines deleted...]
-Высота подиума, мм: 162</t>
+Ширина, мм: 480</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2178</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: зеркальная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31962.00</t>
+            <t xml:space="preserve">25725.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением и накопителем</t>
-[...3 lines deleted...]
-Артикул: B-02D</t>
+            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-2.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 915</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2178</t>
-[...7 lines deleted...]
-Высота подиума, мм: 500</t>
+Высота, мм: 1840</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: зеркальная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39661.00</t>
+            <t xml:space="preserve">35952.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-02D.MR</t>
+            <t xml:space="preserve">Витрина с освещением</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 915</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2178</t>
-[...7 lines deleted...]
-Высота подиума, мм: 500</t>
+Высота, мм: 1840</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: стеклянная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">41938.00</t>
+            <t xml:space="preserve">33560.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-3.MR</t>
+            <t xml:space="preserve">Витрина с освещением и накопителем</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-02D</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1350</t>
-[...11 lines deleted...]
-Высота подиума, мм: 162</t>
+Ширина, мм: 915</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2178</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: стеклянная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">46540.00</t>
+            <t xml:space="preserve">39661.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением</t>
-[...3 lines deleted...]
-Артикул: B-3</t>
+            <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-02D.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1350</t>
-[...11 lines deleted...]
-Высота подиума, мм: 162</t>
+Ширина, мм: 915</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2178</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: зеркальная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42908.00</t>
+            <t xml:space="preserve">41938.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением и накопителем</t>
-[...3 lines deleted...]
-Артикул: B-03D</t>
+            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-3.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2178</t>
-[...7 lines deleted...]
-Высота подиума, мм: 500</t>
+Высота, мм: 1840</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: зеркальная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">52698.00</t>
+            <t xml:space="preserve">48867.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-03D.MR</t>
+            <t xml:space="preserve">Витрина с освещением</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2178</t>
-[...7 lines deleted...]
-Высота подиума, мм: 500</t>
+Высота, мм: 1840</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: стеклянная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">56243.00</t>
+            <t xml:space="preserve">45053.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением</t>
-[...15 lines deleted...]
-Высота, мм: 1840</t>
+            <t xml:space="preserve">Витрина с освещением и накопителем</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-03D</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 480</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1350</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2178</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 162</t>
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35485.00</t>
+            <t xml:space="preserve">52698.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...15 lines deleted...]
-Высота, мм: 1840</t>
+            <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-03D.MR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 480</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1350</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2178</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 162</t>
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39336.00</t>
+            <t xml:space="preserve">56243.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением и накопителем</t>
-[...3 lines deleted...]
-Артикул: B-04D</t>
+            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-4.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2178</t>
-[...7 lines deleted...]
-Высота подиума, мм: 500</t>
+Высота, мм: 1840</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: зеркальная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42572.00</t>
+            <t xml:space="preserve">41303.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-04D.MR</t>
+            <t xml:space="preserve">Витрина с освещением</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2178</t>
-[...7 lines deleted...]
-Высота подиума, мм: 500</t>
+Высота, мм: 1840</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: стеклянная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45995.00</t>
+            <t xml:space="preserve">37259.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...15 lines deleted...]
-Высота, мм: 1840</t>
+            <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-04D.MR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 680</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1140</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2178</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 162</t>
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">41071.00</t>
+            <t xml:space="preserve">45995.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением</t>
-[...15 lines deleted...]
-Высота, мм: 1840</t>
+            <t xml:space="preserve">Витрина с освещением и накопителем</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-04D</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 680</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1140</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2178</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 162</t>
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37766.00</t>
+            <t xml:space="preserve">42572.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-05D.MR</t>
+            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-5.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 831</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2178</t>
+Высота, мм: 1840</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 500</t>
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">49266.00</t>
+            <t xml:space="preserve">43125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением и накопителем</t>
-[...3 lines deleted...]
-Артикул: B-05D</t>
+            <t xml:space="preserve">Витрина с освещением</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 831</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2178</t>
+Высота, мм: 1840</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 500</t>
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45668.00</t>
+            <t xml:space="preserve">39654.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...15 lines deleted...]
-Высота, мм: 1840</t>
+            <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-05D.MR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 831</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 960</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2178</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 162</t>
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24645.00</t>
+            <t xml:space="preserve">49266.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением</t>
-[...15 lines deleted...]
-Высота, мм: 1840</t>
+            <t xml:space="preserve">Витрина с освещением и накопителем</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-05D</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 831</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 960</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2178</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 162</t>
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22077.00</t>
+            <t xml:space="preserve">45668.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-06D.MR</t>
+            <t xml:space="preserve">Витрина с освещением</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 555</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2178</t>
-[...7 lines deleted...]
-Высота подиума, мм: 500</t>
+Высота, мм: 1840</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: стеклянная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29321.00</t>
+            <t xml:space="preserve">23181.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением и накопителем</t>
-[...3 lines deleted...]
-Артикул: B-06D</t>
+            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-6.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 555</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2178</t>
-[...7 lines deleted...]
-Высота подиума, мм: 500</t>
+Высота, мм: 1840</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: зеркальная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26819.00</t>
+            <t xml:space="preserve">25877.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением</t>
-[...19 lines deleted...]
-Высота подиума, мм: 162</t>
+            <t xml:space="preserve">Витрина с освещением и накопителем</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-06D</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 555</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 640</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2178</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: стеклянная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15420.00</t>
+            <t xml:space="preserve">26819.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением</t>
-[...11 lines deleted...]
-Ширина, мм: 460</t>
+            <t xml:space="preserve">Витрина с освещением и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-06D.MR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 555</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2178</t>
           </r>
           <r>
             <t xml:space="preserve">
+Задняя стенка: зеркальная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17016.00</t>
+            <t xml:space="preserve">29321.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-8.MR</t>
+            <t xml:space="preserve">Витрина с освещением</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 398</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 1210</t>
-[...3 lines deleted...]
-Задняя стенка: зеркальная</t>
+Высота, мм: 1840</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12578.00</t>
+            <t xml:space="preserve">16191.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: B-8</t>
+Артикул: B-07</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 398</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 1210</t>
-[...7 lines deleted...]
-Высота подиума, мм: 162</t>
+Высота, мм: 2178</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11334.00</t>
+            <t xml:space="preserve">17867.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: B-08.MR</t>
-[...11 lines deleted...]
-Высота, мм: 1548</t>
+Артикул: B-8.MR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 398</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 460</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1210</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 500</t>
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13873.00</t>
+            <t xml:space="preserve">13207.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: B-08</t>
-[...11 lines deleted...]
-Высота, мм: 1548</t>
+Артикул: B-8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 398</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 460</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1210</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 500</t>
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12930.00</t>
+            <t xml:space="preserve">11901.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: B-9</t>
-[...11 lines deleted...]
-Высота, мм: 1210</t>
+Артикул: B-08</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 460</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 398</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1548</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 162</t>
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16384.00</t>
+            <t xml:space="preserve">13577.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: B-9.MR</t>
-[...11 lines deleted...]
-Высота, мм: 1210</t>
+Артикул: B-08.MR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 460</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 398</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1548</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 162</t>
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота фриза, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17361.00</t>
+            <t xml:space="preserve">14567.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-1C.MR</t>
+            <t xml:space="preserve">Витрина с освещением (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-9.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 1735</t>
+Высота, мм: 1210</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
+Высота фриза, мм: 130</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18471.00</t>
+            <t xml:space="preserve">18229.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-1C</t>
+            <t xml:space="preserve">Витрина с освещением</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 1735</t>
+Высота, мм: 1210</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
+Высота фриза, мм: 130</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17327.00</t>
+            <t xml:space="preserve">17203.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-01CD.MR</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-1C.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2073</t>
+Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 500</t>
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22870.00</t>
+            <t xml:space="preserve">19395.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина со стеклянным верхом</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: B-01CD</t>
+Артикул: B-1C</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2073</t>
+Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 500</t>
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21723.00</t>
+            <t xml:space="preserve">18193.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-2C.MR</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-01CD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 915</t>
-[...11 lines deleted...]
-Высота подиума, мм: 162</t>
+Ширина, мм: 480</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2073</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: стеклянная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30099.00</t>
+            <t xml:space="preserve">21723.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом</t>
-[...3 lines deleted...]
-Артикул: B-2C</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-01CD.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 915</t>
-[...11 lines deleted...]
-Высота подиума, мм: 162</t>
+Ширина, мм: 480</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2073</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: зеркальная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27803.00</t>
+            <t xml:space="preserve">22870.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-02CD.MR</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-2C.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 915</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2073</t>
+Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 500</t>
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37920.00</t>
+            <t xml:space="preserve">31604.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина со стеклянным верхом</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: B-02CD</t>
+Артикул: B-2C</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 915</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2073</t>
+Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 500</t>
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35625.00</t>
+            <t xml:space="preserve">29193.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина со стеклянным верхом</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: B-3C</t>
+Артикул: B-02CD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1350</t>
-[...3 lines deleted...]
-Высота, мм: 1735</t>
+Ширина, мм: 915</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 162</t>
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37879.00</t>
+            <t xml:space="preserve">35625.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-3C.MR</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-02CD.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1350</t>
-[...3 lines deleted...]
-Высота, мм: 1735</t>
+Ширина, мм: 915</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 162</t>
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">41476.00</t>
+            <t xml:space="preserve">37920.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-03CD.MR</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-3C.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2073</t>
+Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 500</t>
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51462.00</t>
+            <t xml:space="preserve">43550.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина со стеклянным верхом</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: B-03CD</t>
+Артикул: B-3C</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2073</t>
+Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 500</t>
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48020.00</t>
+            <t xml:space="preserve">39773.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
-[...15 lines deleted...]
-Высота, мм: 1735</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-03CD.MR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 480</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1350</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 162</t>
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35337.00</t>
+            <t xml:space="preserve">51462.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина со стеклянным верхом</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: B-4C</t>
-[...11 lines deleted...]
-Высота, мм: 1735</t>
+Артикул: B-03CD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 480</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1350</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 162</t>
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31912.00</t>
+            <t xml:space="preserve">48020.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
-[...3 lines deleted...]
-Артикул: B-04CD.MR</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-4C.MR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2073</t>
+Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: зеркальная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 500</t>
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">41931.00</t>
+            <t xml:space="preserve">37104.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Витрина со стеклянным верхом</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: B-04CD</t>
+Артикул: B-4C</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2073</t>
+Высота, мм: 1735</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 500</t>
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38454.00</t>
+            <t xml:space="preserve">33508.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Прилавок со стеклянным верхом</t>
-[...23 lines deleted...]
-Высота подиума, мм: 162</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом и накопителем (зеркальная задняя стенка)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-04CD.MR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 680</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1140</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2073</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Задняя стенка: зеркальная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16296.00</t>
+            <t xml:space="preserve">41931.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Прилавок со стеклянным верхом</t>
-[...15 lines deleted...]
-Высота, мм: 907</t>
+            <t xml:space="preserve">Витрина со стеклянным верхом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: B-04CD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 680</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1140</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2073</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота подиума, мм: 162</t>
+Высота подиума, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21602.00</t>
+            <t xml:space="preserve">38454.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Прилавок со стеклянным верхом</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: П-4C</t>
-[...7 lines deleted...]
-Ширина, мм: 1140</t>
+Артикул: П-2C</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 480</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 915</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 907</t>
           </r>
           <r>
             <t xml:space="preserve">
 Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17281.00</t>
+            <t xml:space="preserve">17111.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Прилавок с местом под кассу</t>
-[...3 lines deleted...]
-Артикул: П-2Б-П.V2</t>
+            <t xml:space="preserve">Прилавок со стеклянным верхом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: П-3C</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 915</t>
+Ширина, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 907</t>
           </r>
           <r>
             <t xml:space="preserve">
-Место под кассу: справа</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20035.00</t>
+            <t xml:space="preserve">22682.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Прилавок с местом под кассу</t>
-[...11 lines deleted...]
-Ширина, мм: 915</t>
+            <t xml:space="preserve">Прилавок со стеклянным верхом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: П-4C</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 680</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 907</t>
           </r>
           <r>
             <t xml:space="preserve">
-Место под кассу: слева</t>
+Задняя стенка: стеклянная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20035.00</t>
+            <t xml:space="preserve">18145.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Прилавок с местом под кассу</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: П-3Б-П.V2</t>
+Артикул: П-2Б-П.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1350</t>
+Ширина, мм: 915</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 907</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу: справа</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26258.00</t>
+            <t xml:space="preserve">20035.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Прилавок с местом под кассу</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: П-3Б-Л.V2</t>
+Артикул: П-2Б-Л.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1350</t>
+Ширина, мм: 915</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 907</t>
           </r>
           <r>
             <t xml:space="preserve">
 Место под кассу: слева</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26258.00</t>
+            <t xml:space="preserve">20035.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Прилавок с местом под кассу в центре</t>
-[...3 lines deleted...]
-Артикул: П-3Б-Ц.V2</t>
+            <t xml:space="preserve">Прилавок с местом под кассу</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: П-3Б-П.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 907</t>
           </r>
           <r>
             <t xml:space="preserve">
-Место под кассу: в центре</t>
+Место под кассу: справа</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26798.00</t>
+            <t xml:space="preserve">26258.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Прилавок со столешницей из ДСП 16 мм</t>
-[...3 lines deleted...]
-Артикул: П-2П</t>
+            <t xml:space="preserve">Прилавок с местом под кассу</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: П-3Б-Л.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 915</t>
+Ширина, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 907</t>
           </r>
           <r>
             <t xml:space="preserve">
+Место под кассу: слева</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16222.00</t>
+            <t xml:space="preserve">26258.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Прилавок со столешницей из ДСП 16 мм</t>
-[...3 lines deleted...]
-Артикул: П-3П</t>
+            <t xml:space="preserve">Прилавок с местом под кассу в центре</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: П-3Б-Ц.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 907</t>
           </r>
           <r>
             <t xml:space="preserve">
+Место под кассу: в центре</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21490.00</t>
+            <t xml:space="preserve">26798.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Платформа для дополнительных опор</t>
-[...11 lines deleted...]
-Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
+            <t xml:space="preserve">Прилавок со столешницей из ДСП 16 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: П-2П</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 480</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 915</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 907</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">547.00</t>
+            <t xml:space="preserve">16222.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Платформа для дополнительных опор</t>
-[...15 lines deleted...]
-Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
+            <t xml:space="preserve">Прилавок со столешницей из ДСП 16 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: П-3П</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 480</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1350</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 907</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота подиума, мм: 162</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1091.00</t>
+            <t xml:space="preserve">21490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Платформа для дополнительных опор</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NRP3</t>
-[...7 lines deleted...]
-Для прилавков: П-3Б-П, П-3Б-Л, П-3Б-Ц, П-3С, П-3П</t>
+Артикул: NRP1</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для витрин: В-1, В-01, В-1С, В-01С</t>
           </r>
           <r>
             <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1613.00</t>
+            <t xml:space="preserve">547.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Платформа для дополнительных опор</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NRP4</t>
-[...7 lines deleted...]
-Для прилавков: П-4С</t>
+Артикул: NRP2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для витрин: В-2, В-02, В-2С, В-02С</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для прилавков: П-2Б-П, П-2Б-Л, П-2С, П-2П</t>
           </r>
           <r>
             <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1639.00</t>
+            <t xml:space="preserve">1091.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Платформа для дополнительных опор</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NRP5</t>
-[...3 lines deleted...]
-Для витрин: В-5, В-05</t>
+Артикул: NRP3</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для витрин: В-3, В-03, В-3С, В-03С</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для прилавков: П-3Б-П, П-3Б-Л, П-3Б-Ц, П-3С, П-3П</t>
           </r>
           <r>
             <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2047.00</t>
+            <t xml:space="preserve">1613.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Платформа для дополнительных опор</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NRP6</t>
-[...3 lines deleted...]
-Для витрин: В-6, В-06</t>
+Артикул: NRP4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для витрин: В-4, В-04, В-4С, В-04С</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для прилавков: П-4С</t>
           </r>
           <r>
             <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">874.00</t>
+            <t xml:space="preserve">1639.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Платформа для дополнительных опор</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRP5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для витрин: В-5, В-05</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2047.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+      <c r="C39" s="4"/>
+      <c r="D39" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Платформа для дополнительных опор</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NRP6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Для витрин: В-6, В-06</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">874.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:26">
+      <c r="A40" s="4"/>
+      <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Платформа для дополнительных опор</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRP7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: В-7, В-07, В-8, В-08</t>
           </r>
           <r>
             <t xml:space="preserve">
 Платформа: для доп-х опор (опоры приоб-ся отдельно)</t>
           </r>
@@ -10409,50 +10445,51 @@
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
+    <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>