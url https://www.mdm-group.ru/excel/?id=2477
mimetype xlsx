--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30.09.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Витрины и прилавки Октава</t>
   </si>
   <si>
     <t>Внешность новинки во многом позаимствована у популярнейшей серии витрин «Селена». При этом в моделях «Октавы» на двух противоположных гранях размещены по две стойки модульной системы Neo-fix. Благодаря перфорации по всей длине стоек, в витрину или прилавок можно установить на произвольных высотах любое количество полок.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 01 \ Витрина с 3-мя полками без освещения</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKT.001</t>
     </r>
@@ -89,51 +89,51 @@
       <t xml:space="preserve">
 Ширина, мм: 467</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Освещение для витрины: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14359.00</t>
+      <t xml:space="preserve">14407.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 02 \ Витрина с 3-мя полками без освещения, распашные дверцы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKT.002</t>
@@ -146,51 +146,51 @@
       <t xml:space="preserve">
 Ширина, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Освещение для витрины: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22889.00</t>
+      <t xml:space="preserve">22952.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 03 \ Прилавок с 2-мя полками без освещения, распашные дверцы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKT.003</t>
@@ -203,51 +203,51 @@
       <t xml:space="preserve">
 Ширина, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Освещение для прилавка: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13389.00</t>
+      <t xml:space="preserve">13439.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 04 \  Прилавок с 2-мя полками без освещения, распашные дверцы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKT.004</t>
@@ -260,51 +260,51 @@
       <t xml:space="preserve">
 Ширина, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Освещение для прилавка: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14040.00</t>
+      <t xml:space="preserve">14090.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 05 \ Прилавок с 2-мя полками без освещения, левый, распашные дверцы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKT.005.L</t>
@@ -317,51 +317,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Освещение для прилавка: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23411.00</t>
+      <t xml:space="preserve">23461.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 05 \ Прилавок с 2-мя полками без освещения, правый, распашные дверцы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKT.005.R</t>
@@ -374,51 +374,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Освещение для прилавка: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23411.00</t>
+      <t xml:space="preserve">23461.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 06 \ Витрина с 3-мя полками без освещения</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKT.006</t>
@@ -431,51 +431,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Освещение для витрины: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27791.00</t>
+      <t xml:space="preserve">27875.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 07 \ Витрина с 3-мя полками без освещения</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKT.007</t>
@@ -488,51 +488,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Освещение для витрины: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37303.00</t>
+      <t xml:space="preserve">37447.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 11 \ Витрина с 3-мя полками и накопителем без освещения</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKT.011</t>
@@ -545,51 +545,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2075</t>
     </r>
     <r>
       <t xml:space="preserve">
 Освещение для витрины: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">41863.00</t>
+      <t xml:space="preserve">42098.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 08 \ Витрина с 3-мя полками без освещения</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.OKT.008</t>
@@ -602,51 +602,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1769</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Освещение для витрины: нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">41831.00</t>
+      <t xml:space="preserve">41990.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 009 \ Накопитель с ящиками для Окта.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.009</t>
@@ -655,51 +655,51 @@
       <t xml:space="preserve">
 Глубина, мм: 467</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 467</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 275</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3351.00</t>
+      <t xml:space="preserve">3418.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 010 \ Накопитель с ящиками для Окта.002, Окта.003, Окта.004</t>
@@ -712,51 +712,51 @@
       <t xml:space="preserve">
 Глубина, мм: 467</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 275</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4702.00</t>
+      <t xml:space="preserve">4796.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 011 \ Накопитель с ящиками для Окта.006, Окта.007</t>
@@ -769,51 +769,51 @@
       <t xml:space="preserve">
 Глубина, мм: 467</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 275</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7541.00</t>
+      <t xml:space="preserve">7692.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 012 \ Накопитель с ящиками для Окта.008</t>
@@ -826,51 +826,51 @@
       <t xml:space="preserve">
 Глубина, мм: 467</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1769</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 275</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10241.00</t>
+      <t xml:space="preserve">10446.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 014 \ Накопитель с дверью для Окта.001</t>
@@ -883,51 +883,51 @@
       <t xml:space="preserve">
 Глубина, мм: 467</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 467</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 275</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2094.00</t>
+      <t xml:space="preserve">2136.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 015 \ Накопитель с дверью для Окта.002, Окта.003, Окта.004</t>
@@ -940,51 +940,51 @@
       <t xml:space="preserve">
 Глубина, мм: 467</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 275</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3120.00</t>
+      <t xml:space="preserve">3182.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 016 \ Накопитель с дверьми для Окта.006, Окта.007</t>
@@ -997,51 +997,51 @@
       <t xml:space="preserve">
 Глубина, мм: 467</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 275</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4560.00</t>
+      <t xml:space="preserve">4651.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 017 \ Накопитель с дверьми для Окта.008</t>
@@ -1054,51 +1054,51 @@
       <t xml:space="preserve">
 Глубина, мм: 467</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1769</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 275</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5864.00</t>
+      <t xml:space="preserve">5981.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 018 \ Столешница для Окта.001, Окта.009</t>
@@ -1111,51 +1111,51 @@
       <t xml:space="preserve">
 Глубина, мм: 467</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 467</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">790.00</t>
+      <t xml:space="preserve">806.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 019 \ Столешница для Окта.010, Окта.015</t>
@@ -1168,51 +1168,51 @@
       <t xml:space="preserve">
 Глубина, мм: 467</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 916</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1349.00</t>
+      <t xml:space="preserve">1376.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 020 \ Столешница для Окта.011, Окта.016</t>
@@ -1225,51 +1225,51 @@
       <t xml:space="preserve">
 Глубина, мм: 467</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1862.00</t>
+      <t xml:space="preserve">1899.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Октава 021 \ Столешница для Окта.012, Окта.017</t>
@@ -1282,51 +1282,51 @@
       <t xml:space="preserve">
 Глубина, мм: 467</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1769</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2467.00</t>
+      <t xml:space="preserve">2516.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ОКТА.100 \ Полка для ОКП.001, ОКП.007, ОКП.008</t>
@@ -1343,51 +1343,51 @@
       <t xml:space="preserve">
 Глубина, мм: 385</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 406</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">386.00</t>
+      <t xml:space="preserve">394.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ОКТА.200 Полка стеклянная 855х385х6мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OKTA.200</t>
@@ -1396,51 +1396,51 @@
       <t xml:space="preserve">
 Глубина, мм: 385</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 855</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">654.00</t>
+      <t xml:space="preserve">667.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ОКТА.300 \ Полка для ОКП.006</t>
@@ -1457,100 +1457,100 @@
       <t xml:space="preserve">
 Глубина, мм: 380</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1259</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">891.00</t>
+      <t xml:space="preserve">909.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ОКП.500 \ Полкодержатель для прутка (для установки светильника Софит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OKTP.001.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продается только в комплекте с полками или светильниками LED</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">174.00</t>
+      <t xml:space="preserve">177.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1616,51 +1616,51 @@
       </rPr>
       <t xml:space="preserve">Полкодержатель, хром, используется для установки светильника ОКТА.Софит</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 328.OTV</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1677,100 +1677,100 @@
       <t xml:space="preserve">
 Артикул: ELP.026.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">370.00</t>
+      <t xml:space="preserve">377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Колодка клеммная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELC.001.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6.60</t>
+      <t xml:space="preserve">6.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -1787,51 +1787,51 @@
       </rPr>
       <t xml:space="preserve">Светильник, хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ОКТА.СОФИТ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">244.00</t>
+      <t xml:space="preserve">249.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1856,51 +1856,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 06</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2770.00</t>
+      <t xml:space="preserve">2825.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 1260 (на полку, холодный белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.052P.CWH</t>
@@ -1913,51 +1913,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 06</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2770.00</t>
+      <t xml:space="preserve">2825.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 1260 (на фриз, холодный белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.052V.CWH</t>
@@ -1970,51 +1970,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 06</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2940.00</t>
+      <t xml:space="preserve">2999.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 1260 (на фриз, теплый белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.052V.HWH</t>
@@ -2027,51 +2027,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 06</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2940.00</t>
+      <t xml:space="preserve">2999.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 410 (на полку, теплый белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.050P.HWH</t>
@@ -2084,51 +2084,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 01, Октава 07, Октава 08</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">883.00</t>
+      <t xml:space="preserve">901.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 410 (на фриз, теплый белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.050V.HWH</t>
@@ -2141,51 +2141,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 01, Октава 07, Октава 08</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">953.00</t>
+      <t xml:space="preserve">972.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 410 (на фриз, холодный белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.050V.CWH</t>
@@ -2198,51 +2198,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 01, Октава 07, Октава 08</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1470.00</t>
+      <t xml:space="preserve">1499.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 410 (на полку, холодный белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.050P.CWH</t>
@@ -2255,51 +2255,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 01, Октава 07, Октава 08</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1385.00</t>
+      <t xml:space="preserve">1413.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 860 (на полку, холодный белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.051P.CWH</t>
@@ -2312,51 +2312,51 @@
       <t xml:space="preserve">
 Примечание: 20	Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 14</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 02</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1894.00</t>
+      <t xml:space="preserve">1932.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 860 (на полку, теплый белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.051P.HWH</t>
@@ -2369,51 +2369,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 14</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 02</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1894.00</t>
+      <t xml:space="preserve">1932.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 860 (на фриз, теплый белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.051V.HWH</t>
@@ -2426,51 +2426,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 14</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 02</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2064.00</t>
+      <t xml:space="preserve">2105.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Светильник LED 860 (на фриз, холодный белый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: Okтa.051V.CWH</t>
@@ -2483,51 +2483,51 @@
       <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Потребляемая мощность, Вт: 14</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для витрин: Октава 02</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2064.00</t>
+      <t xml:space="preserve">2105.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-16 LED 18, 5050SMD, 3W, 12V, 4500K \ Лампа светодиодная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: LAD.008.00.N</t>
@@ -2536,51 +2536,51 @@
       <t xml:space="preserve">
 Цвет: нейтральный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: нейтральный дневной свет, 18 диодов 5050</t>
     </r>
     <r>
       <t xml:space="preserve">
 Напряжение, В: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">450.00</t>
+      <t xml:space="preserve">459.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Блок питания</t>
@@ -2593,51 +2593,51 @@
       <t xml:space="preserve">
 Примечание: постоянный ток</t>
     </r>
     <r>
       <t xml:space="preserve">
 Напряжение, В: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Степень защиты: IP 20 (для использования в помещениях)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">600.00</t>
+      <t xml:space="preserve">612.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DC5A \ Блок питания</t>
@@ -2650,51 +2650,51 @@
       <t xml:space="preserve">
 Примечание: постоянный ток</t>
     </r>
     <r>
       <t xml:space="preserve">
 Напряжение, В: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Степень защиты: IP 20 (для использования в помещениях)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1050.00</t>
+      <t xml:space="preserve">1071.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Блок питания</t>
@@ -2707,51 +2707,51 @@
       <t xml:space="preserve">
 Примечание: постоянный ток</t>
     </r>
     <r>
       <t xml:space="preserve">
 Напряжение, В: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Степень защиты: IP 20 (для использования в помещениях)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1360.00</t>
+      <t xml:space="preserve">1387.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Блок питания</t>
@@ -2764,51 +2764,51 @@
       <t xml:space="preserve">
 Примечание: постоянный ток</t>
     </r>
     <r>
       <t xml:space="preserve">
 Напряжение, В: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Степень защиты: IP 20 (для использования в помещениях)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1760.00</t>
+      <t xml:space="preserve">1795.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Ng 25x25x200 \ Опора декоративная со смещенным фланцем (регулируемая)</t>
@@ -2841,51 +2841,51 @@
       <t xml:space="preserve">
 Регулировка, мм: есть, регулировка 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нагрузка, кг: до 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">173.00</t>
+      <t xml:space="preserve">176.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Опора для витрины</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NZ0106 125MM</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 125</t>
@@ -6102,51 +6102,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30.09.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -6178,51 +6178,51 @@
             <t xml:space="preserve">
 Ширина, мм: 467</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Освещение для витрины: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14359.00</t>
+            <t xml:space="preserve">14407.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Октава 02 \ Витрина с 3-мя полками без освещения, распашные дверцы</t>
           </r>
@@ -6238,51 +6238,51 @@
             <t xml:space="preserve">
 Ширина, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Освещение для витрины: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22889.00</t>
+            <t xml:space="preserve">22952.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6300,51 +6300,51 @@
             <t xml:space="preserve">
 Ширина, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Освещение для прилавка: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13389.00</t>
+            <t xml:space="preserve">13439.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Октава 04 \  Прилавок с 2-мя полками без освещения, распашные дверцы</t>
           </r>
@@ -6360,51 +6360,51 @@
             <t xml:space="preserve">
 Ширина, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Освещение для прилавка: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14040.00</t>
+            <t xml:space="preserve">14090.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6422,51 +6422,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Освещение для прилавка: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23411.00</t>
+            <t xml:space="preserve">23461.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Октава 05 \ Прилавок с 2-мя полками без освещения, правый, распашные дверцы</t>
           </r>
@@ -6482,51 +6482,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Освещение для прилавка: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23411.00</t>
+            <t xml:space="preserve">23461.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6544,51 +6544,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Освещение для витрины: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27791.00</t>
+            <t xml:space="preserve">27875.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Октава 07 \ Витрина с 3-мя полками без освещения</t>
           </r>
@@ -6604,51 +6604,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Освещение для витрины: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37303.00</t>
+            <t xml:space="preserve">37447.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6666,51 +6666,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2075</t>
           </r>
           <r>
             <t xml:space="preserve">
 Освещение для витрины: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">41863.00</t>
+            <t xml:space="preserve">42098.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Октава 08 \ Витрина с 3-мя полками без освещения</t>
           </r>
@@ -6726,51 +6726,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1769</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Освещение для витрины: нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">41831.00</t>
+            <t xml:space="preserve">41990.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6784,51 +6784,51 @@
             <t xml:space="preserve">
 Глубина, мм: 467</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 467</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 275</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3351.00</t>
+            <t xml:space="preserve">3418.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6844,51 +6844,51 @@
             <t xml:space="preserve">
 Глубина, мм: 467</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 275</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4702.00</t>
+            <t xml:space="preserve">4796.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6906,51 +6906,51 @@
             <t xml:space="preserve">
 Глубина, мм: 467</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 275</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7541.00</t>
+            <t xml:space="preserve">7692.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6966,51 +6966,51 @@
             <t xml:space="preserve">
 Глубина, мм: 467</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1769</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 275</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10241.00</t>
+            <t xml:space="preserve">10446.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7028,51 +7028,51 @@
             <t xml:space="preserve">
 Глубина, мм: 467</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 467</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 275</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2094.00</t>
+            <t xml:space="preserve">2136.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7088,51 +7088,51 @@
             <t xml:space="preserve">
 Глубина, мм: 467</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 275</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3120.00</t>
+            <t xml:space="preserve">3182.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7150,51 +7150,51 @@
             <t xml:space="preserve">
 Глубина, мм: 467</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 275</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4560.00</t>
+            <t xml:space="preserve">4651.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7210,51 +7210,51 @@
             <t xml:space="preserve">
 Глубина, мм: 467</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1769</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 275</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5864.00</t>
+            <t xml:space="preserve">5981.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7272,51 +7272,51 @@
             <t xml:space="preserve">
 Глубина, мм: 467</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 467</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">790.00</t>
+            <t xml:space="preserve">806.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7332,51 +7332,51 @@
             <t xml:space="preserve">
 Глубина, мм: 467</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 916</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1349.00</t>
+            <t xml:space="preserve">1376.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7394,51 +7394,51 @@
             <t xml:space="preserve">
 Глубина, мм: 467</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1862.00</t>
+            <t xml:space="preserve">1899.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7454,51 +7454,51 @@
             <t xml:space="preserve">
 Глубина, мм: 467</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1769</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2467.00</t>
+            <t xml:space="preserve">2516.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7520,51 +7520,51 @@
             <t xml:space="preserve">
 Глубина, мм: 385</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 406</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">386.00</t>
+            <t xml:space="preserve">394.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ОКТА.200 Полка стеклянная 855х385х6мм</t>
           </r>
@@ -7576,51 +7576,51 @@
             <t xml:space="preserve">
 Глубина, мм: 385</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 855</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">654.00</t>
+            <t xml:space="preserve">667.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7642,51 +7642,51 @@
             <t xml:space="preserve">
 Глубина, мм: 380</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1259</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">891.00</t>
+            <t xml:space="preserve">909.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ОКП.500 \ Полкодержатель для прутка (для установки светильника Софит)</t>
           </r>
@@ -7694,51 +7694,51 @@
             <t xml:space="preserve">
 Артикул: OKTP.001.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продается только в комплекте с полками или светильниками LED</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">174.00</t>
+            <t xml:space="preserve">177.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -7812,51 +7812,51 @@
             </rPr>
             <t xml:space="preserve">Полкодержатель, хром, используется для установки светильника ОКТА.Софит</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: 328.OTV</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
@@ -7878,51 +7878,51 @@
             <t xml:space="preserve">
 Артикул: ELP.026.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">370.00</t>
+            <t xml:space="preserve">377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -7930,51 +7930,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Колодка клеммная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ELC.001.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6.60</t>
+            <t xml:space="preserve">6.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -7996,51 +7996,51 @@
             </rPr>
             <t xml:space="preserve">Светильник, хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ОКТА.СОФИТ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">244.00</t>
+            <t xml:space="preserve">249.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
@@ -8068,51 +8068,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 06</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2770.00</t>
+            <t xml:space="preserve">2825.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8130,51 +8130,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 06</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2770.00</t>
+            <t xml:space="preserve">2825.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Светильник LED 1260 (на фриз, холодный белый)</t>
           </r>
@@ -8190,51 +8190,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 06</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2940.00</t>
+            <t xml:space="preserve">2999.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8252,51 +8252,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 06</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2940.00</t>
+            <t xml:space="preserve">2999.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Светильник LED 410 (на полку, теплый белый)</t>
           </r>
@@ -8312,51 +8312,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 01, Октава 07, Октава 08</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">883.00</t>
+            <t xml:space="preserve">901.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8374,51 +8374,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 01, Октава 07, Октава 08</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">953.00</t>
+            <t xml:space="preserve">972.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Светильник LED 410 (на фриз, холодный белый)</t>
           </r>
@@ -8434,51 +8434,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 01, Октава 07, Октава 08</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1470.00</t>
+            <t xml:space="preserve">1499.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8496,51 +8496,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 01, Октава 07, Октава 08</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1385.00</t>
+            <t xml:space="preserve">1413.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Светильник LED 860 (на полку, холодный белый)</t>
           </r>
@@ -8556,51 +8556,51 @@
             <t xml:space="preserve">
 Примечание: 20	Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 14</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 02</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1894.00</t>
+            <t xml:space="preserve">1932.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8618,51 +8618,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 14</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 02</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1894.00</t>
+            <t xml:space="preserve">1932.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Светильник LED 860 (на фриз, теплый белый)</t>
           </r>
@@ -8678,51 +8678,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 14</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 02</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2064.00</t>
+            <t xml:space="preserve">2105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8740,51 +8740,51 @@
             <t xml:space="preserve">
 Примечание: Для установки на витрины «Октава+» необходимы полкодержатели ОКП.500 – 2шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Потребляемая мощность, Вт: 14</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для витрин: Октава 02</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2064.00</t>
+            <t xml:space="preserve">2105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-16 LED 18, 5050SMD, 3W, 12V, 4500K \ Лампа светодиодная</t>
           </r>
@@ -8796,51 +8796,51 @@
             <t xml:space="preserve">
 Цвет: нейтральный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: нейтральный дневной свет, 18 диодов 5050</t>
           </r>
           <r>
             <t xml:space="preserve">
 Напряжение, В: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">450.00</t>
+            <t xml:space="preserve">459.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -8858,51 +8858,51 @@
             <t xml:space="preserve">
 Примечание: постоянный ток</t>
           </r>
           <r>
             <t xml:space="preserve">
 Напряжение, В: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Степень защиты: IP 20 (для использования в помещениях)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">600.00</t>
+            <t xml:space="preserve">612.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -8918,51 +8918,51 @@
             <t xml:space="preserve">
 Примечание: постоянный ток</t>
           </r>
           <r>
             <t xml:space="preserve">
 Напряжение, В: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Степень защиты: IP 20 (для использования в помещениях)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1050.00</t>
+            <t xml:space="preserve">1071.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -8980,51 +8980,51 @@
             <t xml:space="preserve">
 Примечание: постоянный ток</t>
           </r>
           <r>
             <t xml:space="preserve">
 Напряжение, В: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Степень защиты: IP 20 (для использования в помещениях)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1360.00</t>
+            <t xml:space="preserve">1387.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9040,51 +9040,51 @@
             <t xml:space="preserve">
 Примечание: постоянный ток</t>
           </r>
           <r>
             <t xml:space="preserve">
 Напряжение, В: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Степень защиты: IP 20 (для использования в помещениях)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1760.00</t>
+            <t xml:space="preserve">1795.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9122,51 +9122,51 @@
             <t xml:space="preserve">
 Регулировка, мм: есть, регулировка 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нагрузка, кг: до 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">173.00</t>
+            <t xml:space="preserve">176.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Опора для витрины</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NZ0106 125MM</t>
           </r>