--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Витрины и прилавки Октава</t>
   </si>
   <si>
     <t>Внешность новинки во многом позаимствована у популярнейшей серии витрин «Селена». При этом в моделях «Октавы» на двух противоположных гранях размещены по две стойки модульной системы Neo-fix. Благодаря перфорации по всей длине стоек, в витрину или прилавок можно установить на произвольных высотах любое количество полок.</t>
@@ -3400,107 +3400,50 @@
 Артикул: NA02C00 120MM</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">410.00</t>
-    </r>
-[...55 lines deleted...]
-      <t xml:space="preserve">136.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3808,51 +3751,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecfcfcff_a65f_11e6_9f4a_0025902b3cc0_4D21FF0F_47A7_4818_B9FB_CAA2AAB1A2782.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fb99346_a714_11e6_9f4a_0025902b3cc0_6D23FCD5_29F1_4F12_994B_B45273568A583.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca8f945f_a714_11e6_9f4a_0025902b3cc0_0B1A605A_2D44_4E1D_85E5_C13CEA86A0144.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6222c146_a715_11e6_9f4a_0025902b3cc0_3E93CE6E_9EB5_4B99_90C1_458C04F189F15.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2939dc4f_a716_11e6_9f4a_0025902b3cc0_6717E735_7A70_4BBE_83AC_D9780E9F4D4A6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1cd6c71_a716_11e6_9f4a_0025902b3cc0_173BD524_0C09_4974_894C_4B0AC3DE3BC67.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a5c592_a719_11e6_9f4a_0025902b3cc0_18DE58F5_C048_46FB_B3CE_F0189A01C9D18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80eafade_a71a_11e6_9f4a_0025902b3cc0_1BC20A55_E06A_42B2_8C7B_C184A58475DB9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8df95e8_a71b_11e6_9f4a_0025902b3cc0_80C9D816_F499_46F9_9F60_38796AB2109210.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18854bf8_a71b_11e6_9f4a_0025902b3cc0_232B3C3A_54A0_42E4_9F0C_93F9B7304BAE11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b11fed18_a584_11e6_9f4a_0025902b3cc0_octa-00912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c74875a4_a584_11e6_9f4a_0025902b3cc0_6D398189_C2DA_4E16_80D5_DFD01EDFA3AE13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd5bb85e_a587_11e6_9f4a_0025902b3cc0_774CECB7_617C_4A1C_89C3_152C9BDD497014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5fd71c9_a587_11e6_9f4a_0025902b3cc0_556D559F_9212_4A9A_8C6C_3FA35AAF5DCA15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f2dfe6b_a588_11e6_9f4a_0025902b3cc0_5445EE6A_F904_4D5F_BF9C_8DBA51658CE016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29137469_a588_11e6_9f4a_0025902b3cc0_5286C57D_AAA3_4717_923A_A29517BDB75417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ceda513_a588_11e6_9f4a_0025902b3cc0_82A7DD0D_3148_4CC4_BE62_F5D643E0EF7E18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667234c1_a588_11e6_9f4a_0025902b3cc0_4EF534F5_CEDA_4A7F_BCEB_CE05356B3ABD19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b43f59e_a588_11e6_9f4a_0025902b3cc0_7BBF2A82_DE87_400E_9805_3836657E1A0B20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a7a524c_a588_11e6_9f4a_0025902b3cc0_D79714E8_C10D_492A_9B89_90C47CBFEA3E21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a44337ae_a588_11e6_9f4a_0025902b3cc0_21DB7BC8_E532_4C16_92B8_248E9A3D1DD922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8627089_a588_11e6_9f4a_0025902b3cc0_F16631DA_EFDF_40E2_8AE6_2D2979717B7C23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d64230d1_a8ea_11e3_baa0_0025902b3cc1_okta10024.JPG"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a5b7d5_ff22_11e0_833e_003048f27c5f_okta20025.JPG"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a079fdc_6e53_11e4_a300_0025902b3cc1_okta30026.JPG"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfd65be_c7b4_11e0_a476_003048f27c5f_3BDDDAB6_3904_4FA8_88D4_A9DE33C3617727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f44f3_fea3_11df_b16f_003048d0c7fe_58A17830_5BB0_4FC7_B8DA_DCB166FB7F4928.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/465d4f35_ff2b_11e0_833e_003048f27c5f_AF5A09E0_2D22_43B2_B172_BFF49899056929.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b120a69d_068d_11e0_99a4_003048f27c5f_7BF18BBA_7E43_4B5E_9EDF_2BA414EB444A30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f96f45ac_068c_11e0_99a4_003048f27c5f_59F14211_F8E8_4798_BE7F_EF620244086B31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb9b67f2_ff32_11e0_833e_003048f27c5f_B2CACDF2_96C2_4E54_8F01_4D90DC47747F32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92e783c_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2960e83_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize234.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1abfc648_a66f_11e6_9f4a_0025902b3cc0_Okta-LED.resize235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36d4a22c_a66f_11e6_9f4a_0025902b3cc0_Okta-LED.resize236.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0fbaf63_a66d_11e6_9f4a_0025902b3cc0_Okta-LED.resize237.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42134cf6_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b7ac07_9db5_11e5_a43a_0025902b3cc1_Okta-LED.resize239.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70dc2c15_9db5_11e5_a43a_0025902b3cc1_Okta-LED.resize240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b1c148d_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84e9bcb5_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize242.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c28b23e1_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize243.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a383b06e_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize244.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86405c57_7ca2_11e5_81c1_0025902b3cc1_9BF439DA_CCAE_48A6_9FDE_BDCA39012D7C45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30378975_4a17_11e0_86e2_003048f27c5f_1EE41714_6C5F_4D47_A99E_42B9C7C4B96046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06b403e9_d5d9_11e0_a476_003048f27c5f_1EEA6700_DDBE_491B_8DA3_C2D5D9ED0AE147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06690e66_76d1_11e0_afc8_003048f27c5f_7E0C47D5_84DE_4127_98F7_33FF9AA59F1848.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/941bd27b_24bf_11e2_99cf_0025902b3cc1_ACBB9E9A_6F5B_4826_B9DF_F928A05406A649.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea6d3ccf_b7bd_11e6_822f_0025b3ab7bf6_5B59C283_3CA8_4215_84CF_6E04D17611C650.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6529ebdb_ff38_11e0_833e_003048f27c5f_8365F4EB_0CDC_49F1_8A8C_DED67ACF829851.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6529ebe2_ff38_11e0_833e_003048f27c5f_3D25A15A_AA26_4C1B_97FF_F463E8E1C7A952.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6529ebed_ff38_11e0_833e_003048f27c5f_3A782086_DD8A_417D_B436_CD8CA44B67EF53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe18d71e_ff31_11e0_833e_003048f27c5f_175C3C69_02EA_457D_866D_0B9AAB82FB0B54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5842101f_9ed7_11e0_afc8_003048f27c5f_EE3F9D1E_A5D8_4289_8F37_344C5019F8A955.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da6d9129_ff20_11e0_833e_003048f27c5f_ADFDB5D1_532F_410C_9E7E_0E6F1BE8151156.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be5e97ff_ff16_11e0_833e_003048f27c5f_B55B5B49_A769_4DCE_BFCC_0427204840AE57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e78092a_ff1e_11e0_833e_003048f27c5f_CB3FF811_86AA_48EF_A248_FD1CBFDA916758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fcae3b0_ff30_11e0_833e_003048f27c5f_781677F7_DC47_47EF_8791_C6471858165E59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85ddb029_3999_11e0_b4b4_003048f27c5f_8C6C18AB_99C4_4484_8AEB_8B2BF86778A760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e945615_ff38_11e0_833e_003048f27c5f_C130BF84_20F3_4AEF_AC86_2E9E6DDD693261.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85ddb010_3999_11e0_b4b4_003048f27c5f_A93A31F2_2BDE_4E53_9112_E2F50B0455F162.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a25908a3_ff1f_11e0_833e_003048f27c5f_9156FF58_D31D_4BD5_9397_0DE19F06B75B63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0da968c3_ff3a_11e0_833e_003048f27c5f_8A1903B8_DC26_43A6_96F6_842A559C724164.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189dcf53_ff36_11e0_833e_003048f27c5f_AEB5BDBC_9408_4A94_A0D5_41E29F033E1565.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecfcfcff_a65f_11e6_9f4a_0025902b3cc0_4D21FF0F_47A7_4818_B9FB_CAA2AAB1A2782.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fb99346_a714_11e6_9f4a_0025902b3cc0_6D23FCD5_29F1_4F12_994B_B45273568A583.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca8f945f_a714_11e6_9f4a_0025902b3cc0_0B1A605A_2D44_4E1D_85E5_C13CEA86A0144.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6222c146_a715_11e6_9f4a_0025902b3cc0_3E93CE6E_9EB5_4B99_90C1_458C04F189F15.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2939dc4f_a716_11e6_9f4a_0025902b3cc0_6717E735_7A70_4BBE_83AC_D9780E9F4D4A6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1cd6c71_a716_11e6_9f4a_0025902b3cc0_173BD524_0C09_4974_894C_4B0AC3DE3BC67.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a5c592_a719_11e6_9f4a_0025902b3cc0_18DE58F5_C048_46FB_B3CE_F0189A01C9D18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80eafade_a71a_11e6_9f4a_0025902b3cc0_1BC20A55_E06A_42B2_8C7B_C184A58475DB9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8df95e8_a71b_11e6_9f4a_0025902b3cc0_80C9D816_F499_46F9_9F60_38796AB2109210.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18854bf8_a71b_11e6_9f4a_0025902b3cc0_232B3C3A_54A0_42E4_9F0C_93F9B7304BAE11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b11fed18_a584_11e6_9f4a_0025902b3cc0_octa-00912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c74875a4_a584_11e6_9f4a_0025902b3cc0_6D398189_C2DA_4E16_80D5_DFD01EDFA3AE13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd5bb85e_a587_11e6_9f4a_0025902b3cc0_774CECB7_617C_4A1C_89C3_152C9BDD497014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5fd71c9_a587_11e6_9f4a_0025902b3cc0_556D559F_9212_4A9A_8C6C_3FA35AAF5DCA15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f2dfe6b_a588_11e6_9f4a_0025902b3cc0_5445EE6A_F904_4D5F_BF9C_8DBA51658CE016.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29137469_a588_11e6_9f4a_0025902b3cc0_5286C57D_AAA3_4717_923A_A29517BDB75417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ceda513_a588_11e6_9f4a_0025902b3cc0_82A7DD0D_3148_4CC4_BE62_F5D643E0EF7E18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667234c1_a588_11e6_9f4a_0025902b3cc0_4EF534F5_CEDA_4A7F_BCEB_CE05356B3ABD19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b43f59e_a588_11e6_9f4a_0025902b3cc0_7BBF2A82_DE87_400E_9805_3836657E1A0B20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a7a524c_a588_11e6_9f4a_0025902b3cc0_D79714E8_C10D_492A_9B89_90C47CBFEA3E21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a44337ae_a588_11e6_9f4a_0025902b3cc0_21DB7BC8_E532_4C16_92B8_248E9A3D1DD922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8627089_a588_11e6_9f4a_0025902b3cc0_F16631DA_EFDF_40E2_8AE6_2D2979717B7C23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d64230d1_a8ea_11e3_baa0_0025902b3cc1_okta10024.JPG"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a5b7d5_ff22_11e0_833e_003048f27c5f_okta20025.JPG"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a079fdc_6e53_11e4_a300_0025902b3cc1_okta30026.JPG"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfd65be_c7b4_11e0_a476_003048f27c5f_3BDDDAB6_3904_4FA8_88D4_A9DE33C3617727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f44f3_fea3_11df_b16f_003048d0c7fe_58A17830_5BB0_4FC7_B8DA_DCB166FB7F4928.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/465d4f35_ff2b_11e0_833e_003048f27c5f_AF5A09E0_2D22_43B2_B172_BFF49899056929.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b120a69d_068d_11e0_99a4_003048f27c5f_7BF18BBA_7E43_4B5E_9EDF_2BA414EB444A30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f96f45ac_068c_11e0_99a4_003048f27c5f_59F14211_F8E8_4798_BE7F_EF620244086B31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb9b67f2_ff32_11e0_833e_003048f27c5f_B2CACDF2_96C2_4E54_8F01_4D90DC47747F32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92e783c_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2960e83_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize234.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1abfc648_a66f_11e6_9f4a_0025902b3cc0_Okta-LED.resize235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36d4a22c_a66f_11e6_9f4a_0025902b3cc0_Okta-LED.resize236.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0fbaf63_a66d_11e6_9f4a_0025902b3cc0_Okta-LED.resize237.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42134cf6_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b7ac07_9db5_11e5_a43a_0025902b3cc1_Okta-LED.resize239.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70dc2c15_9db5_11e5_a43a_0025902b3cc1_Okta-LED.resize240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b1c148d_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84e9bcb5_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize242.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c28b23e1_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize243.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a383b06e_a66e_11e6_9f4a_0025902b3cc0_Okta-LED.resize244.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86405c57_7ca2_11e5_81c1_0025902b3cc1_9BF439DA_CCAE_48A6_9FDE_BDCA39012D7C45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30378975_4a17_11e0_86e2_003048f27c5f_1EE41714_6C5F_4D47_A99E_42B9C7C4B96046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06b403e9_d5d9_11e0_a476_003048f27c5f_1EEA6700_DDBE_491B_8DA3_C2D5D9ED0AE147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06690e66_76d1_11e0_afc8_003048f27c5f_7E0C47D5_84DE_4127_98F7_33FF9AA59F1848.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/941bd27b_24bf_11e2_99cf_0025902b3cc1_ACBB9E9A_6F5B_4826_B9DF_F928A05406A649.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea6d3ccf_b7bd_11e6_822f_0025b3ab7bf6_5B59C283_3CA8_4215_84CF_6E04D17611C650.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6529ebdb_ff38_11e0_833e_003048f27c5f_8365F4EB_0CDC_49F1_8A8C_DED67ACF829851.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6529ebe2_ff38_11e0_833e_003048f27c5f_3D25A15A_AA26_4C1B_97FF_F463E8E1C7A952.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6529ebed_ff38_11e0_833e_003048f27c5f_3A782086_DD8A_417D_B436_CD8CA44B67EF53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe18d71e_ff31_11e0_833e_003048f27c5f_175C3C69_02EA_457D_866D_0B9AAB82FB0B54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5842101f_9ed7_11e0_afc8_003048f27c5f_EE3F9D1E_A5D8_4289_8F37_344C5019F8A955.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da6d9129_ff20_11e0_833e_003048f27c5f_ADFDB5D1_532F_410C_9E7E_0E6F1BE8151156.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be5e97ff_ff16_11e0_833e_003048f27c5f_B55B5B49_A769_4DCE_BFCC_0427204840AE57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e78092a_ff1e_11e0_833e_003048f27c5f_CB3FF811_86AA_48EF_A248_FD1CBFDA916758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fcae3b0_ff30_11e0_833e_003048f27c5f_781677F7_DC47_47EF_8791_C6471858165E59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85ddb029_3999_11e0_b4b4_003048f27c5f_8C6C18AB_99C4_4484_8AEB_8B2BF86778A760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85ddb010_3999_11e0_b4b4_003048f27c5f_A93A31F2_2BDE_4E53_9112_E2F50B0455F161.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a25908a3_ff1f_11e0_833e_003048f27c5f_9156FF58_D31D_4BD5_9397_0DE19F06B75B62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0da968c3_ff3a_11e0_833e_003048f27c5f_8A1903B8_DC26_43A6_96F6_842A559C724163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189dcf53_ff36_11e0_833e_003048f27c5f_AEB5BDBC_9408_4A94_A0D5_41E29F033E1564.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5733,80 +5676,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="64" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -6063,51 +5976,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D38" sqref="D38"/>
+      <selection activeCell="B38" sqref="B38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -9752,291 +9665,231 @@
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Опора для витрины</t>
-[...11 lines deleted...]
-Примечание: цена указана за 1 шт.</t>
+            <t xml:space="preserve">Опора регулируемая для витрины</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NA20C00/R 100MM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 100+8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Регулировка, мм: есть, 8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Нагрузка, кг: до 160</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: цена указана за 1 шт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 1048.16 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">136.00</t>
+            <t xml:space="preserve">541.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Опора регулируемая для витрины</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NA20C00/R 100MM</t>
-[...27 lines deleted...]
-Старая цена: 1048.16 руб.</t>
+Артикул: NA03C00/R 100MM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: цена за 1 шт.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Размер ножки, мм: 47х47</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">541.00</t>
+            <t xml:space="preserve">495.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Опора регулируемая для витрины</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NA03C00/R 100MM</t>
-[...3 lines deleted...]
-Высота, мм: 100</t>
+Артикул: DN0214/R 158MM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 158</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Размер ножки, мм: 47х47</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">495.00</t>
+            <t xml:space="preserve">176.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
-        <is>
-[...58 lines deleted...]
-      <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Опора регулируемая для витрины</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DN0614/R 130MM</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>