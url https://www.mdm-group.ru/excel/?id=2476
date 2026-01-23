--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.02.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Торговая мебель из нержавейки Neka (Собственное производство)</t>
   </si>
   <si>
     <t>Модельный ряд серии представлен торговыми стеллажами, столами, прилавками, подиумами и другими изделиями из нержавеющего металла.
 Модели Neka обладают особой эстетикой в стиле «техно», что прекрасно  подойдет, например, для магазинов модной молодёжной одежды, джинсовой одежды, спортивных и многих других. Изделия Neka могут использоваться как сами по себе, так и как база для нестандартных конструкций. Помимо хороших возможностей для дизайна магазина, Neka обладает прекрасными эксплуатационными качествами.
 Возможна окраска изделий из МДФ в цвет по каталогу RAL. Цена подлежит согласованию.
 Стандартное исполнение металлокаркасов: крупнозернистая шлифовка (1 тип).
 Нестандартное исполнение металлокаркасов: мелкозернистая шлифовка (2 тип) + 40% к стоимости.
 При изготовлении оборудования из материалов «на заказ» возможно увеличение срока выполнения и стоимости заказа.
 Смотрите также Торговую мебель из нержавейки Neka 20, изготовленную из квадратной трубы 20х20 мм.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
@@ -103,51 +103,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25301.46</t>
+      <t xml:space="preserve">25807.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стол трехярусный (прозрачное стекло).</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.007.PNS.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -164,51 +164,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32891.90</t>
+      <t xml:space="preserve">33550.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стол трехярусный (прозрачное стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.007.RAL.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -225,51 +225,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16365.65</t>
+      <t xml:space="preserve">16693.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.007.NS.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: шлифованная нержавеющая сталь</t>
@@ -286,51 +286,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25477.16</t>
+      <t xml:space="preserve">25987.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.007.PNS.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полированная нержавеющая сталь</t>
@@ -347,51 +347,51 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33120.31</t>
+      <t xml:space="preserve">33783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NRG.007.RAL.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: окрашенный металл</t>
@@ -408,100 +408,100 @@
       <t xml:space="preserve">
 Длина, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16947.55</t>
+      <t xml:space="preserve">17287.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 212 \ Вешало L-1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.212</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15684.00</t>
+      <t xml:space="preserve">15998.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 213 \ Вешало L-900</t>
@@ -514,51 +514,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14862.00</t>
+      <t xml:space="preserve">15159.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 214 \ Боковина</t>
@@ -567,51 +567,51 @@
       <t xml:space="preserve">
 Артикул: NK.214</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8392.00</t>
+      <t xml:space="preserve">8560.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -620,51 +620,51 @@
       </rPr>
       <t xml:space="preserve">NK 215 \ Трубка соединительная L-400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.215</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1132.00</t>
+      <t xml:space="preserve">1155.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -681,51 +681,51 @@
       <t xml:space="preserve">
 Артикул: NK.216</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: совместима с NK 214</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1541.00</t>
+      <t xml:space="preserve">1572.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -742,51 +742,51 @@
       <t xml:space="preserve">
 Полка: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 515</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1025.00</t>
+      <t xml:space="preserve">1046.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 218. GL \ Полка стеклянная</t>
@@ -799,51 +799,51 @@
       <t xml:space="preserve">
 Полка: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 515</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">891.00</t>
+      <t xml:space="preserve">909.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 218. MGL \ Полка матовое стекло</t>
@@ -856,51 +856,51 @@
       <t xml:space="preserve">
 Полка: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 515</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1609.00</t>
+      <t xml:space="preserve">1641.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK.001 \ Кронштейн двусторонний прямой</t>
@@ -909,51 +909,51 @@
       <t xml:space="preserve">
 Артикул: NK.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: устанавливается на трубу 25х25 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1439.00</t>
+      <t xml:space="preserve">1468.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -978,51 +978,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 425</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17774.00</t>
+      <t xml:space="preserve">18129.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 101.MGL \ Вешало навесное L900 полка матовая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.101.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1035,51 +1035,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 425</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18253.00</t>
+      <t xml:space="preserve">18618.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 102.GL \ Вешало навесное L450 полка прозрачная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.102.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1092,51 +1092,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 425</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15479.00</t>
+      <t xml:space="preserve">15789.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 102.MGL \ Вешало навесное L450 полка матовая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.102.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1149,51 +1149,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 425</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15786.00</t>
+      <t xml:space="preserve">16102.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 103.GL \ Вешало навесное L-900mm с прозрачной полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.103.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1206,51 +1206,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1025</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22807.00</t>
+      <t xml:space="preserve">23263.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 103.MGL \ Вешало навесное L900 полка матовая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.103.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1263,51 +1263,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1025</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23320.00</t>
+      <t xml:space="preserve">23786.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 101 GL \ Вешало навесное с полкой 900х425х450 (стекло прозрачное)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.104.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1320,51 +1320,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1025</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20101.00</t>
+      <t xml:space="preserve">20503.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 101 GL \ Вешало навесное с полкой 900х425х450 (стекло прозрачное)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.104.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1377,51 +1377,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1025</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20307.00</t>
+      <t xml:space="preserve">20713.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 105.GL \ Вешало с прозрачной полкой навесное L-900mm</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.105.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1438,51 +1438,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1465</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: может устанавливаться на пол</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24965.00</t>
+      <t xml:space="preserve">25464.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 105.MGL \ Вешало с полкой матовой навесное L900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.105.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1499,51 +1499,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1465</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: может устанавливаться на пол</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25891.00</t>
+      <t xml:space="preserve">26409.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 101 GL \ Вешало навесное с полкой 900х425х450 (стекло прозрачное)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.106.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1560,51 +1560,51 @@
       <t xml:space="preserve">
 Ширина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1465</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: может устанавливаться на пол</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21574.00</t>
+      <t xml:space="preserve">22005.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 101 GL \ Вешало навесное с полкой 900х425х450 (стекло прозрачное)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.106.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1621,51 +1621,51 @@
       <t xml:space="preserve">
 Ширина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1465</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: может устанавливаться на пол</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22089.00</t>
+      <t xml:space="preserve">22531.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 107.MGL \ Полки навесные матовые L-900mm</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.107.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1678,51 +1678,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 745</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26574.00</t>
+      <t xml:space="preserve">27105.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 107.MGL \ Полки навесные матовые L-900mm</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.107.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1735,51 +1735,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 745</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28047.00</t>
+      <t xml:space="preserve">28608.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 107.MGL \ Полки навесные матовые L-900mm</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.108.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1792,51 +1792,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 745</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22156.00</t>
+      <t xml:space="preserve">22599.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 107.MGL \ Полки навесные матовые L-900mm</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.108.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1849,51 +1849,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22876.00</t>
+      <t xml:space="preserve">23334.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 107.MGL \ Полки навесные матовые L-900mm</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.109.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1910,51 +1910,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1105</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: могут устанавливаться на пол</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35649.00</t>
+      <t xml:space="preserve">36362.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 109.MGL Полки навесные матовые L-900mm</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.109.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -1971,51 +1971,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1105</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: могут устанавливаться на пол</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37566.00</t>
+      <t xml:space="preserve">38317.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 110.GL \ Полки навесные прозрачные L-450mm</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.110.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -2032,51 +2032,51 @@
       <t xml:space="preserve">
 Ширина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1105</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: могут устанавливаться на пол</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29656.00</t>
+      <t xml:space="preserve">30249.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 107.MGL \ Полки навесные матовые L-900mm</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.110.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -2093,51 +2093,51 @@
       <t xml:space="preserve">
 Ширина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1105</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: могут устанавливаться на пол</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30512.00</t>
+      <t xml:space="preserve">31122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 111 \ Прилавок навесной L-900mm</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.111.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -2146,51 +2146,51 @@
       <t xml:space="preserve">
 Глубина, мм: 550</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 980</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 912</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19417.00</t>
+      <t xml:space="preserve">19805.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 112 \ Зеркало навесное 450х1600х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.112</t>
@@ -2203,51 +2203,51 @@
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13527.00</t>
+      <t xml:space="preserve">13798.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 201.GL \ Вешало двухярусное L-900mm стекло прозрачное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.201.GL</t>
@@ -2264,51 +2264,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24965.00</t>
+      <t xml:space="preserve">25464.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 201.MGL \ Вешало двухярусное L-900mm стекло матовое</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.201.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -2321,51 +2321,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25478.00</t>
+      <t xml:space="preserve">25988.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 202.GL \ Вешало двухярусное L-450mm стекло прозрачное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.202.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -2378,51 +2378,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22876.00</t>
+      <t xml:space="preserve">23334.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 202.MGL \ Вешало двухярусное L-450mm стекло матовое</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.202.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -2435,51 +2435,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23115.00</t>
+      <t xml:space="preserve">23577.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 203. \ Вешало 2-х рядное L-900mm</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.203</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -2488,51 +2488,51 @@
       <t xml:space="preserve">
 Глубина, мм: 550</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18801.00</t>
+      <t xml:space="preserve">19177.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 204.GL \ Вешало 2-х рядное с прозрачной полкой L-900mm</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.204.GL</t>
@@ -2549,51 +2549,51 @@
       <t xml:space="preserve">
 Глубина, мм: 550</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22089.00</t>
+      <t xml:space="preserve">22531.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 204.MGL \ Вешало 2-х рядное с матовой полкой L-900mm</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.204.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -2606,51 +2606,51 @@
       <t xml:space="preserve">
 Глубина, мм: 550</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22636.00</t>
+      <t xml:space="preserve">23089.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 205.DSP \ Стеллаж с 2-я вешалами и полками дсп</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.205.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -2663,51 +2663,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34618.00</t>
+      <t xml:space="preserve">35310.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 205.MDF.COL \ Стеллаж с 2-я вешалами и полками МДФ крашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.205.MDF.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -2720,51 +2720,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">46375.00</t>
+      <t xml:space="preserve">47303.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 206 GL \ Стеллаж вешало с полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.206.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -2777,51 +2777,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28183.00</t>
+      <t xml:space="preserve">28747.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 206.MGL \ Стеллаж с 2-я вешалами и матовыми полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.206.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -2834,51 +2834,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33594.00</t>
+      <t xml:space="preserve">34266.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 207.DSP \ Стеллаж с полками дсп</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.207.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -2891,51 +2891,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25678.00</t>
+      <t xml:space="preserve">26192.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 207.MDF.COL \ Стеллаж с полками МДФ крашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.207.MDF.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -2948,51 +2948,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39972.00</t>
+      <t xml:space="preserve">40771.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 208.GL \ Стеллаж с прозрачными полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.208.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -3005,51 +3005,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24313.00</t>
+      <t xml:space="preserve">24799.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 208.MGL \ Стеллаж с матовыми полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.208.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -3062,51 +3062,51 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28183.00</t>
+      <t xml:space="preserve">28747.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 209 \ Стеллаж вешало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.209</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -3115,51 +3115,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18938.00</t>
+      <t xml:space="preserve">19317.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 210.GL \ Стеллаж вешало с прозрачной полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.210.GL</t>
@@ -3176,51 +3176,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1358</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24622.00</t>
+      <t xml:space="preserve">25114.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 210 MGL \ Стеллаж вешало с полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.210.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -3233,51 +3233,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25546.00</t>
+      <t xml:space="preserve">26057.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 211 GL \ Стеллаж  с полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.211.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -3290,51 +3290,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18461.00</t>
+      <t xml:space="preserve">18830.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 211 MGL \ Стеллаж с матовыми полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.211.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -3347,51 +3347,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21097.00</t>
+      <t xml:space="preserve">21519.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 211.DSP \ Стеллаж с полками дсп</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.211.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -3404,51 +3404,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24968.00</t>
+      <t xml:space="preserve">25467.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 222 GL \ Стеллаж вешало со стеклянными полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.222.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -3461,51 +3461,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23731.00</t>
+      <t xml:space="preserve">24206.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 222 MGL \ Стеллаж вешало со стеклянными матовыми полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.222.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -3518,51 +3518,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28971.00</t>
+      <t xml:space="preserve">29550.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 223 GL \ Вешало 1600x1400x600 Полка прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.223.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -3575,51 +3575,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24108.00</t>
+      <t xml:space="preserve">24590.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 223 GL \ Вешало 1600x1400x600 Полка прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.223.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -3632,51 +3632,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27500.00</t>
+      <t xml:space="preserve">28050.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 224 \ Вешало 1600x1400x600 со стеклянной мат.полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.224.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -3689,51 +3689,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20341.00</t>
+      <t xml:space="preserve">20748.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 224 \ Вешало 1600x1400x600 со стеклянной мат.полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.224.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -3746,51 +3746,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22190.00</t>
+      <t xml:space="preserve">22634.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 225 GL \ Вешало 1600x1400x700 со стеклянной полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.225.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачное стекло</t>
@@ -3807,51 +3807,51 @@
       <t xml:space="preserve">
 Глубина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25273.00</t>
+      <t xml:space="preserve">25778.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 225 MGL \ Вешало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.225.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: стекло матовое</t>
@@ -3868,51 +3868,51 @@
       <t xml:space="preserve">
 Глубина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29246.00</t>
+      <t xml:space="preserve">29831.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 226 \ Акриловый карман</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.226</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 25</t>
@@ -3921,51 +3921,51 @@
       <t xml:space="preserve">
 Ширина, мм: 210</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: размер постера 205х300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1541.00</t>
+      <t xml:space="preserve">1572.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK.227 \ Вешало 1200x1350x500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.227</t>
@@ -3978,51 +3978,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19725.00</t>
+      <t xml:space="preserve">20120.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK.228 \ Вешало 1000x1350x500 со стеклянной полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.228.GL</t>
@@ -4039,51 +4039,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Основание: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19108.00</t>
+      <t xml:space="preserve">19490.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK.228 \ Вешало 1000x1350x500 со стеклянной мат. полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.228.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -4096,51 +4096,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Основание: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19863.00</t>
+      <t xml:space="preserve">20260.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK.229 \ Вешало 1000x1350x500 со стеклянной полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.229.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -4153,51 +4153,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Основание и боковина: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20341.00</t>
+      <t xml:space="preserve">20748.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK.229 \ Вешало 1000x1350x500 со стеклянной мат. полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.229.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -4210,51 +4210,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Основание и боковина: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23698.00</t>
+      <t xml:space="preserve">24172.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 231 \ Вешало 1200х400х1450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.230.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -4267,51 +4267,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Основание и боковина: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22704.00</t>
+      <t xml:space="preserve">23158.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 231 \ Вешало 1200х400х1450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.230.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -4324,51 +4324,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Основание и боковина: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27875.00</t>
+      <t xml:space="preserve">28433.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 231 \ Вешало 1200х400х1450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.231</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -4377,51 +4377,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11096.00</t>
+      <t xml:space="preserve">11318.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 232 \ Вешало 600х400х1450мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.232</t>
@@ -4434,51 +4434,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9556.00</t>
+      <t xml:space="preserve">9747.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 701 \ Основание вешала 4-х рожкового 890х890х1200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.701</t>
@@ -4491,51 +4491,51 @@
       <t xml:space="preserve">
 Глубина, мм: 890</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 890</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14673.00</t>
+      <t xml:space="preserve">14966.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK.702 \ Основание вешала 3-х рожкового d-920х1200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.702</t>
@@ -4544,51 +4544,51 @@
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр основания, мм: 920</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9745.00</t>
+      <t xml:space="preserve">9940.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK.703 \ Основание вешала 2-х рожкового 630х755х1200мм</t>
@@ -4605,51 +4605,51 @@
       <t xml:space="preserve">
 Глубина, мм: 755</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 630</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5982.00</t>
+      <t xml:space="preserve">6102.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK711 \ Кронштейн прямой L-400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.711</t>
@@ -4662,51 +4662,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 970</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: совместим с NK 701, NK 702, NK 703</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2748.00</t>
+      <t xml:space="preserve">2803.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK712 \ Кронштейн  ступенчатый 400х200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.712</t>
@@ -4723,51 +4723,51 @@
       <t xml:space="preserve">
 Высота, мм: 970</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: совместим с NK 701, NK 702, NK 703</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота ступени, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3628.00</t>
+      <t xml:space="preserve">3701.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK713 \ Вешало наклонное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.713</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -4776,51 +4776,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 970</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: совместим с NK 701, NK 702, NK 703</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3087.00</t>
+      <t xml:space="preserve">3149.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 303.GL \ Прилавок 2-х уровневый с прозрачными полками L600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.303.GL</t>
@@ -4837,51 +4837,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18150.00</t>
+      <t xml:space="preserve">18513.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 303.MGL \ Прилавок 2-х уровневый с матовыми полками L600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.303.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -4894,51 +4894,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18801.00</t>
+      <t xml:space="preserve">19177.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 302.GL \ Прилавок 2-х уровневый с прозрачными полками L900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.302.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -4951,51 +4951,51 @@
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21574.00</t>
+      <t xml:space="preserve">22005.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 302.MGL \ Прилавок 2-х уровневый с матовыми полками L900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.302.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -5008,51 +5008,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23698.00</t>
+      <t xml:space="preserve">24172.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 301.GL \ Прилавок 2-х уровневый с прозрачными полками L1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.301.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -5065,51 +5065,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20719.00</t>
+      <t xml:space="preserve">21133.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 301.MGL \ Прилавок 2-х уровневый с матовыми полками L1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.301.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -5122,51 +5122,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21848.00</t>
+      <t xml:space="preserve">22285.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 306.GL \ Прилавок 3-х уровневый с прозрачными полками L600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.306.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -5179,51 +5179,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29379.00</t>
+      <t xml:space="preserve">29967.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 306.MGL \ Прилавок 3-х уровневый с матовыми полками L600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.306.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -5236,51 +5236,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30129.00</t>
+      <t xml:space="preserve">30732.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 305.GL \ Прилавок 3-х уровневый с прозрачными полками L900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.305.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -5293,51 +5293,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34461.00</t>
+      <t xml:space="preserve">35150.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 305.MGL \ Прилавок 3-х уровневый с матовыми полками L900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.305.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -5350,51 +5350,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36862.00</t>
+      <t xml:space="preserve">37599.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 304.GL \ Прилавок 3-х уровневый с прозрачными полками L1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.304.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -5407,51 +5407,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36744.00</t>
+      <t xml:space="preserve">37479.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 304.MGL \ Прилавок 3-х уровневый с матовыми полками L1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.304.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -5464,51 +5464,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40014.00</t>
+      <t xml:space="preserve">40814.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 309.GL \ Прилавок 3-х уровневый с прозрачными полками L600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.309.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -5521,51 +5521,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29379.00</t>
+      <t xml:space="preserve">29967.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 309.MGL \ Прилавок 3-х уровневый с матовыми полками L600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.309.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -5578,51 +5578,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30129.00</t>
+      <t xml:space="preserve">30732.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 308.GL \ Прилавок 3-х уровневый с прозрачными полками L900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.308.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -5635,51 +5635,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34461.00</t>
+      <t xml:space="preserve">35150.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 308.MGL \ Прилавок 3-х уровневый с матовыми полками L900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.308.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -5692,51 +5692,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36862.00</t>
+      <t xml:space="preserve">37599.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 307.GL \ Прилавок 3-х уровневый с прозрачными полками L1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.307.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -5749,51 +5749,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36744.00</t>
+      <t xml:space="preserve">37479.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 307.MGL \ Прилавок 3-х уровневый с матовыми полками L1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.307.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -5806,51 +5806,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40014.00</t>
+      <t xml:space="preserve">40814.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 401.GL \ Подиум с прозрачной полкой L500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.401.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -5863,51 +5863,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8287.00</t>
+      <t xml:space="preserve">8453.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 401.MGL \ Подиум с матовой полкой L500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.401.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -5920,51 +5920,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8768.00</t>
+      <t xml:space="preserve">8943.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 401.DSP \ Подиум с полкой дсп L500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.401.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -5977,51 +5977,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8822.00</t>
+      <t xml:space="preserve">8998.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 402.GL \ Подиум с прозрачной полкой L900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.402.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -6034,51 +6034,51 @@
       <t xml:space="preserve">
 Длина, мм: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9451.00</t>
+      <t xml:space="preserve">9640.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 402.MGL \ Подиум с матовой полкой L900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.402.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -6091,51 +6091,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9932.00</t>
+      <t xml:space="preserve">10131.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 402.DSP Подиум с полкой дсп L900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.402.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -6148,51 +6148,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10084.00</t>
+      <t xml:space="preserve">10286.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 403.GL \ Подиум с прозрачной полкой L1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.403.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -6205,51 +6205,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13938.00</t>
+      <t xml:space="preserve">14217.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 403.MGL \ Подиум с матовой полкой L1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.403.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -6262,51 +6262,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15308.00</t>
+      <t xml:space="preserve">15614.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 403.DSP \ Подиум с полкой дсп L1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.403.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -6319,51 +6319,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14691.00</t>
+      <t xml:space="preserve">14985.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 501.GL \ Стол с прозрачной полкой L650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.501.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -6376,51 +6376,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 511</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15102.00</t>
+      <t xml:space="preserve">15404.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 501.MGL \ Стол с матовой полкой L650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.501.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -6433,51 +6433,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 511</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15719.00</t>
+      <t xml:space="preserve">16033.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 502.GL \ Стол с прозрачной полкой L850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.502.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -6490,51 +6490,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 611</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16165.00</t>
+      <t xml:space="preserve">16488.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 502 MGL \ Стол с матовой полкой L850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.502.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -6547,51 +6547,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 611</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16951.00</t>
+      <t xml:space="preserve">17290.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 503.GL \ Стол с прозрачной полкой L1050</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.503.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -6604,51 +6604,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1050</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 811</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17534.00</t>
+      <t xml:space="preserve">17885.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NK 503.MGL \ Стол с матовой полкой L1050</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NK.503.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
@@ -6661,100 +6661,100 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1050</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 811</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18492.00</t>
+      <t xml:space="preserve">18862.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Jr-16 \ Присоска для панелей и стекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKR.016.25.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.60</t>
+      <t xml:space="preserve">5.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
@@ -6824,51 +6824,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.52</t>
+      <t xml:space="preserve">27.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -10850,51 +10850,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.02.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -10934,51 +10934,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25301.46</t>
+            <t xml:space="preserve">25807.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный (прозрачное стекло).</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.007.PNS.GL</t>
           </r>
@@ -10998,51 +10998,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32891.90</t>
+            <t xml:space="preserve">33550.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный (прозрачное стекло)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11064,51 +11064,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16365.65</t>
+            <t xml:space="preserve">16693.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.007.NS.MGL</t>
           </r>
@@ -11128,51 +11128,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25477.16</t>
+            <t xml:space="preserve">25987.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11194,51 +11194,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33120.31</t>
+            <t xml:space="preserve">33783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стол трехярусный (матовое стекло)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NRG.007.RAL.MGL</t>
           </r>
@@ -11258,51 +11258,51 @@
             <t xml:space="preserve">
 Длина, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Труба: Квадратная труба 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16947.55</t>
+            <t xml:space="preserve">17287.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 212 \ Вешало L-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11312,51 +11312,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15684.00</t>
+            <t xml:space="preserve">15998.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -11372,51 +11372,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14862.00</t>
+            <t xml:space="preserve">15159.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11430,51 +11430,51 @@
             <t xml:space="preserve">
 Артикул: NK.214</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8392.00</t>
+            <t xml:space="preserve">8560.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -11486,51 +11486,51 @@
             </rPr>
             <t xml:space="preserve">NK 215 \ Трубка соединительная L-400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.215</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1132.00</t>
+            <t xml:space="preserve">1155.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
@@ -11552,51 +11552,51 @@
             <t xml:space="preserve">
 Артикул: NK.216</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: совместима с NK 214</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1541.00</t>
+            <t xml:space="preserve">1572.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -11616,51 +11616,51 @@
             <t xml:space="preserve">
 Полка: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 515</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1025.00</t>
+            <t xml:space="preserve">1046.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11678,51 +11678,51 @@
             <t xml:space="preserve">
 Полка: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 515</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">891.00</t>
+            <t xml:space="preserve">909.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -11738,51 +11738,51 @@
             <t xml:space="preserve">
 Полка: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 515</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1609.00</t>
+            <t xml:space="preserve">1641.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11796,51 +11796,51 @@
             <t xml:space="preserve">
 Артикул: NK.001</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: устанавливается на трубу 25х25 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1439.00</t>
+            <t xml:space="preserve">1468.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -11868,51 +11868,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 425</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17774.00</t>
+            <t xml:space="preserve">18129.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 101.MGL \ Вешало навесное L900 полка матовая</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11930,51 +11930,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 425</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18253.00</t>
+            <t xml:space="preserve">18618.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 102.GL \ Вешало навесное L450 полка прозрачная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.102.GL</t>
           </r>
@@ -11990,51 +11990,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 425</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15479.00</t>
+            <t xml:space="preserve">15789.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 102.MGL \ Вешало навесное L450 полка матовая</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12052,51 +12052,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 425</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15786.00</t>
+            <t xml:space="preserve">16102.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 103.GL \ Вешало навесное L-900mm с прозрачной полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.103.GL</t>
           </r>
@@ -12112,51 +12112,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1025</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22807.00</t>
+            <t xml:space="preserve">23263.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 103.MGL \ Вешало навесное L900 полка матовая</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12174,51 +12174,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1025</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23320.00</t>
+            <t xml:space="preserve">23786.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 101 GL \ Вешало навесное с полкой 900х425х450 (стекло прозрачное)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.104.GL</t>
           </r>
@@ -12234,51 +12234,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1025</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20101.00</t>
+            <t xml:space="preserve">20503.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 101 GL \ Вешало навесное с полкой 900х425х450 (стекло прозрачное)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12296,51 +12296,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1025</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20307.00</t>
+            <t xml:space="preserve">20713.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 105.GL \ Вешало с прозрачной полкой навесное L-900mm</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.105.GL</t>
           </r>
@@ -12360,51 +12360,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1465</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: может устанавливаться на пол</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24965.00</t>
+            <t xml:space="preserve">25464.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 105.MGL \ Вешало с полкой матовой навесное L900</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12426,51 +12426,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1465</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: может устанавливаться на пол</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25891.00</t>
+            <t xml:space="preserve">26409.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 101 GL \ Вешало навесное с полкой 900х425х450 (стекло прозрачное)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.106.GL</t>
           </r>
@@ -12490,51 +12490,51 @@
             <t xml:space="preserve">
 Ширина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1465</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: может устанавливаться на пол</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21574.00</t>
+            <t xml:space="preserve">22005.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 101 GL \ Вешало навесное с полкой 900х425х450 (стекло прозрачное)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12556,51 +12556,51 @@
             <t xml:space="preserve">
 Ширина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1465</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: может устанавливаться на пол</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22089.00</t>
+            <t xml:space="preserve">22531.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 107.MGL \ Полки навесные матовые L-900mm</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.107.GL</t>
           </r>
@@ -12616,51 +12616,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 745</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26574.00</t>
+            <t xml:space="preserve">27105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 107.MGL \ Полки навесные матовые L-900mm</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12678,51 +12678,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 745</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28047.00</t>
+            <t xml:space="preserve">28608.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 107.MGL \ Полки навесные матовые L-900mm</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.108.GL</t>
           </r>
@@ -12738,51 +12738,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 745</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22156.00</t>
+            <t xml:space="preserve">22599.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 107.MGL \ Полки навесные матовые L-900mm</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12800,51 +12800,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22876.00</t>
+            <t xml:space="preserve">23334.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 107.MGL \ Полки навесные матовые L-900mm</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.109.GL</t>
           </r>
@@ -12864,51 +12864,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1105</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: могут устанавливаться на пол</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35649.00</t>
+            <t xml:space="preserve">36362.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 109.MGL Полки навесные матовые L-900mm</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12930,51 +12930,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1105</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: могут устанавливаться на пол</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37566.00</t>
+            <t xml:space="preserve">38317.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 110.GL \ Полки навесные прозрачные L-450mm</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.110.GL</t>
           </r>
@@ -12994,51 +12994,51 @@
             <t xml:space="preserve">
 Ширина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1105</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: могут устанавливаться на пол</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29656.00</t>
+            <t xml:space="preserve">30249.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 107.MGL \ Полки навесные матовые L-900mm</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13060,51 +13060,51 @@
             <t xml:space="preserve">
 Ширина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1105</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: могут устанавливаться на пол</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30512.00</t>
+            <t xml:space="preserve">31122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 111 \ Прилавок навесной L-900mm</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.111.GL</t>
           </r>
@@ -13116,51 +13116,51 @@
             <t xml:space="preserve">
 Глубина, мм: 550</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 980</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 912</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19417.00</t>
+            <t xml:space="preserve">19805.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -13178,51 +13178,51 @@
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13527.00</t>
+            <t xml:space="preserve">13798.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 201.GL \ Вешало двухярусное L-900mm стекло прозрачное</t>
           </r>
@@ -13242,51 +13242,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24965.00</t>
+            <t xml:space="preserve">25464.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 201.MGL \ Вешало двухярусное L-900mm стекло матовое</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13304,51 +13304,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25478.00</t>
+            <t xml:space="preserve">25988.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 202.GL \ Вешало двухярусное L-450mm стекло прозрачное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.202.GL</t>
           </r>
@@ -13364,51 +13364,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22876.00</t>
+            <t xml:space="preserve">23334.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 202.MGL \ Вешало двухярусное L-450mm стекло матовое</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13426,51 +13426,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23115.00</t>
+            <t xml:space="preserve">23577.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 203. \ Вешало 2-х рядное L-900mm</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.203</t>
           </r>
@@ -13482,51 +13482,51 @@
             <t xml:space="preserve">
 Глубина, мм: 550</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18801.00</t>
+            <t xml:space="preserve">19177.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -13548,51 +13548,51 @@
             <t xml:space="preserve">
 Глубина, мм: 550</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22089.00</t>
+            <t xml:space="preserve">22531.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 204.MGL \ Вешало 2-х рядное с матовой полкой L-900mm</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.204.MGL</t>
           </r>
@@ -13608,51 +13608,51 @@
             <t xml:space="preserve">
 Глубина, мм: 550</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22636.00</t>
+            <t xml:space="preserve">23089.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 205.DSP \ Стеллаж с 2-я вешалами и полками дсп</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13670,51 +13670,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34618.00</t>
+            <t xml:space="preserve">35310.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 205.MDF.COL \ Стеллаж с 2-я вешалами и полками МДФ крашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.205.MDF.COL</t>
           </r>
@@ -13730,51 +13730,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">46375.00</t>
+            <t xml:space="preserve">47303.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 206 GL \ Стеллаж вешало с полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13792,51 +13792,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28183.00</t>
+            <t xml:space="preserve">28747.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 206.MGL \ Стеллаж с 2-я вешалами и матовыми полками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.206.MGL</t>
           </r>
@@ -13852,51 +13852,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33594.00</t>
+            <t xml:space="preserve">34266.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 207.DSP \ Стеллаж с полками дсп</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13914,51 +13914,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25678.00</t>
+            <t xml:space="preserve">26192.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 207.MDF.COL \ Стеллаж с полками МДФ крашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.207.MDF.COL</t>
           </r>
@@ -13974,51 +13974,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39972.00</t>
+            <t xml:space="preserve">40771.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 208.GL \ Стеллаж с прозрачными полками</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14036,51 +14036,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24313.00</t>
+            <t xml:space="preserve">24799.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 208.MGL \ Стеллаж с матовыми полками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.208.MGL</t>
           </r>
@@ -14096,51 +14096,51 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28183.00</t>
+            <t xml:space="preserve">28747.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 209 \ Стеллаж вешало</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14154,51 +14154,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18938.00</t>
+            <t xml:space="preserve">19317.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 210.GL \ Стеллаж вешало с прозрачной полкой</t>
           </r>
@@ -14218,51 +14218,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1358</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24622.00</t>
+            <t xml:space="preserve">25114.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 210 MGL \ Стеллаж вешало с полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14280,51 +14280,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25546.00</t>
+            <t xml:space="preserve">26057.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 211 GL \ Стеллаж  с полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.211.GL</t>
           </r>
@@ -14340,51 +14340,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18461.00</t>
+            <t xml:space="preserve">18830.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 211 MGL \ Стеллаж с матовыми полками</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14402,51 +14402,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21097.00</t>
+            <t xml:space="preserve">21519.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 211.DSP \ Стеллаж с полками дсп</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.211.DSP</t>
           </r>
@@ -14462,51 +14462,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24968.00</t>
+            <t xml:space="preserve">25467.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 222 GL \ Стеллаж вешало со стеклянными полками</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14524,51 +14524,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23731.00</t>
+            <t xml:space="preserve">24206.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 222 MGL \ Стеллаж вешало со стеклянными матовыми полками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.222.MGL</t>
           </r>
@@ -14584,51 +14584,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28971.00</t>
+            <t xml:space="preserve">29550.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 223 GL \ Вешало 1600x1400x600 Полка прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14646,51 +14646,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24108.00</t>
+            <t xml:space="preserve">24590.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 223 GL \ Вешало 1600x1400x600 Полка прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.223.MGL</t>
           </r>
@@ -14706,51 +14706,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27500.00</t>
+            <t xml:space="preserve">28050.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 224 \ Вешало 1600x1400x600 со стеклянной мат.полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14768,51 +14768,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20341.00</t>
+            <t xml:space="preserve">20748.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 224 \ Вешало 1600x1400x600 со стеклянной мат.полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.224.MGL</t>
           </r>
@@ -14828,51 +14828,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22190.00</t>
+            <t xml:space="preserve">22634.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 225 GL \ Вешало 1600x1400x700 со стеклянной полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14894,51 +14894,51 @@
             <t xml:space="preserve">
 Глубина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25273.00</t>
+            <t xml:space="preserve">25778.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 225 MGL \ Вешало</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.225.MGL</t>
           </r>
@@ -14958,51 +14958,51 @@
             <t xml:space="preserve">
 Глубина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29246.00</t>
+            <t xml:space="preserve">29831.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 226 \ Акриловый карман</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15016,51 +15016,51 @@
             <t xml:space="preserve">
 Ширина, мм: 210</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: размер постера 205х300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1541.00</t>
+            <t xml:space="preserve">1572.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK.227 \ Вешало 1200x1350x500</t>
           </r>
@@ -15076,51 +15076,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19725.00</t>
+            <t xml:space="preserve">20120.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15142,51 +15142,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Основание: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19108.00</t>
+            <t xml:space="preserve">19490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK.228 \ Вешало 1000x1350x500 со стеклянной мат. полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.228.MGL</t>
           </r>
@@ -15202,51 +15202,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Основание: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19863.00</t>
+            <t xml:space="preserve">20260.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK.229 \ Вешало 1000x1350x500 со стеклянной полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15264,51 +15264,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Основание и боковина: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20341.00</t>
+            <t xml:space="preserve">20748.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK.229 \ Вешало 1000x1350x500 со стеклянной мат. полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.229.MGL</t>
           </r>
@@ -15324,51 +15324,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Основание и боковина: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23698.00</t>
+            <t xml:space="preserve">24172.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 231 \ Вешало 1200х400х1450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15386,51 +15386,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Основание и боковина: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22704.00</t>
+            <t xml:space="preserve">23158.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 231 \ Вешало 1200х400х1450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.230.MGL</t>
           </r>
@@ -15446,51 +15446,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Основание и боковина: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27875.00</t>
+            <t xml:space="preserve">28433.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 231 \ Вешало 1200х400х1450мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15504,51 +15504,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11096.00</t>
+            <t xml:space="preserve">11318.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 232 \ Вешало 600х400х1450мм</t>
           </r>
@@ -15564,51 +15564,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9556.00</t>
+            <t xml:space="preserve">9747.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15626,51 +15626,51 @@
             <t xml:space="preserve">
 Глубина, мм: 890</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 890</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14673.00</t>
+            <t xml:space="preserve">14966.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK.702 \ Основание вешала 3-х рожкового d-920х1200мм</t>
           </r>
@@ -15682,51 +15682,51 @@
             <t xml:space="preserve">
 Материал: нержавеющая сталь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр основания, мм: 920</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9745.00</t>
+            <t xml:space="preserve">9940.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -15748,51 +15748,51 @@
             <t xml:space="preserve">
 Глубина, мм: 755</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 630</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5982.00</t>
+            <t xml:space="preserve">6102.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK711 \ Кронштейн прямой L-400</t>
           </r>
@@ -15808,51 +15808,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 970</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: совместим с NK 701, NK 702, NK 703</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2748.00</t>
+            <t xml:space="preserve">2803.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="4"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15874,51 +15874,51 @@
             <t xml:space="preserve">
 Высота, мм: 970</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: совместим с NK 701, NK 702, NK 703</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота ступени, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3628.00</t>
+            <t xml:space="preserve">3701.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK713 \ Вешало наклонное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.713</t>
           </r>
@@ -15930,51 +15930,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 970</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: совместим с NK 701, NK 702, NK 703</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3087.00</t>
+            <t xml:space="preserve">3149.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15996,51 +15996,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18150.00</t>
+            <t xml:space="preserve">18513.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 303.MGL \ Прилавок 2-х уровневый с матовыми полками L600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.303.MGL</t>
           </r>
@@ -16056,51 +16056,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18801.00</t>
+            <t xml:space="preserve">19177.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 302.GL \ Прилавок 2-х уровневый с прозрачными полками L900</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16118,51 +16118,51 @@
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21574.00</t>
+            <t xml:space="preserve">22005.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 302.MGL \ Прилавок 2-х уровневый с матовыми полками L900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.302.MGL</t>
           </r>
@@ -16178,51 +16178,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23698.00</t>
+            <t xml:space="preserve">24172.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="4"/>
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 301.GL \ Прилавок 2-х уровневый с прозрачными полками L1200</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16240,51 +16240,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20719.00</t>
+            <t xml:space="preserve">21133.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 301.MGL \ Прилавок 2-х уровневый с матовыми полками L1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.301.MGL</t>
           </r>
@@ -16300,51 +16300,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21848.00</t>
+            <t xml:space="preserve">22285.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="4"/>
       <c r="B51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 306.GL \ Прилавок 3-х уровневый с прозрачными полками L600</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16362,51 +16362,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29379.00</t>
+            <t xml:space="preserve">29967.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 306.MGL \ Прилавок 3-х уровневый с матовыми полками L600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.306.MGL</t>
           </r>
@@ -16422,51 +16422,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30129.00</t>
+            <t xml:space="preserve">30732.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="4"/>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 305.GL \ Прилавок 3-х уровневый с прозрачными полками L900</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16484,51 +16484,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34461.00</t>
+            <t xml:space="preserve">35150.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 305.MGL \ Прилавок 3-х уровневый с матовыми полками L900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.305.MGL</t>
           </r>
@@ -16544,51 +16544,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36862.00</t>
+            <t xml:space="preserve">37599.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="4"/>
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 304.GL \ Прилавок 3-х уровневый с прозрачными полками L1200</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16606,51 +16606,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36744.00</t>
+            <t xml:space="preserve">37479.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C53" s="4"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 304.MGL \ Прилавок 3-х уровневый с матовыми полками L1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.304.MGL</t>
           </r>
@@ -16666,51 +16666,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40014.00</t>
+            <t xml:space="preserve">40814.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="4"/>
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 309.GL \ Прилавок 3-х уровневый с прозрачными полками L600</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16728,51 +16728,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29379.00</t>
+            <t xml:space="preserve">29967.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 309.MGL \ Прилавок 3-х уровневый с матовыми полками L600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.309.MGL</t>
           </r>
@@ -16788,51 +16788,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30129.00</t>
+            <t xml:space="preserve">30732.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="4"/>
       <c r="B55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 308.GL \ Прилавок 3-х уровневый с прозрачными полками L900</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16850,51 +16850,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34461.00</t>
+            <t xml:space="preserve">35150.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C55" s="4"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 308.MGL \ Прилавок 3-х уровневый с матовыми полками L900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.308.MGL</t>
           </r>
@@ -16910,51 +16910,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36862.00</t>
+            <t xml:space="preserve">37599.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="4"/>
       <c r="B56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 307.GL \ Прилавок 3-х уровневый с прозрачными полками L1200</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16972,51 +16972,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36744.00</t>
+            <t xml:space="preserve">37479.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C56" s="4"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 307.MGL \ Прилавок 3-х уровневый с матовыми полками L1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.307.MGL</t>
           </r>
@@ -17032,51 +17032,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40014.00</t>
+            <t xml:space="preserve">40814.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="4"/>
       <c r="B57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 401.GL \ Подиум с прозрачной полкой L500</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17094,51 +17094,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8287.00</t>
+            <t xml:space="preserve">8453.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C57" s="4"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 401.MGL \ Подиум с матовой полкой L500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.401.MGL</t>
           </r>
@@ -17154,51 +17154,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8768.00</t>
+            <t xml:space="preserve">8943.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="4"/>
       <c r="B58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 401.DSP \ Подиум с полкой дсп L500</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17216,51 +17216,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8822.00</t>
+            <t xml:space="preserve">8998.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C58" s="4"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 402.GL \ Подиум с прозрачной полкой L900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.402.GL</t>
           </r>
@@ -17276,51 +17276,51 @@
             <t xml:space="preserve">
 Длина, мм: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9451.00</t>
+            <t xml:space="preserve">9640.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="4"/>
       <c r="B59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 402.MGL \ Подиум с матовой полкой L900</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17338,51 +17338,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9932.00</t>
+            <t xml:space="preserve">10131.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C59" s="4"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 402.DSP Подиум с полкой дсп L900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.402.DSP</t>
           </r>
@@ -17398,51 +17398,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10084.00</t>
+            <t xml:space="preserve">10286.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="4"/>
       <c r="B60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 403.GL \ Подиум с прозрачной полкой L1400</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17460,51 +17460,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13938.00</t>
+            <t xml:space="preserve">14217.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C60" s="4"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 403.MGL \ Подиум с матовой полкой L1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.403.MGL</t>
           </r>
@@ -17520,51 +17520,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15308.00</t>
+            <t xml:space="preserve">15614.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="4"/>
       <c r="B61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 403.DSP \ Подиум с полкой дсп L1400</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17582,51 +17582,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14691.00</t>
+            <t xml:space="preserve">14985.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C61" s="4"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 501.GL \ Стол с прозрачной полкой L650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.501.GL</t>
           </r>
@@ -17642,51 +17642,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 511</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15102.00</t>
+            <t xml:space="preserve">15404.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="4"/>
       <c r="B62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 501.MGL \ Стол с матовой полкой L650</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17704,51 +17704,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 511</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15719.00</t>
+            <t xml:space="preserve">16033.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C62" s="4"/>
       <c r="D62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 502.GL \ Стол с прозрачной полкой L850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.502.GL</t>
           </r>
@@ -17764,51 +17764,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 611</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16165.00</t>
+            <t xml:space="preserve">16488.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="4"/>
       <c r="B63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 502 MGL \ Стол с матовой полкой L850</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17826,51 +17826,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 611</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16951.00</t>
+            <t xml:space="preserve">17290.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C63" s="4"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 503.GL \ Стол с прозрачной полкой L1050</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NK.503.GL</t>
           </r>
@@ -17886,51 +17886,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1050</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 811</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17534.00</t>
+            <t xml:space="preserve">17885.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="4"/>
       <c r="B64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NK 503.MGL \ Стол с матовой полкой L1050</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17948,51 +17948,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1050</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 811</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18492.00</t>
+            <t xml:space="preserve">18862.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C64" s="4"/>
       <c r="D64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Jr-16 \ Присоска для панелей и стекла</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKR.016.25.TR</t>
           </r>
@@ -18000,51 +18000,51 @@
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.60</t>
+            <t xml:space="preserve">5.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="4"/>
       <c r="B65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -18122,51 +18122,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.52</t>
+            <t xml:space="preserve">27.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>