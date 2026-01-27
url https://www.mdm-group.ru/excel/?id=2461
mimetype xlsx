--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -1052,552 +1052,582 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f325c_fdef_11df_b16f_003048d0c7fe_251C30EA_7663_4AFA_A68B_2A7D13BE662C2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f329f_fdef_11df_b16f_003048d0c7fe_BB8EF7CF_CDB2_493C_8F16_1FBE3CFC81EC3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80f79838_220a_11e0_99a4_003048f27c5f_82BE193C_20AA_4DF6_828F_88987E68FBB84.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dd9c9cd_08dd_11e0_99a4_003048f27c5f_1235.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cecee91d_fea3_11df_b16f_003048d0c7fe_7ABD677F_7B26_43B1_940E_FF19DC615F506.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffdcf3f8_4a15_11e0_86e2_003048f27c5f_E3A876B7_B092_4015_B7D6_43F203FDC45A7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3252_fdef_11df_b16f_003048d0c7fe_E53E8231_D1B5_42A4_9701_AB82D69619718.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/822685cf_4e00_11e0_86e2_003048f27c5f_6BA23C4F_F614_4735_A945_2A34592F95DE9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75d81179_081d_11e0_99a4_003048f27c5f_FC7A7230_5ED3_4AE4_AAD7_7417D0D34BF410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f32a4_fdef_11df_b16f_003048d0c7fe_585A47F4_D100_4B37_A005_A25FB17CE57A11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cecee920_fea3_11df_b16f_003048d0c7fe_7319E21B_2555_4F23_885C_7CE80AAD9BD612.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3259_fdef_11df_b16f_003048d0c7fe_326D27A3_0F40_4F4E_88BB_FDBFDC1028A913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdd8_0100_11e0_b16f_003048d0c7fe_50CDACA2_F469_4893_A028_12C290FCD49814.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9913b49_707a_11e0_afc8_003048f27c5f_6A56FC1B_F030_4504_84CB_5D3BA91D35D715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54ff18cc_081d_11e0_99a4_003048f27c5f_FC223C99_DA95_4179_837B_C8E572CC521F16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/722dcd16_4e00_11e0_86e2_003048f27c5f_7754E2C9_A827_4647_957E_D3ECFEF7CE6B17.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e7754cc_e214_11e6_9cf3_0025902b3cc1_6793367C_FD3F_438F_9446_566BBACD89722.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f325c_fdef_11df_b16f_003048d0c7fe_251C30EA_7663_4AFA_A68B_2A7D13BE662C3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f329f_fdef_11df_b16f_003048d0c7fe_BB8EF7CF_CDB2_493C_8F16_1FBE3CFC81EC4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80f79838_220a_11e0_99a4_003048f27c5f_82BE193C_20AA_4DF6_828F_88987E68FBB85.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dd9c9cd_08dd_11e0_99a4_003048f27c5f_1236.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cecee91d_fea3_11df_b16f_003048d0c7fe_7ABD677F_7B26_43B1_940E_FF19DC615F507.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffdcf3f8_4a15_11e0_86e2_003048f27c5f_E3A876B7_B092_4015_B7D6_43F203FDC45A8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3252_fdef_11df_b16f_003048d0c7fe_E53E8231_D1B5_42A4_9701_AB82D69619719.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/822685cf_4e00_11e0_86e2_003048f27c5f_6BA23C4F_F614_4735_A945_2A34592F95DE10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75d81179_081d_11e0_99a4_003048f27c5f_FC7A7230_5ED3_4AE4_AAD7_7417D0D34BF411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f32a4_fdef_11df_b16f_003048d0c7fe_585A47F4_D100_4B37_A005_A25FB17CE57A12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cecee920_fea3_11df_b16f_003048d0c7fe_7319E21B_2555_4F23_885C_7CE80AAD9BD613.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3259_fdef_11df_b16f_003048d0c7fe_326D27A3_0F40_4F4E_88BB_FDBFDC1028A914.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bdd8_0100_11e0_b16f_003048d0c7fe_50CDACA2_F469_4893_A028_12C290FCD49815.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9913b49_707a_11e0_afc8_003048f27c5f_6A56FC1B_F030_4504_84CB_5D3BA91D35D716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54ff18cc_081d_11e0_99a4_003048f27c5f_FC223C99_DA95_4179_837B_C8E572CC521F17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/722dcd16_4e00_11e0_86e2_003048f27c5f_7754E2C9_A827_4647_957E_D3ECFEF7CE6B18.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>47625</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="6000750" cy="2609850"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1864,54 +1894,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z14"/>
+  <dimension ref="A1:Z15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D14" sqref="D14"/>
+      <selection activeCell="D15" sqref="D15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -1932,967 +1962,973 @@
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:26">
-[...119 lines deleted...]
-      </c>
+    <row r="6" spans="1:26" customHeight="1" ht="225">
+      <c r="A6"/>
+      <c r="B6"/>
+      <c r="C6"/>
+      <c r="D6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SQ 1001 \ Винт для крепления профиля (L=25мм)</t>
-[...11 lines deleted...]
-Примечание: для исп-я с подложкой толщиной от 16,5 до 19 мм</t>
+            <t xml:space="preserve">SQ 1001 \  Алюминиевый профиль с пазом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: LIN.031.AL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: алюминий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+H, мм: 20</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+L, мм: 14,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: стоимость резка – 28 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4.08</t>
+            <t xml:space="preserve">2550.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MG65-04 \ Кронштейн прямой L-250mm</t>
-[...15 lines deleted...]
-Длина, мм: 5</t>
+            <t xml:space="preserve">SQ 1001 \ Винт для крепления профиля (L=22мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: LIN.033.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 22</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для исп-я с подложкой толщиной от 14,5 до 17 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">816.00</t>
+            <t xml:space="preserve">5.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MG65-06 \ Кронштейн изогнутый L-300mm</t>
-[...15 lines deleted...]
-Макс. допустимая нагрузка, кг: 5</t>
+            <t xml:space="preserve">SQ 1001 \ Винт для крепления профиля (L=25мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: LIN.034.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для исп-я с подложкой толщиной от 16,5 до 19 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">704.00</t>
+            <t xml:space="preserve">4.08</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MG65-05 \ Кронштейн наклонный L-300mm</t>
-[...3 lines deleted...]
-Артикул: LIN.025.MH</t>
+            <t xml:space="preserve">MG65-04 \ Кронштейн прямой L-250mm</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: LIN.024.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 300</t>
-[...3 lines deleted...]
-Макс. допустимая нагрузка, кг: 5</t>
+Диаметр, мм: 250</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">816.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LCX01-04 \ Кронштейн ступенчатый</t>
-[...3 lines deleted...]
-Артикул: LIN.004.MH</t>
+            <t xml:space="preserve">MG65-06 \ Кронштейн изогнутый L-300mm</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: LIN.026.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">847.00</t>
+            <t xml:space="preserve">704.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MG65-01 \ Держатель штанги (d-19,L-300mm)</t>
-[...3 lines deleted...]
-Артикул: LIN.028.MH</t>
+            <t xml:space="preserve">MG65-05 \ Кронштейн наклонный L-300mm</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: LIN.025.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
-Диаметр, мм: 19</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">765.00</t>
+            <t xml:space="preserve">816.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">KZ Type 1 \ Штанга</t>
-[...3 lines deleted...]
-Артикул: MNM.030.MH</t>
+            <t xml:space="preserve">LCX01-04 \ Кронштейн ступенчатый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: LIN.004.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 900</t>
-[...3 lines deleted...]
-Диаметр, мм: 19</t>
+Длина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Макс. допустимая нагрузка, кг: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">887.00</t>
+            <t xml:space="preserve">847.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">KZ Type 1 \ Штанга</t>
-[...3 lines deleted...]
-Артикул: MNM.031.MH</t>
+            <t xml:space="preserve">MG65-01 \ Держатель штанги (d-19,L-300mm)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: LIN.028.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 1200</t>
+Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 19</t>
           </r>
           <r>
             <t xml:space="preserve">
+Макс. допустимая нагрузка, кг: 5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1142.00</t>
+            <t xml:space="preserve">765.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KZ Type 1 \ Штанга</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: MNM.032.MH</t>
+Артикул: MNM.030.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 1500</t>
+Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 19</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">847.00</t>
+            <t xml:space="preserve">887.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MG65-07 \ Полкодержатель</t>
-[...3 lines deleted...]
-Артикул: LIN.027.MH</t>
+            <t xml:space="preserve">KZ Type 1 \ Штанга</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MNM.031.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 300</t>
-[...3 lines deleted...]
-Макс. допустимая нагрузка, кг: 5</t>
+Длина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 19</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">836.00</t>
+            <t xml:space="preserve">1142.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LCX01B-012 \ Крючок</t>
-[...3 lines deleted...]
-Артикул: LIN.006.MH</t>
+            <t xml:space="preserve">KZ Type 1 \ Штанга</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: MNM.032.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 200</t>
-[...3 lines deleted...]
-Макс. допустимая нагрузка, кг: 1</t>
+Длина, мм: 1500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 19</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">306.00</t>
+            <t xml:space="preserve">847.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LCX01B-014 \ Кронштейн для мяча</t>
-[...3 lines deleted...]
-Артикул: LIN.016.MH</t>
+            <t xml:space="preserve">MG65-07 \ Полкодержатель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: LIN.027.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Диаметр, мм: 180</t>
-[...3 lines deleted...]
-Макс. допустимая нагрузка, кг: 1,5</t>
+Длина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Макс. допустимая нагрузка, кг: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">510.00</t>
+            <t xml:space="preserve">836.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">LCX01B-011 \ Кронштейн для бейсболки</t>
-[...3 lines deleted...]
-Артикул: LIN.015.MH</t>
+            <t xml:space="preserve">LCX01B-012 \ Крючок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: LIN.006.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Макс. допустимая нагрузка, кг: 1,5</t>
+Длина, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Макс. допустимая нагрузка, кг: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">673.00</t>
+            <t xml:space="preserve">306.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LCX01B-014 \ Кронштейн для мяча</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: LIN.016.MH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: матовый хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 180</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Макс. допустимая нагрузка, кг: 1,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">510.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:26">
+      <c r="A15" s="4"/>
+      <c r="B15" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">LCX01B-011 \ Кронштейн для бейсболки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: LIN.015.MH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: матовый хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Макс. допустимая нагрузка, кг: 1,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">673.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+      <c r="C15" s="4"/>
+      <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS-421 \ Профиль окантовочный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PHD.108.AL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 4900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена за хлыст. Для панелей толщиной 16 мм</t>
           </r>
@@ -2916,50 +2952,51 @@
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
+    <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>