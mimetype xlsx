--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23.04.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Slot</t>
   </si>
   <si>
     <t>Система Slot предлагает два вида крепления навесных элементов: миниатюрный алюминиевый профиль и одиночный держатель.Несущим элементом серии является панель из ДСП или МДФ, в которую врезают профили и держатели.Возможности для дизайна: комбинированные панели, совмещающие в себе как профиль, так и одиночные держатели. Все навесные элементы имеют универсальный зацеп, который подходит к обоим видам крепления. Модельный ряд серии дополнен высококачественными акриловыми полками и подставками.Изящные кронштейны и держатели обладают высокой допустимой нагрузкой (отдельные модели до 15 кг). Покрытие навесных элементов – хром.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ASP102-LH1 \ Крепление в панель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SLO.027.AL</t>
     </r>
@@ -195,51 +195,51 @@
       <t xml:space="preserve">
 Артикул: THL.900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: анодированный алюминий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 5000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1190.00</t>
+      <t xml:space="preserve">1214.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -252,51 +252,51 @@
       <t xml:space="preserve">
 Артикул: THL.900.1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: анодированный алюминий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39.00</t>
+      <t xml:space="preserve">39.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1738,51 +1738,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 584</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 15х30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">426.00</t>
+      <t xml:space="preserve">435.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ASP 364 \ Штанга</t>
@@ -1795,51 +1795,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1184</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 15х30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">614.00</t>
+      <t xml:space="preserve">626.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка акриловая</t>
@@ -1856,51 +1856,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: зацепы из алюминия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">274.00</t>
+      <t xml:space="preserve">279.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка акриловая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SLO.201C.TR</t>
@@ -1913,51 +1913,51 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: зацепы из алюминия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">347.00</t>
+      <t xml:space="preserve">354.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка акриловая под ценникодержатель DRA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SLO.202A.TR</t>
@@ -1970,51 +1970,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: зацепы из алюминия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">374.00</t>
+      <t xml:space="preserve">381.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка акриловая под ценникодержатель DRA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SLO.202B.TR</t>
@@ -2027,51 +2027,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: зацепы из алюминия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">495.00</t>
+      <t xml:space="preserve">505.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка акриловая под ценникодержатель DRA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SLO.202C.TR</t>
@@ -2084,51 +2084,51 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: зацепы из алюминия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">626.00</t>
+      <t xml:space="preserve">639.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка акриловая с ценникодержателем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SLO.203A.TR</t>
@@ -2145,51 +2145,51 @@
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота ценникодержателя, мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: зацепы из алюминия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">495.00</t>
+      <t xml:space="preserve">505.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка акриловая с ценникодержателем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SLO.203B.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2202,51 +2202,51 @@
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота ценникодержателя, мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: зацепы из алюминия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">626.00</t>
+      <t xml:space="preserve">639.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка акриловая с ценникодержателем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SLO.203C.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2259,51 +2259,51 @@
       <t xml:space="preserve">
 Ширина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота ценникодержателя, мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: зацепы из алюминия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">725.00</t>
+      <t xml:space="preserve">740.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка акриловая для листов А4 вертикальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SLO.204.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2316,100 +2316,100 @@
       <t xml:space="preserve">
 Ширина, мм: 295</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: зацепы из алюминия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">673.00</t>
+      <t xml:space="preserve">686.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Держатель для телефонов</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SLO.206.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: зацеп из алюминия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Внутр. размеры кармана (ШхГхВ), мм: 64х25х105</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">166.00</t>
+      <t xml:space="preserve">169.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -4081,51 +4081,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23.04.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -4271,51 +4271,51 @@
             <t xml:space="preserve">
 Артикул: THL.900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: анодированный алюминий</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 5000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1190.00</t>
+            <t xml:space="preserve">1214.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -4331,51 +4331,51 @@
             <t xml:space="preserve">
 Артикул: THL.900.1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: анодированный алюминий</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39.00</t>
+            <t xml:space="preserve">39.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -5921,51 +5921,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 584</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 15х30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">426.00</t>
+            <t xml:space="preserve">435.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5983,51 +5983,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1184</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 15х30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">614.00</t>
+            <t xml:space="preserve">626.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6047,51 +6047,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: зацепы из алюминия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">274.00</t>
+            <t xml:space="preserve">279.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6109,51 +6109,51 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: зацепы из алюминия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">347.00</t>
+            <t xml:space="preserve">354.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка акриловая под ценникодержатель DRA</t>
           </r>
@@ -6169,51 +6169,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: зацепы из алюминия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">374.00</t>
+            <t xml:space="preserve">381.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6231,51 +6231,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: зацепы из алюминия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">495.00</t>
+            <t xml:space="preserve">505.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка акриловая под ценникодержатель DRA</t>
           </r>
@@ -6291,51 +6291,51 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: зацепы из алюминия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">626.00</t>
+            <t xml:space="preserve">639.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6357,51 +6357,51 @@
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота ценникодержателя, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: зацепы из алюминия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">495.00</t>
+            <t xml:space="preserve">505.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка акриловая с ценникодержателем</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SLO.203B.TR</t>
           </r>
@@ -6417,51 +6417,51 @@
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота ценникодержателя, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: зацепы из алюминия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">626.00</t>
+            <t xml:space="preserve">639.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка акриловая с ценникодержателем</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6479,51 +6479,51 @@
             <t xml:space="preserve">
 Ширина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота ценникодержателя, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: зацепы из алюминия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">725.00</t>
+            <t xml:space="preserve">740.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полка акриловая для листов А4 вертикальная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SLO.204.TR</t>
           </r>
@@ -6539,51 +6539,51 @@
             <t xml:space="preserve">
 Ширина, мм: 295</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: зацепы из алюминия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">673.00</t>
+            <t xml:space="preserve">686.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Держатель для телефонов</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6593,51 +6593,51 @@
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: зацеп из алюминия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Внутр. размеры кармана (ШхГхВ), мм: 64х25х105</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">166.00</t>
+            <t xml:space="preserve">169.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>