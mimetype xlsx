--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,170 +33,170 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">09.08.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Рекламно информационные держатели на тросах Mega 3000 Info</t>
   </si>
   <si>
     <t>Прекрасным решением для организации интерьерной рекламы послужит тросовая система Mega 3000 Info.
 В основе Mega 3000 Info, также как и Mega 3000 Spino, — металлический трос, который крепится на полу, потолке, стенах помещения или металлических стойках. Затем при помощи троса на любой высоте подвешиваются информационные панели.
 Все элементы Mega 3000 Info выполнены из сатинированного алюминия — особо прочного и лёгкого материала.
 На вертикальных панелях, закреплённых с помощью тросовой системы Mega 3000 Info, очень эффектно смотрятся различные информационные материалы и рекламные постеры.
 Примеры конструкций, реализованных с помощью Mega 3000 Spino и Mega 3000 Info (детальные иллюстрации с пояснениями и указанием комплектации конструкций).
 Изделия серии Mega 3000 Info поставляются со склада.
  Представляем тросовую систему Mega 3000 Info 
  Инструкция по применению и монтажу систем Mega 3000 Spino и Mega 3000 Info</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4000-11(2,0) \ Трос</t>
-[...15 lines deleted...]
-Примечание: цена за 1м</t>
+      <t xml:space="preserve">SP1-03 \  Зажим тросика d-2мм с ушком</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: INF.002.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">48.00</t>
+      <t xml:space="preserve">218.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SP1-03 \  Зажим тросика d-2мм с ушком</t>
-[...3 lines deleted...]
-Артикул: INF.002.SA</t>
+      <t xml:space="preserve">4000-11(2,0) \ Трос</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: ARM.018.ZN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: цинк</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: цена за 1м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">218.00</t>
+      <t xml:space="preserve">49.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...10 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SP1-04 \ Натяжное устройство d-2мм</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1401,51 +1401,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145ea987_0427_11e0_99a4_003048f27c5f_0EB4BFB5_4A31_4339_8AFA_F7335A648C472.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e331_fea3_11df_b16f_003048d0c7fe_404E5437_0C0D_4CF3_874C_84151CC14BF23.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e334_fea3_11df_b16f_003048d0c7fe_05F9C9F7_F577_4BC5_9200_83A9C455231E4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa2474b3_fea3_11df_b16f_003048d0c7fe_C3EAB2F4_0915_4446_BCFD_387B76EE6ECB5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84680a68_35b1_11e0_af9a_d3dd3d98c32b_C1CB77B1_992C_43D2_91E8_C7FD19CF96306.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d222127b_068c_11e0_99a4_003048f27c5f_98F18381_2E21_4FC4_BCED_6181D53F3F7D7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabd47ad_3fe9_11e0_86e2_003048f27c5f_4DB32FA2_E1EC_4CC2_B433_C5924F3240BF8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13c5ae74_7154_11e0_afc8_003048f27c5f_62A91307_0402_4A3F_B4DE_497DCE7722B69.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/639b0bd8_35b1_11e0_af9a_d3dd3d98c32b_A8051EDB_2EA3_4EAD_80CA_78A8E6DAF56C10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee23d1f6_ff1b_11e0_833e_003048f27c5f_BF6D91AB_2AB8_436B_A388_F797418E955211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee23d1fb_ff1b_11e0_833e_003048f27c5f_855FE2F5_90F3_4A15_9311_D40E0065CF9012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b74ae46c_068c_11e0_99a4_003048f27c5f_7BD65C4C_2251_4FD1_B48C_37EFC9BC526113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f70b3f3_6bc3_11e0_afc8_003048f27c5f_16233A69_5067_465B_9201_EFA49169544D14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d57c_081d_11e0_99a4_003048f27c5f_04C36B96_A288_44B1_8AD7_CAAA5B4D3D6B15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f70b3f0_6bc3_11e0_afc8_003048f27c5f_F08A2CFC_A1DB_4C9D_8EDD_F49EF5F9CEC316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052167cc_124b_11e0_99a4_003048f27c5f_EBC8B93C_66A1_4836_A8D1_979FD6B081CA17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dada8ff0_4a15_11e0_86e2_003048f27c5f_2AF449BC_0682_46DB_97BE_455D76B9FE8F18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dada8ff3_4a15_11e0_86e2_003048f27c5f_62191618_296F_4F96_B4EB_7CFF8F7BB83419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ebb8745_7542_11e0_afc8_003048f27c5f_DBC5AA47_9787_479B_AAD8_C45B2D045F3920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee23d1c8_ff1b_11e0_833e_003048f27c5f_BC4A78F5_B05A_4A52_9D9F_6BA300481CC821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/081b3e16_4a17_11e0_86e2_003048f27c5f_34F0DF07_2290_49F4_8C13_BB6C210CADEF22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5f7a018_2787_11e0_99a4_003048f27c5f_66209C2D_C0BC_4277_A294_EBC48F87F62123.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e331_fea3_11df_b16f_003048d0c7fe_404E5437_0C0D_4CF3_874C_84151CC14BF22.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145ea987_0427_11e0_99a4_003048f27c5f_0EB4BFB5_4A31_4339_8AFA_F7335A648C473.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e334_fea3_11df_b16f_003048d0c7fe_05F9C9F7_F577_4BC5_9200_83A9C455231E4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa2474b3_fea3_11df_b16f_003048d0c7fe_C3EAB2F4_0915_4446_BCFD_387B76EE6ECB5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84680a68_35b1_11e0_af9a_d3dd3d98c32b_C1CB77B1_992C_43D2_91E8_C7FD19CF96306.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d222127b_068c_11e0_99a4_003048f27c5f_98F18381_2E21_4FC4_BCED_6181D53F3F7D7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabd47ad_3fe9_11e0_86e2_003048f27c5f_4DB32FA2_E1EC_4CC2_B433_C5924F3240BF8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13c5ae74_7154_11e0_afc8_003048f27c5f_62A91307_0402_4A3F_B4DE_497DCE7722B69.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/639b0bd8_35b1_11e0_af9a_d3dd3d98c32b_A8051EDB_2EA3_4EAD_80CA_78A8E6DAF56C10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee23d1f6_ff1b_11e0_833e_003048f27c5f_BF6D91AB_2AB8_436B_A388_F797418E955211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee23d1fb_ff1b_11e0_833e_003048f27c5f_855FE2F5_90F3_4A15_9311_D40E0065CF9012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b74ae46c_068c_11e0_99a4_003048f27c5f_7BD65C4C_2251_4FD1_B48C_37EFC9BC526113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f70b3f3_6bc3_11e0_afc8_003048f27c5f_16233A69_5067_465B_9201_EFA49169544D14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d57c_081d_11e0_99a4_003048f27c5f_04C36B96_A288_44B1_8AD7_CAAA5B4D3D6B15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f70b3f0_6bc3_11e0_afc8_003048f27c5f_F08A2CFC_A1DB_4C9D_8EDD_F49EF5F9CEC316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052167cc_124b_11e0_99a4_003048f27c5f_EBC8B93C_66A1_4836_A8D1_979FD6B081CA17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dada8ff0_4a15_11e0_86e2_003048f27c5f_2AF449BC_0682_46DB_97BE_455D76B9FE8F18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dada8ff3_4a15_11e0_86e2_003048f27c5f_62191618_296F_4F96_B4EB_7CFF8F7BB83419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ebb8745_7542_11e0_afc8_003048f27c5f_DBC5AA47_9787_479B_AAD8_C45B2D045F3920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee23d1c8_ff1b_11e0_833e_003048f27c5f_BC4A78F5_B05A_4A52_9D9F_6BA300481CC821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/081b3e16_4a17_11e0_86e2_003048f27c5f_34F0DF07_2290_49F4_8C13_BB6C210CADEF22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5f7a018_2787_11e0_99a4_003048f27c5f_66209C2D_C0BC_4277_A294_EBC48F87F62123.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2435,186 +2435,186 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">09.08.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4000-11(2,0) \ Трос</t>
-[...15 lines deleted...]
-Примечание: цена за 1м</t>
+            <t xml:space="preserve">SP1-03 \  Зажим тросика d-2мм с ушком</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: INF.002.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48.00</t>
+            <t xml:space="preserve">218.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP1-03 \  Зажим тросика d-2мм с ушком</t>
-[...3 lines deleted...]
-Артикул: INF.002.SA</t>
+            <t xml:space="preserve">4000-11(2,0) \ Трос</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.018.ZN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: цена за 1м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">218.00</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>