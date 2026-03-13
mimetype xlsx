--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -60,143 +60,143 @@
   </si>
   <si>
     <t>Рекламно информационные держатели на тросах Mega 3000 Info</t>
   </si>
   <si>
     <t>Прекрасным решением для организации интерьерной рекламы послужит тросовая система Mega 3000 Info.
 В основе Mega 3000 Info, также как и Mega 3000 Spino, — металлический трос, который крепится на полу, потолке, стенах помещения или металлических стойках. Затем при помощи троса на любой высоте подвешиваются информационные панели.
 Все элементы Mega 3000 Info выполнены из сатинированного алюминия — особо прочного и лёгкого материала.
 На вертикальных панелях, закреплённых с помощью тросовой системы Mega 3000 Info, очень эффектно смотрятся различные информационные материалы и рекламные постеры.
 Примеры конструкций, реализованных с помощью Mega 3000 Spino и Mega 3000 Info (детальные иллюстрации с пояснениями и указанием комплектации конструкций).
 Изделия серии Mega 3000 Info поставляются со склада.
  Представляем тросовую систему Mega 3000 Info 
  Инструкция по применению и монтажу систем Mega 3000 Spino и Mega 3000 Info</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SP1-03 \  Зажим тросика d-2мм с ушком</t>
-[...3 lines deleted...]
-Артикул: INF.002.SA</t>
+      <t xml:space="preserve">4000-11(2,0) \ Трос</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: ARM.018.ZN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: цинк</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: цена за 1м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">218.00</t>
+      <t xml:space="preserve">49.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...10 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4000-11(2,0) \ Трос</t>
-[...15 lines deleted...]
-Примечание: цена за 1м</t>
+      <t xml:space="preserve">SP1-03 \  Зажим тросика d-2мм с ушком</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: INF.002.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">49.00</t>
+      <t xml:space="preserve">218.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SP1-04 \ Натяжное устройство d-2мм</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1401,51 +1401,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e331_fea3_11df_b16f_003048d0c7fe_404E5437_0C0D_4CF3_874C_84151CC14BF22.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145ea987_0427_11e0_99a4_003048f27c5f_0EB4BFB5_4A31_4339_8AFA_F7335A648C473.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e334_fea3_11df_b16f_003048d0c7fe_05F9C9F7_F577_4BC5_9200_83A9C455231E4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa2474b3_fea3_11df_b16f_003048d0c7fe_C3EAB2F4_0915_4446_BCFD_387B76EE6ECB5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84680a68_35b1_11e0_af9a_d3dd3d98c32b_C1CB77B1_992C_43D2_91E8_C7FD19CF96306.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d222127b_068c_11e0_99a4_003048f27c5f_98F18381_2E21_4FC4_BCED_6181D53F3F7D7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabd47ad_3fe9_11e0_86e2_003048f27c5f_4DB32FA2_E1EC_4CC2_B433_C5924F3240BF8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13c5ae74_7154_11e0_afc8_003048f27c5f_62A91307_0402_4A3F_B4DE_497DCE7722B69.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/639b0bd8_35b1_11e0_af9a_d3dd3d98c32b_A8051EDB_2EA3_4EAD_80CA_78A8E6DAF56C10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee23d1f6_ff1b_11e0_833e_003048f27c5f_BF6D91AB_2AB8_436B_A388_F797418E955211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee23d1fb_ff1b_11e0_833e_003048f27c5f_855FE2F5_90F3_4A15_9311_D40E0065CF9012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b74ae46c_068c_11e0_99a4_003048f27c5f_7BD65C4C_2251_4FD1_B48C_37EFC9BC526113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f70b3f3_6bc3_11e0_afc8_003048f27c5f_16233A69_5067_465B_9201_EFA49169544D14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d57c_081d_11e0_99a4_003048f27c5f_04C36B96_A288_44B1_8AD7_CAAA5B4D3D6B15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f70b3f0_6bc3_11e0_afc8_003048f27c5f_F08A2CFC_A1DB_4C9D_8EDD_F49EF5F9CEC316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052167cc_124b_11e0_99a4_003048f27c5f_EBC8B93C_66A1_4836_A8D1_979FD6B081CA17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dada8ff0_4a15_11e0_86e2_003048f27c5f_2AF449BC_0682_46DB_97BE_455D76B9FE8F18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dada8ff3_4a15_11e0_86e2_003048f27c5f_62191618_296F_4F96_B4EB_7CFF8F7BB83419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ebb8745_7542_11e0_afc8_003048f27c5f_DBC5AA47_9787_479B_AAD8_C45B2D045F3920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee23d1c8_ff1b_11e0_833e_003048f27c5f_BC4A78F5_B05A_4A52_9D9F_6BA300481CC821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/081b3e16_4a17_11e0_86e2_003048f27c5f_34F0DF07_2290_49F4_8C13_BB6C210CADEF22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5f7a018_2787_11e0_99a4_003048f27c5f_66209C2D_C0BC_4277_A294_EBC48F87F62123.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145ea987_0427_11e0_99a4_003048f27c5f_0EB4BFB5_4A31_4339_8AFA_F7335A648C472.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e331_fea3_11df_b16f_003048d0c7fe_404E5437_0C0D_4CF3_874C_84151CC14BF23.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e334_fea3_11df_b16f_003048d0c7fe_05F9C9F7_F577_4BC5_9200_83A9C455231E4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa2474b3_fea3_11df_b16f_003048d0c7fe_C3EAB2F4_0915_4446_BCFD_387B76EE6ECB5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84680a68_35b1_11e0_af9a_d3dd3d98c32b_C1CB77B1_992C_43D2_91E8_C7FD19CF96306.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d222127b_068c_11e0_99a4_003048f27c5f_98F18381_2E21_4FC4_BCED_6181D53F3F7D7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabd47ad_3fe9_11e0_86e2_003048f27c5f_4DB32FA2_E1EC_4CC2_B433_C5924F3240BF8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13c5ae74_7154_11e0_afc8_003048f27c5f_62A91307_0402_4A3F_B4DE_497DCE7722B69.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/639b0bd8_35b1_11e0_af9a_d3dd3d98c32b_A8051EDB_2EA3_4EAD_80CA_78A8E6DAF56C10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee23d1f6_ff1b_11e0_833e_003048f27c5f_BF6D91AB_2AB8_436B_A388_F797418E955211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee23d1fb_ff1b_11e0_833e_003048f27c5f_855FE2F5_90F3_4A15_9311_D40E0065CF9012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b74ae46c_068c_11e0_99a4_003048f27c5f_7BD65C4C_2251_4FD1_B48C_37EFC9BC526113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f70b3f3_6bc3_11e0_afc8_003048f27c5f_16233A69_5067_465B_9201_EFA49169544D14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d57c_081d_11e0_99a4_003048f27c5f_04C36B96_A288_44B1_8AD7_CAAA5B4D3D6B15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f70b3f0_6bc3_11e0_afc8_003048f27c5f_F08A2CFC_A1DB_4C9D_8EDD_F49EF5F9CEC316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052167cc_124b_11e0_99a4_003048f27c5f_EBC8B93C_66A1_4836_A8D1_979FD6B081CA17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dada8ff0_4a15_11e0_86e2_003048f27c5f_2AF449BC_0682_46DB_97BE_455D76B9FE8F18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dada8ff3_4a15_11e0_86e2_003048f27c5f_62191618_296F_4F96_B4EB_7CFF8F7BB83419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ebb8745_7542_11e0_afc8_003048f27c5f_DBC5AA47_9787_479B_AAD8_C45B2D045F3920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee23d1c8_ff1b_11e0_833e_003048f27c5f_BC4A78F5_B05A_4A52_9D9F_6BA300481CC821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/081b3e16_4a17_11e0_86e2_003048f27c5f_34F0DF07_2290_49F4_8C13_BB6C210CADEF22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5f7a018_2787_11e0_99a4_003048f27c5f_66209C2D_C0BC_4277_A294_EBC48F87F62123.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2475,146 +2475,146 @@
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP1-03 \  Зажим тросика d-2мм с ушком</t>
-[...3 lines deleted...]
-Артикул: INF.002.SA</t>
+            <t xml:space="preserve">4000-11(2,0) \ Трос</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.018.ZN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: цена за 1м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">218.00</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4000-11(2,0) \ Трос</t>
-[...15 lines deleted...]
-Примечание: цена за 1м</t>
+            <t xml:space="preserve">SP1-03 \  Зажим тросика d-2мм с ушком</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: INF.002.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">49.00</t>
+            <t xml:space="preserve">218.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>