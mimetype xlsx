--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">09.08.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Тросовая система Mega 3000 Spino</t>
   </si>
   <si>
     <t>Тросовая система Mega 3000 Spino — это торговое оборудование для магазинов с высокими требованиями к оригинальности интерьера и дизайну оборудования.
 Основой Mega 3000 Spino является металлический трос, который крепится на полу, потолке, стенах помещения или металлических стойках. Затем при помощи троса на любой высоте и под любым углом подвешиваются полки, которые могут быть изготовлены из стекла, ДСП и других материалов.
 Все элементы Mega 3000 Spino выполнены из сатинированного алюминия — особо прочного и лёгкого материала. Конструкция может выдерживать нагрузки до 100 кг.
 Изделия серии Mega 3000 Spino поставляются со склада.
 Примеры конструкций, реализованных с помощью Mega 3000 Spino и Mega 3000 Info (детальные иллюстрации с пояснениями и указанием комплектации конструкций).
 Инструкция по применению и монтажу систем Mega 3000 Spino и Mega 3000 Info﻿</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SP2-05 \  Головка</t>
@@ -147,51 +147,51 @@
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">48.00</t>
+      <t xml:space="preserve">49.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SP2-10 \ Зажим тросика с ушком - тросик d-2мм</t>
@@ -2433,51 +2433,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">09.08.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2565,51 +2565,51 @@
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48.00</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>