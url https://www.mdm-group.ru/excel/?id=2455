--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -1399,732 +1399,762 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a888f_fdef_11df_b16f_003048d0c7fe_651F1709_F450_410B_80FD_68BBC29436AA2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145ea987_0427_11e0_99a4_003048f27c5f_0EB4BFB5_4A31_4339_8AFA_F7335A648C473.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9dde_0427_11e0_99a4_003048f27c5f_CF1F6123_37F6_4B8A_BE70_4464B528B64E4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9dd5_0427_11e0_99a4_003048f27c5f_9B6AD47E_0EAD_4365_B675_0428AB5497915.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d972_0427_11e0_99a4_003048f27c5f_E36D1ECB_19A8_4C4E_A19E_AA7C23AD3F556.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1f743f5_35b1_11e0_af9a_d3dd3d98c32b_84367F0B_05E3_435D_B8D4_AD5545EBE7D07.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9dd8_0427_11e0_99a4_003048f27c5f_FB388A2F_DC9D_4109_9CDD_BF95BDD77FFA8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3e73b81_35b1_11e0_af9a_d3dd3d98c32b_E7D847C3_0B35_4E80_936D_6A9C3F0867D69.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9ddb_0427_11e0_99a4_003048f27c5f_F4B4F7CB_8D8E_4175_95ED_C53FBD76F47010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40a8baba_29e0_11e0_99a4_003048f27c5f_DB1FB660_77A4_48F5_8E45_DCFFEE83200C11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/471c785d_40a6_11e0_86e2_003048f27c5f_1D45089F_0570_4F62_B92F_4DC5C08AD34112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f114fe_0100_11e0_b16f_003048d0c7fe_5D111A8E_5488_471F_8066_ED52F95265BE13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f11502_0100_11e0_b16f_003048d0c7fe_780A2FF0_90C4_4829_B20F_251860DD0BBD14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e07670_2d0d_11e0_99a4_003048f27c5f_019D9D73_EE36_4B84_9680_16225E8D380A15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f70b3ea_6bc3_11e0_afc8_003048f27c5f_AC367FB4_8AEA_4582_9977_B5D26654AAA216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70b8cbcd_2527_11e0_99a4_003048f27c5f_B34D8B1A_EE8A_46FB_98B3_470FBFB6386B17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/471c7861_40a6_11e0_86e2_003048f27c5f_BB19A0B6_86D7_42B5_A2EC_0B58FC63298B18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d978_0427_11e0_99a4_003048f27c5f_B3528E87_1273_4A0F_8F1D_5F979934749E19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e07673_2d0d_11e0_99a4_003048f27c5f_91960009_D9DF_4F70_8596_32E6ADFB9B9B20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf147a1_6255_11e0_afc8_003048f27c5f_429F3353_ECA2_452D_8423_2509EE195C1221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a603078_ff19_11e0_833e_003048f27c5f_D2CAD0DD_F087_4D11_82B4_FCD90137745122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a603073_ff19_11e0_833e_003048f27c5f_AB15EFFF_D56F_43E2_BBC2_4686D32F36FE23.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e7754c0_e214_11e6_9cf3_0025902b3cc1_E3BB7C02_D471_48FD_884A_DD27824DEE8A2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a888f_fdef_11df_b16f_003048d0c7fe_651F1709_F450_410B_80FD_68BBC29436AA3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145ea987_0427_11e0_99a4_003048f27c5f_0EB4BFB5_4A31_4339_8AFA_F7335A648C474.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9dde_0427_11e0_99a4_003048f27c5f_CF1F6123_37F6_4B8A_BE70_4464B528B64E5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9dd5_0427_11e0_99a4_003048f27c5f_9B6AD47E_0EAD_4365_B675_0428AB5497916.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d972_0427_11e0_99a4_003048f27c5f_E36D1ECB_19A8_4C4E_A19E_AA7C23AD3F557.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1f743f5_35b1_11e0_af9a_d3dd3d98c32b_84367F0B_05E3_435D_B8D4_AD5545EBE7D08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9dd8_0427_11e0_99a4_003048f27c5f_FB388A2F_DC9D_4109_9CDD_BF95BDD77FFA9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3e73b81_35b1_11e0_af9a_d3dd3d98c32b_E7D847C3_0B35_4E80_936D_6A9C3F0867D610.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9ddb_0427_11e0_99a4_003048f27c5f_F4B4F7CB_8D8E_4175_95ED_C53FBD76F47011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40a8baba_29e0_11e0_99a4_003048f27c5f_DB1FB660_77A4_48F5_8E45_DCFFEE83200C12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/471c785d_40a6_11e0_86e2_003048f27c5f_1D45089F_0570_4F62_B92F_4DC5C08AD34113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f114fe_0100_11e0_b16f_003048d0c7fe_5D111A8E_5488_471F_8066_ED52F95265BE14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f11502_0100_11e0_b16f_003048d0c7fe_780A2FF0_90C4_4829_B20F_251860DD0BBD15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e07670_2d0d_11e0_99a4_003048f27c5f_019D9D73_EE36_4B84_9680_16225E8D380A16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f70b3ea_6bc3_11e0_afc8_003048f27c5f_AC367FB4_8AEA_4582_9977_B5D26654AAA217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70b8cbcd_2527_11e0_99a4_003048f27c5f_B34D8B1A_EE8A_46FB_98B3_470FBFB6386B18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/471c7861_40a6_11e0_86e2_003048f27c5f_BB19A0B6_86D7_42B5_A2EC_0B58FC63298B19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d978_0427_11e0_99a4_003048f27c5f_B3528E87_1273_4A0F_8F1D_5F979934749E20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e07673_2d0d_11e0_99a4_003048f27c5f_91960009_D9DF_4F70_8596_32E6ADFB9B9B21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf147a1_6255_11e0_afc8_003048f27c5f_429F3353_ECA2_452D_8423_2509EE195C1222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a603078_ff19_11e0_833e_003048f27c5f_D2CAD0DD_F087_4D11_82B4_FCD90137745123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a603073_ff19_11e0_833e_003048f27c5f_AB15EFFF_D56F_43E2_BBC2_4686D32F36FE24.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>47625</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="6000750" cy="7905750"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2391,54 +2421,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z17"/>
+  <dimension ref="A1:Z18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D17" sqref="D17"/>
+      <selection activeCell="D18" sqref="D18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -2459,1333 +2489,1339 @@
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:26">
-[...119 lines deleted...]
-      </c>
+    <row r="6" spans="1:26" customHeight="1" ht="909">
+      <c r="A6"/>
+      <c r="B6"/>
+      <c r="C6"/>
+      <c r="D6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-10 \ Зажим тросика с ушком - тросик d-2мм</t>
-[...3 lines deleted...]
-Артикул: SPN.010.SA</t>
+            <t xml:space="preserve">SP2-05 \  Головка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.005.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">234.00</t>
+            <t xml:space="preserve">374.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-14 \ Разделитель</t>
-[...3 lines deleted...]
-Артикул: SPN.014.SA</t>
+            <t xml:space="preserve">4000-11(2,0) \ Трос</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.018.ZN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: цена за 1м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">350.00</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-19 \ Крепёжный диск с держателем</t>
-[...3 lines deleted...]
-Артикул: SPN.019.SA</t>
+            <t xml:space="preserve">SP2-10 \ Зажим тросика с ушком - тросик d-2мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.010.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">436.00</t>
+            <t xml:space="preserve">234.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-20 \ Крепёжный диск с универсальным соединителем</t>
-[...3 lines deleted...]
-Артикул: SPN.020.SA</t>
+            <t xml:space="preserve">SP2-14 \ Разделитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.014.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">690.00</t>
+            <t xml:space="preserve">350.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-21 \ Крепёжный диск с соединителем</t>
-[...3 lines deleted...]
-Артикул: SPN.021.SA</t>
+            <t xml:space="preserve">SP2-19 \ Крепёжный диск с держателем</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.019.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">520.00</t>
+            <t xml:space="preserve">436.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-23 \ Расширитель</t>
-[...3 lines deleted...]
-Артикул: SPN.023.SA</t>
+            <t xml:space="preserve">SP2-20 \ Крепёжный диск с универсальным соединителем</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.020.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">560.00</t>
+            <t xml:space="preserve">690.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-25 \ Расширитель с винтом М 10</t>
-[...3 lines deleted...]
-Артикул: SPN.025.SA</t>
+            <t xml:space="preserve">SP2-21 \ Крепёжный диск с соединителем</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.021.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">585.00</t>
+            <t xml:space="preserve">520.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-31 \ Одностороннее крепление полка - тросик d-2мм</t>
-[...3 lines deleted...]
-Артикул: SPN.031.SA</t>
+            <t xml:space="preserve">SP2-23 \ Расширитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.023.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">205.00</t>
+            <t xml:space="preserve">560.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-32 \ Двустороннее крепление полка - тросик d-2мм</t>
-[...3 lines deleted...]
-Артикул: SPN.032.SA</t>
+            <t xml:space="preserve">SP2-25 \ Расширитель с винтом М 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.025.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">350.00</t>
+            <t xml:space="preserve">585.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-33 L \ Захват стеклянной полки левый; канал 9 - тросик d-2мм</t>
-[...7 lines deleted...]
-Захват: левый</t>
+            <t xml:space="preserve">SP2-31 \ Одностороннее крепление полка - тросик d-2мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.031.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">240.00</t>
+            <t xml:space="preserve">205.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-33 R \ Захват стеклянной полки правый; канал 9 - тросик d-2мм</t>
-[...7 lines deleted...]
-Захват: правый</t>
+            <t xml:space="preserve">SP2-32 \ Двустороннее крепление полка - тросик d-2мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.032.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">240.00</t>
+            <t xml:space="preserve">350.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-34 \ Двусторонний зажим стеклянной полки; канал 9 - тросик d-2мм</t>
-[...3 lines deleted...]
-Артикул: SPN.035.SA</t>
+            <t xml:space="preserve">SP2-33 L \ Захват стеклянной полки левый; канал 9 - тросик d-2мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.033.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Захват: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">315.00</t>
+            <t xml:space="preserve">240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-36 \ Крепление стекл. полки к плоскости канал 9-тросик d-2мм</t>
-[...3 lines deleted...]
-Артикул: SPN.036.SA</t>
+            <t xml:space="preserve">SP2-33 R \ Захват стеклянной полки правый; канал 9 - тросик d-2мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.034.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Захват: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">190.00</t>
+            <t xml:space="preserve">240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-37 \ Захват стеклянной полки поворотный канал 9-тросик d-2мм.</t>
-[...3 lines deleted...]
-Артикул: SPN.037.SA</t>
+            <t xml:space="preserve">SP2-34 \ Двусторонний зажим стеклянной полки; канал 9 - тросик d-2мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.035.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">505.00</t>
+            <t xml:space="preserve">315.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-38 \ Захват стекл. полки поворотный 2-х сторонний канал 9-тросик d-2мм.</t>
-[...3 lines deleted...]
-Артикул: SPN.038.SA</t>
+            <t xml:space="preserve">SP2-36 \ Крепление стекл. полки к плоскости канал 9-тросик d-2мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.036.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">675.00</t>
+            <t xml:space="preserve">190.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-39 \ Держатель трубы (d-25) односторонний</t>
-[...3 lines deleted...]
-Артикул: SPN.039.SA</t>
+            <t xml:space="preserve">SP2-37 \ Захват стеклянной полки поворотный канал 9-тросик d-2мм.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.037.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">370.00</t>
+            <t xml:space="preserve">505.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-40 \ Держатель трубы (d-25) двусторонний</t>
-[...3 lines deleted...]
-Артикул: SPN.040.SA</t>
+            <t xml:space="preserve">SP2-38 \ Захват стекл. полки поворотный 2-х сторонний канал 9-тросик d-2мм.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.038.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">395.00</t>
+            <t xml:space="preserve">675.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-13 \ Держатель-тросик d-2мм</t>
-[...7 lines deleted...]
-Резьба: М5</t>
+            <t xml:space="preserve">SP2-39 \ Держатель трубы (d-25) односторонний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.039.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">202.40</t>
+            <t xml:space="preserve">370.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SP2-13 \ Держатель-тросик d-2мм</t>
-[...7 lines deleted...]
-Резьба: М8</t>
+            <t xml:space="preserve">SP2-40 \ Держатель трубы (d-25) двусторонний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.040.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">205.00</t>
+            <t xml:space="preserve">395.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SP2-13 \ Держатель-тросик d-2мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.013.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Резьба: М5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">202.40</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:26">
+      <c r="A18" s="4"/>
+      <c r="B18" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SP2-13 \ Держатель-тросик d-2мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SPN.042.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Резьба: М8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">205.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+      <c r="C18" s="4"/>
+      <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SP2-42 \ Держатель трубы d-25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SPN.041.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
@@ -3809,50 +3845,51 @@
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
+    <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>