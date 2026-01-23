--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">09.08.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Подвесная система Armstrong</t>
   </si>
   <si>
     <t>Отличительными характеристиками тросовой системы являются легкость, простота сборки и современный дизайн.Основа системы - стальной трос диаметром 2 мм, на который с помощью разнообразных элементов можно крепить полки, витрины и декоративные конструкции. Элементы, входящие в состав тросовой системы, позволяют крепить конструкции под необходимым углом, что открывает дополнительные возможности в использовании системы, например, в качестве информационных указателей и рекламных дисплеев.Применение тросовых систем в качестве торгового оборудования делает интерьер магазина легким, воздушным и придает помещению дополнительный объем.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4000-11(2,0) \ Трос</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ARM.018.ZN</t>
     </r>
@@ -85,51 +85,51 @@
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">48.00</t>
+      <t xml:space="preserve">49.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 750 \ Крепление троса к плоскости</t>
@@ -199,51 +199,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">102.00</t>
+      <t xml:space="preserve">104.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-21 \  Крепление троса к плоскости</t>
@@ -260,51 +260,51 @@
       <t xml:space="preserve">
 Высота, мм: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 18</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для панелей толщиной от 2 до 8 мм, отверстие 10 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">169.00</t>
+      <t xml:space="preserve">172.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">YGR-202A \ Крепление троса к плоскости</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NFX.001.CH</t>
@@ -362,51 +362,51 @@
       </rPr>
       <t xml:space="preserve">2000-22 \ Крепление троса к плоскости</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ARM.034.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">103.00</t>
+      <t xml:space="preserve">105.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -476,51 +476,51 @@
       </rPr>
       <t xml:space="preserve">2000-23 \ Крепление троса к плоскости, наклонное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ARM.035.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">159.00</t>
+      <t xml:space="preserve">162.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -590,51 +590,51 @@
       </rPr>
       <t xml:space="preserve">2000-30 \ Крепление троса к плоскости</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ARM.040.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">81.60</t>
+      <t xml:space="preserve">83.64</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -708,51 +708,51 @@
       <t xml:space="preserve">
 Артикул: ARM.041.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Резьба М10х1мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">91.80</t>
+      <t xml:space="preserve">93.84</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -765,51 +765,51 @@
       <t xml:space="preserve">
 Артикул: ARM.038.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стопор в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76.50</t>
+      <t xml:space="preserve">78.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -818,51 +818,51 @@
       </rPr>
       <t xml:space="preserve">4000-18 \ Кольцо с анкерным креплением</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ARM.009.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">274.00</t>
+      <t xml:space="preserve">279.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -875,51 +875,51 @@
       </rPr>
       <t xml:space="preserve">4000-19 \ Натяжитель троса</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ARM.019.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">109.00</t>
+      <t xml:space="preserve">111.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -936,51 +936,51 @@
       <t xml:space="preserve">
 Артикул: GRP.010.00.T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: латунь</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: диаметр троса 1,5–2 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29.90</t>
+      <t xml:space="preserve">30.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -989,51 +989,51 @@
       </rPr>
       <t xml:space="preserve">4000-20 \ Зажим троса усиленный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ARM.001.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65.78</t>
+      <t xml:space="preserve">67.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1046,51 +1046,51 @@
       </rPr>
       <t xml:space="preserve">2000-24 \ Держатель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ARM.036.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">99.96</t>
+      <t xml:space="preserve">102.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1164,51 +1164,51 @@
       <t xml:space="preserve">
 Артикул: ARM.028.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для панелей толщиной от 6 мм до 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">137.00</t>
+      <t xml:space="preserve">140.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1221,51 +1221,51 @@
       <t xml:space="preserve">
 Артикул: ARM.030.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для панелей толщиной от 6 до 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">183.00</t>
+      <t xml:space="preserve">187.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1278,51 +1278,51 @@
       <t xml:space="preserve">
 Артикул: ARM.021.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для панелей толщиной от 6 до 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">185.00</t>
+      <t xml:space="preserve">189.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1335,51 +1335,51 @@
       <t xml:space="preserve">
 Артикул: ARM.022.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для панелей толщиной от 6 до 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">194.00</t>
+      <t xml:space="preserve">198.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1392,51 +1392,51 @@
       <t xml:space="preserve">
 Артикул: ARM.024.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для панелей толщиной от 6 до 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">231.00</t>
+      <t xml:space="preserve">236.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1563,51 +1563,51 @@
       <t xml:space="preserve">
 Артикул: ARM.037.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для панелей толщиной от 6 до 8 мм, отверстие 11-12 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">115.00</t>
+      <t xml:space="preserve">117.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1620,51 +1620,51 @@
       <t xml:space="preserve">
 Артикул: ARM.029.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для панелей толщиной до 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">159.00</t>
+      <t xml:space="preserve">162.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1677,51 +1677,51 @@
       <t xml:space="preserve">
 Артикул: ARM.031.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для панелей толщиной от 6 до 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">183.00</t>
+      <t xml:space="preserve">187.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1734,51 +1734,51 @@
       <t xml:space="preserve">
 Артикул: ARM.027.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для панелей толщиной до 8 мм, отверстие 5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">163.00</t>
+      <t xml:space="preserve">166.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1791,51 +1791,51 @@
       <t xml:space="preserve">
 Артикул: ARM.023.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для панелей толщиной до 8 мм, отверстие под винт 10 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">219.00</t>
+      <t xml:space="preserve">223.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1848,51 +1848,51 @@
       <t xml:space="preserve">
 Артикул: ARM.026.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для панелей толщиной до 8 мм, отверстие под винт 10мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">270.00</t>
+      <t xml:space="preserve">275.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3559,51 +3559,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">09.08.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3631,51 +3631,51 @@
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48.00</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3753,51 +3753,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">102.00</t>
+            <t xml:space="preserve">104.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3817,51 +3817,51 @@
             <t xml:space="preserve">
 Высота, мм: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 18</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для панелей толщиной от 2 до 8 мм, отверстие 10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">169.00</t>
+            <t xml:space="preserve">172.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3927,51 +3927,51 @@
             </rPr>
             <t xml:space="preserve">2000-22 \ Крепление троса к плоскости</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ARM.034.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">103.00</t>
+            <t xml:space="preserve">105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
@@ -4049,51 +4049,51 @@
             </rPr>
             <t xml:space="preserve">2000-23 \ Крепление троса к плоскости, наклонное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ARM.035.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">159.00</t>
+            <t xml:space="preserve">162.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
@@ -4171,51 +4171,51 @@
             </rPr>
             <t xml:space="preserve">2000-30 \ Крепление троса к плоскости</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ARM.040.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">81.60</t>
+            <t xml:space="preserve">83.64</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
@@ -4297,51 +4297,51 @@
             <t xml:space="preserve">
 Артикул: ARM.041.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Резьба М10х1мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">91.80</t>
+            <t xml:space="preserve">93.84</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -4359,51 +4359,51 @@
             <t xml:space="preserve">
 Артикул: ARM.038.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стопор в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76.50</t>
+            <t xml:space="preserve">78.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -4415,51 +4415,51 @@
             </rPr>
             <t xml:space="preserve">4000-18 \ Кольцо с анкерным креплением</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ARM.009.ZN</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">274.00</t>
+            <t xml:space="preserve">279.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
@@ -4477,51 +4477,51 @@
             </rPr>
             <t xml:space="preserve">4000-19 \ Натяжитель троса</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ARM.019.ZN</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">109.00</t>
+            <t xml:space="preserve">111.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
@@ -4541,51 +4541,51 @@
             <t xml:space="preserve">
 Артикул: GRP.010.00.T</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: латунь</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: диаметр троса 1,5–2 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.90</t>
+            <t xml:space="preserve">30.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -4599,51 +4599,51 @@
             </rPr>
             <t xml:space="preserve">4000-20 \ Зажим троса усиленный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ARM.001.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65.78</t>
+            <t xml:space="preserve">67.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
@@ -4659,51 +4659,51 @@
             </rPr>
             <t xml:space="preserve">2000-24 \ Держатель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ARM.036.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99.96</t>
+            <t xml:space="preserve">102.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
@@ -4785,51 +4785,51 @@
             <t xml:space="preserve">
 Артикул: ARM.028.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для панелей толщиной от 6 мм до 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">137.00</t>
+            <t xml:space="preserve">140.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -4847,51 +4847,51 @@
             <t xml:space="preserve">
 Артикул: ARM.030.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для панелей толщиной от 6 до 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">183.00</t>
+            <t xml:space="preserve">187.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -4907,51 +4907,51 @@
             <t xml:space="preserve">
 Артикул: ARM.021.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для панелей толщиной от 6 до 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">185.00</t>
+            <t xml:space="preserve">189.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -4969,51 +4969,51 @@
             <t xml:space="preserve">
 Артикул: ARM.022.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для панелей толщиной от 6 до 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">194.00</t>
+            <t xml:space="preserve">198.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -5029,51 +5029,51 @@
             <t xml:space="preserve">
 Артикул: ARM.024.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для панелей толщиной от 6 до 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">231.00</t>
+            <t xml:space="preserve">236.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -5213,51 +5213,51 @@
             <t xml:space="preserve">
 Артикул: ARM.037.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для панелей толщиной от 6 до 8 мм, отверстие 11-12 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">115.00</t>
+            <t xml:space="preserve">117.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -5273,51 +5273,51 @@
             <t xml:space="preserve">
 Артикул: ARM.029.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для панелей толщиной до 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">159.00</t>
+            <t xml:space="preserve">162.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -5335,51 +5335,51 @@
             <t xml:space="preserve">
 Артикул: ARM.031.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для панелей толщиной от 6 до 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">183.00</t>
+            <t xml:space="preserve">187.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -5395,51 +5395,51 @@
             <t xml:space="preserve">
 Артикул: ARM.027.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для панелей толщиной до 8 мм, отверстие 5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">163.00</t>
+            <t xml:space="preserve">166.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -5457,51 +5457,51 @@
             <t xml:space="preserve">
 Артикул: ARM.023.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для панелей толщиной до 8 мм, отверстие под винт 10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">219.00</t>
+            <t xml:space="preserve">223.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -5517,51 +5517,51 @@
             <t xml:space="preserve">
 Артикул: ARM.026.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для панелей толщиной до 8 мм, отверстие под винт 10мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">270.00</t>
+            <t xml:space="preserve">275.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>