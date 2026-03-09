--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -297,74 +297,74 @@
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">YGR-202A \ Крепление троса к плоскости</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NFX.001.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 08.08.2025 11:05:25</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 413 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">269.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-22 \ Крепление троса к плоскости</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ARM.034.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -525,74 +525,74 @@
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">YGR-202С \ Крепление троса к плоскости наклонное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NFX.003.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 08.08.2025 11:05:53</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 413 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">269.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-30 \ Крепление троса к плоскости</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ARM.040.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -643,74 +643,74 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4000-12 \ Крепление троса к плоскости</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ARM.010.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цанговый зажим троса, диаметр троса 2 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 08.08.2025 11:01:38</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 246 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">159.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-31 \ Крепление троса к плоскости</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ARM.041.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1441,74 +1441,74 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 860 \ Полкодержатель поворотный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GRP.008.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: диаметр троса 1,5–2 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 08.08.2025 11:09:00</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 299 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">225.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 861 \ Полкодержатель двусторонний поворотный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GRP.009.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1897,74 +1897,74 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-05 \ Держатель трубы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ARM.025.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для трубы d-25х0,8-0,9 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 08.08.2025 11:03:38</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 194 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">190.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">YGR-212 \ Подвес трубы d-25 концевой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NFX.006.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -2135,1122 +2135,1152 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145ea987_0427_11e0_99a4_003048f27c5f_0EB4BFB5_4A31_4339_8AFA_F7335A648C472.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145ea989_0427_11e0_99a4_003048f27c5f_A3DA757F_748F_43F1_896A_E266AC9B2FEB3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/485315b9_9d93_11e5_a43a_0025902b3cc1_8726AC3A_8589_4D89_90B6_3B81ABDD9E994.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82dcee1f_9d94_11e5_a43a_0025902b3cc1_BEDE783C_CEA5_465F_8656_D951BCD0E2B65.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c276b03_4e00_11e0_86e2_003048f27c5f_8D18CBCB_3B23_4DCA_8EDA_B6FE64FF954F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62f22cb7_9d93_11e5_a43a_0025902b3cc1_E6459579_2AF3_479B_B050_ABC4DEB06D007.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6af3dfb_09a4_11e0_99a4_003048f27c5f_A6939ECB_D75C_47B9_868E_05A9CB0AE62C8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb02698f_9d92_11e5_a43a_0025902b3cc1_C765A8DF_BF28_4334_84DE_BC0FF632F9239.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145ea98d_0427_11e0_99a4_003048f27c5f_3BE5B81B_44F5_4A6F_8325_7A06B1D7F4C410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db31873f_9d93_11e5_a43a_0025902b3cc1_40D71310_9D97_46D3_A481_0005752E481211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48fa5c5_118d_11e0_99a4_003048f27c5f_4CF255C9_64ED_4DDD_BA72_CE0023B4645512.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2560b2b_9d93_11e5_a43a_0025902b3cc1_42C95584_F2B8_4446_B3C4_867A45ADB41613.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16e877ab_9d94_11e5_a43a_0025902b3cc1_ARM_038_CH14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2221264_068c_11e0_99a4_003048f27c5f_7573426F_2D99_4FE6_B9AF_6D4D25568F4915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2221262_068c_11e0_99a4_003048f27c5f_680291E4_0B12_4B15_99D2_42ED9120CEDA16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97fb507e_97aa_11eb_80bc_0025902b3cc1_FAD4A8AA_0EBE_4DF5_98D7_0DF89BF2E8B417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c0cfcc_118d_11e0_99a4_003048f27c5f_E31E815C_EACB_485B_98C5_3FA692F863B218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9569d4d5_9d94_11e5_a43a_0025902b3cc1_9B4B4724_F0E4_4E77_A150_B5DBC94B9B2219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d774b0fd_0e72_11e0_99a4_003048f27c5f_060EB70B_E8C1_4FF0_BFF3_24173AA6C20820.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9110661f_aa1b_11e5_a43a_0025902b3cc1_58178C33_0CC9_4477_8BD8_6B74D94D907F21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c870421d_9d93_11e5_a43a_0025902b3cc1_CD3170D2_EAF2_4BB8_960E_FD385433023D22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b88de91_9d94_11e5_a43a_0025902b3cc1_5FEF6744_C8C6_4176_9BAE_87524A3A94BE23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/795af14b_9d93_11e5_a43a_0025902b3cc1_CFFCCE9D_73B8_4506_9A65_0B44828AAC8224.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5360d08b_aa1b_11e5_a43a_0025902b3cc1_E8A504E2_73EA_437D_86C6_BF1D4D4482BF25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c45663b_0100_11e0_b16f_003048d0c7fe_F4385D65_37D2_45B3_AFD9_0E963305026726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62a518c_02ae_11e0_b16f_003048d0c7fe_0B0C4D35_763E_4D01_98B4_2973D42419B727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe91027_9d93_11e5_a43a_0025902b3cc1_6EA97ADB_7C12_4F31_847C_CE04082469E328.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0347708d_9d94_11e5_a43a_0025902b3cc1_F7D061C7_7C5D_49D0_983B_B85AE38140F529.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7123e27b_9d94_11e5_a43a_0025902b3cc1_EE9090D3_0092_4203_B696_5B1503EE593530.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a61ed9f_aa1b_11e5_a43a_0025902b3cc1_11EFE83E_1FEF_4ADE_8F86_FAD44531.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dd234dd_9d93_11e5_a43a_0025902b3cc1_849D8CDA_8492_4B0C_8FCB_A0C216902B9632.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f89c8d1_9d94_11e5_a43a_0025902b3cc1_52913F9D_E34B_484C_8E77_F1B4DD19058533.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9fd57b_9d94_11e5_a43a_0025902b3cc1_B2972134_9BEA_469F_848C_156C7695E69C34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a50dc21e_0d9f_11e0_99a4_003048f27c5f_6F7DBACA_DC13_462D_A3A9_48B5D95DACAB35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19a9e3d4_9ef1_11e9_80b7_0025902b3cc1_2000_66_136.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e7754be_e214_11e6_9cf3_0025902b3cc1_42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145ea987_0427_11e0_99a4_003048f27c5f_0EB4BFB5_4A31_4339_8AFA_F7335A648C473.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145ea989_0427_11e0_99a4_003048f27c5f_A3DA757F_748F_43F1_896A_E266AC9B2FEB4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/485315b9_9d93_11e5_a43a_0025902b3cc1_8726AC3A_8589_4D89_90B6_3B81ABDD9E995.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82dcee1f_9d94_11e5_a43a_0025902b3cc1_BEDE783C_CEA5_465F_8656_D951BCD0E2B66.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c276b03_4e00_11e0_86e2_003048f27c5f_8D18CBCB_3B23_4DCA_8EDA_B6FE64FF954F7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62f22cb7_9d93_11e5_a43a_0025902b3cc1_E6459579_2AF3_479B_B050_ABC4DEB06D008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6af3dfb_09a4_11e0_99a4_003048f27c5f_A6939ECB_D75C_47B9_868E_05A9CB0AE62C9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb02698f_9d92_11e5_a43a_0025902b3cc1_C765A8DF_BF28_4334_84DE_BC0FF632F92310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145ea98d_0427_11e0_99a4_003048f27c5f_3BE5B81B_44F5_4A6F_8325_7A06B1D7F4C411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db31873f_9d93_11e5_a43a_0025902b3cc1_40D71310_9D97_46D3_A481_0005752E481212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48fa5c5_118d_11e0_99a4_003048f27c5f_4CF255C9_64ED_4DDD_BA72_CE0023B4645513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2560b2b_9d93_11e5_a43a_0025902b3cc1_42C95584_F2B8_4446_B3C4_867A45ADB41614.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16e877ab_9d94_11e5_a43a_0025902b3cc1_ARM_038_CH15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2221264_068c_11e0_99a4_003048f27c5f_7573426F_2D99_4FE6_B9AF_6D4D25568F4916.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2221262_068c_11e0_99a4_003048f27c5f_680291E4_0B12_4B15_99D2_42ED9120CEDA17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97fb507e_97aa_11eb_80bc_0025902b3cc1_FAD4A8AA_0EBE_4DF5_98D7_0DF89BF2E8B418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c0cfcc_118d_11e0_99a4_003048f27c5f_E31E815C_EACB_485B_98C5_3FA692F863B219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9569d4d5_9d94_11e5_a43a_0025902b3cc1_9B4B4724_F0E4_4E77_A150_B5DBC94B9B2220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d774b0fd_0e72_11e0_99a4_003048f27c5f_060EB70B_E8C1_4FF0_BFF3_24173AA6C20821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9110661f_aa1b_11e5_a43a_0025902b3cc1_58178C33_0CC9_4477_8BD8_6B74D94D907F22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c870421d_9d93_11e5_a43a_0025902b3cc1_CD3170D2_EAF2_4BB8_960E_FD385433023D23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b88de91_9d94_11e5_a43a_0025902b3cc1_5FEF6744_C8C6_4176_9BAE_87524A3A94BE24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/795af14b_9d93_11e5_a43a_0025902b3cc1_CFFCCE9D_73B8_4506_9A65_0B44828AAC8225.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5360d08b_aa1b_11e5_a43a_0025902b3cc1_E8A504E2_73EA_437D_86C6_BF1D4D4482BF26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c45663b_0100_11e0_b16f_003048d0c7fe_F4385D65_37D2_45B3_AFD9_0E963305026727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62a518c_02ae_11e0_b16f_003048d0c7fe_0B0C4D35_763E_4D01_98B4_2973D42419B728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe91027_9d93_11e5_a43a_0025902b3cc1_6EA97ADB_7C12_4F31_847C_CE04082469E329.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0347708d_9d94_11e5_a43a_0025902b3cc1_F7D061C7_7C5D_49D0_983B_B85AE38140F530.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7123e27b_9d94_11e5_a43a_0025902b3cc1_EE9090D3_0092_4203_B696_5B1503EE593531.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a61ed9f_aa1b_11e5_a43a_0025902b3cc1_11EFE83E_1FEF_4ADE_8F86_FAD44532.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dd234dd_9d93_11e5_a43a_0025902b3cc1_849D8CDA_8492_4B0C_8FCB_A0C216902B9633.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f89c8d1_9d94_11e5_a43a_0025902b3cc1_52913F9D_E34B_484C_8E77_F1B4DD19058534.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9fd57b_9d94_11e5_a43a_0025902b3cc1_B2972134_9BEA_469F_848C_156C7695E69C35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a50dc21e_0d9f_11e0_99a4_003048f27c5f_6F7DBACA_DC13_462D_A3A9_48B5D95DACAB36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19a9e3d4_9ef1_11e9_80b7_0025902b3cc1_2000_66_137.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>47625</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="6000750" cy="7543800"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3517,54 +3547,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z24"/>
+  <dimension ref="A1:Z25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B24" sqref="B24"/>
+      <selection activeCell="B25" sqref="B25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -3585,2127 +3615,2133 @@
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:26">
-[...119 lines deleted...]
-      </c>
+    <row r="6" spans="1:26" customHeight="1" ht="2265.75">
+      <c r="A6"/>
+      <c r="B6"/>
+      <c r="C6"/>
+      <c r="D6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-20 \  Крепление троса к плоскости</t>
-[...15 lines deleted...]
-Диаметр, мм: 12</t>
+            <t xml:space="preserve">4000-11(2,0) \ Трос</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.018.ZN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: цена за 1м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">104.00</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-21 \  Крепление троса к плоскости</t>
-[...19 lines deleted...]
-Примечание: Для панелей толщиной от 2 до 8 мм, отверстие 10 мм</t>
+            <t xml:space="preserve">GS 750 \ Крепление троса к плоскости</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GRP.006.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: диаметр троса 1,5–2 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 08.08.2025 11:08:04</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 174 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">172.00</t>
+            <t xml:space="preserve">139.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">YGR-202A \ Крепление троса к плоскости</t>
-[...19 lines deleted...]
-Старая цена: 413 руб.</t>
+            <t xml:space="preserve">2000-20 \  Крепление троса к плоскости</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.032.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 37</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">269.00</t>
+            <t xml:space="preserve">104.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-22 \ Крепление троса к плоскости</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+            <t xml:space="preserve">2000-21 \  Крепление троса к плоскости</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.033.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 18</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Для панелей толщиной от 2 до 8 мм, отверстие 10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">172.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">YGR-210 \ Крепление троса к плоскости</t>
-[...15 lines deleted...]
-Старая цена: 412 руб.</t>
+            <t xml:space="preserve">YGR-202A \ Крепление троса к плоскости</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NFX.001.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 08.08.2025 11:05:25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 413 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">289.00</t>
+            <t xml:space="preserve">269.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-23 \ Крепление троса к плоскости, наклонное</t>
-[...3 lines deleted...]
-Артикул: ARM.035.CH</t>
+            <t xml:space="preserve">2000-22 \ Крепление троса к плоскости</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.034.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">162.00</t>
+            <t xml:space="preserve">105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">YGR-202С \ Крепление троса к плоскости наклонное</t>
-[...19 lines deleted...]
-Старая цена: 413 руб.</t>
+            <t xml:space="preserve">YGR-210 \ Крепление троса к плоскости</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NFX.004.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 08.08.2025 11:06:15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 412 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">269.00</t>
+            <t xml:space="preserve">289.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-30 \ Крепление троса к плоскости</t>
-[...3 lines deleted...]
-Артикул: ARM.040.CH</t>
+            <t xml:space="preserve">2000-23 \ Крепление троса к плоскости, наклонное</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.035.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">83.64</t>
+            <t xml:space="preserve">162.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4000-12 \ Крепление троса к плоскости</t>
-[...23 lines deleted...]
-Старая цена: 246 руб.</t>
+            <t xml:space="preserve">YGR-202С \ Крепление троса к плоскости наклонное</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NFX.003.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 08.08.2025 11:05:53</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 413 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">159.00</t>
+            <t xml:space="preserve">269.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-31 \ Крепление троса к плоскости</t>
-[...11 lines deleted...]
-Примечание: Резьба М10х1мм</t>
+            <t xml:space="preserve">2000-30 \ Крепление троса к плоскости</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.040.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">93.84</t>
+            <t xml:space="preserve">83.64</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-26 \ Крепление троса к плоскости (стопор в комплекте)</t>
-[...11 lines deleted...]
-Примечание: Стопор в комплекте</t>
+            <t xml:space="preserve">4000-12 \ Крепление троса к плоскости</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.010.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: цанговый зажим троса, диаметр троса 2 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 08.08.2025 11:01:38</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 246 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">78.54</t>
+            <t xml:space="preserve">159.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4000-18 \ Кольцо с анкерным креплением</t>
-[...7 lines deleted...]
-Цвет: цинк</t>
+            <t xml:space="preserve">2000-31 \ Крепление троса к плоскости</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.041.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Резьба М10х1мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">279.00</t>
+            <t xml:space="preserve">93.84</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4000-19 \ Натяжитель троса</t>
-[...7 lines deleted...]
-Цвет: цинк</t>
+            <t xml:space="preserve">2000-26 \ Крепление троса к плоскости (стопор в комплекте)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.038.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Стопор в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">111.00</t>
+            <t xml:space="preserve">78.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GS 998 \ Зажим троса</t>
-[...11 lines deleted...]
-Примечание: диаметр троса 1,5–2 мм</t>
+            <t xml:space="preserve">4000-18 \ Кольцо с анкерным креплением</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.009.ZN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30.50</t>
+            <t xml:space="preserve">279.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4000-20 \ Зажим троса усиленный</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+            <t xml:space="preserve">4000-19 \ Натяжитель троса</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.019.ZN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">67.10</t>
+            <t xml:space="preserve">111.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-24 \ Держатель</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+            <t xml:space="preserve">GS 998 \ Зажим троса</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GRP.010.00.T</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: латунь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: диаметр троса 1,5–2 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">102.00</t>
+            <t xml:space="preserve">30.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4000-13 \ Полкодержатель двусторонний</t>
-[...19 lines deleted...]
-Старая цена: 352 руб.</t>
+            <t xml:space="preserve">4000-20 \ Зажим троса усиленный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.001.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">228.00</t>
+            <t xml:space="preserve">67.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-10 \ Полкодержатель</t>
-[...11 lines deleted...]
-Примечание: Для панелей толщиной от 6 мм до 8 мм</t>
+            <t xml:space="preserve">2000-24 \ Держатель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.036.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">140.00</t>
+            <t xml:space="preserve">102.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-12 \ Полкодержатель двусторонний</t>
-[...11 lines deleted...]
-Примечание: Для панелей толщиной от 6 до 8 мм</t>
+            <t xml:space="preserve">4000-13 \ Полкодержатель двусторонний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.003.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: устанавливается без сверления стекла, цанговый зажим троса, диаметр троса 2 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 08.08.2025 11:02:25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 352 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">187.00</t>
+            <t xml:space="preserve">228.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-01 \ Полкодержатель</t>
-[...11 lines deleted...]
-Примечание: Для панелей толщиной от 6 до 8 мм</t>
+            <t xml:space="preserve">2000-10 \ Полкодержатель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.028.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Для панелей толщиной от 6 мм до 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">189.00</t>
+            <t xml:space="preserve">140.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-02 \ Полкодержатель поворотный</t>
-[...3 lines deleted...]
-Артикул: ARM.022.CH</t>
+            <t xml:space="preserve">2000-12 \ Полкодержатель двусторонний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.030.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для панелей толщиной от 6 до 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">198.00</t>
+            <t xml:space="preserve">187.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-04 \ Полкодержатель двусторонний поворотный</t>
-[...3 lines deleted...]
-Артикул: ARM.024.CH</t>
+            <t xml:space="preserve">2000-01 \ Полкодержатель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.021.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для панелей толщиной от 6 до 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">236.00</t>
+            <t xml:space="preserve">189.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GS 860 \ Полкодержатель поворотный</t>
-[...23 lines deleted...]
-Старая цена: 299 руб.</t>
+            <t xml:space="preserve">2000-02 \ Полкодержатель поворотный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.022.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Для панелей толщиной от 6 до 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">225.00</t>
+            <t xml:space="preserve">198.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GS 861 \ Полкодержатель двусторонний поворотный</t>
-[...19 lines deleted...]
-Старая цена: 307 руб.</t>
+            <t xml:space="preserve">2000-04 \ Полкодержатель двусторонний поворотный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.024.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Для панелей толщиной от 6 до 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">199.00</t>
+            <t xml:space="preserve">236.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-25 \ Полкодержатель</t>
-[...11 lines deleted...]
-Примечание: Для панелей толщиной от 6 до 8 мм, отверстие 11-12 мм</t>
+            <t xml:space="preserve">GS 860 \ Полкодержатель поворотный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GRP.008.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: диаметр троса 1,5–2 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 08.08.2025 11:09:00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 299 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">117.00</t>
+            <t xml:space="preserve">225.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-11 \ Держатель вертикальных панелей</t>
-[...11 lines deleted...]
-Примечание: Для панелей толщиной до 8 мм</t>
+            <t xml:space="preserve">GS 861 \ Полкодержатель двусторонний поворотный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GRP.009.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: диаметр троса 1,5–2 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 08.08.2025 11:09:25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 307 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">162.00</t>
+            <t xml:space="preserve">199.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-13 \ Держатель вертикальных панелей двусторонний</t>
-[...11 lines deleted...]
-Примечание: Для панелей толщиной от 6 до 8 мм</t>
+            <t xml:space="preserve">2000-25 \ Полкодержатель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.037.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Для панелей толщиной от 6 до 8 мм, отверстие 11-12 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">187.00</t>
+            <t xml:space="preserve">117.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-07 \ Держатель панелей</t>
-[...11 lines deleted...]
-Примечание: Для панелей толщиной до 8 мм, отверстие 5 мм</t>
+            <t xml:space="preserve">2000-11 \ Держатель вертикальных панелей</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.029.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Для панелей толщиной до 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">166.00</t>
+            <t xml:space="preserve">162.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-03 \ Держатель вертикальных панелей</t>
-[...11 lines deleted...]
-Примечание: Для панелей толщиной до 8 мм, отверстие под винт 10 мм</t>
+            <t xml:space="preserve">2000-13 \ Держатель вертикальных панелей двусторонний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.031.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Для панелей толщиной от 6 до 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">223.00</t>
+            <t xml:space="preserve">187.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-06 \ Держатель двусторонний</t>
-[...11 lines deleted...]
-Примечание: Для панелей толщиной до 8 мм, отверстие под винт 10мм</t>
+            <t xml:space="preserve">2000-07 \ Держатель панелей</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.027.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Для панелей толщиной до 8 мм, отверстие 5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">275.00</t>
+            <t xml:space="preserve">166.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2000-05 \ Держатель трубы</t>
-[...23 lines deleted...]
-Старая цена: 194 руб.</t>
+            <t xml:space="preserve">2000-03 \ Держатель вертикальных панелей</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.023.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Для панелей толщиной до 8 мм, отверстие под винт 10 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">190.00</t>
+            <t xml:space="preserve">223.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">YGR-212 \ Подвес трубы d-25 концевой</t>
-[...15 lines deleted...]
-Старая цена: 413 руб.</t>
+            <t xml:space="preserve">2000-06 \ Держатель двусторонний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.026.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Для панелей толщиной до 8 мм, отверстие под винт 10мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">269.00</t>
+            <t xml:space="preserve">275.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2000-05 \ Держатель трубы</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ARM.025.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Для трубы d-25х0,8-0,9 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 08.08.2025 11:03:38</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 194 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">190.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+      <c r="C24" s="4"/>
+      <c r="D24" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">YGR-212 \ Подвес трубы d-25 концевой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NFX.006.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 08.08.2025 11:07:08</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 413 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">269.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:26">
+      <c r="A25" s="4"/>
+      <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2000-66 \ Крепление троса к профилю A-99063</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ARM.043.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
@@ -5729,50 +5765,51 @@
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
+    <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>