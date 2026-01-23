--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15.02.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Навесные элементы на горизонтальную овальную штангу 30х15 мм</t>
   </si>
   <si>
     <t>Навесные элементы – кронштейны и крючки на овальную штангу 30х15мм.
 Овальная труба 30х15мм используется в качестве горизонтальной штанги во многих торговых системах.
 Такая штанга обеспечивает фронтальную вывеску одежды. На штангу устанавливаются специальные навесные элементы.
 В зависимости от дизайна и задач визуального мерчендайзинга выбираются соответствующие кронштейны на трубу.
 Кронштейны бывают прямые, наклонные и ступенчатые, а также специфические кронштейны для демонстрации определённой одежды, например, накопители для рубашек, держатели шапок и кепок  и т.п.
 Крючки на штангу используются для представления аксессуаров: сумок, ремней, платков, шарфов, перчаток.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
@@ -90,51 +90,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">388.00</t>
+      <t xml:space="preserve">396.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
@@ -208,51 +208,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">447.00</t>
+      <t xml:space="preserve">456.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 150 \ Кронштейн наклонный на овальную трубу 30х15, L-400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.050.22450.4N100</t>
@@ -269,51 +269,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">339.00</t>
+      <t xml:space="preserve">346.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 153.V2 \ Кронштейн прямой на овальную трубу (30х15) c ограничителями, L-400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.048V2.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -326,51 +326,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">329.00</t>
+      <t xml:space="preserve">336.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 150 \ Кронштейн наклонный на овальную трубу (30х15), L-400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.050.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -383,214 +383,214 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">360.00</t>
+      <t xml:space="preserve">367.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 105 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.036.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">428.00</t>
+      <t xml:space="preserve">437.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
-[...3 lines deleted...]
-Артикул: RTP.056.CH</t>
+      <t xml:space="preserve">R 105-K \Кронштейн наклонный с штырьками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.054.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">224.00</t>
+      <t xml:space="preserve">213.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 105-K \Кронштейн наклонный с штырьками</t>
-[...3 lines deleted...]
-Артикул: RTP.054.CH</t>
+      <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.056.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">209.00</t>
+      <t xml:space="preserve">228.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 105 \ Кронштейн на трубу</t>
@@ -660,51 +660,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">439.00</t>
+      <t xml:space="preserve">448.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 112 \ Кронштейн с крючками</t>
@@ -717,51 +717,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">386.00</t>
+      <t xml:space="preserve">394.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 112 \ Кронштейн с крючками</t>
@@ -892,51 +892,51 @@
       <t xml:space="preserve">
 Глубина, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">90.78</t>
+      <t xml:space="preserve">92.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 113 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.021.CH</t>
@@ -945,51 +945,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">275.00</t>
+      <t xml:space="preserve">281.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 113-K \ Кронштейн прямой</t>
@@ -1002,51 +1002,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">159.00</t>
+      <t xml:space="preserve">162.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 113 \ Кронштейн прямой на овальную трубу 30х15мм (усиленный зацеп)</t>
@@ -1067,51 +1067,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">219.00</t>
+      <t xml:space="preserve">223.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 113 \ Кронштейн прямой на овальную трубу (30х15), L-300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.021.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1124,100 +1124,100 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">229.00</t>
+      <t xml:space="preserve">234.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (U) 413 \ Кронштейн прямой (усиленный зацеп)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.042.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">287.00</t>
+      <t xml:space="preserve">293.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 153 \ Кронштейн прямой</t>
@@ -1230,222 +1230,222 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">372.00</t>
+      <t xml:space="preserve">379.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Rs (TOP) 153 \ Кронштейн прямой на овальную трубу 30х15мм (усиленный зацеп)</t>
-[...3 lines deleted...]
-Артикул: RTPS.048.22450.4N100</t>
+      <t xml:space="preserve">Rs (TOP) 153.V2 \ Кронштейн прямой на овальную трубу 30х15мм c ограничителями, (усиленный зацеп)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTPS.048V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">239.00</t>
+      <t xml:space="preserve">325.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Rs (TOP) 153.V2 \ Кронштейн прямой на овальную трубу 30х15мм c ограничителями, (усиленный зацеп)</t>
-[...3 lines deleted...]
-Артикул: RTPS.048V2.22450.4N100</t>
+      <t xml:space="preserve">Rs (TOP) 153 \ Кронштейн прямой на овальную трубу 30х15мм (усиленный зацеп)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTPS.048.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">319.00</t>
+      <t xml:space="preserve">244.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 109 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.019.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">439.00</t>
+      <t xml:space="preserve">448.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 109 \ Кронштейн ступенчатый</t>
@@ -1458,51 +1458,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">516.00</t>
+      <t xml:space="preserve">526.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 109 \ Кронштейн ступенчатый на овальную трубу 30х15мм</t>
@@ -1523,165 +1523,165 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">529.00</t>
+      <t xml:space="preserve">540.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R (TOP) 194 \ Кронштейн универсальный</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+      <t xml:space="preserve">Rs (TOP) 109 \ Кронштейн ступенчатый на овальную трубу (30х15), L-400мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTPS.047.9016MU.25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый муар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">152.00</t>
+      <t xml:space="preserve">571.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Rs (TOP) 109 \ Кронштейн ступенчатый на овальную трубу (30х15), L-400мм</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+      <t xml:space="preserve">R (TOP) 194 \ Кронштейн универсальный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.002.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 310</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 305</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">560.00</t>
+      <t xml:space="preserve">155.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 290 \ Крючок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.032.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1690,51 +1690,51 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">51.00</t>
+      <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 290 \ Крючок на овальную трубу 30х15мм (усиленный зацеп)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.032.22450.4N100</t>
@@ -1755,51 +1755,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.00</t>
+      <t xml:space="preserve">80.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 290 \ Крючок на овальную трубу (30х15), L-100мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.032.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1816,51 +1816,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">83.00</t>
+      <t xml:space="preserve">84.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 291 \ Крючок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.028.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1869,91 +1869,95 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 291 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.028.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 56 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">47.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -1991,51 +1995,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">85.00</t>
+      <t xml:space="preserve">86.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 291 \ Крючок на овальную трубу (30х15), L-150мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.028.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2052,51 +2056,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">88.00</t>
+      <t xml:space="preserve">89.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 292 \ Крючок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.029.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2105,51 +2109,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64.26</t>
+      <t xml:space="preserve">65.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 292 \ Крючок на овальную трубу 30х15мм (усиленный зацеп)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.029.22450.4N100</t>
@@ -2170,51 +2174,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">88.00</t>
+      <t xml:space="preserve">89.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 292 \ Крючок на овальную трубу (30х15), L-200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.029.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2231,51 +2235,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92.00</t>
+      <t xml:space="preserve">93.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 293 \ Крючок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.030.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2284,51 +2288,51 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">72.42</t>
+      <t xml:space="preserve">73.44</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 293 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.030.MH</t>
@@ -2406,51 +2410,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.00</t>
+      <t xml:space="preserve">90.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 293 \ Крючок на овальную трубу (30х15), L-250мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.030.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2467,51 +2471,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">95.00</t>
+      <t xml:space="preserve">96.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 294 \ Крючок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.033.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2520,51 +2524,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74.46</t>
+      <t xml:space="preserve">75.48</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 294 \ Крючок на овальную трубу 30х15мм (усиленный зацеп)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.033.22450.4N100</t>
@@ -2585,51 +2589,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">95.00</t>
+      <t xml:space="preserve">96.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Rs (TOP) 294 \ Крючок на овальную трубу (30х15), L-300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTPS.033.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2646,51 +2650,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">98.00</t>
+      <t xml:space="preserve">100.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 109 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.019.MSA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый сатин</t>
@@ -2931,51 +2935,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 496 \ Кронштейн прямой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.049.CH</t>
@@ -2988,51 +2992,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">123.00</t>
+      <t xml:space="preserve">125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 107 \ Кассета для сорочек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.039.CH</t>
@@ -3167,51 +3171,51 @@
       <t xml:space="preserve">
 Высота, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пруток д-5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">332.00</t>
+      <t xml:space="preserve">339.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -3271,51 +3275,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c5c43a7_707b_11e0_afc8_003048f27c5f_A8503556_2E30_4AFF_97BE_3D95B0AF4E243.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327457b3_0b57_11e4_9ca4_0025902b3cc1_7DBA787A_F568_4E5D_BB5C_0856DAFCF6764.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50a9e467_8e83_11e8_ade2_0025902b3cc1_Rs_TOP_1505.JPG"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1237e523_a745_11eb_80bc_0025902b3cc1_RTPS048V29016MU256.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185d85ab_a745_11eb_80bc_0025902b3cc1_RTPS0507.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_8820585231649.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C810.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fca53cde_75c4_11e7_9ffe_0025902b3cc1_89BCDC73_7E30_4A2C_B86F_FC98181FF1B611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25f01_ff16_11e0_833e_003048f27c5f_5F62B636_B61C_481C_B417_5C6B31D446C714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92916.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8817.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8818.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e910acb4_8e83_11e8_ade2_0025902b3cc1_Rs_TOP_11319.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185d85b0_a745_11eb_80bc_0025902b3cc1_RTPS02120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B92622.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb8b1049_7ecb_11e8_ade2_0025902b3cc1_Rs_TOP_15323.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed07cc3_d381_11e8_a710_0025902b3cc1_RS24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F1126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223c8c03_8e83_11e8_ade2_0025902b3cc1_10927.JPG"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00f611d2_293e_11e5_a10e_0025902b3cc1_D1A2248F_B0A0_4E65_88BD_0A0AFF6F77EF28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185d85b5_a745_11eb_80bc_0025902b3cc1_RTPS04729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cc6c257_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae20d2_a745_11eb_80bc_0025902b3cc1_RTPS03232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34933.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25ee3_ff16_11e0_833e_003048f27c5f_56F35150_5A09_4692_B5FF_46C66035350934.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e3e7ee7_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29135.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae20cd_a745_11eb_80bc_0025902b3cc1_RTPS02836.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b7bd221_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29238.JPG"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae20c8_a745_11eb_80bc_0025902b3cc1_RTPS02939.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8a5642_3804_11e0_b4b4_003048f27c5f_914B74D3_0490_44A3_A0D6_C7550B49130F41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c057bb91_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05114971_a745_11eb_80bc_0025902b3cc1_RTPS03043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F344.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e609e17d_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0511496c_a745_11eb_80bc_0025902b3cc1_RTPS03346.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20bc5491_75c6_11e7_9ffe_0025902b3cc1_5BD10E7D_9E3C_4050_9ED8_06001E312F5047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f72f264_75c6_11e7_9ffe_0025902b3cc1_156E074C_065F_4032_81F1_3189A4E05D5F48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e009969f_75c6_11e7_9ffe_0025902b3cc1_8D62CE58_7D8D_4528_AE2E_BAAF352AE23C49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_155.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c5c43a7_707b_11e0_afc8_003048f27c5f_A8503556_2E30_4AFF_97BE_3D95B0AF4E243.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327457b3_0b57_11e4_9ca4_0025902b3cc1_7DBA787A_F568_4E5D_BB5C_0856DAFCF6764.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50a9e467_8e83_11e8_ade2_0025902b3cc1_Rs_TOP_1505.JPG"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1237e523_a745_11eb_80bc_0025902b3cc1_RTPS048V29016MU256.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185d85ab_a745_11eb_80bc_0025902b3cc1_RTPS0507.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C89.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fca53cde_75c4_11e7_9ffe_0025902b3cc1_89BCDC73_7E30_4A2C_B86F_FC98181FF1B611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25f01_ff16_11e0_833e_003048f27c5f_5F62B636_B61C_481C_B417_5C6B31D446C714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92916.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8817.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8818.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e910acb4_8e83_11e8_ade2_0025902b3cc1_Rs_TOP_11319.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185d85b0_a745_11eb_80bc_0025902b3cc1_RTPS02120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B92622.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed07cc3_d381_11e8_a710_0025902b3cc1_RS23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb8b1049_7ecb_11e8_ade2_0025902b3cc1_Rs_TOP_15324.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F1126.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223c8c03_8e83_11e8_ade2_0025902b3cc1_10927.JPG"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185d85b5_a745_11eb_80bc_0025902b3cc1_RTPS04728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00f611d2_293e_11e5_a10e_0025902b3cc1_D1A2248F_B0A0_4E65_88BD_0A0AFF6F77EF29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cc6c257_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae20d2_a745_11eb_80bc_0025902b3cc1_RTPS03232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34933.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25ee3_ff16_11e0_833e_003048f27c5f_56F35150_5A09_4692_B5FF_46C66035350934.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e3e7ee7_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29135.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae20cd_a745_11eb_80bc_0025902b3cc1_RTPS02836.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b7bd221_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29238.JPG"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae20c8_a745_11eb_80bc_0025902b3cc1_RTPS02939.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8a5642_3804_11e0_b4b4_003048f27c5f_914B74D3_0490_44A3_A0D6_C7550B49130F41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c057bb91_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05114971_a745_11eb_80bc_0025902b3cc1_RTPS03043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F344.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e609e17d_8e84_11e8_ade2_0025902b3cc1_Rs_TOP_29445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0511496c_a745_11eb_80bc_0025902b3cc1_RTPS03346.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20bc5491_75c6_11e7_9ffe_0025902b3cc1_5BD10E7D_9E3C_4050_9ED8_06001E312F5047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f72f264_75c6_11e7_9ffe_0025902b3cc1_156E074C_065F_4032_81F1_3189A4E05D5F48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e009969f_75c6_11e7_9ffe_0025902b3cc1_8D62CE58_7D8D_4528_AE2E_BAAF352AE23C49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_155.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5265,51 +5269,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15.02.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -5337,51 +5341,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">388.00</t>
+            <t xml:space="preserve">396.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5463,51 +5467,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">447.00</t>
+            <t xml:space="preserve">456.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 150 \ Кронштейн наклонный на овальную трубу 30х15, L-400мм</t>
           </r>
@@ -5527,51 +5531,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">339.00</t>
+            <t xml:space="preserve">346.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 153.V2 \ Кронштейн прямой на овальную трубу (30х15) c ограничителями, L-400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5589,51 +5593,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">329.00</t>
+            <t xml:space="preserve">336.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 150 \ Кронштейн наклонный на овальную трубу (30х15), L-400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTPS.050.9016MU.25</t>
           </r>
@@ -5649,51 +5653,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">360.00</t>
+            <t xml:space="preserve">367.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 105 \ Кронштейн</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5703,173 +5707,173 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">428.00</t>
+            <t xml:space="preserve">437.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
-[...3 lines deleted...]
-Артикул: RTP.056.CH</t>
+            <t xml:space="preserve">R 105-K \Кронштейн наклонный с штырьками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.054.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">224.00</t>
+            <t xml:space="preserve">213.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R 105-K \Кронштейн наклонный с штырьками</t>
-[...3 lines deleted...]
-Артикул: RTP.054.CH</t>
+            <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.056.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">209.00</t>
+            <t xml:space="preserve">228.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5947,51 +5951,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">439.00</t>
+            <t xml:space="preserve">448.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6007,51 +6011,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">386.00</t>
+            <t xml:space="preserve">394.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6195,51 +6199,51 @@
             <t xml:space="preserve">
 Глубина, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">90.78</t>
+            <t xml:space="preserve">92.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 113 \ Кронштейн</t>
           </r>
@@ -6251,51 +6255,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">275.00</t>
+            <t xml:space="preserve">281.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6313,51 +6317,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">159.00</t>
+            <t xml:space="preserve">162.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6381,51 +6385,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">219.00</t>
+            <t xml:space="preserve">223.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 113 \ Кронштейн прямой на овальную трубу (30х15), L-300мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6443,51 +6447,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">229.00</t>
+            <t xml:space="preserve">234.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R (U) 413 \ Кронштейн прямой (усиленный зацеп)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.042.CH</t>
           </r>
@@ -6495,51 +6499,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">287.00</t>
+            <t xml:space="preserve">293.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6557,181 +6561,181 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">372.00</t>
+            <t xml:space="preserve">379.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Rs (TOP) 153 \ Кронштейн прямой на овальную трубу 30х15мм (усиленный зацеп)</t>
-[...3 lines deleted...]
-Артикул: RTPS.048.22450.4N100</t>
+            <t xml:space="preserve">Rs (TOP) 153.V2 \ Кронштейн прямой на овальную трубу 30х15мм c ограничителями, (усиленный зацеп)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTPS.048V2.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">239.00</t>
+            <t xml:space="preserve">325.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Rs (TOP) 153.V2 \ Кронштейн прямой на овальную трубу 30х15мм c ограничителями, (усиленный зацеп)</t>
-[...3 lines deleted...]
-Артикул: RTPS.048V2.22450.4N100</t>
+            <t xml:space="preserve">Rs (TOP) 153 \ Кронштейн прямой на овальную трубу 30х15мм (усиленный зацеп)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTPS.048.22450.4N100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">319.00</t>
+            <t xml:space="preserve">244.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 109 \ Кронштейн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.019.CH</t>
           </r>
@@ -6739,51 +6743,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">439.00</t>
+            <t xml:space="preserve">448.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6801,51 +6805,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">516.00</t>
+            <t xml:space="preserve">526.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6869,173 +6873,173 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">529.00</t>
+            <t xml:space="preserve">540.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R (TOP) 194 \ Кронштейн универсальный</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+            <t xml:space="preserve">Rs (TOP) 109 \ Кронштейн ступенчатый на овальную трубу (30х15), L-400мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTPS.047.9016MU.25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">152.00</t>
+            <t xml:space="preserve">571.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Rs (TOP) 109 \ Кронштейн ступенчатый на овальную трубу (30х15), L-400мм</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+            <t xml:space="preserve">R (TOP) 194 \ Кронштейн универсальный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.002.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 310</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 305</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">560.00</t>
+            <t xml:space="preserve">155.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 290 \ Крючок</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7049,51 +7053,51 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51.00</t>
+            <t xml:space="preserve">52.02</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 290 \ Крючок на овальную трубу 30х15мм (усиленный зацеп)</t>
           </r>
@@ -7117,51 +7121,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.00</t>
+            <t xml:space="preserve">80.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 290 \ Крючок на овальную трубу (30х15), L-100мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7183,51 +7187,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">83.00</t>
+            <t xml:space="preserve">84.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 291 \ Крючок</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.028.CH</t>
           </r>
@@ -7239,96 +7243,100 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 291 \ Кронштейн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.028.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 56 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">47.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -7369,51 +7377,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85.00</t>
+            <t xml:space="preserve">86.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 291 \ Крючок на овальную трубу (30х15), L-150мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7435,51 +7443,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">88.00</t>
+            <t xml:space="preserve">89.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 292 \ Крючок</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.029.CH</t>
           </r>
@@ -7491,51 +7499,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64.26</t>
+            <t xml:space="preserve">65.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7561,51 +7569,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">88.00</t>
+            <t xml:space="preserve">89.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 292 \ Крючок на овальную трубу (30х15), L-200мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTPS.029.9016MU.25</t>
           </r>
@@ -7625,51 +7633,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92.00</t>
+            <t xml:space="preserve">93.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 293 \ Крючок</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7683,51 +7691,51 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">72.42</t>
+            <t xml:space="preserve">73.44</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 293 \ Кронштейн</t>
           </r>
@@ -7813,51 +7821,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.00</t>
+            <t xml:space="preserve">90.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 293 \ Крючок на овальную трубу (30х15), L-250мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTPS.030.9016MU.25</t>
           </r>
@@ -7877,51 +7885,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">95.00</t>
+            <t xml:space="preserve">96.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 294 \ Крючок</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7935,51 +7943,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74.46</t>
+            <t xml:space="preserve">75.48</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 294 \ Крючок на овальную трубу 30х15мм (усиленный зацеп)</t>
           </r>
@@ -8003,51 +8011,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">95.00</t>
+            <t xml:space="preserve">96.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Rs (TOP) 294 \ Крючок на овальную трубу (30х15), L-300мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8069,51 +8077,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">98.00</t>
+            <t xml:space="preserve">100.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 109 \ Кронштейн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.019.MSA</t>
           </r>
@@ -8373,51 +8381,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8435,51 +8443,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">123.00</t>
+            <t xml:space="preserve">125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 107 \ Кассета для сорочек</t>
           </r>
@@ -8625,51 +8633,51 @@
             <t xml:space="preserve">
 Высота, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пруток д-5мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">332.00</t>
+            <t xml:space="preserve">339.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>