--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -131,78 +131,78 @@
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.020.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 360 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">288.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 150 \ Кронштейн наклонный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.050.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1910,54 +1910,50 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 291 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.028.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 56 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">47.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2741,54 +2737,50 @@
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 290 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.032.MSA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 32 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">30.00</t>
     </r>
@@ -5385,78 +5377,78 @@
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.020.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 360 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">288.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R (TOP) 150 \ Кронштейн наклонный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.050.CH</t>
           </r>
           <r>
@@ -7289,54 +7281,50 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 291 \ Кронштейн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.028.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 56 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">47.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -8176,54 +8164,50 @@
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 290 \ Кронштейн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.032.MSA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 32 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">30.00</t>
           </r>