--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19.10.2023</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Roto</t>
   </si>
   <si>
     <t>Основной элемент: металлическая круглая труба d-60 мм, h-1475/2375/2975 мм.
 Установка конструкций: самостоятельно стоящие, крепление к стене.
 Цвета стоек: хром, серебряный металлик, мокрый асфальт.
 Цвета навесных элементов: хром, серебряный металлик, мокрый асфальт.
 Навесные блоки и полки: стандартные и индивидуальных размеров.
 Совместно с данной серией Вы можете использовать Универсальные элементы для систем Global, Four, Roto.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RT 001.HL \ Колонна</t>
@@ -375,51 +375,51 @@
       <t xml:space="preserve">
 Цвет: серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">69.36</t>
+      <t xml:space="preserve">70.38</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 15.HL \ Держатель панели</t>
@@ -432,51 +432,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.56</t>
+      <t xml:space="preserve">81.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 15 \ Держатель панелей</t>
@@ -497,51 +497,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">99.00</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RT 022.HL \ Держатель для решетки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ROT.022.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1563,51 +1563,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19.10.2023</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1939,51 +1939,51 @@
             <t xml:space="preserve">
 Цвет: серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">69.36</t>
+            <t xml:space="preserve">70.38</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2001,51 +2001,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.56</t>
+            <t xml:space="preserve">81.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2069,51 +2069,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99.00</t>
+            <t xml:space="preserve">101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RT 022.HL \ Держатель для решетки</t>
           </r>
           <r>
             <t xml:space="preserve">