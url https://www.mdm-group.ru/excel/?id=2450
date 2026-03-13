--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -400,151 +400,151 @@
       <t xml:space="preserve">70.38</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 15.HL \ Держатель панели</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+      <t xml:space="preserve">GLS 15 \ Держатель панелей</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.015.7047.80</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 200</t>
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">81.60</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS 15 \ Держатель панелей</t>
-[...7 lines deleted...]
-Цвет: серый</t>
+      <t xml:space="preserve">GL 15.HL \ Держатель панели</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.015.HL.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
-Собственное производство: Да</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 40</t>
+Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">101.00</t>
+      <t xml:space="preserve">81.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RT 022.HL \ Держатель для решетки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ROT.022.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -829,51 +829,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cecee93c_fea3_11df_b16f_003048d0c7fe_6F207372_F41A_4C5E_955C_51F31CCE52EE2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7b57dc4_09a4_11e0_99a4_003048f27c5f_BD9B6725_2C34_4C4C_AACA_9B5A38991B8D3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cecee948_fea3_11df_b16f_003048d0c7fe_B3318A8E_31DF_4D83_BC0B_8C1D1C9EABA54.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cecee94b_fea3_11df_b16f_003048d0c7fe_F77BDE85_B0DB_499E_9625_7BAB46A4BC9F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a78284b_ff22_11e0_833e_003048f27c5f_18AF816B_E084_45DF_B05D_B15C1E80A65B6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc549be_4a15_11e0_86e2_003048f27c5f_5AEBDF37_7958_43C2_8AF5_4D1604C1BA457.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f2142d_fea3_11df_b16f_003048d0c7fe_A26A0461_44F2_494A_8800_D210E97789A38.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db76fd9b_99ef_11ec_81b7_ac1f6b40b531_GLS0157047809.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88957_0100_11e0_b16f_003048d0c7fe_11DA13B4_812F_48CD_B6F7_B02C4F1F738C10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa41cc6e_ff21_11e0_833e_003048f27c5f_64430836_C323_4B09_BBF8_4419B3D6E6EB11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa41cc62_ff21_11e0_833e_003048f27c5f_92476CD5_B94B_4D0E_8D0D_56096656A23012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0013d58_0c07_11e0_99a4_003048f27c5f_F8265840_CF2E_48D2_A24C_9E702558A8FF13.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cecee93c_fea3_11df_b16f_003048d0c7fe_6F207372_F41A_4C5E_955C_51F31CCE52EE2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7b57dc4_09a4_11e0_99a4_003048f27c5f_BD9B6725_2C34_4C4C_AACA_9B5A38991B8D3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cecee948_fea3_11df_b16f_003048d0c7fe_B3318A8E_31DF_4D83_BC0B_8C1D1C9EABA54.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cecee94b_fea3_11df_b16f_003048d0c7fe_F77BDE85_B0DB_499E_9625_7BAB46A4BC9F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a78284b_ff22_11e0_833e_003048f27c5f_18AF816B_E084_45DF_B05D_B15C1E80A65B6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc549be_4a15_11e0_86e2_003048f27c5f_5AEBDF37_7958_43C2_8AF5_4D1604C1BA457.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db76fd9b_99ef_11ec_81b7_ac1f6b40b531_GLS0157047808.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f2142d_fea3_11df_b16f_003048d0c7fe_A26A0461_44F2_494A_8800_D210E97789A39.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88957_0100_11e0_b16f_003048d0c7fe_11DA13B4_812F_48CD_B6F7_B02C4F1F738C10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa41cc6e_ff21_11e0_833e_003048f27c5f_64430836_C323_4B09_BBF8_4419B3D6E6EB11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa41cc62_ff21_11e0_833e_003048f27c5f_92476CD5_B94B_4D0E_8D0D_56096656A23012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0013d58_0c07_11e0_99a4_003048f27c5f_F8265840_CF2E_48D2_A24C_9E702558A8FF13.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1969,154 +1969,154 @@
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">GLS 15 \ Держатель панелей</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLS.015.7047.80</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: серый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 40</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">101.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+      <c r="C10" s="4"/>
+      <c r="D10" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">GL 15.HL \ Держатель панели</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.015.HL.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">81.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
-          </r>
-[...58 lines deleted...]
-            <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RT 022.HL \ Держатель для решетки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ROT.022.HL.CH</t>
           </r>
           <r>