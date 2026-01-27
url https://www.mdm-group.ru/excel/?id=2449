--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,221 +33,221 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15.02.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Торговые стеллажи Eclipse</t>
   </si>
   <si>
     <t>Новая серия торговой мебели Eclipse изготовлена на основе перфорированных стоек системы Global, поэтому полностью совместима с навесными элементами Global.Модельный ряд серии представлен стеллажами и гондолами. Нижняя часть стеллажей и гондол может оборудоваться необходимым количеством ящиков и накопителей. Стеллажи могут быть оснащены боковыми стенками из МДФ волнообразной формы. Исполнение задних стенок возможно в различных вариантах: МДФ под пленкой ПВХ, ДСП или экономпанель. Материал полок на выбор: ДСП, МДФ под пленкой ПВХ, матовое или прозрачное стекло. Полки из ДСП и МДФ имеют различную форму: прямоугольные, полукруглые, волнообразные. Возможна окраска изделий из МДФ в цвет по каталогу RAL. Цена подлежит согласованию.Торговая мебель Eclipse позволяет легко менять навесное оборудование, что делает ее предельно функциональной, а оригинальный дизайн привлечет внимание покуп</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS 209.V3 \ Стойка &amp;quot;L&amp;quot;-образная </t>
-[...7 lines deleted...]
-Цвет: под хром</t>
+      <t xml:space="preserve">GL 109 (P). HL \  Стойка &amp;quot;L&amp;quot;</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.109P.HL.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
-Собственное производство: Да</t>
-[...3 lines deleted...]
-Производитель: Россия</t>
+Примечание: Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3779.10</t>
+      <t xml:space="preserve">4058.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 109 (P). HL \  Стойка &amp;quot;L&amp;quot;</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+      <t xml:space="preserve">GLS 209.V3 \ Стойка &amp;quot;L&amp;quot;-образная </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.209.V3.02698.MGV13</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: под хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3978.00</t>
+      <t xml:space="preserve">3855.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.340.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.76</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 11.HL \ Соединитель стоек</t>
@@ -268,51 +268,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стоек GL 108 (P).HL, GL 109 (P).HL, GL 110 (P).HL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">592.00</t>
+      <t xml:space="preserve">604.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 11.HL \ Соединитель стоек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.011B.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -325,51 +325,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стоек GL 108 (P).HL, GL 109 (P).HL, GL 110 (P).HL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">847.00</t>
+      <t xml:space="preserve">864.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 11.HL \ Соединитель стоек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.011C.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -382,51 +382,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стоек GL 108 (P).HL, GL 109 (P).HL, GL 110 (P).HL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1071.00</t>
+      <t xml:space="preserve">1092.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038A.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -439,51 +439,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">908.00</t>
+      <t xml:space="preserve">926.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038A.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
@@ -557,51 +557,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1020.00</t>
+      <t xml:space="preserve">1040.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-900мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038B.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
@@ -679,51 +679,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1224.00</t>
+      <t xml:space="preserve">1248.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-600 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039A.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -732,51 +732,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">490.00</t>
+      <t xml:space="preserve">500.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039B.HL.CH</t>
@@ -789,51 +789,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">683.00</t>
+      <t xml:space="preserve">697.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039B.HL.MH</t>
@@ -907,51 +907,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">842.00</t>
+      <t xml:space="preserve">859.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Задняя стенка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.01.03.DSP</t>
@@ -964,51 +964,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3138.00</t>
+      <t xml:space="preserve">3201.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Задняя стенка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.01.04.DSP</t>
@@ -1021,51 +1021,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4598.00</t>
+      <t xml:space="preserve">4690.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Задняя стенка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.01.05.DSP</t>
@@ -1078,51 +1078,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6094.00</t>
+      <t xml:space="preserve">6216.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.01.06.DSP \ Задняя стенка зеркальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.01.06.DSP</t>
@@ -1131,51 +1131,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 14</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12011.00</t>
+      <t xml:space="preserve">12251.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.01.09.DSP \ Задняя стенка зеркальная</t>
@@ -1188,51 +1188,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 14</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15796.00</t>
+      <t xml:space="preserve">16112.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.01.12.DSP \ Задняя стенка зеркальная</t>
@@ -1245,51 +1245,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 14</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14297.00</t>
+      <t xml:space="preserve">14583.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.01.15.EP \ Задняя стенка экономпанель</t>
@@ -1302,51 +1302,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 18</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11716.00</t>
+      <t xml:space="preserve">11950.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.01.16.EP \ Задняя стенка экономпанель</t>
@@ -1359,51 +1359,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 18</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12518.00</t>
+      <t xml:space="preserve">12768.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.01.17.EP \ Задняя стенка экономпанель</t>
@@ -1416,51 +1416,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 18</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12550.00</t>
+      <t xml:space="preserve">12801.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Задняя стенка угловая внутренняя 45</t>
@@ -1469,51 +1469,51 @@
       <t xml:space="preserve">
 Артикул: ELG.01.01.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4991.00</t>
+      <t xml:space="preserve">5091.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1526,51 +1526,51 @@
       <t xml:space="preserve">
 Артикул: ELG.01.02.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2123.00</t>
+      <t xml:space="preserve">2165.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1591,51 +1591,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1971.00</t>
+      <t xml:space="preserve">2010.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Задняя стенка гондолы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.02.02.DSP</t>
@@ -1648,51 +1648,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2875.00</t>
+      <t xml:space="preserve">2933.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.02.03 \ Задняя стенка гондолы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.02.03.DSP</t>
@@ -1709,100 +1709,100 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3778.00</t>
+      <t xml:space="preserve">3854.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.02.05.EP \ Задняя стенка гондолы экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.02.05.EP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 18</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11590.00</t>
+      <t xml:space="preserve">11822.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.02.06.EP \ Задняя стенка гондолы экономпанель</t>
@@ -1815,51 +1815,51 @@
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 18</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11582.00</t>
+      <t xml:space="preserve">11814.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Подиум с цоколем</t>
@@ -1880,51 +1880,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1330.00</t>
+      <t xml:space="preserve">1357.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Подиум с цоколем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.07.04.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП 16 мм</t>
@@ -1937,51 +1937,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1445.00</t>
+      <t xml:space="preserve">1474.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Подиум с цоколем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.07.05.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП 16 мм</t>
@@ -1994,51 +1994,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2416.00</t>
+      <t xml:space="preserve">2464.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.03.03.DSP \ Подиум с цоколем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.03.03.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП 25 мм</t>
@@ -2051,51 +2051,51 @@
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1734.00</t>
+      <t xml:space="preserve">1769.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.03.04.DSP \ Подиум с цоколем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.03.04.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП 25 мм</t>
@@ -2108,51 +2108,51 @@
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2248.00</t>
+      <t xml:space="preserve">2293.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.03.05.DSP \ Подиум с цоколем</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.03.05.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП 25 мм</t>
@@ -2165,92 +2165,92 @@
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3098.00</t>
+      <t xml:space="preserve">3160.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Подиум угловой внутренний 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.07.01.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП 16 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1024.00</t>
+      <t xml:space="preserve">1044.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -2263,51 +2263,51 @@
       </rPr>
       <t xml:space="preserve">ELG.03.01.DSP \ Подиум угловой внутренний 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.03.01.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП 25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1531.00</t>
+      <t xml:space="preserve">1562.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -2320,51 +2320,51 @@
       </rPr>
       <t xml:space="preserve">ELG \ Подиум угловой наружный 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.07.02.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП 16 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1517.00</t>
+      <t xml:space="preserve">1547.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -2377,51 +2377,51 @@
       </rPr>
       <t xml:space="preserve">ELG.03.02.DSP \ Подиум угловой наружный 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.03.02.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП 25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2215.00</t>
+      <t xml:space="preserve">2259.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -2588,51 +2588,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">457.00</t>
+      <t xml:space="preserve">466.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.04.07.DSP \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.04.07.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -2641,51 +2641,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">658.00</t>
+      <t xml:space="preserve">671.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.04.09.DSP \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.04.09.DSP</t>
@@ -2698,51 +2698,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">866.00</t>
+      <t xml:space="preserve">883.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.04.06 \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.04.06.DSP</t>
@@ -2759,51 +2759,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">586.00</t>
+      <t xml:space="preserve">598.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.04.08 \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.04.08.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: Дуб венге R3211</t>
@@ -2816,51 +2816,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">853.00</t>
+      <t xml:space="preserve">870.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.04.10 \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.04.10.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -2869,51 +2869,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1119.00</t>
+      <t xml:space="preserve">1141.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.05.05.DSP \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.05.05.DSP</t>
@@ -2926,51 +2926,51 @@
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">754.00</t>
+      <t xml:space="preserve">769.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.05.07.DSP \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.05.07.DSP</t>
@@ -2983,51 +2983,51 @@
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1073.00</t>
+      <t xml:space="preserve">1094.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.05.09.DSP \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.05.09.DSP</t>
@@ -3040,51 +3040,51 @@
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1411.00</t>
+      <t xml:space="preserve">1439.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.05.08.DSP</t>
@@ -3097,51 +3097,51 @@
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1358.00</t>
+      <t xml:space="preserve">1385.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Полка полукруглая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.04.14.DSP</t>
@@ -3154,51 +3154,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1519.00</t>
+      <t xml:space="preserve">1549.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.04.01.DSP \ Полка угловая внутренняя 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.04.01.DSP</t>
@@ -3207,51 +3207,51 @@
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">456.00</t>
+      <t xml:space="preserve">465.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.04.03.DSP \ Полка угловая внутренняя 45</t>
@@ -3264,51 +3264,51 @@
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">585.00</t>
+      <t xml:space="preserve">597.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.05.01.DSP \ Полка угловая внутренняя 45</t>
@@ -3321,51 +3321,51 @@
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">690.00</t>
+      <t xml:space="preserve">704.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.05.03.DSP \ Полка угловая внутренняя 45</t>
@@ -3378,51 +3378,51 @@
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">860.00</t>
+      <t xml:space="preserve">877.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.04.02.DSP \ Полка угловая наружная 45</t>
@@ -3435,51 +3435,51 @@
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">422.00</t>
+      <t xml:space="preserve">430.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.04.04.DSP \ Полка угловая наружная 45</t>
@@ -3492,51 +3492,51 @@
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">645.00</t>
+      <t xml:space="preserve">658.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.05.02.DSP \ Полка угловая наружная 45</t>
@@ -3549,51 +3549,51 @@
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">683.00</t>
+      <t xml:space="preserve">697.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.05.04.DSP \ Полка угловая наружная 45</t>
@@ -3606,51 +3606,51 @@
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1035.00</t>
+      <t xml:space="preserve">1056.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
@@ -3671,51 +3671,51 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055L.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3728,91 +3728,95 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055R.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -3830,50 +3834,54 @@
       </rPr>
       <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055L.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -3903,51 +3911,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1135.00</t>
+      <t xml:space="preserve">1158.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.06.10 \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.06.10.GL</t>
@@ -3964,51 +3972,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1703.00</t>
+      <t xml:space="preserve">1737.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.06.13.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
@@ -4017,51 +4025,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2270.00</t>
+      <t xml:space="preserve">2315.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.06.08.GL</t>
@@ -4074,51 +4082,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1324.00</t>
+      <t xml:space="preserve">1350.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.06.08.MGL</t>
@@ -4131,51 +4139,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1382.00</t>
+      <t xml:space="preserve">1410.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.06.11.GL</t>
@@ -4188,51 +4196,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1987.00</t>
+      <t xml:space="preserve">2027.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.06.11 \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.06.11.MGL</t>
@@ -4245,51 +4253,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1984.00</t>
+      <t xml:space="preserve">2024.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.06.14.GL</t>
@@ -4302,51 +4310,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2649.00</t>
+      <t xml:space="preserve">2702.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.06.14 \ Полка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.06.14.MGL</t>
@@ -4359,51 +4367,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2586.00</t>
+      <t xml:space="preserve">2638.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.06.01 \ Полка угловая внутренняя 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.06.01.GL</t>
@@ -4412,51 +4420,51 @@
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1240.00</t>
+      <t xml:space="preserve">1265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Полка угловая внутренняя 45</t>
@@ -4465,51 +4473,51 @@
       <t xml:space="preserve">
 Артикул: ELG.06.03.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1275.00</t>
+      <t xml:space="preserve">1301.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -4522,51 +4530,51 @@
       <t xml:space="preserve">
 Артикул: ELG.06.04.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1275.00</t>
+      <t xml:space="preserve">1301.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -4583,51 +4591,51 @@
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 295</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7747.00</t>
+      <t xml:space="preserve">7902.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.09.10 \ Накопитель с 2-вертикальными ящиками</t>
@@ -4640,51 +4648,51 @@
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 295</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12968.00</t>
+      <t xml:space="preserve">13227.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.11.03 \ Накопитель с 2 ящиками</t>
@@ -4701,51 +4709,51 @@
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 455</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12095.00</t>
+      <t xml:space="preserve">12337.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Накопитель с 2 ящиками и 2 дверками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.11.14.DSP</t>
@@ -4754,51 +4762,51 @@
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 455</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21393.00</t>
+      <t xml:space="preserve">21821.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Накопитель с ящиком и 2 дверками</t>
@@ -4811,51 +4819,51 @@
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 455</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18033.00</t>
+      <t xml:space="preserve">18394.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.13.01.DSP \ Столешница для накопителя</t>
@@ -4872,51 +4880,51 @@
       <t xml:space="preserve">
 Высота, мм: 475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1574.00</t>
+      <t xml:space="preserve">1605.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG \ Столешница для накопителя</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.13.02.DSP</t>
@@ -4929,51 +4937,51 @@
       <t xml:space="preserve">
 Высота, мм: 475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2249.00</t>
+      <t xml:space="preserve">2294.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.13.03 \ Столешница для накопителя</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.13.03.DSP</t>
@@ -4986,100 +4994,100 @@
       <t xml:space="preserve">
 Высота, мм: 475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2877.00</t>
+      <t xml:space="preserve">2935.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ELG.14.01.DSP \ Боковая стенка стеллажа левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ELG.14.01.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковина: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6485.00</t>
+      <t xml:space="preserve">6615.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -5092,51 +5100,51 @@
       <t xml:space="preserve">
 Артикул: ELG.14.01-01.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Боковина: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6485.00</t>
+      <t xml:space="preserve">6615.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
@@ -5208,51 +5216,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10abb922_9a1d_11ec_81b7_ac1f6b40b531_GLS209V302698MGV1312.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cfd50ea_e659_11e0_a476_003048f27c5e_714095C7_6F40_49DF_8CC2_00D79B90EAD53.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a835_0427_11e0_99a4_003048f27c5f_FD88DB7B_9E0B_484E_8328_F070E6A996F45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff238_c55b_11df_b729_003048d0c7fe_2328C3F8_1F31_4CD2_85F4_CA4656563B9E6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e2b7_fea3_11df_b16f_003048d0c7fe_F13C0BE2_81F6_4331_AEDC_4CFA051691427.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a839_0427_11e0_99a4_003048f27c5f_E3451519_32A8_4F0B_842F_1A44B125DFC69.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b78_0f25_11e0_99a4_003048f27c5f_FBFD3377_8E2D_4844_BFBF_C9162944F88411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b7b_0f25_11e0_99a4_003048f27c5f_01A7B579_09C4_4AB9_85F8_A58CCBD880DB15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1816.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9bb_ff1f_11e0_833e_003048f27c5f_61835B00_CC5F_4B3C_8992_DC817953EFD217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9cc_ff1f_11e0_833e_003048f27c5f_7F512243_5D07_4050_BA64_0171B56CBABA18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9d1_ff1f_11e0_833e_003048f27c5f_17EC2D42_58AC_45E7_ADC2_DD29AC2387D519.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3474_0ded_11e2_99cf_0025902b3cc1_BECC60FD_F5ED_48EF_A387_D712F98F81F220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3479_0ded_11e2_99cf_0025902b3cc1_E02D270D_6C38_4C40_9A97_0949BEA8E68421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a347e_0ded_11e2_99cf_0025902b3cc1_F7727E22_DD39_49A5_BFCD_CC359CA2CC3D22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3483_0ded_11e2_99cf_0025902b3cc1_4896FBEC_EC6E_4529_861F_7F2210F24D7823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3488_0ded_11e2_99cf_0025902b3cc1_19830350_4266_4EA3_82C9_408D00647BED24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a348d_0ded_11e2_99cf_0025902b3cc1_FDD480CB_932D_4987_BC3F_4CD2211B930A25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9b1_ff1f_11e0_833e_003048f27c5f_3619C341_40D5_48BF_8233_FAF2A55497EC26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9b6_ff1f_11e0_833e_003048f27c5f_773F9DB2_E4AC_4E06_9F5C_B6EFFE2A342627.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3492_0ded_11e2_99cf_0025902b3cc1_36EB06F5_048E_4720_AD0B_BAE656FE52C728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6d6d95_ff1f_11e0_833e_003048f27c5f_45A94E43_ACF0_4C91_91DF_FC0D6FBF225F29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1332ad3b_95e1_11e1_8376_0025902b3cc1_62A6BAE9_0993_4C3E_B9C7_75AD0C9DAA4D30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a349c_0ded_11e2_99cf_0025902b3cc1_D64E8E09_0B98_44C3_96C0_F6BCBBBDBB2F31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34a1_0ded_11e2_99cf_0025902b3cc1_B454C40C_3CD5_4ACB_89E1_FD5C2987216832.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7034d345_ff1f_11e0_833e_003048f27c5f_CFB754DD_0671_4DBA_9E68_33B5D27F4E7233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777873f2_ff1f_11e0_833e_003048f27c5f_ECC16011_FCBF_49C4_AB51_4892F7F4639C34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777873f7_ff1f_11e0_833e_003048f27c5f_BB16DB48_5C6B_4081_911D_F67C3874420835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34b0_0ded_11e2_99cf_0025902b3cc1_0E9C9CDC_9989_45DC_9E77_101F5E3A2BED36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34b5_0ded_11e2_99cf_0025902b3cc1_ECB40D71_BA4B_4F25_B3DA_E7D9F92128C537.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34ba_0ded_11e2_99cf_0025902b3cc1_5B775C15_7FAC_408F_A859_293369C26C2238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9d6_ff1f_11e0_833e_003048f27c5f_A60E8855_93BF_4548_938A_BDCF39C0366939.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34a6_0ded_11e2_99cf_0025902b3cc1_821CACE9_0FC1_4928_B90F_D2017D66B14F40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9db_ff1f_11e0_833e_003048f27c5f_0F6F4DC4_BA4D_4BD9_A1F4_ADDE985AE4B641.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34ab_0ded_11e2_99cf_0025902b3cc1_5A522CB5_A4CF_4EF5_B888_6517D3674E9142.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d574_081d_11e0_99a4_003048f27c5f_ECD277D2_6557_4345_B930_4EFCB274F3B443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d571_081d_11e0_99a4_003048f27c5f_66404EC4_C886_46A4_9C87_AC91C4A7607744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c661613a_ff22_11e0_833e_003048f27c5f_8E82C22F_7B00_4FDB_9B20_22065609683845.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34d3_0ded_11e2_99cf_0025902b3cc1_6B7E8881_DC83_4894_8686_9984F650727846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34d8_0ded_11e2_99cf_0025902b3cc1_950E3EF5_9B34_499B_B7D9_8E5E3B68C6FA47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed266e0a_3af3_11e3_baa0_0025902b3cc1_A654C261_FBC4_4CE3_81BB_E65B9A7CC38948.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8428d22_31b1_11e3_baa0_0025902b3cc1_F83419C8_11CB_4470_8AD1_DC4CA5AABD8149.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9783dc_e18b_11e3_a2c8_0025902b3cc1_471342A9_B0B7_4B86_A1AF_856A579B5E2150.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e3f_0ded_11e2_99cf_0025902b3cc1_6EC857E5_F08F_4F3E_8DE7_CBCBD0E6E34151.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e44_0ded_11e2_99cf_0025902b3cc1_6392E021_3401_4D9F_9327_837523FFD3BC52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e49_0ded_11e2_99cf_0025902b3cc1_BC7BA996_DD71_4E8A_B498_E1D0DB138C5153.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0648ad4_ff28_11e0_833e_003048f27c5f_D537F0FA_48AE_453D_8E4F_A7546573126D54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6876b04_ff1f_11e0_833e_003048f27c5f_D2ABF215_17E5_41CE_96E4_5D87F0B3E07155.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34bf_0ded_11e2_99cf_0025902b3cc1_BA7D48FD_F6EB_48BD_A355_753693D198CD56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34c9_0ded_11e2_99cf_0025902b3cc1_2FA9A7D5_36A0_47BE_8AA9_5EFC29C1E87E57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34dd_0ded_11e2_99cf_0025902b3cc1_42591F7E_2EAF_4DE5_95B6_12370D84717E58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e35_0ded_11e2_99cf_0025902b3cc1_8EFA3F6C_43AB_4744_8C26_F08476EAB6F759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34c4_0ded_11e2_99cf_0025902b3cc1_95062F0F_03B2_4D78_9AA0_6BE0D40D6DCD60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34ce_0ded_11e2_99cf_0025902b3cc1_8193B849_6241_417A_9C00_BECC5929BE6861.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e30_0ded_11e2_99cf_0025902b3cc1_B52B2489_1CB9_4249_86E3_47C1AAF2BBCA62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e3a_0ded_11e2_99cf_0025902b3cc1_C0198587_698A_4A3F_9CC3_66C7380059B463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB5064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD8765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ee_fdef_11df_b16f_003048d0c7fe_9B3294F8_D899_4BC7_946F_707A50BDECEE66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304eb_fdef_11df_b16f_003048d0c7fe_DFBAC84C_99A8_487B_A187_4EF90A6A416E67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed930d8c_575d_11e0_afc8_003048f27c5f_B2004473_F8FC_4558_ADA5_BCF2A212ABB568.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed930d8e_575d_11e0_afc8_003048f27c5f_0CD671F8_EC5B_4ED6_B5C8_28A0521000C969.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8417a0f_59b0_11e0_afc8_003048f27c5f_1E25EB33_C3F5_4F6D_A95E_0E3752B8E32470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7778740b_ff1f_11e0_833e_003048f27c5f_BF111D3F_8694_4C1E_B8FC_02D46A01D63A71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e58292_ff1f_11e0_833e_003048f27c5f_ACAF96E7_7695_40A9_A1BB_60A073DAB51F72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77787410_ff1f_11e0_833e_003048f27c5f_E5739120_6042_41F9_9CD5_B4663DA9D69673.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb24a613_ff90_11e0_833e_003048f27c5f_1D58C7BB_32F9_4479_B274_5114DAEA166474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77787415_ff1f_11e0_833e_003048f27c5f_8CABC5F5_D63C_49B6_9A3C_7476AFC7C85D75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb24a618_ff90_11e0_833e_003048f27c5f_37E9DC60_9080_4777_8C90_95DE5F58B5DE76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed930d8a_575d_11e0_afc8_003048f27c5f_947D746E_A84D_4B43_ACA1_BBB1F81A4A9277.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77787401_ff1f_11e0_833e_003048f27c5f_9ED7BD2E_1890_408F_AE83_BDED7687209778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77787406_ff1f_11e0_833e_003048f27c5f_2B4A5D87_6966_408F_9725_7F9271DFBF2079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6d6e27_ff1f_11e0_833e_003048f27c5f_70EE6B82_D8AF_42F5_8902_1B8BC3E154F280.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71e216ea_1b5e_11e1_9299_003048f27c5f_24E6504D_A443_48BF_9D71_4989443F802981.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/485d2ee2_9d55_11e3_baa0_0025902b3cc1_6CA0A591_CEAB_48E4_B1AE_BD6D5A184F7482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e58277_ff1f_11e0_833e_003048f27c5f_9856BAB2_B69D_45DC_9318_97E948254D9883.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e58272_ff1f_11e0_833e_003048f27c5f_6630C871_ED29_4299_A1DE_54295054867C84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e53_0ded_11e2_99cf_0025902b3cc1_813FED9E_2E3A_4D11_954E_A81C7781C33985.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e581fa_ff1f_11e0_833e_003048f27c5f_FC849AEB_CA7D_4A2B_8C1D_CB9A4138217D86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71e216f1_1b5e_11e1_9299_003048f27c5f_37F789F0_6DAC_4CA5_A08C_964745D3C6A487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6d6d8b_ff1f_11e0_833e_003048f27c5f_D565D543_325B_47FE_8D36_17376F69DD6488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6d6d90_ff1f_11e0_833e_003048f27c5f_D8B92E2B_6C24_43B3_A9AB_295726589D1589.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cfd50ea_e659_11e0_a476_003048f27c5e_714095C7_6F40_49DF_8CC2_00D79B90EAD52.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10abb922_9a1d_11ec_81b7_ac1f6b40b531_GLS209V302698MGV1313.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a835_0427_11e0_99a4_003048f27c5f_FD88DB7B_9E0B_484E_8328_F070E6A996F45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff238_c55b_11df_b729_003048d0c7fe_2328C3F8_1F31_4CD2_85F4_CA4656563B9E6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e2b7_fea3_11df_b16f_003048d0c7fe_F13C0BE2_81F6_4331_AEDC_4CFA051691427.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a839_0427_11e0_99a4_003048f27c5f_E3451519_32A8_4F0B_842F_1A44B125DFC69.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b78_0f25_11e0_99a4_003048f27c5f_FBFD3377_8E2D_4844_BFBF_C9162944F88411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b7b_0f25_11e0_99a4_003048f27c5f_01A7B579_09C4_4AB9_85F8_A58CCBD880DB15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1816.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9bb_ff1f_11e0_833e_003048f27c5f_61835B00_CC5F_4B3C_8992_DC817953EFD217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9cc_ff1f_11e0_833e_003048f27c5f_7F512243_5D07_4050_BA64_0171B56CBABA18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9d1_ff1f_11e0_833e_003048f27c5f_17EC2D42_58AC_45E7_ADC2_DD29AC2387D519.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3474_0ded_11e2_99cf_0025902b3cc1_BECC60FD_F5ED_48EF_A387_D712F98F81F220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3479_0ded_11e2_99cf_0025902b3cc1_E02D270D_6C38_4C40_9A97_0949BEA8E68421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a347e_0ded_11e2_99cf_0025902b3cc1_F7727E22_DD39_49A5_BFCD_CC359CA2CC3D22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3483_0ded_11e2_99cf_0025902b3cc1_4896FBEC_EC6E_4529_861F_7F2210F24D7823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3488_0ded_11e2_99cf_0025902b3cc1_19830350_4266_4EA3_82C9_408D00647BED24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a348d_0ded_11e2_99cf_0025902b3cc1_FDD480CB_932D_4987_BC3F_4CD2211B930A25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9b1_ff1f_11e0_833e_003048f27c5f_3619C341_40D5_48BF_8233_FAF2A55497EC26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9b6_ff1f_11e0_833e_003048f27c5f_773F9DB2_E4AC_4E06_9F5C_B6EFFE2A342627.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3492_0ded_11e2_99cf_0025902b3cc1_36EB06F5_048E_4720_AD0B_BAE656FE52C728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6d6d95_ff1f_11e0_833e_003048f27c5f_45A94E43_ACF0_4C91_91DF_FC0D6FBF225F29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1332ad3b_95e1_11e1_8376_0025902b3cc1_62A6BAE9_0993_4C3E_B9C7_75AD0C9DAA4D30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a349c_0ded_11e2_99cf_0025902b3cc1_D64E8E09_0B98_44C3_96C0_F6BCBBBDBB2F31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34a1_0ded_11e2_99cf_0025902b3cc1_B454C40C_3CD5_4ACB_89E1_FD5C2987216832.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7034d345_ff1f_11e0_833e_003048f27c5f_CFB754DD_0671_4DBA_9E68_33B5D27F4E7233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777873f2_ff1f_11e0_833e_003048f27c5f_ECC16011_FCBF_49C4_AB51_4892F7F4639C34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777873f7_ff1f_11e0_833e_003048f27c5f_BB16DB48_5C6B_4081_911D_F67C3874420835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34b0_0ded_11e2_99cf_0025902b3cc1_0E9C9CDC_9989_45DC_9E77_101F5E3A2BED36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34b5_0ded_11e2_99cf_0025902b3cc1_ECB40D71_BA4B_4F25_B3DA_E7D9F92128C537.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34ba_0ded_11e2_99cf_0025902b3cc1_5B775C15_7FAC_408F_A859_293369C26C2238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9d6_ff1f_11e0_833e_003048f27c5f_A60E8855_93BF_4548_938A_BDCF39C0366939.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34a6_0ded_11e2_99cf_0025902b3cc1_821CACE9_0FC1_4928_B90F_D2017D66B14F40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9db_ff1f_11e0_833e_003048f27c5f_0F6F4DC4_BA4D_4BD9_A1F4_ADDE985AE4B641.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34ab_0ded_11e2_99cf_0025902b3cc1_5A522CB5_A4CF_4EF5_B888_6517D3674E9142.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d574_081d_11e0_99a4_003048f27c5f_ECD277D2_6557_4345_B930_4EFCB274F3B443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d571_081d_11e0_99a4_003048f27c5f_66404EC4_C886_46A4_9C87_AC91C4A7607744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c661613a_ff22_11e0_833e_003048f27c5f_8E82C22F_7B00_4FDB_9B20_22065609683845.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34d3_0ded_11e2_99cf_0025902b3cc1_6B7E8881_DC83_4894_8686_9984F650727846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34d8_0ded_11e2_99cf_0025902b3cc1_950E3EF5_9B34_499B_B7D9_8E5E3B68C6FA47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed266e0a_3af3_11e3_baa0_0025902b3cc1_A654C261_FBC4_4CE3_81BB_E65B9A7CC38948.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8428d22_31b1_11e3_baa0_0025902b3cc1_F83419C8_11CB_4470_8AD1_DC4CA5AABD8149.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9783dc_e18b_11e3_a2c8_0025902b3cc1_471342A9_B0B7_4B86_A1AF_856A579B5E2150.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e3f_0ded_11e2_99cf_0025902b3cc1_6EC857E5_F08F_4F3E_8DE7_CBCBD0E6E34151.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e44_0ded_11e2_99cf_0025902b3cc1_6392E021_3401_4D9F_9327_837523FFD3BC52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e49_0ded_11e2_99cf_0025902b3cc1_BC7BA996_DD71_4E8A_B498_E1D0DB138C5153.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0648ad4_ff28_11e0_833e_003048f27c5f_D537F0FA_48AE_453D_8E4F_A7546573126D54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6876b04_ff1f_11e0_833e_003048f27c5f_D2ABF215_17E5_41CE_96E4_5D87F0B3E07155.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34bf_0ded_11e2_99cf_0025902b3cc1_BA7D48FD_F6EB_48BD_A355_753693D198CD56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34c9_0ded_11e2_99cf_0025902b3cc1_2FA9A7D5_36A0_47BE_8AA9_5EFC29C1E87E57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34dd_0ded_11e2_99cf_0025902b3cc1_42591F7E_2EAF_4DE5_95B6_12370D84717E58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e35_0ded_11e2_99cf_0025902b3cc1_8EFA3F6C_43AB_4744_8C26_F08476EAB6F759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34c4_0ded_11e2_99cf_0025902b3cc1_95062F0F_03B2_4D78_9AA0_6BE0D40D6DCD60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34ce_0ded_11e2_99cf_0025902b3cc1_8193B849_6241_417A_9C00_BECC5929BE6861.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e30_0ded_11e2_99cf_0025902b3cc1_B52B2489_1CB9_4249_86E3_47C1AAF2BBCA62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e3a_0ded_11e2_99cf_0025902b3cc1_C0198587_698A_4A3F_9CC3_66C7380059B463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB5064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD8765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ee_fdef_11df_b16f_003048d0c7fe_9B3294F8_D899_4BC7_946F_707A50BDECEE66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304eb_fdef_11df_b16f_003048d0c7fe_DFBAC84C_99A8_487B_A187_4EF90A6A416E67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed930d8c_575d_11e0_afc8_003048f27c5f_B2004473_F8FC_4558_ADA5_BCF2A212ABB568.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed930d8e_575d_11e0_afc8_003048f27c5f_0CD671F8_EC5B_4ED6_B5C8_28A0521000C969.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8417a0f_59b0_11e0_afc8_003048f27c5f_1E25EB33_C3F5_4F6D_A95E_0E3752B8E32470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7778740b_ff1f_11e0_833e_003048f27c5f_BF111D3F_8694_4C1E_B8FC_02D46A01D63A71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e58292_ff1f_11e0_833e_003048f27c5f_ACAF96E7_7695_40A9_A1BB_60A073DAB51F72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77787410_ff1f_11e0_833e_003048f27c5f_E5739120_6042_41F9_9CD5_B4663DA9D69673.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb24a613_ff90_11e0_833e_003048f27c5f_1D58C7BB_32F9_4479_B274_5114DAEA166474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77787415_ff1f_11e0_833e_003048f27c5f_8CABC5F5_D63C_49B6_9A3C_7476AFC7C85D75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb24a618_ff90_11e0_833e_003048f27c5f_37E9DC60_9080_4777_8C90_95DE5F58B5DE76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed930d8a_575d_11e0_afc8_003048f27c5f_947D746E_A84D_4B43_ACA1_BBB1F81A4A9277.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77787401_ff1f_11e0_833e_003048f27c5f_9ED7BD2E_1890_408F_AE83_BDED7687209778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77787406_ff1f_11e0_833e_003048f27c5f_2B4A5D87_6966_408F_9725_7F9271DFBF2079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6d6e27_ff1f_11e0_833e_003048f27c5f_70EE6B82_D8AF_42F5_8902_1B8BC3E154F280.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71e216ea_1b5e_11e1_9299_003048f27c5f_24E6504D_A443_48BF_9D71_4989443F802981.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/485d2ee2_9d55_11e3_baa0_0025902b3cc1_6CA0A591_CEAB_48E4_B1AE_BD6D5A184F7482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e58277_ff1f_11e0_833e_003048f27c5f_9856BAB2_B69D_45DC_9318_97E948254D9883.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e58272_ff1f_11e0_833e_003048f27c5f_6630C871_ED29_4299_A1DE_54295054867C84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e53_0ded_11e2_99cf_0025902b3cc1_813FED9E_2E3A_4D11_954E_A81C7781C33985.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e581fa_ff1f_11e0_833e_003048f27c5f_FC849AEB_CA7D_4A2B_8C1D_CB9A4138217D86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71e216f1_1b5e_11e1_9299_003048f27c5f_37F789F0_6DAC_4CA5_A08C_964745D3C6A487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6d6d8b_ff1f_11e0_833e_003048f27c5f_D565D543_325B_47FE_8D36_17376F69DD6488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6d6d90_ff1f_11e0_833e_003048f27c5f_D8B92E2B_6C24_43B3_A9AB_295726589D1589.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -8222,195 +8230,195 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15.02.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLS 209.V3 \ Стойка &amp;quot;L&amp;quot;-образная </t>
-[...7 lines deleted...]
-Цвет: под хром</t>
+            <t xml:space="preserve">GL 109 (P). HL \  Стойка &amp;quot;L&amp;quot;</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLB.109P.HL.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Собственное производство: Да</t>
-[...3 lines deleted...]
-Производитель: Россия</t>
+Примечание: Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3779.10</t>
+            <t xml:space="preserve">4058.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GL 109 (P). HL \  Стойка &amp;quot;L&amp;quot;</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+            <t xml:space="preserve">GLS 209.V3 \ Стойка &amp;quot;L&amp;quot;-образная </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLS.209.V3.02698.MGV13</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: под хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3978.00</t>
+            <t xml:space="preserve">3855.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8420,51 +8428,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.76</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -8488,51 +8496,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стоек GL 108 (P).HL, GL 109 (P).HL, GL 110 (P).HL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">592.00</t>
+            <t xml:space="preserve">604.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 11.HL \ Соединитель стоек</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8550,51 +8558,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стоек GL 108 (P).HL, GL 109 (P).HL, GL 110 (P).HL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">847.00</t>
+            <t xml:space="preserve">864.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 11.HL \ Соединитель стоек</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.011C.HL.CH</t>
           </r>
@@ -8610,51 +8618,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стоек GL 108 (P).HL, GL 109 (P).HL, GL 110 (P).HL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1071.00</t>
+            <t xml:space="preserve">1092.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8672,51 +8680,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">908.00</t>
+            <t xml:space="preserve">926.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.038A.HL.MH</t>
           </r>
@@ -8798,51 +8806,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1020.00</t>
+            <t xml:space="preserve">1040.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-900мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.038B.HL.MH</t>
           </r>
@@ -8928,51 +8936,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1224.00</t>
+            <t xml:space="preserve">1248.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 39.HL \ Штанга (L-600 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.039A.HL.CH</t>
           </r>
@@ -8984,51 +8992,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">490.00</t>
+            <t xml:space="preserve">500.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9046,51 +9054,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">683.00</t>
+            <t xml:space="preserve">697.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
           </r>
@@ -9172,51 +9180,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">842.00</t>
+            <t xml:space="preserve">859.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG \ Задняя стенка</t>
           </r>
@@ -9232,51 +9240,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3138.00</t>
+            <t xml:space="preserve">3201.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9294,51 +9302,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4598.00</t>
+            <t xml:space="preserve">4690.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG \ Задняя стенка</t>
           </r>
@@ -9354,51 +9362,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6094.00</t>
+            <t xml:space="preserve">6216.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9412,51 +9420,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 14</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12011.00</t>
+            <t xml:space="preserve">12251.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9472,51 +9480,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 14</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15796.00</t>
+            <t xml:space="preserve">16112.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9534,51 +9542,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 14</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14297.00</t>
+            <t xml:space="preserve">14583.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9594,51 +9602,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 18</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11716.00</t>
+            <t xml:space="preserve">11950.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9656,51 +9664,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 18</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12518.00</t>
+            <t xml:space="preserve">12768.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9716,51 +9724,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 18</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12550.00</t>
+            <t xml:space="preserve">12801.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9774,51 +9782,51 @@
             <t xml:space="preserve">
 Артикул: ELG.01.01.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4991.00</t>
+            <t xml:space="preserve">5091.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -9834,51 +9842,51 @@
             <t xml:space="preserve">
 Артикул: ELG.01.02.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2123.00</t>
+            <t xml:space="preserve">2165.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -9904,51 +9912,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1971.00</t>
+            <t xml:space="preserve">2010.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG \ Задняя стенка гондолы</t>
           </r>
@@ -9964,51 +9972,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2875.00</t>
+            <t xml:space="preserve">2933.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10030,51 +10038,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3778.00</t>
+            <t xml:space="preserve">3854.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG.02.05.EP \ Задняя стенка гондолы экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ELG.02.05.EP</t>
           </r>
@@ -10082,51 +10090,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 18</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11590.00</t>
+            <t xml:space="preserve">11822.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -10144,51 +10152,51 @@
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 18</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11582.00</t>
+            <t xml:space="preserve">11814.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -10212,51 +10220,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1330.00</t>
+            <t xml:space="preserve">1357.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG \ Подиум с цоколем</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10274,51 +10282,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1445.00</t>
+            <t xml:space="preserve">1474.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG \ Подиум с цоколем</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ELG.07.05.DSP</t>
           </r>
@@ -10334,51 +10342,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2416.00</t>
+            <t xml:space="preserve">2464.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG.03.03.DSP \ Подиум с цоколем</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10396,51 +10404,51 @@
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1734.00</t>
+            <t xml:space="preserve">1769.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG.03.04.DSP \ Подиум с цоколем</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ELG.03.04.DSP</t>
           </r>
@@ -10456,51 +10464,51 @@
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2248.00</t>
+            <t xml:space="preserve">2293.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG.03.05.DSP \ Подиум с цоколем</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10518,95 +10526,95 @@
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3098.00</t>
+            <t xml:space="preserve">3160.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG \ Подиум угловой внутренний 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ELG.07.01.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП 16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1024.00</t>
+            <t xml:space="preserve">1044.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
@@ -10624,51 +10632,51 @@
             </rPr>
             <t xml:space="preserve">ELG.03.01.DSP \ Подиум угловой внутренний 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ELG.03.01.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП 25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1531.00</t>
+            <t xml:space="preserve">1562.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
@@ -10684,51 +10692,51 @@
             </rPr>
             <t xml:space="preserve">ELG \ Подиум угловой наружный 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ELG.07.02.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП 16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1517.00</t>
+            <t xml:space="preserve">1547.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
@@ -10746,51 +10754,51 @@
             </rPr>
             <t xml:space="preserve">ELG.03.02.DSP \ Подиум угловой наружный 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ELG.03.02.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП 25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2215.00</t>
+            <t xml:space="preserve">2259.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
@@ -10968,51 +10976,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">457.00</t>
+            <t xml:space="preserve">466.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG.04.07.DSP \ Полка</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11026,51 +11034,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">658.00</t>
+            <t xml:space="preserve">671.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG.04.09.DSP \ Полка</t>
           </r>
@@ -11086,51 +11094,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">866.00</t>
+            <t xml:space="preserve">883.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11152,51 +11160,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">586.00</t>
+            <t xml:space="preserve">598.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG.04.08 \ Полка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ELG.04.08.DSP</t>
           </r>
@@ -11212,51 +11220,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">853.00</t>
+            <t xml:space="preserve">870.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG.04.10 \ Полка</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11270,51 +11278,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1119.00</t>
+            <t xml:space="preserve">1141.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG.05.05.DSP \ Полка</t>
           </r>
@@ -11330,51 +11338,51 @@
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">754.00</t>
+            <t xml:space="preserve">769.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11392,51 +11400,51 @@
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1073.00</t>
+            <t xml:space="preserve">1094.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG.05.09.DSP \ Полка</t>
           </r>
@@ -11452,51 +11460,51 @@
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1411.00</t>
+            <t xml:space="preserve">1439.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11514,51 +11522,51 @@
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1358.00</t>
+            <t xml:space="preserve">1385.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG \ Полка полукруглая</t>
           </r>
@@ -11574,51 +11582,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1519.00</t>
+            <t xml:space="preserve">1549.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11632,51 +11640,51 @@
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">456.00</t>
+            <t xml:space="preserve">465.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -11692,51 +11700,51 @@
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">585.00</t>
+            <t xml:space="preserve">597.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11754,51 +11762,51 @@
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">690.00</t>
+            <t xml:space="preserve">704.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -11814,51 +11822,51 @@
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">860.00</t>
+            <t xml:space="preserve">877.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11876,51 +11884,51 @@
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">422.00</t>
+            <t xml:space="preserve">430.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -11936,51 +11944,51 @@
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">645.00</t>
+            <t xml:space="preserve">658.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11998,51 +12006,51 @@
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">683.00</t>
+            <t xml:space="preserve">697.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -12058,51 +12066,51 @@
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1035.00</t>
+            <t xml:space="preserve">1056.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -12128,51 +12136,51 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055L.HL.CH</t>
           </r>
@@ -12188,96 +12196,100 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055R.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">209.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -12295,50 +12307,54 @@
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055L.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">209.00</t>
           </r>
@@ -12376,51 +12392,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1135.00</t>
+            <t xml:space="preserve">1158.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG.06.10 \ Полка</t>
           </r>
@@ -12440,51 +12456,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1703.00</t>
+            <t xml:space="preserve">1737.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG \ Полка</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12498,51 +12514,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2270.00</t>
+            <t xml:space="preserve">2315.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG \ Полка</t>
           </r>
@@ -12558,51 +12574,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1324.00</t>
+            <t xml:space="preserve">1350.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12620,51 +12636,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1382.00</t>
+            <t xml:space="preserve">1410.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG \ Полка</t>
           </r>
@@ -12680,51 +12696,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1987.00</t>
+            <t xml:space="preserve">2027.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12742,51 +12758,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1984.00</t>
+            <t xml:space="preserve">2024.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG \ Полка</t>
           </r>
@@ -12802,51 +12818,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2649.00</t>
+            <t xml:space="preserve">2702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12864,51 +12880,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2586.00</t>
+            <t xml:space="preserve">2638.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG.06.01 \ Полка угловая внутренняя 45</t>
           </r>
@@ -12920,51 +12936,51 @@
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1240.00</t>
+            <t xml:space="preserve">1265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -12978,51 +12994,51 @@
             <t xml:space="preserve">
 Артикул: ELG.06.03.GL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1275.00</t>
+            <t xml:space="preserve">1301.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -13038,51 +13054,51 @@
             <t xml:space="preserve">
 Артикул: ELG.06.04.GL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1275.00</t>
+            <t xml:space="preserve">1301.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -13104,51 +13120,51 @@
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 295</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7747.00</t>
+            <t xml:space="preserve">7902.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -13164,51 +13180,51 @@
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 295</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12968.00</t>
+            <t xml:space="preserve">13227.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="4"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -13230,51 +13246,51 @@
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 455</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12095.00</t>
+            <t xml:space="preserve">12337.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG \ Накопитель с 2 ящиками и 2 дверками</t>
           </r>
@@ -13286,51 +13302,51 @@
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 455</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21393.00</t>
+            <t xml:space="preserve">21821.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -13348,51 +13364,51 @@
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 455</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18033.00</t>
+            <t xml:space="preserve">18394.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -13412,51 +13428,51 @@
             <t xml:space="preserve">
 Высота, мм: 475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1574.00</t>
+            <t xml:space="preserve">1605.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -13474,51 +13490,51 @@
             <t xml:space="preserve">
 Высота, мм: 475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2249.00</t>
+            <t xml:space="preserve">2294.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ELG.13.03 \ Столешница для накопителя</t>
           </r>
@@ -13534,51 +13550,51 @@
             <t xml:space="preserve">
 Высота, мм: 475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2877.00</t>
+            <t xml:space="preserve">2935.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="4"/>
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -13588,51 +13604,51 @@
             <t xml:space="preserve">
 Артикул: ELG.14.01.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковина: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6485.00</t>
+            <t xml:space="preserve">6615.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -13648,51 +13664,51 @@
             <t xml:space="preserve">
 Артикул: ELG.14.01-01.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Боковина: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6485.00</t>
+            <t xml:space="preserve">6615.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>