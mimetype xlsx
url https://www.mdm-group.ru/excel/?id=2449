--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -53,204 +53,204 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Торговые стеллажи Eclipse</t>
   </si>
   <si>
     <t>Новая серия торговой мебели Eclipse изготовлена на основе перфорированных стоек системы Global, поэтому полностью совместима с навесными элементами Global.Модельный ряд серии представлен стеллажами и гондолами. Нижняя часть стеллажей и гондол может оборудоваться необходимым количеством ящиков и накопителей. Стеллажи могут быть оснащены боковыми стенками из МДФ волнообразной формы. Исполнение задних стенок возможно в различных вариантах: МДФ под пленкой ПВХ, ДСП или экономпанель. Материал полок на выбор: ДСП, МДФ под пленкой ПВХ, матовое или прозрачное стекло. Полки из ДСП и МДФ имеют различную форму: прямоугольные, полукруглые, волнообразные. Возможна окраска изделий из МДФ в цвет по каталогу RAL. Цена подлежит согласованию.Торговая мебель Eclipse позволяет легко менять навесное оборудование, что делает ее предельно функциональной, а оригинальный дизайн привлечет внимание покуп</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 109 (P). HL \  Стойка &amp;quot;L&amp;quot;</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+      <t xml:space="preserve">GLS 209.V3 \ Стойка &amp;quot;L&amp;quot;-образная </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.209.V3.02698.MGV13</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: под хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4058.00</t>
+      <t xml:space="preserve">3855.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS 209.V3 \ Стойка &amp;quot;L&amp;quot;-образная </t>
-[...7 lines deleted...]
-Цвет: под хром</t>
+      <t xml:space="preserve">GL 109 (P). HL \  Стойка &amp;quot;L&amp;quot;</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.109P.HL.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
-Собственное производство: Да</t>
-[...3 lines deleted...]
-Производитель: Россия</t>
+Примечание: Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3855.00</t>
+      <t xml:space="preserve">4058.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
-[...3 lines deleted...]
-Артикул: SEV.340.BL</t>
+      <t xml:space="preserve">Ножка на подвижном шарнире, M10x30, D-40, черная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.340.40.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">91.80</t>
+      <t xml:space="preserve">89.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 11.HL \ Соединитель стоек</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -598,54 +598,50 @@
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-900мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038B.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 1200 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">840.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -830,54 +826,50 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039B.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 835 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">499.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2438,54 +2430,50 @@
       <t xml:space="preserve">
 Артикул: GLB.023B.R.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 360 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">179.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2507,54 +2495,50 @@
       <t xml:space="preserve">
 Артикул: GLB.023B.L.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 360 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">179.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -3769,54 +3753,50 @@
       </rPr>
       <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055R.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -3831,54 +3811,50 @@
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055L.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">209.00</t>
     </r>
@@ -5216,51 +5192,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cfd50ea_e659_11e0_a476_003048f27c5e_714095C7_6F40_49DF_8CC2_00D79B90EAD52.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10abb922_9a1d_11ec_81b7_ac1f6b40b531_GLS209V302698MGV1313.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a835_0427_11e0_99a4_003048f27c5f_FD88DB7B_9E0B_484E_8328_F070E6A996F45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff238_c55b_11df_b729_003048d0c7fe_2328C3F8_1F31_4CD2_85F4_CA4656563B9E6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e2b7_fea3_11df_b16f_003048d0c7fe_F13C0BE2_81F6_4331_AEDC_4CFA051691427.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a839_0427_11e0_99a4_003048f27c5f_E3451519_32A8_4F0B_842F_1A44B125DFC69.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b78_0f25_11e0_99a4_003048f27c5f_FBFD3377_8E2D_4844_BFBF_C9162944F88411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b7b_0f25_11e0_99a4_003048f27c5f_01A7B579_09C4_4AB9_85F8_A58CCBD880DB15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1816.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9bb_ff1f_11e0_833e_003048f27c5f_61835B00_CC5F_4B3C_8992_DC817953EFD217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9cc_ff1f_11e0_833e_003048f27c5f_7F512243_5D07_4050_BA64_0171B56CBABA18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9d1_ff1f_11e0_833e_003048f27c5f_17EC2D42_58AC_45E7_ADC2_DD29AC2387D519.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3474_0ded_11e2_99cf_0025902b3cc1_BECC60FD_F5ED_48EF_A387_D712F98F81F220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3479_0ded_11e2_99cf_0025902b3cc1_E02D270D_6C38_4C40_9A97_0949BEA8E68421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a347e_0ded_11e2_99cf_0025902b3cc1_F7727E22_DD39_49A5_BFCD_CC359CA2CC3D22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3483_0ded_11e2_99cf_0025902b3cc1_4896FBEC_EC6E_4529_861F_7F2210F24D7823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3488_0ded_11e2_99cf_0025902b3cc1_19830350_4266_4EA3_82C9_408D00647BED24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a348d_0ded_11e2_99cf_0025902b3cc1_FDD480CB_932D_4987_BC3F_4CD2211B930A25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9b1_ff1f_11e0_833e_003048f27c5f_3619C341_40D5_48BF_8233_FAF2A55497EC26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9b6_ff1f_11e0_833e_003048f27c5f_773F9DB2_E4AC_4E06_9F5C_B6EFFE2A342627.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3492_0ded_11e2_99cf_0025902b3cc1_36EB06F5_048E_4720_AD0B_BAE656FE52C728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6d6d95_ff1f_11e0_833e_003048f27c5f_45A94E43_ACF0_4C91_91DF_FC0D6FBF225F29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1332ad3b_95e1_11e1_8376_0025902b3cc1_62A6BAE9_0993_4C3E_B9C7_75AD0C9DAA4D30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a349c_0ded_11e2_99cf_0025902b3cc1_D64E8E09_0B98_44C3_96C0_F6BCBBBDBB2F31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34a1_0ded_11e2_99cf_0025902b3cc1_B454C40C_3CD5_4ACB_89E1_FD5C2987216832.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7034d345_ff1f_11e0_833e_003048f27c5f_CFB754DD_0671_4DBA_9E68_33B5D27F4E7233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777873f2_ff1f_11e0_833e_003048f27c5f_ECC16011_FCBF_49C4_AB51_4892F7F4639C34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777873f7_ff1f_11e0_833e_003048f27c5f_BB16DB48_5C6B_4081_911D_F67C3874420835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34b0_0ded_11e2_99cf_0025902b3cc1_0E9C9CDC_9989_45DC_9E77_101F5E3A2BED36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34b5_0ded_11e2_99cf_0025902b3cc1_ECB40D71_BA4B_4F25_B3DA_E7D9F92128C537.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34ba_0ded_11e2_99cf_0025902b3cc1_5B775C15_7FAC_408F_A859_293369C26C2238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9d6_ff1f_11e0_833e_003048f27c5f_A60E8855_93BF_4548_938A_BDCF39C0366939.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34a6_0ded_11e2_99cf_0025902b3cc1_821CACE9_0FC1_4928_B90F_D2017D66B14F40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9db_ff1f_11e0_833e_003048f27c5f_0F6F4DC4_BA4D_4BD9_A1F4_ADDE985AE4B641.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34ab_0ded_11e2_99cf_0025902b3cc1_5A522CB5_A4CF_4EF5_B888_6517D3674E9142.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d574_081d_11e0_99a4_003048f27c5f_ECD277D2_6557_4345_B930_4EFCB274F3B443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d571_081d_11e0_99a4_003048f27c5f_66404EC4_C886_46A4_9C87_AC91C4A7607744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c661613a_ff22_11e0_833e_003048f27c5f_8E82C22F_7B00_4FDB_9B20_22065609683845.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34d3_0ded_11e2_99cf_0025902b3cc1_6B7E8881_DC83_4894_8686_9984F650727846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34d8_0ded_11e2_99cf_0025902b3cc1_950E3EF5_9B34_499B_B7D9_8E5E3B68C6FA47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed266e0a_3af3_11e3_baa0_0025902b3cc1_A654C261_FBC4_4CE3_81BB_E65B9A7CC38948.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8428d22_31b1_11e3_baa0_0025902b3cc1_F83419C8_11CB_4470_8AD1_DC4CA5AABD8149.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9783dc_e18b_11e3_a2c8_0025902b3cc1_471342A9_B0B7_4B86_A1AF_856A579B5E2150.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e3f_0ded_11e2_99cf_0025902b3cc1_6EC857E5_F08F_4F3E_8DE7_CBCBD0E6E34151.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e44_0ded_11e2_99cf_0025902b3cc1_6392E021_3401_4D9F_9327_837523FFD3BC52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e49_0ded_11e2_99cf_0025902b3cc1_BC7BA996_DD71_4E8A_B498_E1D0DB138C5153.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0648ad4_ff28_11e0_833e_003048f27c5f_D537F0FA_48AE_453D_8E4F_A7546573126D54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6876b04_ff1f_11e0_833e_003048f27c5f_D2ABF215_17E5_41CE_96E4_5D87F0B3E07155.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34bf_0ded_11e2_99cf_0025902b3cc1_BA7D48FD_F6EB_48BD_A355_753693D198CD56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34c9_0ded_11e2_99cf_0025902b3cc1_2FA9A7D5_36A0_47BE_8AA9_5EFC29C1E87E57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34dd_0ded_11e2_99cf_0025902b3cc1_42591F7E_2EAF_4DE5_95B6_12370D84717E58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e35_0ded_11e2_99cf_0025902b3cc1_8EFA3F6C_43AB_4744_8C26_F08476EAB6F759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34c4_0ded_11e2_99cf_0025902b3cc1_95062F0F_03B2_4D78_9AA0_6BE0D40D6DCD60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34ce_0ded_11e2_99cf_0025902b3cc1_8193B849_6241_417A_9C00_BECC5929BE6861.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e30_0ded_11e2_99cf_0025902b3cc1_B52B2489_1CB9_4249_86E3_47C1AAF2BBCA62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e3a_0ded_11e2_99cf_0025902b3cc1_C0198587_698A_4A3F_9CC3_66C7380059B463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB5064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD8765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ee_fdef_11df_b16f_003048d0c7fe_9B3294F8_D899_4BC7_946F_707A50BDECEE66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304eb_fdef_11df_b16f_003048d0c7fe_DFBAC84C_99A8_487B_A187_4EF90A6A416E67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed930d8c_575d_11e0_afc8_003048f27c5f_B2004473_F8FC_4558_ADA5_BCF2A212ABB568.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed930d8e_575d_11e0_afc8_003048f27c5f_0CD671F8_EC5B_4ED6_B5C8_28A0521000C969.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8417a0f_59b0_11e0_afc8_003048f27c5f_1E25EB33_C3F5_4F6D_A95E_0E3752B8E32470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7778740b_ff1f_11e0_833e_003048f27c5f_BF111D3F_8694_4C1E_B8FC_02D46A01D63A71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e58292_ff1f_11e0_833e_003048f27c5f_ACAF96E7_7695_40A9_A1BB_60A073DAB51F72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77787410_ff1f_11e0_833e_003048f27c5f_E5739120_6042_41F9_9CD5_B4663DA9D69673.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb24a613_ff90_11e0_833e_003048f27c5f_1D58C7BB_32F9_4479_B274_5114DAEA166474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77787415_ff1f_11e0_833e_003048f27c5f_8CABC5F5_D63C_49B6_9A3C_7476AFC7C85D75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb24a618_ff90_11e0_833e_003048f27c5f_37E9DC60_9080_4777_8C90_95DE5F58B5DE76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed930d8a_575d_11e0_afc8_003048f27c5f_947D746E_A84D_4B43_ACA1_BBB1F81A4A9277.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77787401_ff1f_11e0_833e_003048f27c5f_9ED7BD2E_1890_408F_AE83_BDED7687209778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77787406_ff1f_11e0_833e_003048f27c5f_2B4A5D87_6966_408F_9725_7F9271DFBF2079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6d6e27_ff1f_11e0_833e_003048f27c5f_70EE6B82_D8AF_42F5_8902_1B8BC3E154F280.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71e216ea_1b5e_11e1_9299_003048f27c5f_24E6504D_A443_48BF_9D71_4989443F802981.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/485d2ee2_9d55_11e3_baa0_0025902b3cc1_6CA0A591_CEAB_48E4_B1AE_BD6D5A184F7482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e58277_ff1f_11e0_833e_003048f27c5f_9856BAB2_B69D_45DC_9318_97E948254D9883.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e58272_ff1f_11e0_833e_003048f27c5f_6630C871_ED29_4299_A1DE_54295054867C84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e53_0ded_11e2_99cf_0025902b3cc1_813FED9E_2E3A_4D11_954E_A81C7781C33985.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e581fa_ff1f_11e0_833e_003048f27c5f_FC849AEB_CA7D_4A2B_8C1D_CB9A4138217D86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71e216f1_1b5e_11e1_9299_003048f27c5f_37F789F0_6DAC_4CA5_A08C_964745D3C6A487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6d6d8b_ff1f_11e0_833e_003048f27c5f_D565D543_325B_47FE_8D36_17376F69DD6488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6d6d90_ff1f_11e0_833e_003048f27c5f_D8B92E2B_6C24_43B3_A9AB_295726589D1589.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10abb922_9a1d_11ec_81b7_ac1f6b40b531_GLS209V302698MGV1312.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cfd50ea_e659_11e0_a476_003048f27c5e_714095C7_6F40_49DF_8CC2_00D79B90EAD53.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c01353e_b894_11ef_8ec3_0050569cf81d_SEV340-40-BL4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a835_0427_11e0_99a4_003048f27c5f_FD88DB7B_9E0B_484E_8328_F070E6A996F45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff238_c55b_11df_b729_003048d0c7fe_2328C3F8_1F31_4CD2_85F4_CA4656563B9E6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e2b7_fea3_11df_b16f_003048d0c7fe_F13C0BE2_81F6_4331_AEDC_4CFA051691427.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a839_0427_11e0_99a4_003048f27c5f_E3451519_32A8_4F0B_842F_1A44B125DFC69.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b78_0f25_11e0_99a4_003048f27c5f_FBFD3377_8E2D_4844_BFBF_C9162944F88411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b7b_0f25_11e0_99a4_003048f27c5f_01A7B579_09C4_4AB9_85F8_A58CCBD880DB15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1816.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9bb_ff1f_11e0_833e_003048f27c5f_61835B00_CC5F_4B3C_8992_DC817953EFD217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9cc_ff1f_11e0_833e_003048f27c5f_7F512243_5D07_4050_BA64_0171B56CBABA18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9d1_ff1f_11e0_833e_003048f27c5f_17EC2D42_58AC_45E7_ADC2_DD29AC2387D519.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3474_0ded_11e2_99cf_0025902b3cc1_BECC60FD_F5ED_48EF_A387_D712F98F81F220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3479_0ded_11e2_99cf_0025902b3cc1_E02D270D_6C38_4C40_9A97_0949BEA8E68421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a347e_0ded_11e2_99cf_0025902b3cc1_F7727E22_DD39_49A5_BFCD_CC359CA2CC3D22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3483_0ded_11e2_99cf_0025902b3cc1_4896FBEC_EC6E_4529_861F_7F2210F24D7823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3488_0ded_11e2_99cf_0025902b3cc1_19830350_4266_4EA3_82C9_408D00647BED24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a348d_0ded_11e2_99cf_0025902b3cc1_FDD480CB_932D_4987_BC3F_4CD2211B930A25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9b1_ff1f_11e0_833e_003048f27c5f_3619C341_40D5_48BF_8233_FAF2A55497EC26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9b6_ff1f_11e0_833e_003048f27c5f_773F9DB2_E4AC_4E06_9F5C_B6EFFE2A342627.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a3492_0ded_11e2_99cf_0025902b3cc1_36EB06F5_048E_4720_AD0B_BAE656FE52C728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6d6d95_ff1f_11e0_833e_003048f27c5f_45A94E43_ACF0_4C91_91DF_FC0D6FBF225F29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1332ad3b_95e1_11e1_8376_0025902b3cc1_62A6BAE9_0993_4C3E_B9C7_75AD0C9DAA4D30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a349c_0ded_11e2_99cf_0025902b3cc1_D64E8E09_0B98_44C3_96C0_F6BCBBBDBB2F31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34a1_0ded_11e2_99cf_0025902b3cc1_B454C40C_3CD5_4ACB_89E1_FD5C2987216832.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7034d345_ff1f_11e0_833e_003048f27c5f_CFB754DD_0671_4DBA_9E68_33B5D27F4E7233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777873f2_ff1f_11e0_833e_003048f27c5f_ECC16011_FCBF_49C4_AB51_4892F7F4639C34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777873f7_ff1f_11e0_833e_003048f27c5f_BB16DB48_5C6B_4081_911D_F67C3874420835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34b0_0ded_11e2_99cf_0025902b3cc1_0E9C9CDC_9989_45DC_9E77_101F5E3A2BED36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34b5_0ded_11e2_99cf_0025902b3cc1_ECB40D71_BA4B_4F25_B3DA_E7D9F92128C537.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34ba_0ded_11e2_99cf_0025902b3cc1_5B775C15_7FAC_408F_A859_293369C26C2238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9d6_ff1f_11e0_833e_003048f27c5f_A60E8855_93BF_4548_938A_BDCF39C0366939.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34a6_0ded_11e2_99cf_0025902b3cc1_821CACE9_0FC1_4928_B90F_D2017D66B14F40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6919b9db_ff1f_11e0_833e_003048f27c5f_0F6F4DC4_BA4D_4BD9_A1F4_ADDE985AE4B641.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34ab_0ded_11e2_99cf_0025902b3cc1_5A522CB5_A4CF_4EF5_B888_6517D3674E9142.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d574_081d_11e0_99a4_003048f27c5f_ECD277D2_6557_4345_B930_4EFCB274F3B443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d571_081d_11e0_99a4_003048f27c5f_66404EC4_C886_46A4_9C87_AC91C4A7607744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c661613a_ff22_11e0_833e_003048f27c5f_8E82C22F_7B00_4FDB_9B20_22065609683845.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34d3_0ded_11e2_99cf_0025902b3cc1_6B7E8881_DC83_4894_8686_9984F650727846.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34d8_0ded_11e2_99cf_0025902b3cc1_950E3EF5_9B34_499B_B7D9_8E5E3B68C6FA47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed266e0a_3af3_11e3_baa0_0025902b3cc1_A654C261_FBC4_4CE3_81BB_E65B9A7CC38948.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8428d22_31b1_11e3_baa0_0025902b3cc1_F83419C8_11CB_4470_8AD1_DC4CA5AABD8149.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9783dc_e18b_11e3_a2c8_0025902b3cc1_471342A9_B0B7_4B86_A1AF_856A579B5E2150.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e3f_0ded_11e2_99cf_0025902b3cc1_6EC857E5_F08F_4F3E_8DE7_CBCBD0E6E34151.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e44_0ded_11e2_99cf_0025902b3cc1_6392E021_3401_4D9F_9327_837523FFD3BC52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e49_0ded_11e2_99cf_0025902b3cc1_BC7BA996_DD71_4E8A_B498_E1D0DB138C5153.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0648ad4_ff28_11e0_833e_003048f27c5f_D537F0FA_48AE_453D_8E4F_A7546573126D54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6876b04_ff1f_11e0_833e_003048f27c5f_D2ABF215_17E5_41CE_96E4_5D87F0B3E07155.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34bf_0ded_11e2_99cf_0025902b3cc1_BA7D48FD_F6EB_48BD_A355_753693D198CD56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34c9_0ded_11e2_99cf_0025902b3cc1_2FA9A7D5_36A0_47BE_8AA9_5EFC29C1E87E57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34dd_0ded_11e2_99cf_0025902b3cc1_42591F7E_2EAF_4DE5_95B6_12370D84717E58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e35_0ded_11e2_99cf_0025902b3cc1_8EFA3F6C_43AB_4744_8C26_F08476EAB6F759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34c4_0ded_11e2_99cf_0025902b3cc1_95062F0F_03B2_4D78_9AA0_6BE0D40D6DCD60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0a34ce_0ded_11e2_99cf_0025902b3cc1_8193B849_6241_417A_9C00_BECC5929BE6861.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e30_0ded_11e2_99cf_0025902b3cc1_B52B2489_1CB9_4249_86E3_47C1AAF2BBCA62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e3a_0ded_11e2_99cf_0025902b3cc1_C0198587_698A_4A3F_9CC3_66C7380059B463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB5064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD8765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ee_fdef_11df_b16f_003048d0c7fe_9B3294F8_D899_4BC7_946F_707A50BDECEE66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304eb_fdef_11df_b16f_003048d0c7fe_DFBAC84C_99A8_487B_A187_4EF90A6A416E67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed930d8c_575d_11e0_afc8_003048f27c5f_B2004473_F8FC_4558_ADA5_BCF2A212ABB568.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed930d8e_575d_11e0_afc8_003048f27c5f_0CD671F8_EC5B_4ED6_B5C8_28A0521000C969.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8417a0f_59b0_11e0_afc8_003048f27c5f_1E25EB33_C3F5_4F6D_A95E_0E3752B8E32470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7778740b_ff1f_11e0_833e_003048f27c5f_BF111D3F_8694_4C1E_B8FC_02D46A01D63A71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e58292_ff1f_11e0_833e_003048f27c5f_ACAF96E7_7695_40A9_A1BB_60A073DAB51F72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77787410_ff1f_11e0_833e_003048f27c5f_E5739120_6042_41F9_9CD5_B4663DA9D69673.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb24a613_ff90_11e0_833e_003048f27c5f_1D58C7BB_32F9_4479_B274_5114DAEA166474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77787415_ff1f_11e0_833e_003048f27c5f_8CABC5F5_D63C_49B6_9A3C_7476AFC7C85D75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb24a618_ff90_11e0_833e_003048f27c5f_37E9DC60_9080_4777_8C90_95DE5F58B5DE76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed930d8a_575d_11e0_afc8_003048f27c5f_947D746E_A84D_4B43_ACA1_BBB1F81A4A9277.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77787401_ff1f_11e0_833e_003048f27c5f_9ED7BD2E_1890_408F_AE83_BDED7687209778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77787406_ff1f_11e0_833e_003048f27c5f_2B4A5D87_6966_408F_9725_7F9271DFBF2079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6d6e27_ff1f_11e0_833e_003048f27c5f_70EE6B82_D8AF_42F5_8902_1B8BC3E154F280.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71e216ea_1b5e_11e1_9299_003048f27c5f_24E6504D_A443_48BF_9D71_4989443F802981.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/485d2ee2_9d55_11e3_baa0_0025902b3cc1_6CA0A591_CEAB_48E4_B1AE_BD6D5A184F7482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e58277_ff1f_11e0_833e_003048f27c5f_9856BAB2_B69D_45DC_9318_97E948254D9883.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e58272_ff1f_11e0_833e_003048f27c5f_6630C871_ED29_4299_A1DE_54295054867C84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ec1e53_0ded_11e2_99cf_0025902b3cc1_813FED9E_2E3A_4D11_954E_A81C7781C33985.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e581fa_ff1f_11e0_833e_003048f27c5f_FC849AEB_CA7D_4A2B_8C1D_CB9A4138217D86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71e216f1_1b5e_11e1_9299_003048f27c5f_37F789F0_6DAC_4CA5_A08C_964745D3C6A487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6d6d8b_ff1f_11e0_833e_003048f27c5f_D565D543_325B_47FE_8D36_17376F69DD6488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6d6d90_ff1f_11e0_833e_003048f27c5f_D8B92E2B_6C24_43B3_A9AB_295726589D1589.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -8270,212 +8246,212 @@
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GL 109 (P). HL \  Стойка &amp;quot;L&amp;quot;</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+            <t xml:space="preserve">GLS 209.V3 \ Стойка &amp;quot;L&amp;quot;-образная </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLS.209.V3.02698.MGV13</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: под хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4058.00</t>
+            <t xml:space="preserve">3855.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLS 209.V3 \ Стойка &amp;quot;L&amp;quot;-образная </t>
-[...7 lines deleted...]
-Цвет: под хром</t>
+            <t xml:space="preserve">GL 109 (P). HL \  Стойка &amp;quot;L&amp;quot;</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLB.109P.HL.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Собственное производство: Да</t>
-[...3 lines deleted...]
-Производитель: Россия</t>
+Примечание: Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3855.00</t>
+            <t xml:space="preserve">4058.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
-[...3 lines deleted...]
-Артикул: SEV.340.BL</t>
+            <t xml:space="preserve">Ножка на подвижном шарнире, M10x30, D-40, черная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.340.40.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">91.80</t>
+            <t xml:space="preserve">89.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 11.HL \ Соединитель стоек</t>
@@ -8850,54 +8826,50 @@
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-900мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.038B.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 1200 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">840.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -9098,54 +9070,50 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.039B.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 835 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">499.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -10818,54 +10786,50 @@
             <t xml:space="preserve">
 Артикул: GLB.023B.R.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 360 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">179.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -10892,54 +10856,50 @@
             <t xml:space="preserve">
 Артикул: GLB.023B.L.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 360 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">179.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -12242,54 +12202,50 @@
             </rPr>
             <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055R.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">209.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -12307,54 +12263,50 @@
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055L.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">209.00</t>
           </r>