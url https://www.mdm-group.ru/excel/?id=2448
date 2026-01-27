--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.02.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Four</t>
   </si>
   <si>
     <t>Основной элемент: металлическая квадратная труба 40х40 мм, h-2975/2375/1475 мм.
 Установка конструкций: самостоятельно стоящие, крепление к стене.
 Цвета стоек: хром, серебряный металлик, мокрый асфальт.
 Цвета навесных элементов: хром, серебряный металлик, мокрый асфальт.
 Навесные блоки и полки: стандартные и индивидуальных размеров.
 Совместно с данной серией Вы можете использовать Универсальные элементы для систем Global, Four, Roto</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FR 701.HL \  Стойка &amp;quot;L&amp;quot;</t>
@@ -216,51 +216,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 508</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 940</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в комплект входит усилитель гондолы FR 800.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6064.04</t>
+      <t xml:space="preserve">6072.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FR 703 \ Каркас гондолы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FUR.703.B</t>
@@ -273,51 +273,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 508</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 940</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в комплект входит усилитель гондолы FR 800.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7380.04</t>
+      <t xml:space="preserve">7388.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FR 703 \ Каркас гондолы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FUR.703.C</t>
@@ -330,51 +330,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 508</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 940</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в комплект входит усилитель гондолы FR 800.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7840.04</t>
+      <t xml:space="preserve">7848.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FR 001.HL \ Стойка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FUR.001A.HL.CH</t>
@@ -489,51 +489,51 @@
       </rPr>
       <t xml:space="preserve">FR 800 \ Усилитель гондолы Four</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FUR.800.V2.V0006.30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебряный муар матовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">483.00</t>
+      <t xml:space="preserve">493.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -2006,51 +2006,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.02.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2212,51 +2212,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 508</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 940</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в комплект входит усилитель гондолы FR 800.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6064.04</t>
+            <t xml:space="preserve">6072.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FR 703 \ Каркас гондолы</t>
           </r>
@@ -2272,51 +2272,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 508</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 940</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в комплект входит усилитель гондолы FR 800.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7380.04</t>
+            <t xml:space="preserve">7388.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2334,51 +2334,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 508</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 940</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в комплект входит усилитель гондолы FR 800.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7840.04</t>
+            <t xml:space="preserve">7848.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FR 001.HL \ Стойка</t>
           </r>
@@ -2504,51 +2504,51 @@
             </rPr>
             <t xml:space="preserve">FR 800 \ Усилитель гондолы Four</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FUR.800.V2.V0006.30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серебряный муар матовый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">483.00</t>
+            <t xml:space="preserve">493.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>