--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">05.04.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Dali, Tecnis (Arken, Италия)</t>
   </si>
   <si>
     <t>В данной серии представлены две системы, отлично дополняющие друг друга - «Dali» и «Tecnis». Система «Dali» представляет собой металлические рамы – навесные и напольные, на которые крепятся различные элементы для демонстрации товара.Особенностью исполнения металлических рам является перфорация, нанесенная с обратной стороны. Благодаря  этому  фронтальная сторона не имеет каких-либо отверстий для навесных элементов, выглядит визуально целостной и эстетичной. В систему «Tecnis» входят перфорированные стойки гондол, которые комплектуются навесными элементами и полками. Модульные системы «Dali» и «Tecnis» сочетают в себе простоту и прочность.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CO3813 \ Заглушка для трубы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.001.CH</t>
     </r>
@@ -85,51 +85,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63.24</t>
+      <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">D120120 \ Рама подвесная</t>
@@ -138,67 +138,71 @@
       <t xml:space="preserve">
 Артикул: DAL.002.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1282</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1282</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Нет</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24286.00</t>
+      <t xml:space="preserve">24772.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">D120120 \ Рама подвесная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.002.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -215,51 +219,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1282</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26141.00</t>
+      <t xml:space="preserve">26664.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">D240060 \ Рама напольная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.003.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -276,51 +280,51 @@
       <t xml:space="preserve">
 Ширина, мм: 682</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25300.00</t>
+      <t xml:space="preserve">25806.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">D240060 \ Рама напольная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.003.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -337,51 +341,51 @@
       <t xml:space="preserve">
 Ширина, мм: 682</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27134.00</t>
+      <t xml:space="preserve">27677.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">D240120 \ Рама напольная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.004.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -398,51 +402,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1282</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32624.00</t>
+      <t xml:space="preserve">33276.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">D240120 \ Рама напольная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.004.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -459,100 +463,100 @@
       <t xml:space="preserve">
 Ширина, мм: 1282</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35158.00</t>
+      <t xml:space="preserve">35861.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DA01 \ Крепление к стене</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.005.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">144.00</t>
+      <t xml:space="preserve">147.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DA01 \ Крепление к стене</t>
@@ -565,51 +569,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">148.00</t>
+      <t xml:space="preserve">151.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR060 \ Труба 38х13</t>
@@ -626,51 +630,51 @@
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">761.00</t>
+      <t xml:space="preserve">776.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR060 \ Труба 38х13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.006.SA</t>
@@ -683,51 +687,51 @@
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">840.00</t>
+      <t xml:space="preserve">857.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR090 \ Труба 38х13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.007.CH</t>
@@ -740,51 +744,51 @@
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1133.00</t>
+      <t xml:space="preserve">1156.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR090 \ Труба 38х13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.007.SA</t>
@@ -797,51 +801,51 @@
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1250.00</t>
+      <t xml:space="preserve">1275.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR100 \ Труба 38х13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.008.CH</t>
@@ -854,51 +858,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1254.00</t>
+      <t xml:space="preserve">1279.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR100 \ Труба 38х13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.008.SA</t>
@@ -911,51 +915,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1389.00</t>
+      <t xml:space="preserve">1417.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR120 \ Труба 38х13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.009.CH</t>
@@ -968,51 +972,51 @@
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1501.00</t>
+      <t xml:space="preserve">1531.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR120 \ Труба 38х13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.009.SA</t>
@@ -1025,51 +1029,51 @@
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1666.00</t>
+      <t xml:space="preserve">1699.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR42 \ Кронштейн ступенчатый для штанги</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.010.CH</t>
@@ -1082,51 +1086,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1337.00</t>
+      <t xml:space="preserve">1364.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR42 \ Кронштейн ступенчатый для штанги</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.010.SA</t>
@@ -1139,51 +1143,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1433.00</t>
+      <t xml:space="preserve">1462.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR43 \ Кронштейн наклонный для штанги</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.011.CH</t>
@@ -1196,51 +1200,51 @@
       <t xml:space="preserve">
 Глубина, мм: 405</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">957.00</t>
+      <t xml:space="preserve">976.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR43 \ Кронштейн наклонный для штанги</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.011.SA</t>
@@ -1253,51 +1257,51 @@
       <t xml:space="preserve">
 Глубина, мм: 405</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">993.00</t>
+      <t xml:space="preserve">1013.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR44 \ Кронштейн для штанги</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.012.CH</t>
@@ -1310,51 +1314,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">801.00</t>
+      <t xml:space="preserve">817.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR44 \ Кронштейн для штанги</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.012.SA</t>
@@ -1367,51 +1371,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">861.00</t>
+      <t xml:space="preserve">878.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR46 \ Крючок для штанги</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.013.CH</t>
@@ -1424,51 +1428,51 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">161.00</t>
+      <t xml:space="preserve">164.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR46 \ Крючок для штанги</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.013.SA</t>
@@ -1481,51 +1485,51 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">176.00</t>
+      <t xml:space="preserve">180.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR47 \ Крючок для штанги</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.014.CH</t>
@@ -1538,51 +1542,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">168.00</t>
+      <t xml:space="preserve">171.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR47 \ Крючок для штанги</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.014.SA</t>
@@ -1595,51 +1599,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">194.00</t>
+      <t xml:space="preserve">198.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR48 \ Крючок для штанги</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.015.CH</t>
@@ -1652,51 +1656,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">185.00</t>
+      <t xml:space="preserve">189.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR48 \ Крючок для штанги</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.015.SA</t>
@@ -1709,51 +1713,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">209.00</t>
+      <t xml:space="preserve">213.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR72 \ Крючок для штанги</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.017.CH</t>
@@ -1766,51 +1770,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">388.00</t>
+      <t xml:space="preserve">396.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR72 \ Крючок для штанги</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.017.SA</t>
@@ -1823,51 +1827,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">408.00</t>
+      <t xml:space="preserve">416.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS22S \ Полкодержатель, пара</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.018.CH</t>
@@ -1884,51 +1888,51 @@
       <t xml:space="preserve">
 Примечание: для полок толщиной 38мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">921.00</t>
+      <t xml:space="preserve">939.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS22S \ Полкодержатель, пара</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.018.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1941,51 +1945,51 @@
       <t xml:space="preserve">
 Примечание: для полок толщиной 38мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1029.00</t>
+      <t xml:space="preserve">1050.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS23S \ Полкодержатель, пара</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.030.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1998,51 +2002,51 @@
       <t xml:space="preserve">
 Примечание: для полок толщиной 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">861.00</t>
+      <t xml:space="preserve">878.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS23S \ Полкодержатель, пара</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.030.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -2055,51 +2059,51 @@
       <t xml:space="preserve">
 Примечание: для полок толщиной 25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1028.00</t>
+      <t xml:space="preserve">1049.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS24S \ Полкодержатель, пара</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.019.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2108,51 +2112,51 @@
       <t xml:space="preserve">
 Глубина, мм: 410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1409.00</t>
+      <t xml:space="preserve">1437.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS24S \ Полкодержатель, пара</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.019.SA</t>
@@ -2165,51 +2169,51 @@
       <t xml:space="preserve">
 Глубина, мм: 410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1489.00</t>
+      <t xml:space="preserve">1519.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS34060 \ Штанга дистанционная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.020.CH</t>
@@ -2222,51 +2226,51 @@
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2527.00</t>
+      <t xml:space="preserve">2578.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS34060 \ Штанга дистанционная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.020.SA</t>
@@ -2279,51 +2283,51 @@
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2719.00</t>
+      <t xml:space="preserve">2773.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS34090 \ Штанга дистанционная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.021.CH</t>
@@ -2336,51 +2340,51 @@
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2944.00</t>
+      <t xml:space="preserve">3003.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS34090 \ Штанга дистанционная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.021.SA</t>
@@ -2393,51 +2397,51 @@
       <t xml:space="preserve">
 Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3167.00</t>
+      <t xml:space="preserve">3230.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS340100 \ Штанга дистанционная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.022.CH</t>
@@ -2450,51 +2454,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3140.00</t>
+      <t xml:space="preserve">3203.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS340100 \ Штанга дистанционная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.022.SA</t>
@@ -2507,51 +2511,51 @@
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3312.00</t>
+      <t xml:space="preserve">3378.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS340120 \ Штанга дистанционная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.023.CH</t>
@@ -2564,51 +2568,51 @@
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3356.00</t>
+      <t xml:space="preserve">3423.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS340120 \ Штанга дистанционная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.023.SA</t>
@@ -2621,51 +2625,51 @@
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3632.00</t>
+      <t xml:space="preserve">3705.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS35 \ Держатель трубы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.024.CH</t>
@@ -2674,51 +2678,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">281.00</t>
+      <t xml:space="preserve">287.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS35 \ Держатель трубы</t>
@@ -2731,51 +2735,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">304.00</t>
+      <t xml:space="preserve">310.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS37 \ Кронштейн для трубы, пара</t>
@@ -2788,51 +2792,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1102.00</t>
+      <t xml:space="preserve">1124.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS37 \ Кронштейн для трубы, пара</t>
@@ -2845,51 +2849,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1129.00</t>
+      <t xml:space="preserve">1152.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS38 \ Кронштейн для трубы, пара</t>
@@ -2902,51 +2906,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1362.00</t>
+      <t xml:space="preserve">1389.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS38 \ Кронштейн для трубы, пара</t>
@@ -2959,51 +2963,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1410.00</t>
+      <t xml:space="preserve">1438.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS42 \ Кронштейн ступенчатый для рамы</t>
@@ -3020,51 +3024,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1549.00</t>
+      <t xml:space="preserve">1580.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS42 \ Кронштейн ступенчатый для рамы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.027.SA</t>
@@ -3077,51 +3081,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1649.00</t>
+      <t xml:space="preserve">1682.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS43 \ Кронштейн наклонный для рамы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.028.CH</t>
@@ -3134,51 +3138,51 @@
       <t xml:space="preserve">
 Глубина, мм: 405</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1258.00</t>
+      <t xml:space="preserve">1283.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS43 \ Кронштейн наклонный для рамы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.028.SA</t>
@@ -3191,51 +3195,51 @@
       <t xml:space="preserve">
 Глубина, мм: 405</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1329.00</t>
+      <t xml:space="preserve">1356.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS44 \ Кронштейн для рамы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.029.CH</t>
@@ -3248,51 +3252,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1013.00</t>
+      <t xml:space="preserve">1033.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS44 \ Кронштейн для рамы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.029.SA</t>
@@ -3305,51 +3309,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1085.00</t>
+      <t xml:space="preserve">1107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TMT060 \ Соединительная планка (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TEC.001.CH</t>
@@ -3362,51 +3366,51 @@
       <t xml:space="preserve">
 Длина, мм: 585</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3625.00</t>
+      <t xml:space="preserve">3698.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TMT060 \ Соединительная планка (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TEC.001.SA</t>
@@ -3419,51 +3423,51 @@
       <t xml:space="preserve">
 Длина, мм: 585</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3841.00</t>
+      <t xml:space="preserve">3918.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TMT090 \ Соединительная планка (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TEC.002.CH</t>
@@ -3476,51 +3480,51 @@
       <t xml:space="preserve">
 Длина, мм: 885</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3206.00</t>
+      <t xml:space="preserve">3270.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TMT090 \ Соединительная планка (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TEC.002.SA</t>
@@ -3533,51 +3537,51 @@
       <t xml:space="preserve">
 Длина, мм: 885</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3729.00</t>
+      <t xml:space="preserve">3804.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TMT0100 \ Соединительная планка (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TEC.003.CH</t>
@@ -3590,51 +3594,51 @@
       <t xml:space="preserve">
 Длина, мм: 985</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4947.00</t>
+      <t xml:space="preserve">5046.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TMT0100 \ Соединительная планка (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TEC.003.SA</t>
@@ -3647,51 +3651,51 @@
       <t xml:space="preserve">
 Длина, мм: 985</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5307.00</t>
+      <t xml:space="preserve">5413.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TMT0120 \ Соединительная планка (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TEC.004.CH</t>
@@ -3704,51 +3708,51 @@
       <t xml:space="preserve">
 Длина, мм: 1185</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5611.00</t>
+      <t xml:space="preserve">5723.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TMT0120 \ Соединительная планка (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TEC.004.SA</t>
@@ -3761,51 +3765,51 @@
       <t xml:space="preserve">
 Длина, мм: 1185</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4497.00</t>
+      <t xml:space="preserve">4587.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS_ZS \ Держатель полки (для трубы 38х13)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.031.CH</t>
@@ -3818,51 +3822,51 @@
       <t xml:space="preserve">
 Примечание: для стоек гондолы TM14060, TM14B60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS_ZS \ Держатель полки (для трубы 38х13)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DAL.031.SA</t>
@@ -3875,421 +3879,445 @@
       <t xml:space="preserve">
 Примечание: для стоек гондолы TM14060, TM14B60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">124.00</t>
+      <t xml:space="preserve">126.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гондола</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KPL.DAL.001.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1313</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Старая цена: 33776 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29419.00</t>
+      <t xml:space="preserve">29769.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гондола</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KPL.DAL.001.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1313</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Старая цена: 38160 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32469.00</t>
+      <t xml:space="preserve">32839.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гондола</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KPL.DAL.002.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1313</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Старая цена: 34116 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29693.00</t>
+      <t xml:space="preserve">30047.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гондола</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KPL.DAL.002.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1313</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Старая цена: 38549 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32691.00</t>
+      <t xml:space="preserve">33067.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гондола</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KPL.DAL.003.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1313</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Старая цена: 34356 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29967.00</t>
+      <t xml:space="preserve">30325.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Гондола</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KPL.DAL.003.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1313</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Старая цена: 38938 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32913.00</t>
+      <t xml:space="preserve">33295.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -6913,51 +6941,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">05.04.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -6985,51 +7013,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63.24</t>
+            <t xml:space="preserve">64.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7041,67 +7069,71 @@
             <t xml:space="preserve">
 Артикул: DAL.002.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1282</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1282</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Нет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24286.00</t>
+            <t xml:space="preserve">24772.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">D120120 \ Рама подвесная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7123,51 +7155,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1282</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26141.00</t>
+            <t xml:space="preserve">26664.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">D240060 \ Рама напольная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DAL.003.CH</t>
           </r>
@@ -7187,51 +7219,51 @@
             <t xml:space="preserve">
 Ширина, мм: 682</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25300.00</t>
+            <t xml:space="preserve">25806.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">D240060 \ Рама напольная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7253,51 +7285,51 @@
             <t xml:space="preserve">
 Ширина, мм: 682</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27134.00</t>
+            <t xml:space="preserve">27677.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">D240120 \ Рама напольная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DAL.004.CH</t>
           </r>
@@ -7317,51 +7349,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1282</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32624.00</t>
+            <t xml:space="preserve">33276.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">D240120 \ Рама напольная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7383,51 +7415,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1282</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35158.00</t>
+            <t xml:space="preserve">35861.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DA01 \ Крепление к стене</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DAL.005.CH</t>
           </r>
@@ -7435,51 +7467,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">144.00</t>
+            <t xml:space="preserve">147.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7497,51 +7529,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">148.00</t>
+            <t xml:space="preserve">151.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7561,51 +7593,51 @@
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">761.00</t>
+            <t xml:space="preserve">776.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7623,51 +7655,51 @@
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">840.00</t>
+            <t xml:space="preserve">857.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TR090 \ Труба 38х13</t>
           </r>
@@ -7683,51 +7715,51 @@
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1133.00</t>
+            <t xml:space="preserve">1156.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7745,51 +7777,51 @@
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1250.00</t>
+            <t xml:space="preserve">1275.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TR100 \ Труба 38х13</t>
           </r>
@@ -7805,51 +7837,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1254.00</t>
+            <t xml:space="preserve">1279.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7867,51 +7899,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1389.00</t>
+            <t xml:space="preserve">1417.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TR120 \ Труба 38х13</t>
           </r>
@@ -7927,51 +7959,51 @@
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1501.00</t>
+            <t xml:space="preserve">1531.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7989,51 +8021,51 @@
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1666.00</t>
+            <t xml:space="preserve">1699.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TR42 \ Кронштейн ступенчатый для штанги</t>
           </r>
@@ -8049,51 +8081,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1337.00</t>
+            <t xml:space="preserve">1364.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8111,51 +8143,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1433.00</t>
+            <t xml:space="preserve">1462.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TR43 \ Кронштейн наклонный для штанги</t>
           </r>
@@ -8171,51 +8203,51 @@
             <t xml:space="preserve">
 Глубина, мм: 405</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">957.00</t>
+            <t xml:space="preserve">976.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8233,51 +8265,51 @@
             <t xml:space="preserve">
 Глубина, мм: 405</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">993.00</t>
+            <t xml:space="preserve">1013.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TR44 \ Кронштейн для штанги</t>
           </r>
@@ -8293,51 +8325,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">801.00</t>
+            <t xml:space="preserve">817.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8355,51 +8387,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">861.00</t>
+            <t xml:space="preserve">878.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TR46 \ Крючок для штанги</t>
           </r>
@@ -8415,51 +8447,51 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">161.00</t>
+            <t xml:space="preserve">164.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8477,51 +8509,51 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">176.00</t>
+            <t xml:space="preserve">180.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TR47 \ Крючок для штанги</t>
           </r>
@@ -8537,51 +8569,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">168.00</t>
+            <t xml:space="preserve">171.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8599,51 +8631,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">194.00</t>
+            <t xml:space="preserve">198.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TR48 \ Крючок для штанги</t>
           </r>
@@ -8659,51 +8691,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">185.00</t>
+            <t xml:space="preserve">189.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8721,51 +8753,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">209.00</t>
+            <t xml:space="preserve">213.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TR72 \ Крючок для штанги</t>
           </r>
@@ -8781,51 +8813,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">388.00</t>
+            <t xml:space="preserve">396.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8843,51 +8875,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">408.00</t>
+            <t xml:space="preserve">416.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS22S \ Полкодержатель, пара</t>
           </r>
@@ -8907,51 +8939,51 @@
             <t xml:space="preserve">
 Примечание: для полок толщиной 38мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">921.00</t>
+            <t xml:space="preserve">939.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS22S \ Полкодержатель, пара</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8969,51 +9001,51 @@
             <t xml:space="preserve">
 Примечание: для полок толщиной 38мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1029.00</t>
+            <t xml:space="preserve">1050.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS23S \ Полкодержатель, пара</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DAL.030.CH</t>
           </r>
@@ -9029,51 +9061,51 @@
             <t xml:space="preserve">
 Примечание: для полок толщиной 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">861.00</t>
+            <t xml:space="preserve">878.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS23S \ Полкодержатель, пара</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9091,51 +9123,51 @@
             <t xml:space="preserve">
 Примечание: для полок толщиной 25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1028.00</t>
+            <t xml:space="preserve">1049.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS24S \ Полкодержатель, пара</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DAL.019.CH</t>
           </r>
@@ -9147,51 +9179,51 @@
             <t xml:space="preserve">
 Глубина, мм: 410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1409.00</t>
+            <t xml:space="preserve">1437.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9209,51 +9241,51 @@
             <t xml:space="preserve">
 Глубина, мм: 410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1489.00</t>
+            <t xml:space="preserve">1519.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS34060 \ Штанга дистанционная</t>
           </r>
@@ -9269,51 +9301,51 @@
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2527.00</t>
+            <t xml:space="preserve">2578.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9331,51 +9363,51 @@
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2719.00</t>
+            <t xml:space="preserve">2773.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS34090 \ Штанга дистанционная</t>
           </r>
@@ -9391,51 +9423,51 @@
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2944.00</t>
+            <t xml:space="preserve">3003.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9453,51 +9485,51 @@
             <t xml:space="preserve">
 Длина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3167.00</t>
+            <t xml:space="preserve">3230.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS340100 \ Штанга дистанционная</t>
           </r>
@@ -9513,51 +9545,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3140.00</t>
+            <t xml:space="preserve">3203.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9575,51 +9607,51 @@
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3312.00</t>
+            <t xml:space="preserve">3378.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS340120 \ Штанга дистанционная</t>
           </r>
@@ -9635,51 +9667,51 @@
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3356.00</t>
+            <t xml:space="preserve">3423.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9697,51 +9729,51 @@
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3632.00</t>
+            <t xml:space="preserve">3705.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS35 \ Держатель трубы</t>
           </r>
@@ -9753,51 +9785,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">281.00</t>
+            <t xml:space="preserve">287.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9815,51 +9847,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">304.00</t>
+            <t xml:space="preserve">310.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9875,51 +9907,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1102.00</t>
+            <t xml:space="preserve">1124.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9937,51 +9969,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1129.00</t>
+            <t xml:space="preserve">1152.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9997,51 +10029,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1362.00</t>
+            <t xml:space="preserve">1389.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -10059,51 +10091,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1410.00</t>
+            <t xml:space="preserve">1438.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -10123,51 +10155,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1549.00</t>
+            <t xml:space="preserve">1580.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10185,51 +10217,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1649.00</t>
+            <t xml:space="preserve">1682.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS43 \ Кронштейн наклонный для рамы</t>
           </r>
@@ -10245,51 +10277,51 @@
             <t xml:space="preserve">
 Глубина, мм: 405</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1258.00</t>
+            <t xml:space="preserve">1283.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10307,51 +10339,51 @@
             <t xml:space="preserve">
 Глубина, мм: 405</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1329.00</t>
+            <t xml:space="preserve">1356.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS44 \ Кронштейн для рамы</t>
           </r>
@@ -10367,51 +10399,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1013.00</t>
+            <t xml:space="preserve">1033.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10429,51 +10461,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1085.00</t>
+            <t xml:space="preserve">1107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TMT060 \ Соединительная планка (пара)</t>
           </r>
@@ -10489,51 +10521,51 @@
             <t xml:space="preserve">
 Длина, мм: 585</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3625.00</t>
+            <t xml:space="preserve">3698.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10551,51 +10583,51 @@
             <t xml:space="preserve">
 Длина, мм: 585</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3841.00</t>
+            <t xml:space="preserve">3918.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TMT090 \ Соединительная планка (пара)</t>
           </r>
@@ -10611,51 +10643,51 @@
             <t xml:space="preserve">
 Длина, мм: 885</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3206.00</t>
+            <t xml:space="preserve">3270.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10673,51 +10705,51 @@
             <t xml:space="preserve">
 Длина, мм: 885</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3729.00</t>
+            <t xml:space="preserve">3804.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TMT0100 \ Соединительная планка (пара)</t>
           </r>
@@ -10733,51 +10765,51 @@
             <t xml:space="preserve">
 Длина, мм: 985</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4947.00</t>
+            <t xml:space="preserve">5046.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10795,51 +10827,51 @@
             <t xml:space="preserve">
 Длина, мм: 985</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5307.00</t>
+            <t xml:space="preserve">5413.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TMT0120 \ Соединительная планка (пара)</t>
           </r>
@@ -10855,51 +10887,51 @@
             <t xml:space="preserve">
 Длина, мм: 1185</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5611.00</t>
+            <t xml:space="preserve">5723.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10917,51 +10949,51 @@
             <t xml:space="preserve">
 Длина, мм: 1185</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4497.00</t>
+            <t xml:space="preserve">4587.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS_ZS \ Держатель полки (для трубы 38х13)</t>
           </r>
@@ -10977,51 +11009,51 @@
             <t xml:space="preserve">
 Примечание: для стоек гондолы TM14060, TM14B60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11039,51 +11071,51 @@
             <t xml:space="preserve">
 Примечание: для стоек гондолы TM14060, TM14B60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">124.00</t>
+            <t xml:space="preserve">126.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гондола</t>
           </r>
@@ -11091,393 +11123,417 @@
             <t xml:space="preserve">
 Артикул: KPL.DAL.001.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1313</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Старая цена: 33776 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29419.00</t>
+            <t xml:space="preserve">29769.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гондола</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KPL.DAL.001.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1313</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Старая цена: 38160 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32469.00</t>
+            <t xml:space="preserve">32839.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гондола</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KPL.DAL.002.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1313</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Старая цена: 34116 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29693.00</t>
+            <t xml:space="preserve">30047.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гондола</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KPL.DAL.002.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1313</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Старая цена: 38549 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32691.00</t>
+            <t xml:space="preserve">33067.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гондола</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KPL.DAL.003.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1313</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Старая цена: 34356 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29967.00</t>
+            <t xml:space="preserve">30325.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Гондола</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KPL.DAL.003.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1313</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Старая цена: 38938 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32913.00</t>
+            <t xml:space="preserve">33295.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>