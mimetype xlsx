--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -138,54 +138,50 @@
       <t xml:space="preserve">
 Артикул: DAL.002.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1282</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1282</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">24772.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -3928,54 +3924,50 @@
       <t xml:space="preserve">
 Артикул: KPL.DAL.001.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1313</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 33776 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">29769.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -3993,54 +3985,50 @@
       <t xml:space="preserve">
 Артикул: KPL.DAL.001.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1313</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 38160 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">32839.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -4058,54 +4046,50 @@
       <t xml:space="preserve">
 Артикул: KPL.DAL.002.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1313</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 34116 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">30047.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -4123,54 +4107,50 @@
       <t xml:space="preserve">
 Артикул: KPL.DAL.002.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1313</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 38549 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">33067.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -4188,54 +4168,50 @@
       <t xml:space="preserve">
 Артикул: KPL.DAL.003.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1313</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 34356 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">30325.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -4250,54 +4226,50 @@
       <t xml:space="preserve">Гондола</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KPL.DAL.003.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1313</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 38938 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">33295.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
@@ -7069,54 +7041,50 @@
             <t xml:space="preserve">
 Артикул: DAL.002.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1282</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1282</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">24772.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
@@ -11123,54 +11091,50 @@
             <t xml:space="preserve">
 Артикул: KPL.DAL.001.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1313</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 33776 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">29769.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
@@ -11193,54 +11157,50 @@
             <t xml:space="preserve">
 Артикул: KPL.DAL.001.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1313</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 38160 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">32839.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
@@ -11258,54 +11218,50 @@
             <t xml:space="preserve">Гондола</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KPL.DAL.002.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1313</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 34116 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">30047.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
@@ -11331,54 +11287,50 @@
             <t xml:space="preserve">
 Артикул: KPL.DAL.002.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1313</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 38549 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">33067.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
@@ -11396,54 +11348,50 @@
             <t xml:space="preserve">Гондола</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KPL.DAL.003.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1313</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 34356 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">30325.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
@@ -11466,54 +11414,50 @@
             <t xml:space="preserve">Гондола</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KPL.DAL.003.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1313</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 38938 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">33295.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>