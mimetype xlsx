--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.02.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Cuadro (Италия)</t>
   </si>
   <si>
     <t>Система представляет собой графичные вешала и экспозиторы из хромированной квадратной трубы 20х20 мм. Лаконичные и выразительные линии способствуют зрительному комфорту и превращают интерьер магазина в произведение современного искусства.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">9600 \  Стойка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CUA.001.CH</t>
     </r>
@@ -398,51 +398,51 @@
       <t xml:space="preserve">
 Артикул: CUA.200A.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 700х400х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">736.00</t>
+      <t xml:space="preserve">751.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -455,51 +455,51 @@
       <t xml:space="preserve">
 Артикул: CUA.200A.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 700х400х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2838.00</t>
+      <t xml:space="preserve">2895.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -512,51 +512,51 @@
       <t xml:space="preserve">
 Артикул: CUA.200B.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 1000х400х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">939.00</t>
+      <t xml:space="preserve">958.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -569,51 +569,51 @@
       <t xml:space="preserve">
 Артикул: CUA.200B.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 1000х400х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4052.00</t>
+      <t xml:space="preserve">4133.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -858,51 +858,51 @@
       <t xml:space="preserve">
 Артикул: CUA.202A.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стекло прозрачное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 600х320х8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">904.00</t>
+      <t xml:space="preserve">922.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -915,51 +915,51 @@
       <t xml:space="preserve">
 Артикул: CUA.202A.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стекло матовое</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 600х320х8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1258.00</t>
+      <t xml:space="preserve">1283.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -972,51 +972,51 @@
       <t xml:space="preserve">
 Артикул: CUA.202A.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 600х320х16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">429.00</t>
+      <t xml:space="preserve">438.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1029,51 +1029,51 @@
       <t xml:space="preserve">
 Артикул: CUA.202A.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 600х320х16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2898.00</t>
+      <t xml:space="preserve">2956.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1086,51 +1086,51 @@
       <t xml:space="preserve">
 Артикул: CUA.201A.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 655х320х16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">471.00</t>
+      <t xml:space="preserve">480.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1143,51 +1143,51 @@
       <t xml:space="preserve">
 Артикул: CUA.201A.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 655х320х16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3162.00</t>
+      <t xml:space="preserve">3225.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1200,51 +1200,51 @@
       <t xml:space="preserve">
 Артикул: CUA.202B.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стекло прозрачное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 900х320х8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1279.00</t>
+      <t xml:space="preserve">1305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1257,51 +1257,51 @@
       <t xml:space="preserve">
 Артикул: CUA.202B.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стекло матовое</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 900х320х8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1810.00</t>
+      <t xml:space="preserve">1846.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1314,51 +1314,51 @@
       <t xml:space="preserve">
 Артикул: CUA.202B.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 900х320х16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">646.00</t>
+      <t xml:space="preserve">659.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1371,51 +1371,51 @@
       <t xml:space="preserve">
 Артикул: CUA.202B.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 900х320х16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4345.00</t>
+      <t xml:space="preserve">4432.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1428,51 +1428,51 @@
       <t xml:space="preserve">
 Артикул: CUA.201B.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 955х320х16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">685.00</t>
+      <t xml:space="preserve">699.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1485,51 +1485,51 @@
       <t xml:space="preserve">
 Артикул: CUA.201B.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 955х320х16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4611.00</t>
+      <t xml:space="preserve">4703.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1611,51 +1611,51 @@
       <t xml:space="preserve">
 Артикул: CUA.203A.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стекло прозрачное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 400х350х8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">696.00</t>
+      <t xml:space="preserve">710.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1668,51 +1668,51 @@
       <t xml:space="preserve">
 Артикул: CUA.203A.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стекло матовое</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 400х350х8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">956.00</t>
+      <t xml:space="preserve">975.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1725,51 +1725,51 @@
       <t xml:space="preserve">
 Артикул: CUA.203A.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 400х350х16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">315.00</t>
+      <t xml:space="preserve">321.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1782,51 +1782,51 @@
       <t xml:space="preserve">
 Артикул: CUA.203B.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стекло прозрачное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 600х350х8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">959.00</t>
+      <t xml:space="preserve">978.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1839,51 +1839,51 @@
       <t xml:space="preserve">
 Артикул: CUA.203B.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стекло матовое</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 600х350х8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1348.00</t>
+      <t xml:space="preserve">1375.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1896,51 +1896,51 @@
       <t xml:space="preserve">
 Артикул: CUA.203B.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 600х350х16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">472.00</t>
+      <t xml:space="preserve">481.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1953,51 +1953,51 @@
       <t xml:space="preserve">
 Артикул: CUA.203C.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стекло прозрачное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 900х350х8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1359.00</t>
+      <t xml:space="preserve">1386.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2010,51 +2010,51 @@
       <t xml:space="preserve">
 Артикул: CUA.203C.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стекло матовое</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 900х350х8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1940.00</t>
+      <t xml:space="preserve">1979.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2067,51 +2067,51 @@
       <t xml:space="preserve">
 Артикул: CUA.203C.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 900х350х16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">706.00</t>
+      <t xml:space="preserve">720.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2124,51 +2124,51 @@
       <t xml:space="preserve">
 Артикул: CUA.203C.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 900х350х16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4752.00</t>
+      <t xml:space="preserve">4847.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2258,51 +2258,51 @@
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Артикул поставщика: 01CUA105. Подиум в комплект не входит</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10603.00</t>
+      <t xml:space="preserve">10815.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CUA 200 \ Вешало-экспозитор для одежды (с полкой для обуви или без)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CUA.011.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2319,51 +2319,51 @@
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: подиум в комплект не входит</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9108.00</t>
+      <t xml:space="preserve">9290.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CUA 300 \ Вешало для ремней</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CUA.012.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2380,96 +2380,96 @@
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: подиум в комплект не входит</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16312.00</t>
+      <t xml:space="preserve">16638.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Подиум для вешал CUA 105 и CUA 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CUA.204A.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 650х400х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">684.00</t>
+      <t xml:space="preserve">698.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2482,51 +2482,51 @@
       <t xml:space="preserve">
 Артикул: CUA.204A.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 650х400х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2634.00</t>
+      <t xml:space="preserve">2687.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2539,51 +2539,51 @@
       <t xml:space="preserve">
 Артикул: CUA.204B.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 950х400х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">998.00</t>
+      <t xml:space="preserve">1018.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2596,51 +2596,51 @@
       <t xml:space="preserve">
 Артикул: CUA.204B.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 950х400х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3849.00</t>
+      <t xml:space="preserve">3926.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2653,51 +2653,51 @@
       <t xml:space="preserve">
 Артикул: CUA.205.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 400х450х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">475.00</t>
+      <t xml:space="preserve">485.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2710,51 +2710,51 @@
       <t xml:space="preserve">
 Артикул: CUA.205.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 400х450х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1823.00</t>
+      <t xml:space="preserve">1859.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2828,51 +2828,51 @@
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.60</t>
+      <t xml:space="preserve">5.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -4754,51 +4754,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.02.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -5158,51 +5158,51 @@
             <t xml:space="preserve">
 Артикул: CUA.200A.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 700х400х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">736.00</t>
+            <t xml:space="preserve">751.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -5220,51 +5220,51 @@
             <t xml:space="preserve">
 Артикул: CUA.200A.COL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 700х400х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2838.00</t>
+            <t xml:space="preserve">2895.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -5280,51 +5280,51 @@
             <t xml:space="preserve">
 Артикул: CUA.200B.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 1000х400х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">939.00</t>
+            <t xml:space="preserve">958.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -5342,51 +5342,51 @@
             <t xml:space="preserve">
 Артикул: CUA.200B.COL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 1000х400х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4052.00</t>
+            <t xml:space="preserve">4133.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -5650,51 +5650,51 @@
             <t xml:space="preserve">
 Артикул: CUA.202A.GL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стекло прозрачное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 600х320х8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">904.00</t>
+            <t xml:space="preserve">922.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -5712,51 +5712,51 @@
             <t xml:space="preserve">
 Артикул: CUA.202A.MGL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стекло матовое</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 600х320х8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1258.00</t>
+            <t xml:space="preserve">1283.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -5772,51 +5772,51 @@
             <t xml:space="preserve">
 Артикул: CUA.202A.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 600х320х16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">429.00</t>
+            <t xml:space="preserve">438.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -5834,51 +5834,51 @@
             <t xml:space="preserve">
 Артикул: CUA.202A.COL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 600х320х16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2898.00</t>
+            <t xml:space="preserve">2956.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -5894,51 +5894,51 @@
             <t xml:space="preserve">
 Артикул: CUA.201A.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 655х320х16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">471.00</t>
+            <t xml:space="preserve">480.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -5956,51 +5956,51 @@
             <t xml:space="preserve">
 Артикул: CUA.201A.COL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 655х320х16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3162.00</t>
+            <t xml:space="preserve">3225.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6016,51 +6016,51 @@
             <t xml:space="preserve">
 Артикул: CUA.202B.GL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стекло прозрачное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 900х320х8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1279.00</t>
+            <t xml:space="preserve">1305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6078,51 +6078,51 @@
             <t xml:space="preserve">
 Артикул: CUA.202B.MGL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стекло матовое</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 900х320х8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1810.00</t>
+            <t xml:space="preserve">1846.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6138,51 +6138,51 @@
             <t xml:space="preserve">
 Артикул: CUA.202B.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 900х320х16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">646.00</t>
+            <t xml:space="preserve">659.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6200,51 +6200,51 @@
             <t xml:space="preserve">
 Артикул: CUA.202B.COL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 900х320х16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4345.00</t>
+            <t xml:space="preserve">4432.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6260,51 +6260,51 @@
             <t xml:space="preserve">
 Артикул: CUA.201B.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 955х320х16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">685.00</t>
+            <t xml:space="preserve">699.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6322,51 +6322,51 @@
             <t xml:space="preserve">
 Артикул: CUA.201B.COL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 955х320х16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4611.00</t>
+            <t xml:space="preserve">4703.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6456,51 +6456,51 @@
             <t xml:space="preserve">
 Артикул: CUA.203A.GL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стекло прозрачное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 400х350х8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">696.00</t>
+            <t xml:space="preserve">710.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6516,51 +6516,51 @@
             <t xml:space="preserve">
 Артикул: CUA.203A.MGL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стекло матовое</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 400х350х8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">956.00</t>
+            <t xml:space="preserve">975.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6578,51 +6578,51 @@
             <t xml:space="preserve">
 Артикул: CUA.203A.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 400х350х16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">315.00</t>
+            <t xml:space="preserve">321.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6638,51 +6638,51 @@
             <t xml:space="preserve">
 Артикул: CUA.203B.GL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стекло прозрачное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 600х350х8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">959.00</t>
+            <t xml:space="preserve">978.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6700,51 +6700,51 @@
             <t xml:space="preserve">
 Артикул: CUA.203B.MGL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стекло матовое</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 600х350х8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1348.00</t>
+            <t xml:space="preserve">1375.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6760,51 +6760,51 @@
             <t xml:space="preserve">
 Артикул: CUA.203B.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 600х350х16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">472.00</t>
+            <t xml:space="preserve">481.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6822,51 +6822,51 @@
             <t xml:space="preserve">
 Артикул: CUA.203C.GL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стекло прозрачное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 900х350х8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1359.00</t>
+            <t xml:space="preserve">1386.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6882,51 +6882,51 @@
             <t xml:space="preserve">
 Артикул: CUA.203C.MGL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стекло матовое</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 900х350х8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1940.00</t>
+            <t xml:space="preserve">1979.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6944,51 +6944,51 @@
             <t xml:space="preserve">
 Артикул: CUA.203C.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 900х350х16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">706.00</t>
+            <t xml:space="preserve">720.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -7004,51 +7004,51 @@
             <t xml:space="preserve">
 Артикул: CUA.203C.COL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 900х350х16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4752.00</t>
+            <t xml:space="preserve">4847.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -7146,51 +7146,51 @@
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Артикул поставщика: 01CUA105. Подиум в комплект не входит</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10603.00</t>
+            <t xml:space="preserve">10815.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CUA 200 \ Вешало-экспозитор для одежды (с полкой для обуви или без)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7212,51 +7212,51 @@
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: подиум в комплект не входит</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9108.00</t>
+            <t xml:space="preserve">9290.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CUA 300 \ Вешало для ремней</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: CUA.012.CH</t>
           </r>
@@ -7276,101 +7276,101 @@
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: подиум в комплект не входит</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16312.00</t>
+            <t xml:space="preserve">16638.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Подиум для вешал CUA 105 и CUA 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: CUA.204A.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 650х400х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">684.00</t>
+            <t xml:space="preserve">698.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -7386,51 +7386,51 @@
             <t xml:space="preserve">
 Артикул: CUA.204A.COL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 650х400х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2634.00</t>
+            <t xml:space="preserve">2687.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -7448,51 +7448,51 @@
             <t xml:space="preserve">
 Артикул: CUA.204B.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 950х400х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">998.00</t>
+            <t xml:space="preserve">1018.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -7508,51 +7508,51 @@
             <t xml:space="preserve">
 Артикул: CUA.204B.COL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 950х400х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3849.00</t>
+            <t xml:space="preserve">3926.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -7570,51 +7570,51 @@
             <t xml:space="preserve">
 Артикул: CUA.205.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 400х450х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">475.00</t>
+            <t xml:space="preserve">485.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -7630,51 +7630,51 @@
             <t xml:space="preserve">
 Артикул: CUA.205.COL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 400х450х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1823.00</t>
+            <t xml:space="preserve">1859.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -7756,51 +7756,51 @@
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.60</t>
+            <t xml:space="preserve">5.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>