--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -2691,144 +2691,144 @@
       <t xml:space="preserve">516.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R (TOP) 150 \ Кронштейн наклонный</t>
-[...3 lines deleted...]
-Артикул: RTP.050.CH</t>
+      <t xml:space="preserve">R (U) 494 \ Крючок (усиленный зацеп)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.043.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 400</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 20</t>
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">447.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R (U) 494 \ Крючок (усиленный зацеп)</t>
-[...3 lines deleted...]
-Артикул: RTP.043.CH</t>
+      <t xml:space="preserve">R (TOP) 150 \ Кронштейн наклонный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.050.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Нет</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">447.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 153 \ Кронштейн прямой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.048.CH</t>
@@ -4036,51 +4036,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e4_4f8f_11e0_86e2_003048f27c5f_34591782_8AFD_4D9C_AE41_F959191FE8442.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e1_4f8f_11e0_86e2_003048f27c5f_38071CC2_356B_4029_B693_B561BB5D91573.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e7_4f8f_11e0_86e2_003048f27c5f_FD4154FF_D72D_4F10_9F98_90FB6BD157BA4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD877.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0c96c5_2209_11e8_ade2_0025902b3cc1_VER_072_CH12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321dc308_b38f_11e0_a476_003048f27c5f_GLB111CH.resize217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1819.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a83e_0427_11e0_99a4_003048f27c5f_72CBFA5E_FA3A_4AC1_A300_B75308D0335420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a841_0427_11e0_99a4_003048f27c5f_485A5F18_DBEB_46C0_94ED_26F86E0B22B421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d958_0427_11e0_99a4_003048f27c5f_30DFF48C_9CB3_42F7_92C8_9349AEC2B37E22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95b_0427_11e0_99a4_003048f27c5f_198B1A2B_B3D1_4B9E_A319_307E33CEC30223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95e_0427_11e0_99a4_003048f27c5f_049A9C43_0C0D_4554_BE3C_11847DB5317E24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C826.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92932.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8833.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_143.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F1147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327457b3_0b57_11e4_9ca4_0025902b3cc1_7DBA787A_F568_4E5D_BB5C_0856DAFCF67648.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B92650.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09289790_2644_11e5_a10e_0025902b3cc1_4E19653C_0AE7_42D7_9B7E_81BD6FB64C3152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef1303e8_ff96_11e0_833e_003048f27c5f_477DD116_71CD_477D_8296_D7642CB4C77753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3e2bff_9935_11e3_baa0_0025902b3cc1_2FEC9CD6_5EDF_4263_98B2_16CE2837421754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893883e7_78a5_11e1_9332_0025902b3cc1_095E8113_17DF_488E_AAB1_7BE323E78C8455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893883ed_78a5_11e1_9332_0025902b3cc1_F11F6BA6_4C9A_43D7_89DE_0429D649D9A556.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4de5fc_9934_11e3_baa0_0025902b3cc1_FBB17FCC_A18D_42B6_B1A6_167C92AA386657.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb21_ff8f_11e0_833e_003048f27c5f_38F32FDD_D887_46A4_B71C_5FD2190CEE5958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb28_ff8f_11e0_833e_003048f27c5f_03CEC2D7_588B_4883_B699_65B1F67128B659.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb42_ff8f_11e0_833e_003048f27c5f_E6C2C613_9C45_4073_B808_40CBED1FB0F260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb2f_ff8f_11e0_833e_003048f27c5f_FE8BE62B_9E0C_4255_9A24_85757279191961.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb36_ff8f_11e0_833e_003048f27c5f_0B0A518F_B174_497B_A17B_3A7AE4001E0862.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb49_ff8f_11e0_833e_003048f27c5f_C3FB1A8A_B885_4572_A262_86B50BF1ABC163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff75d_2526_11e0_99a4_003048f27c5f_C3BBF8AE_D631_4170_AF9C_5285BF54F7E364.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22aec287_35b2_11e0_af9a_d3dd3d98c32b_2AC71259_B317_4681_A116_6235A416F66465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1632246_ff31_11e0_833e_003048f27c5f_B7C4845B_29AE_42DB_8E65_10E69E1A866E66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e163224d_ff31_11e0_833e_003048f27c5f_8DDBD21A_C569_4033_B98C_982A5D72130667.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5566efc0_ff2c_11e0_833e_003048f27c5f_CB9BF4BC_1F7D_4A7D_A4E9_7FCC87B4100768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47168753_ff16_11e0_833e_003048f27c5f_B5093859_1A35_4E73_932A_A7F698307B6069.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e4_4f8f_11e0_86e2_003048f27c5f_34591782_8AFD_4D9C_AE41_F959191FE8442.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e1_4f8f_11e0_86e2_003048f27c5f_38071CC2_356B_4029_B693_B561BB5D91573.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e7_4f8f_11e0_86e2_003048f27c5f_FD4154FF_D72D_4F10_9F98_90FB6BD157BA4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD877.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0c96c5_2209_11e8_ade2_0025902b3cc1_VER_072_CH12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321dc308_b38f_11e0_a476_003048f27c5f_GLB111CH.resize217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1819.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a83e_0427_11e0_99a4_003048f27c5f_72CBFA5E_FA3A_4AC1_A300_B75308D0335420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a841_0427_11e0_99a4_003048f27c5f_485A5F18_DBEB_46C0_94ED_26F86E0B22B421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d958_0427_11e0_99a4_003048f27c5f_30DFF48C_9CB3_42F7_92C8_9349AEC2B37E22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95b_0427_11e0_99a4_003048f27c5f_198B1A2B_B3D1_4B9E_A319_307E33CEC30223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95e_0427_11e0_99a4_003048f27c5f_049A9C43_0C0D_4554_BE3C_11847DB5317E24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C826.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92932.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8833.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_143.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F1147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327457b3_0b57_11e4_9ca4_0025902b3cc1_7DBA787A_F568_4E5D_BB5C_0856DAFCF67649.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B92650.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09289790_2644_11e5_a10e_0025902b3cc1_4E19653C_0AE7_42D7_9B7E_81BD6FB64C3152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef1303e8_ff96_11e0_833e_003048f27c5f_477DD116_71CD_477D_8296_D7642CB4C77753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3e2bff_9935_11e3_baa0_0025902b3cc1_2FEC9CD6_5EDF_4263_98B2_16CE2837421754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893883e7_78a5_11e1_9332_0025902b3cc1_095E8113_17DF_488E_AAB1_7BE323E78C8455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893883ed_78a5_11e1_9332_0025902b3cc1_F11F6BA6_4C9A_43D7_89DE_0429D649D9A556.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4de5fc_9934_11e3_baa0_0025902b3cc1_FBB17FCC_A18D_42B6_B1A6_167C92AA386657.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb21_ff8f_11e0_833e_003048f27c5f_38F32FDD_D887_46A4_B71C_5FD2190CEE5958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb28_ff8f_11e0_833e_003048f27c5f_03CEC2D7_588B_4883_B699_65B1F67128B659.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb42_ff8f_11e0_833e_003048f27c5f_E6C2C613_9C45_4073_B808_40CBED1FB0F260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb2f_ff8f_11e0_833e_003048f27c5f_FE8BE62B_9E0C_4255_9A24_85757279191961.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb36_ff8f_11e0_833e_003048f27c5f_0B0A518F_B174_497B_A17B_3A7AE4001E0862.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb49_ff8f_11e0_833e_003048f27c5f_C3FB1A8A_B885_4572_A262_86B50BF1ABC163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff75d_2526_11e0_99a4_003048f27c5f_C3BBF8AE_D631_4170_AF9C_5285BF54F7E364.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22aec287_35b2_11e0_af9a_d3dd3d98c32b_2AC71259_B317_4681_A116_6235A416F66465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1632246_ff31_11e0_833e_003048f27c5f_B7C4845B_29AE_42DB_8E65_10E69E1A866E66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e163224d_ff31_11e0_833e_003048f27c5f_8DDBD21A_C569_4033_B98C_982A5D72130667.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5566efc0_ff2c_11e0_833e_003048f27c5f_CB9BF4BC_1F7D_4A7D_A4E9_7FCC87B4100768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47168753_ff16_11e0_833e_003048f27c5f_B5093859_1A35_4E73_932A_A7F698307B6069.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5458,81 +5458,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="581025"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="581025"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -9312,147 +9312,147 @@
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R (TOP) 150 \ Кронштейн наклонный</t>
-[...3 lines deleted...]
-Артикул: RTP.050.CH</t>
+            <t xml:space="preserve">R (U) 494 \ Крючок (усиленный зацеп)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.043.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 400</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 20</t>
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">447.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R (U) 494 \ Крючок (усиленный зацеп)</t>
-[...3 lines deleted...]
-Артикул: RTP.043.CH</t>
+            <t xml:space="preserve">R (TOP) 150 \ Кронштейн наклонный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.050.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Нет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">447.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>