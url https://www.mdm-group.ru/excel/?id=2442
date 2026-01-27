--- v1 (2025-12-08)
+++ v2 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10.10.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Format</t>
   </si>
   <si>
     <t>Компания МДМ представляет новую систему торгового оборудования Format. Это система — конструктор с широкими возможностями для дизайна торгового интерьера. Основной элемент системы — стойки с перфорацией, нанесенной с тыльной стороны. Благодаря этому фронтальная сторона стойки не имеет никаких отверстий, выглядит визуально целостной и эстетичной.Новая система совместима с такими хитами торгового оборудования как Global, Roto и Four, благодаря чему Format предлагает большой выбор навесных элементов. В систему Format входят и стойки для островных гондол, которые комплектуются навесными элементами и полками.  Материал полок на ваш выбор: ДСП, МДФ оклеенный пленкой ПВХ (большой выбор текстур) или окрашенный, а также матовое и прозрачное стекло. Полки из ДСП и МДФ имеют как традиционную прямоугольную, так и фигурную форму.В верхней части системы предусмотрена установка держател</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FMT 001D \ Стойка с перфорацией</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FMT.001D.CH</t>
     </r>
@@ -97,51 +97,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Необходимо комплектовать креплением к стене - 2 шт. и рег. ножками J 14 с</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2318.00</t>
+      <t xml:space="preserve">2364.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FMT 001C \ Стойка с перфорацией</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FMT.001C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -158,96 +158,96 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Необходимо комплектовать креплением к стене - 2 шт. и рег. ножками J 14 с</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2754.00</t>
+      <t xml:space="preserve">2809.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FMT 002 \ Крепление к стене</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FMT.002.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">326.00</t>
+      <t xml:space="preserve">333.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -264,51 +264,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.76</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
@@ -321,51 +321,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.52</t>
+      <t xml:space="preserve">27.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
@@ -386,51 +386,51 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055R.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -443,51 +443,51 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.016.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -549,51 +549,51 @@
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.60</t>
+      <t xml:space="preserve">5.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Присоска - \ Присоска для стекла</t>
@@ -606,51 +606,51 @@
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.90</t>
+      <t xml:space="preserve">6.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3015 \ Заглушка для овальной трубы 30х15х1,0–1,2 мм</t>
@@ -728,51 +728,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">908.00</t>
+      <t xml:space="preserve">926.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038B.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -785,51 +785,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1020.00</t>
+      <t xml:space="preserve">1040.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-1200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038C.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -842,51 +842,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1224.00</t>
+      <t xml:space="preserve">1248.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-600 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039A.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -895,51 +895,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">490.00</t>
+      <t xml:space="preserve">500.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Type 39 \ Штанга (L-1200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.111.CH</t>
@@ -1013,51 +1013,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">683.00</t>
+      <t xml:space="preserve">697.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-1200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039C.HL.CH</t>
@@ -1070,51 +1070,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">842.00</t>
+      <t xml:space="preserve">859.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 57L.HL \ Держатель прямоугольной трубы (левый, L-50мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.57B L.HL.CH</t>
@@ -1131,51 +1131,51 @@
       <t xml:space="preserve">
 Глубина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">152.00</t>
+      <t xml:space="preserve">155.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-50мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.57B R.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1188,51 +1188,51 @@
       <t xml:space="preserve">
 Глубина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">152.00</t>
+      <t xml:space="preserve">155.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 57L.HL \ Держатель прямоугольной трубы (левый, L-300мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.57A L.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1245,51 +1245,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">385.00</t>
+      <t xml:space="preserve">393.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-300мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.57A R.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1302,92 +1302,92 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">385.00</t>
+      <t xml:space="preserve">393.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 58 \ Держатель полки для GL 57</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.058.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76.50</t>
+      <t xml:space="preserve">78.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1400,51 +1400,51 @@
       </rPr>
       <t xml:space="preserve">GL 59 \ Держатель полки для GL 38 и NP-38</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.059.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">124.00</t>
+      <t xml:space="preserve">126.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1465,51 +1465,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">428.00</t>
+      <t xml:space="preserve">437.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
@@ -1522,51 +1522,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">224.00</t>
+      <t xml:space="preserve">228.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 105-K \Кронштейн наклонный с штырьками</t>
@@ -1579,51 +1579,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">209.00</t>
+      <t xml:space="preserve">213.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
@@ -1636,51 +1636,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">388.00</t>
+      <t xml:space="preserve">396.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 112 \ Кронштейн с крючками</t>
@@ -1693,51 +1693,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">386.00</t>
+      <t xml:space="preserve">394.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 106 \ Кронштейн</t>
@@ -1811,51 +1811,51 @@
       <t xml:space="preserve">
 Глубина, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">90.78</t>
+      <t xml:space="preserve">92.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 113 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.021.CH</t>
@@ -1864,51 +1864,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">275.00</t>
+      <t xml:space="preserve">281.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 113-K \ Кронштейн прямой</t>
@@ -1921,51 +1921,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">159.00</t>
+      <t xml:space="preserve">162.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 109 \ Кронштейн</t>
@@ -1978,51 +1978,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">439.00</t>
+      <t xml:space="preserve">448.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 107 \ Кассета для сорочек</t>
@@ -2096,51 +2096,51 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">51.00</t>
+      <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 291 \ Крючок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.028.CH</t>
@@ -2153,51 +2153,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 292 \ Крючок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.029.CH</t>
@@ -2210,51 +2210,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64.26</t>
+      <t xml:space="preserve">65.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 293 \ Крючок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.030.CH</t>
@@ -2267,51 +2267,51 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">72.42</t>
+      <t xml:space="preserve">73.44</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 294 \ Крючок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.033.CH</t>
@@ -2324,51 +2324,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74.46</t>
+      <t xml:space="preserve">75.48</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 597 \ Кронштейн карусель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.040.CH</t>
@@ -2446,100 +2446,100 @@
       <t xml:space="preserve">
 Высота, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пруток д-5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">332.00</t>
+      <t xml:space="preserve">339.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (U) 405 \ Кронштейн наклонный (усиленный зацеп)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.041.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">439.00</t>
+      <t xml:space="preserve">448.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (U) 413 \ Кронштейн прямой (усиленный зацеп)</t>
@@ -2552,51 +2552,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">287.00</t>
+      <t xml:space="preserve">293.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (U) 491 \ Крючок (усиленный зацеп)</t>
@@ -2666,169 +2666,169 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">516.00</t>
+      <t xml:space="preserve">526.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R (U) 494 \ Крючок (усиленный зацеп)</t>
-[...3 lines deleted...]
-Артикул: RTP.043.CH</t>
+      <t xml:space="preserve">R (TOP) 150 \ Кронштейн наклонный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.050.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Нет</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">456.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R (TOP) 150 \ Кронштейн наклонный</t>
-[...3 lines deleted...]
-Артикул: RTP.050.CH</t>
+      <t xml:space="preserve">R (U) 494 \ Крючок (усиленный зацеп)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.043.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 400</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 20</t>
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">447.00</t>
+      <t xml:space="preserve">109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 153 \ Кронштейн прямой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.048.CH</t>
@@ -2837,51 +2837,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">372.00</t>
+      <t xml:space="preserve">379.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 496 \ Кронштейн прямой</t>
@@ -2898,51 +2898,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">123.00</t>
+      <t xml:space="preserve">125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FMT.101 \ Полка для GL 23, GL 59</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FMT.101C.DSP-25</t>
@@ -2959,51 +2959,51 @@
       <t xml:space="preserve">
 Толщина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 335</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1206</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">840.00</t>
+      <t xml:space="preserve">857.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FMT.102 \ Полка фигурная для GL 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FMT.102A.DSP-16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
@@ -3012,51 +3012,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 445</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 606</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">435.00</t>
+      <t xml:space="preserve">444.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FMT 103c \ Полка для GL 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FMT.103C.GL</t>
@@ -3069,51 +3069,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 335</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1195</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2141.00</t>
+      <t xml:space="preserve">2184.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FMT 103a \ Полка для GL 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FMT.103A.MGL</t>
@@ -3130,51 +3130,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 335</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 595</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1179.00</t>
+      <t xml:space="preserve">1203.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FMT 103b \ Полка для GL 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FMT.103B.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый</t>
@@ -3187,51 +3187,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 335</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 895</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1715.00</t>
+      <t xml:space="preserve">1749.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FMT 103c \ Полка для GL 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FMT.103C.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стекло матовое</t>
@@ -3240,51 +3240,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 335</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1195</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2589.00</t>
+      <t xml:space="preserve">2641.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FMT 104a \ Полка фигурная для GL 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FMT.104A.GL</t>
@@ -3301,51 +3301,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 445</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 595</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1528.00</t>
+      <t xml:space="preserve">1559.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FMT 104b \ Полка фигурная для GL 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FMT.104B.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -3358,51 +3358,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 445</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 895</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2202.00</t>
+      <t xml:space="preserve">2246.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FMT 104c \ Полка фигурная для GL 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FMT.104C.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -3415,51 +3415,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 445</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1195</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2877.00</t>
+      <t xml:space="preserve">2935.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FMT 104a \ Полка фигурная для GL 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FMT.104A.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый</t>
@@ -3472,51 +3472,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 445</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 595</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1732.00</t>
+      <t xml:space="preserve">1767.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FMT 104b \ Полка фигурная для GL 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FMT.104B.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый</t>
@@ -3529,51 +3529,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 445</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 895</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2770.00</t>
+      <t xml:space="preserve">2825.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FMT 104c \ Полка фигурная для GL 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FMT.104C.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый</t>
@@ -3586,100 +3586,100 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 445</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1195</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3595.00</t>
+      <t xml:space="preserve">3667.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-75 \ Полкодержатель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.P.075.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.56</t>
+      <t xml:space="preserve">29.58</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-76 \ Полкодержатель</t>
@@ -3692,51 +3692,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.56</t>
+      <t xml:space="preserve">29.58</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FMT 301b \ Полка верхняя</t>
@@ -3761,92 +3761,92 @@
       <t xml:space="preserve">
 Глубина, мм: 355</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 877</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: устанавливается на Primo 75 или Primo 76</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1385.00</t>
+      <t xml:space="preserve">1413.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FMT 401 \ Держатель постера, крайний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FMT.401.V0006.30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебряный муар матовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">541.00</t>
+      <t xml:space="preserve">552.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -3859,51 +3859,51 @@
       </rPr>
       <t xml:space="preserve">Держатель постера, центральный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FMT.402.V0006.30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебряный муар матовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">673.00</t>
+      <t xml:space="preserve">686.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -3924,51 +3924,51 @@
       <t xml:space="preserve">
 Высота, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 927</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры видимого изоб-я постера, мм: 879х302</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1726.00</t>
+      <t xml:space="preserve">1761.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -4036,51 +4036,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e4_4f8f_11e0_86e2_003048f27c5f_34591782_8AFD_4D9C_AE41_F959191FE8442.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e1_4f8f_11e0_86e2_003048f27c5f_38071CC2_356B_4029_B693_B561BB5D91573.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e7_4f8f_11e0_86e2_003048f27c5f_FD4154FF_D72D_4F10_9F98_90FB6BD157BA4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD877.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0c96c5_2209_11e8_ade2_0025902b3cc1_VER_072_CH12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321dc308_b38f_11e0_a476_003048f27c5f_GLB111CH.resize217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1819.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a83e_0427_11e0_99a4_003048f27c5f_72CBFA5E_FA3A_4AC1_A300_B75308D0335420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a841_0427_11e0_99a4_003048f27c5f_485A5F18_DBEB_46C0_94ED_26F86E0B22B421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d958_0427_11e0_99a4_003048f27c5f_30DFF48C_9CB3_42F7_92C8_9349AEC2B37E22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95b_0427_11e0_99a4_003048f27c5f_198B1A2B_B3D1_4B9E_A319_307E33CEC30223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95e_0427_11e0_99a4_003048f27c5f_049A9C43_0C0D_4554_BE3C_11847DB5317E24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C826.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92932.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8833.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_143.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F1147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327457b3_0b57_11e4_9ca4_0025902b3cc1_7DBA787A_F568_4E5D_BB5C_0856DAFCF67649.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B92650.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09289790_2644_11e5_a10e_0025902b3cc1_4E19653C_0AE7_42D7_9B7E_81BD6FB64C3152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef1303e8_ff96_11e0_833e_003048f27c5f_477DD116_71CD_477D_8296_D7642CB4C77753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3e2bff_9935_11e3_baa0_0025902b3cc1_2FEC9CD6_5EDF_4263_98B2_16CE2837421754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893883e7_78a5_11e1_9332_0025902b3cc1_095E8113_17DF_488E_AAB1_7BE323E78C8455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893883ed_78a5_11e1_9332_0025902b3cc1_F11F6BA6_4C9A_43D7_89DE_0429D649D9A556.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4de5fc_9934_11e3_baa0_0025902b3cc1_FBB17FCC_A18D_42B6_B1A6_167C92AA386657.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb21_ff8f_11e0_833e_003048f27c5f_38F32FDD_D887_46A4_B71C_5FD2190CEE5958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb28_ff8f_11e0_833e_003048f27c5f_03CEC2D7_588B_4883_B699_65B1F67128B659.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb42_ff8f_11e0_833e_003048f27c5f_E6C2C613_9C45_4073_B808_40CBED1FB0F260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb2f_ff8f_11e0_833e_003048f27c5f_FE8BE62B_9E0C_4255_9A24_85757279191961.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb36_ff8f_11e0_833e_003048f27c5f_0B0A518F_B174_497B_A17B_3A7AE4001E0862.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb49_ff8f_11e0_833e_003048f27c5f_C3FB1A8A_B885_4572_A262_86B50BF1ABC163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff75d_2526_11e0_99a4_003048f27c5f_C3BBF8AE_D631_4170_AF9C_5285BF54F7E364.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22aec287_35b2_11e0_af9a_d3dd3d98c32b_2AC71259_B317_4681_A116_6235A416F66465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1632246_ff31_11e0_833e_003048f27c5f_B7C4845B_29AE_42DB_8E65_10E69E1A866E66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e163224d_ff31_11e0_833e_003048f27c5f_8DDBD21A_C569_4033_B98C_982A5D72130667.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5566efc0_ff2c_11e0_833e_003048f27c5f_CB9BF4BC_1F7D_4A7D_A4E9_7FCC87B4100768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47168753_ff16_11e0_833e_003048f27c5f_B5093859_1A35_4E73_932A_A7F698307B6069.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e4_4f8f_11e0_86e2_003048f27c5f_34591782_8AFD_4D9C_AE41_F959191FE8442.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e1_4f8f_11e0_86e2_003048f27c5f_38071CC2_356B_4029_B693_B561BB5D91573.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e7_4f8f_11e0_86e2_003048f27c5f_FD4154FF_D72D_4F10_9F98_90FB6BD157BA4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD877.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0c96c5_2209_11e8_ade2_0025902b3cc1_VER_072_CH12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321dc308_b38f_11e0_a476_003048f27c5f_GLB111CH.resize217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1819.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a83e_0427_11e0_99a4_003048f27c5f_72CBFA5E_FA3A_4AC1_A300_B75308D0335420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a841_0427_11e0_99a4_003048f27c5f_485A5F18_DBEB_46C0_94ED_26F86E0B22B421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d958_0427_11e0_99a4_003048f27c5f_30DFF48C_9CB3_42F7_92C8_9349AEC2B37E22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95b_0427_11e0_99a4_003048f27c5f_198B1A2B_B3D1_4B9E_A319_307E33CEC30223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95e_0427_11e0_99a4_003048f27c5f_049A9C43_0C0D_4554_BE3C_11847DB5317E24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C826.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92932.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8833.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_143.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F1147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327457b3_0b57_11e4_9ca4_0025902b3cc1_7DBA787A_F568_4E5D_BB5C_0856DAFCF67648.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B92650.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09289790_2644_11e5_a10e_0025902b3cc1_4E19653C_0AE7_42D7_9B7E_81BD6FB64C3152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef1303e8_ff96_11e0_833e_003048f27c5f_477DD116_71CD_477D_8296_D7642CB4C77753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3e2bff_9935_11e3_baa0_0025902b3cc1_2FEC9CD6_5EDF_4263_98B2_16CE2837421754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893883e7_78a5_11e1_9332_0025902b3cc1_095E8113_17DF_488E_AAB1_7BE323E78C8455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893883ed_78a5_11e1_9332_0025902b3cc1_F11F6BA6_4C9A_43D7_89DE_0429D649D9A556.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4de5fc_9934_11e3_baa0_0025902b3cc1_FBB17FCC_A18D_42B6_B1A6_167C92AA386657.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb21_ff8f_11e0_833e_003048f27c5f_38F32FDD_D887_46A4_B71C_5FD2190CEE5958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb28_ff8f_11e0_833e_003048f27c5f_03CEC2D7_588B_4883_B699_65B1F67128B659.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb42_ff8f_11e0_833e_003048f27c5f_E6C2C613_9C45_4073_B808_40CBED1FB0F260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb2f_ff8f_11e0_833e_003048f27c5f_FE8BE62B_9E0C_4255_9A24_85757279191961.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb36_ff8f_11e0_833e_003048f27c5f_0B0A518F_B174_497B_A17B_3A7AE4001E0862.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb49_ff8f_11e0_833e_003048f27c5f_C3FB1A8A_B885_4572_A262_86B50BF1ABC163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff75d_2526_11e0_99a4_003048f27c5f_C3BBF8AE_D631_4170_AF9C_5285BF54F7E364.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22aec287_35b2_11e0_af9a_d3dd3d98c32b_2AC71259_B317_4681_A116_6235A416F66465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1632246_ff31_11e0_833e_003048f27c5f_B7C4845B_29AE_42DB_8E65_10E69E1A866E66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e163224d_ff31_11e0_833e_003048f27c5f_8DDBD21A_C569_4033_B98C_982A5D72130667.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5566efc0_ff2c_11e0_833e_003048f27c5f_CB9BF4BC_1F7D_4A7D_A4E9_7FCC87B4100768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47168753_ff16_11e0_833e_003048f27c5f_B5093859_1A35_4E73_932A_A7F698307B6069.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5458,81 +5458,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="581025"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="581025"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -6450,51 +6450,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10.10.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -6534,51 +6534,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Необходимо комплектовать креплением к стене - 2 шт. и рег. ножками J 14 с</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2318.00</t>
+            <t xml:space="preserve">2364.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FMT 001C \ Стойка с перфорацией</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FMT.001C.CH</t>
           </r>
@@ -6598,101 +6598,101 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Перфорация с внутренней стороны. Необходимо комплектовать креплением к стене - 2 шт. и рег. ножками J 14 с</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2754.00</t>
+            <t xml:space="preserve">2809.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FMT 002 \ Крепление к стене</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FMT.002.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">326.00</t>
+            <t xml:space="preserve">333.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6712,51 +6712,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.76</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6774,51 +6774,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.52</t>
+            <t xml:space="preserve">27.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6842,51 +6842,51 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6904,51 +6904,51 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.016.TR</t>
           </r>
@@ -7018,51 +7018,51 @@
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.60</t>
+            <t xml:space="preserve">5.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7078,51 +7078,51 @@
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.90</t>
+            <t xml:space="preserve">6.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7208,51 +7208,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">908.00</t>
+            <t xml:space="preserve">926.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-900 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7270,51 +7270,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1020.00</t>
+            <t xml:space="preserve">1040.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-1200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.038C.HL.CH</t>
           </r>
@@ -7330,51 +7330,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1224.00</t>
+            <t xml:space="preserve">1248.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 39.HL \ Штанга (L-600 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7388,51 +7388,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">490.00</t>
+            <t xml:space="preserve">500.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Type 39 \ Штанга (L-1200 мм)</t>
           </r>
@@ -7514,51 +7514,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">683.00</t>
+            <t xml:space="preserve">697.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 39.HL \ Штанга (L-1200мм)</t>
           </r>
@@ -7574,51 +7574,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">842.00</t>
+            <t xml:space="preserve">859.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7640,51 +7640,51 @@
             <t xml:space="preserve">
 Глубина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">152.00</t>
+            <t xml:space="preserve">155.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-50мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.57B R.HL.CH</t>
           </r>
@@ -7700,51 +7700,51 @@
             <t xml:space="preserve">
 Глубина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">152.00</t>
+            <t xml:space="preserve">155.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 57L.HL \ Держатель прямоугольной трубы (левый, L-300мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7762,51 +7762,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">385.00</t>
+            <t xml:space="preserve">393.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-300мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.57A R.HL.CH</t>
           </r>
@@ -7822,97 +7822,97 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">385.00</t>
+            <t xml:space="preserve">393.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 58 \ Держатель полки для GL 57</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.058.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76.50</t>
+            <t xml:space="preserve">78.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
@@ -7928,51 +7928,51 @@
             </rPr>
             <t xml:space="preserve">GL 59 \ Держатель полки для GL 38 и NP-38</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.059.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">124.00</t>
+            <t xml:space="preserve">126.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
@@ -7998,51 +7998,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">428.00</t>
+            <t xml:space="preserve">437.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -8058,51 +8058,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">224.00</t>
+            <t xml:space="preserve">228.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -8120,51 +8120,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">209.00</t>
+            <t xml:space="preserve">213.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -8180,51 +8180,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">388.00</t>
+            <t xml:space="preserve">396.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -8242,51 +8242,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">386.00</t>
+            <t xml:space="preserve">394.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -8368,51 +8368,51 @@
             <t xml:space="preserve">
 Глубина, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">90.78</t>
+            <t xml:space="preserve">92.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 113 \ Кронштейн</t>
           </r>
@@ -8424,51 +8424,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">275.00</t>
+            <t xml:space="preserve">281.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -8486,51 +8486,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">159.00</t>
+            <t xml:space="preserve">162.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -8546,51 +8546,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">439.00</t>
+            <t xml:space="preserve">448.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -8672,51 +8672,51 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51.00</t>
+            <t xml:space="preserve">52.02</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8734,51 +8734,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 292 \ Крючок</t>
           </r>
@@ -8794,51 +8794,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64.26</t>
+            <t xml:space="preserve">65.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8856,51 +8856,51 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">72.42</t>
+            <t xml:space="preserve">73.44</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 294 \ Крючок</t>
           </r>
@@ -8916,51 +8916,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74.46</t>
+            <t xml:space="preserve">75.48</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9046,51 +9046,51 @@
             <t xml:space="preserve">
 Высота, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пруток д-5мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">332.00</t>
+            <t xml:space="preserve">339.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R (U) 405 \ Кронштейн наклонный (усиленный зацеп)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9100,51 +9100,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">439.00</t>
+            <t xml:space="preserve">448.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9160,51 +9160,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">287.00</t>
+            <t xml:space="preserve">293.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -9282,177 +9282,177 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">516.00</t>
+            <t xml:space="preserve">526.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R (U) 494 \ Крючок (усиленный зацеп)</t>
-[...3 lines deleted...]
-Артикул: RTP.043.CH</t>
+            <t xml:space="preserve">R (TOP) 150 \ Кронштейн наклонный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.050.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Нет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">456.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R (TOP) 150 \ Кронштейн наклонный</t>
-[...3 lines deleted...]
-Артикул: RTP.050.CH</t>
+            <t xml:space="preserve">R (U) 494 \ Крючок (усиленный зацеп)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.043.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 400</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 20</t>
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">447.00</t>
+            <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9466,51 +9466,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">372.00</t>
+            <t xml:space="preserve">379.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -9530,51 +9530,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">123.00</t>
+            <t xml:space="preserve">125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9596,51 +9596,51 @@
             <t xml:space="preserve">
 Толщина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 335</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1206</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">840.00</t>
+            <t xml:space="preserve">857.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FMT.102 \ Полка фигурная для GL 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FMT.102A.DSP-16</t>
           </r>
@@ -9652,51 +9652,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 445</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 606</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">435.00</t>
+            <t xml:space="preserve">444.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9714,51 +9714,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 335</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1195</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2141.00</t>
+            <t xml:space="preserve">2184.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FMT 103a \ Полка для GL 55</t>
           </r>
@@ -9778,51 +9778,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 335</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 595</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1179.00</t>
+            <t xml:space="preserve">1203.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FMT 103b \ Полка для GL 55</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9840,51 +9840,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 335</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 895</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1715.00</t>
+            <t xml:space="preserve">1749.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FMT 103c \ Полка для GL 55</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FMT.103C.MGL</t>
           </r>
@@ -9896,51 +9896,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 335</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1195</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2589.00</t>
+            <t xml:space="preserve">2641.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9962,51 +9962,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 445</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 595</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1528.00</t>
+            <t xml:space="preserve">1559.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FMT 104b \ Полка фигурная для GL 55</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FMT.104B.GL</t>
           </r>
@@ -10022,51 +10022,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 445</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 895</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2202.00</t>
+            <t xml:space="preserve">2246.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FMT 104c \ Полка фигурная для GL 55</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10084,51 +10084,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 445</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1195</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2877.00</t>
+            <t xml:space="preserve">2935.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FMT 104a \ Полка фигурная для GL 55</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FMT.104A.MGL</t>
           </r>
@@ -10144,51 +10144,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 445</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 595</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1732.00</t>
+            <t xml:space="preserve">1767.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FMT 104b \ Полка фигурная для GL 55</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10206,51 +10206,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 445</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 895</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2770.00</t>
+            <t xml:space="preserve">2825.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FMT 104c \ Полка фигурная для GL 55</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FMT.104C.MGL</t>
           </r>
@@ -10266,51 +10266,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 445</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1195</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3595.00</t>
+            <t xml:space="preserve">3667.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-75 \ Полкодержатель</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10320,51 +10320,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.56</t>
+            <t xml:space="preserve">29.58</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -10380,51 +10380,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.56</t>
+            <t xml:space="preserve">29.58</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -10454,95 +10454,95 @@
             <t xml:space="preserve">
 Глубина, мм: 355</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 877</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: устанавливается на Primo 75 или Primo 76</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1385.00</t>
+            <t xml:space="preserve">1413.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FMT 401 \ Держатель постера, крайний</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FMT.401.V0006.30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серебряный муар матовый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">541.00</t>
+            <t xml:space="preserve">552.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
@@ -10560,51 +10560,51 @@
             </rPr>
             <t xml:space="preserve">Держатель постера, центральный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FMT.402.V0006.30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серебряный муар матовый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">673.00</t>
+            <t xml:space="preserve">686.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
@@ -10628,51 +10628,51 @@
             <t xml:space="preserve">
 Высота, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 927</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры видимого изоб-я постера, мм: 879х302</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1726.00</t>
+            <t xml:space="preserve">1761.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>