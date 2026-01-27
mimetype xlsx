--- v2 (2026-01-27)
+++ v3 (2026-01-27)
@@ -2691,144 +2691,144 @@
       <t xml:space="preserve">526.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R (TOP) 150 \ Кронштейн наклонный</t>
-[...3 lines deleted...]
-Артикул: RTP.050.CH</t>
+      <t xml:space="preserve">R (U) 494 \ Крючок (усиленный зацеп)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.043.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 400</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 20</t>
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">456.00</t>
+      <t xml:space="preserve">109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R (U) 494 \ Крючок (усиленный зацеп)</t>
-[...3 lines deleted...]
-Артикул: RTP.043.CH</t>
+      <t xml:space="preserve">R (TOP) 150 \ Кронштейн наклонный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.050.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Нет</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">109.00</t>
+      <t xml:space="preserve">456.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 153 \ Кронштейн прямой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.048.CH</t>
@@ -4036,51 +4036,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e4_4f8f_11e0_86e2_003048f27c5f_34591782_8AFD_4D9C_AE41_F959191FE8442.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e1_4f8f_11e0_86e2_003048f27c5f_38071CC2_356B_4029_B693_B561BB5D91573.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e7_4f8f_11e0_86e2_003048f27c5f_FD4154FF_D72D_4F10_9F98_90FB6BD157BA4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD877.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0c96c5_2209_11e8_ade2_0025902b3cc1_VER_072_CH12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321dc308_b38f_11e0_a476_003048f27c5f_GLB111CH.resize217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1819.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a83e_0427_11e0_99a4_003048f27c5f_72CBFA5E_FA3A_4AC1_A300_B75308D0335420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a841_0427_11e0_99a4_003048f27c5f_485A5F18_DBEB_46C0_94ED_26F86E0B22B421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d958_0427_11e0_99a4_003048f27c5f_30DFF48C_9CB3_42F7_92C8_9349AEC2B37E22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95b_0427_11e0_99a4_003048f27c5f_198B1A2B_B3D1_4B9E_A319_307E33CEC30223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95e_0427_11e0_99a4_003048f27c5f_049A9C43_0C0D_4554_BE3C_11847DB5317E24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C826.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92932.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8833.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_143.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F1147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327457b3_0b57_11e4_9ca4_0025902b3cc1_7DBA787A_F568_4E5D_BB5C_0856DAFCF67648.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B92650.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09289790_2644_11e5_a10e_0025902b3cc1_4E19653C_0AE7_42D7_9B7E_81BD6FB64C3152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef1303e8_ff96_11e0_833e_003048f27c5f_477DD116_71CD_477D_8296_D7642CB4C77753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3e2bff_9935_11e3_baa0_0025902b3cc1_2FEC9CD6_5EDF_4263_98B2_16CE2837421754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893883e7_78a5_11e1_9332_0025902b3cc1_095E8113_17DF_488E_AAB1_7BE323E78C8455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893883ed_78a5_11e1_9332_0025902b3cc1_F11F6BA6_4C9A_43D7_89DE_0429D649D9A556.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4de5fc_9934_11e3_baa0_0025902b3cc1_FBB17FCC_A18D_42B6_B1A6_167C92AA386657.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb21_ff8f_11e0_833e_003048f27c5f_38F32FDD_D887_46A4_B71C_5FD2190CEE5958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb28_ff8f_11e0_833e_003048f27c5f_03CEC2D7_588B_4883_B699_65B1F67128B659.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb42_ff8f_11e0_833e_003048f27c5f_E6C2C613_9C45_4073_B808_40CBED1FB0F260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb2f_ff8f_11e0_833e_003048f27c5f_FE8BE62B_9E0C_4255_9A24_85757279191961.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb36_ff8f_11e0_833e_003048f27c5f_0B0A518F_B174_497B_A17B_3A7AE4001E0862.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb49_ff8f_11e0_833e_003048f27c5f_C3FB1A8A_B885_4572_A262_86B50BF1ABC163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff75d_2526_11e0_99a4_003048f27c5f_C3BBF8AE_D631_4170_AF9C_5285BF54F7E364.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22aec287_35b2_11e0_af9a_d3dd3d98c32b_2AC71259_B317_4681_A116_6235A416F66465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1632246_ff31_11e0_833e_003048f27c5f_B7C4845B_29AE_42DB_8E65_10E69E1A866E66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e163224d_ff31_11e0_833e_003048f27c5f_8DDBD21A_C569_4033_B98C_982A5D72130667.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5566efc0_ff2c_11e0_833e_003048f27c5f_CB9BF4BC_1F7D_4A7D_A4E9_7FCC87B4100768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47168753_ff16_11e0_833e_003048f27c5f_B5093859_1A35_4E73_932A_A7F698307B6069.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e4_4f8f_11e0_86e2_003048f27c5f_34591782_8AFD_4D9C_AE41_F959191FE8442.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e1_4f8f_11e0_86e2_003048f27c5f_38071CC2_356B_4029_B693_B561BB5D91573.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e7_4f8f_11e0_86e2_003048f27c5f_FD4154FF_D72D_4F10_9F98_90FB6BD157BA4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD877.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0c96c5_2209_11e8_ade2_0025902b3cc1_VER_072_CH12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321dc308_b38f_11e0_a476_003048f27c5f_GLB111CH.resize217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1819.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a83e_0427_11e0_99a4_003048f27c5f_72CBFA5E_FA3A_4AC1_A300_B75308D0335420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a841_0427_11e0_99a4_003048f27c5f_485A5F18_DBEB_46C0_94ED_26F86E0B22B421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d958_0427_11e0_99a4_003048f27c5f_30DFF48C_9CB3_42F7_92C8_9349AEC2B37E22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95b_0427_11e0_99a4_003048f27c5f_198B1A2B_B3D1_4B9E_A319_307E33CEC30223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95e_0427_11e0_99a4_003048f27c5f_049A9C43_0C0D_4554_BE3C_11847DB5317E24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C826.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92932.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8833.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_143.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F1147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327457b3_0b57_11e4_9ca4_0025902b3cc1_7DBA787A_F568_4E5D_BB5C_0856DAFCF67649.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B92650.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09289790_2644_11e5_a10e_0025902b3cc1_4E19653C_0AE7_42D7_9B7E_81BD6FB64C3152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef1303e8_ff96_11e0_833e_003048f27c5f_477DD116_71CD_477D_8296_D7642CB4C77753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3e2bff_9935_11e3_baa0_0025902b3cc1_2FEC9CD6_5EDF_4263_98B2_16CE2837421754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893883e7_78a5_11e1_9332_0025902b3cc1_095E8113_17DF_488E_AAB1_7BE323E78C8455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893883ed_78a5_11e1_9332_0025902b3cc1_F11F6BA6_4C9A_43D7_89DE_0429D649D9A556.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4de5fc_9934_11e3_baa0_0025902b3cc1_FBB17FCC_A18D_42B6_B1A6_167C92AA386657.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb21_ff8f_11e0_833e_003048f27c5f_38F32FDD_D887_46A4_B71C_5FD2190CEE5958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb28_ff8f_11e0_833e_003048f27c5f_03CEC2D7_588B_4883_B699_65B1F67128B659.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb42_ff8f_11e0_833e_003048f27c5f_E6C2C613_9C45_4073_B808_40CBED1FB0F260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb2f_ff8f_11e0_833e_003048f27c5f_FE8BE62B_9E0C_4255_9A24_85757279191961.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb36_ff8f_11e0_833e_003048f27c5f_0B0A518F_B174_497B_A17B_3A7AE4001E0862.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb49_ff8f_11e0_833e_003048f27c5f_C3FB1A8A_B885_4572_A262_86B50BF1ABC163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff75d_2526_11e0_99a4_003048f27c5f_C3BBF8AE_D631_4170_AF9C_5285BF54F7E364.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22aec287_35b2_11e0_af9a_d3dd3d98c32b_2AC71259_B317_4681_A116_6235A416F66465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1632246_ff31_11e0_833e_003048f27c5f_B7C4845B_29AE_42DB_8E65_10E69E1A866E66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e163224d_ff31_11e0_833e_003048f27c5f_8DDBD21A_C569_4033_B98C_982A5D72130667.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5566efc0_ff2c_11e0_833e_003048f27c5f_CB9BF4BC_1F7D_4A7D_A4E9_7FCC87B4100768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47168753_ff16_11e0_833e_003048f27c5f_B5093859_1A35_4E73_932A_A7F698307B6069.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5458,81 +5458,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="581025"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="581025"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -9312,147 +9312,147 @@
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R (TOP) 150 \ Кронштейн наклонный</t>
-[...3 lines deleted...]
-Артикул: RTP.050.CH</t>
+            <t xml:space="preserve">R (U) 494 \ Крючок (усиленный зацеп)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.043.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 400</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 20</t>
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">456.00</t>
+            <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R (U) 494 \ Крючок (усиленный зацеп)</t>
-[...3 lines deleted...]
-Артикул: RTP.043.CH</t>
+            <t xml:space="preserve">R (TOP) 150 \ Кронштейн наклонный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.050.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Нет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">109.00</t>
+            <t xml:space="preserve">456.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>