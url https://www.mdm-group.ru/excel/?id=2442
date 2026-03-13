--- v3 (2026-01-27)
+++ v4 (2026-03-13)
@@ -232,86 +232,86 @@
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
-[...3 lines deleted...]
-Артикул: SEV.340.BL</t>
+      <t xml:space="preserve">Ножка на подвижном шарнире, M10x30, D-40, черная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.340.40.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">91.80</t>
+      <t xml:space="preserve">89.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -936,78 +936,74 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Type 39 \ Штанга (L-1200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.111.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 07.08.2025</t>
-[...6 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 810 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">485.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039B.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -4036,51 +4032,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e4_4f8f_11e0_86e2_003048f27c5f_34591782_8AFD_4D9C_AE41_F959191FE8442.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e1_4f8f_11e0_86e2_003048f27c5f_38071CC2_356B_4029_B693_B561BB5D91573.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e7_4f8f_11e0_86e2_003048f27c5f_FD4154FF_D72D_4F10_9F98_90FB6BD157BA4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD877.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0c96c5_2209_11e8_ade2_0025902b3cc1_VER_072_CH12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321dc308_b38f_11e0_a476_003048f27c5f_GLB111CH.resize217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1819.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a83e_0427_11e0_99a4_003048f27c5f_72CBFA5E_FA3A_4AC1_A300_B75308D0335420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a841_0427_11e0_99a4_003048f27c5f_485A5F18_DBEB_46C0_94ED_26F86E0B22B421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d958_0427_11e0_99a4_003048f27c5f_30DFF48C_9CB3_42F7_92C8_9349AEC2B37E22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95b_0427_11e0_99a4_003048f27c5f_198B1A2B_B3D1_4B9E_A319_307E33CEC30223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95e_0427_11e0_99a4_003048f27c5f_049A9C43_0C0D_4554_BE3C_11847DB5317E24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C826.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92932.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8833.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_143.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F1147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327457b3_0b57_11e4_9ca4_0025902b3cc1_7DBA787A_F568_4E5D_BB5C_0856DAFCF67649.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B92650.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09289790_2644_11e5_a10e_0025902b3cc1_4E19653C_0AE7_42D7_9B7E_81BD6FB64C3152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef1303e8_ff96_11e0_833e_003048f27c5f_477DD116_71CD_477D_8296_D7642CB4C77753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3e2bff_9935_11e3_baa0_0025902b3cc1_2FEC9CD6_5EDF_4263_98B2_16CE2837421754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893883e7_78a5_11e1_9332_0025902b3cc1_095E8113_17DF_488E_AAB1_7BE323E78C8455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893883ed_78a5_11e1_9332_0025902b3cc1_F11F6BA6_4C9A_43D7_89DE_0429D649D9A556.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4de5fc_9934_11e3_baa0_0025902b3cc1_FBB17FCC_A18D_42B6_B1A6_167C92AA386657.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb21_ff8f_11e0_833e_003048f27c5f_38F32FDD_D887_46A4_B71C_5FD2190CEE5958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb28_ff8f_11e0_833e_003048f27c5f_03CEC2D7_588B_4883_B699_65B1F67128B659.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb42_ff8f_11e0_833e_003048f27c5f_E6C2C613_9C45_4073_B808_40CBED1FB0F260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb2f_ff8f_11e0_833e_003048f27c5f_FE8BE62B_9E0C_4255_9A24_85757279191961.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb36_ff8f_11e0_833e_003048f27c5f_0B0A518F_B174_497B_A17B_3A7AE4001E0862.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb49_ff8f_11e0_833e_003048f27c5f_C3FB1A8A_B885_4572_A262_86B50BF1ABC163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff75d_2526_11e0_99a4_003048f27c5f_C3BBF8AE_D631_4170_AF9C_5285BF54F7E364.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22aec287_35b2_11e0_af9a_d3dd3d98c32b_2AC71259_B317_4681_A116_6235A416F66465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1632246_ff31_11e0_833e_003048f27c5f_B7C4845B_29AE_42DB_8E65_10E69E1A866E66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e163224d_ff31_11e0_833e_003048f27c5f_8DDBD21A_C569_4033_B98C_982A5D72130667.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5566efc0_ff2c_11e0_833e_003048f27c5f_CB9BF4BC_1F7D_4A7D_A4E9_7FCC87B4100768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47168753_ff16_11e0_833e_003048f27c5f_B5093859_1A35_4E73_932A_A7F698307B6069.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e4_4f8f_11e0_86e2_003048f27c5f_34591782_8AFD_4D9C_AE41_F959191FE8442.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e1_4f8f_11e0_86e2_003048f27c5f_38071CC2_356B_4029_B693_B561BB5D91573.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e7_4f8f_11e0_86e2_003048f27c5f_FD4154FF_D72D_4F10_9F98_90FB6BD157BA4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c01353e_b894_11ef_8ec3_0050569cf81d_SEV340-40-BL5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD877.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0c96c5_2209_11e8_ade2_0025902b3cc1_VER_072_CH12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321dc308_b38f_11e0_a476_003048f27c5f_GLB111CH.resize217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1819.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a83e_0427_11e0_99a4_003048f27c5f_72CBFA5E_FA3A_4AC1_A300_B75308D0335420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a841_0427_11e0_99a4_003048f27c5f_485A5F18_DBEB_46C0_94ED_26F86E0B22B421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d958_0427_11e0_99a4_003048f27c5f_30DFF48C_9CB3_42F7_92C8_9349AEC2B37E22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95b_0427_11e0_99a4_003048f27c5f_198B1A2B_B3D1_4B9E_A319_307E33CEC30223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95e_0427_11e0_99a4_003048f27c5f_049A9C43_0C0D_4554_BE3C_11847DB5317E24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C826.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C828.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92932.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8833.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_143.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C044.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F1147.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327457b3_0b57_11e4_9ca4_0025902b3cc1_7DBA787A_F568_4E5D_BB5C_0856DAFCF67649.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B92650.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09289790_2644_11e5_a10e_0025902b3cc1_4E19653C_0AE7_42D7_9B7E_81BD6FB64C3152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef1303e8_ff96_11e0_833e_003048f27c5f_477DD116_71CD_477D_8296_D7642CB4C77753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3e2bff_9935_11e3_baa0_0025902b3cc1_2FEC9CD6_5EDF_4263_98B2_16CE2837421754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893883e7_78a5_11e1_9332_0025902b3cc1_095E8113_17DF_488E_AAB1_7BE323E78C8455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893883ed_78a5_11e1_9332_0025902b3cc1_F11F6BA6_4C9A_43D7_89DE_0429D649D9A556.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4de5fc_9934_11e3_baa0_0025902b3cc1_FBB17FCC_A18D_42B6_B1A6_167C92AA386657.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb21_ff8f_11e0_833e_003048f27c5f_38F32FDD_D887_46A4_B71C_5FD2190CEE5958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb28_ff8f_11e0_833e_003048f27c5f_03CEC2D7_588B_4883_B699_65B1F67128B659.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb42_ff8f_11e0_833e_003048f27c5f_E6C2C613_9C45_4073_B808_40CBED1FB0F260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb2f_ff8f_11e0_833e_003048f27c5f_FE8BE62B_9E0C_4255_9A24_85757279191961.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb36_ff8f_11e0_833e_003048f27c5f_0B0A518F_B174_497B_A17B_3A7AE4001E0862.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8feb49_ff8f_11e0_833e_003048f27c5f_C3FB1A8A_B885_4572_A262_86B50BF1ABC163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff75d_2526_11e0_99a4_003048f27c5f_C3BBF8AE_D631_4170_AF9C_5285BF54F7E364.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22aec287_35b2_11e0_af9a_d3dd3d98c32b_2AC71259_B317_4681_A116_6235A416F66465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1632246_ff31_11e0_833e_003048f27c5f_B7C4845B_29AE_42DB_8E65_10E69E1A866E66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e163224d_ff31_11e0_833e_003048f27c5f_8DDBD21A_C569_4033_B98C_982A5D72130667.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5566efc0_ff2c_11e0_833e_003048f27c5f_CB9BF4BC_1F7D_4A7D_A4E9_7FCC87B4100768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47168753_ff16_11e0_833e_003048f27c5f_B5093859_1A35_4E73_932A_A7F698307B6069.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6680,86 +6676,86 @@
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
-[...3 lines deleted...]
-Артикул: SEV.340.BL</t>
+            <t xml:space="preserve">Ножка на подвижном шарнире, M10x30, D-40, черная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.340.40.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">91.80</t>
+            <t xml:space="preserve">89.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
@@ -7432,78 +7428,74 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Type 39 \ Штанга (L-1200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.111.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 07.08.2025</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 810 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">485.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.039B.HL.CH</t>
           </r>
           <r>