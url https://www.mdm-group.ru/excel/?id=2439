--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.02.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Система Frog (Италия) </t>
   </si>
   <si>
     <t xml:space="preserve">Frog – модульная система для магазинов на основе вертикальной стойки.Система разработана итальянскими дизайнерами для использования в магазинах одежды, обуви и др.  Вертикальные стойки Frog изготовлены из прочного металла с хромированным покрытием. По форме стойки аналогичны широко применяемым стойкам Alias из алюминиевого профиля, но благодаря материалу изготовления гораздо прочнее, и выдерживают больше нагрузок.
 Навесные штанги и рамы для полок изготовлены из прямоугольной трубы 30х10мм с покрытием хром.   В системе имеются рамы для полок из металлической трубы, благодаря которым обычные полки из ДСП или стекла получают металлическое обрамление, и приобретают особый стиль и легкость.
 Шаг перфорации стоек аналогичен стойкам систем Global и  Alias, поэтому навесные элементы на стойку частично взаимозаменяемы.  </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2401 \  Стойка</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -87,51 +87,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2484.00</t>
+      <t xml:space="preserve">2534.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2402 \ Стойка</t>
@@ -148,51 +148,51 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 1,9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2397.00</t>
+      <t xml:space="preserve">2445.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2404 \ Стойка крайняя</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRG.007.CH</t>
@@ -201,51 +201,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2713.00</t>
+      <t xml:space="preserve">2767.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2440А \ Вешало</t>
@@ -262,51 +262,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1 020</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 30x10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3458.00</t>
+      <t xml:space="preserve">3527.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2440В \ Вешало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRG.010.CH</t>
@@ -319,51 +319,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 920</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 30x10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3366.00</t>
+      <t xml:space="preserve">3433.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2440С \ Вешало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRG.011.CH</t>
@@ -376,51 +376,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 30x10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2958.00</t>
+      <t xml:space="preserve">3017.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2446А \ Держатель для кронштейнов</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRG.012.CH</t>
@@ -429,51 +429,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1020</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 30x10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1938.00</t>
+      <t xml:space="preserve">1977.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2446В \ Держатель для кронштейнов</t>
@@ -486,51 +486,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 920</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 30x10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1887.00</t>
+      <t xml:space="preserve">1925.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2446С \ Держатель для кронштейнов</t>
@@ -543,51 +543,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 30x10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1479.00</t>
+      <t xml:space="preserve">1509.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2450А \ Рама для полки</t>
@@ -604,51 +604,51 @@
       <t xml:space="preserve">
 Глубина, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1 020</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 30x10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5712.00</t>
+      <t xml:space="preserve">5826.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2450В \ Рама для полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRG.016.CH</t>
@@ -661,51 +661,51 @@
       <t xml:space="preserve">
 Глубина, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 920</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 30x10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5467.00</t>
+      <t xml:space="preserve">5576.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2450С \ Рама для полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRG.017.CH</t>
@@ -718,100 +718,100 @@
       <t xml:space="preserve">
 Глубина, мм: 370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 620</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 30x10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4794.00</t>
+      <t xml:space="preserve">4890.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2460 \ Кронштейн прямой на трубу 30х10мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRG.003.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 345</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1173.00</t>
+      <t xml:space="preserve">1196.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -824,51 +824,51 @@
       <t xml:space="preserve">
 Артикул: FRG.004.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1571.00</t>
+      <t xml:space="preserve">1602.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -893,51 +893,51 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055R.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -950,51 +950,51 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 56L \ Полкодержатель усиленный (левый, L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.056L.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1007,51 +1007,51 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">649.00</t>
+      <t xml:space="preserve">662.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 56R \ Полкодержатель усиленный (правый, L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.056R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1064,96 +1064,96 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">649.00</t>
+      <t xml:space="preserve">662.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Декор 2400х220х16 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRG.100.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стойки 2401</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1102.50</t>
+      <t xml:space="preserve">1125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1174,51 +1174,51 @@
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 348</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">236.53</t>
+      <t xml:space="preserve">241.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FRG.110.GL</t>
@@ -1227,51 +1227,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 348</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">651.00</t>
+      <t xml:space="preserve">664.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка матовое стекло</t>
@@ -1284,51 +1284,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 348</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">749.00</t>
+      <t xml:space="preserve">764.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
@@ -1349,51 +1349,51 @@
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">569.00</t>
+      <t xml:space="preserve">580.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ALS.012.AL.200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий</t>
@@ -1406,51 +1406,51 @@
       <t xml:space="preserve">
 Длина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">376.00</t>
+      <t xml:space="preserve">384.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ALS.012.AL.80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий</t>
@@ -1463,51 +1463,51 @@
       <t xml:space="preserve">
 Длина, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">265.00</t>
+      <t xml:space="preserve">270.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.016.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1569,51 +1569,51 @@
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.60</t>
+      <t xml:space="preserve">5.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2865,51 +2865,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.02.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2937,51 +2937,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2484.00</t>
+            <t xml:space="preserve">2534.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3001,51 +3001,51 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 1,9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2397.00</t>
+            <t xml:space="preserve">2445.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3059,51 +3059,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2713.00</t>
+            <t xml:space="preserve">2767.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3123,51 +3123,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1 020</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30x10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3458.00</t>
+            <t xml:space="preserve">3527.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3185,51 +3185,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 920</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30x10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3366.00</t>
+            <t xml:space="preserve">3433.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2440С \ Вешало</t>
           </r>
@@ -3245,51 +3245,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30x10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2958.00</t>
+            <t xml:space="preserve">3017.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3303,51 +3303,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1020</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30x10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1938.00</t>
+            <t xml:space="preserve">1977.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3363,51 +3363,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 920</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30x10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1887.00</t>
+            <t xml:space="preserve">1925.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3425,51 +3425,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30x10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1479.00</t>
+            <t xml:space="preserve">1509.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3489,51 +3489,51 @@
             <t xml:space="preserve">
 Глубина, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1 020</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30x10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5712.00</t>
+            <t xml:space="preserve">5826.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3551,51 +3551,51 @@
             <t xml:space="preserve">
 Глубина, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 920</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30x10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5467.00</t>
+            <t xml:space="preserve">5576.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2450С \ Рама для полки</t>
           </r>
@@ -3611,51 +3611,51 @@
             <t xml:space="preserve">
 Глубина, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30x10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4794.00</t>
+            <t xml:space="preserve">4890.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3665,51 +3665,51 @@
             <t xml:space="preserve">
 Артикул: FRG.003.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1173.00</t>
+            <t xml:space="preserve">1196.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3725,51 +3725,51 @@
             <t xml:space="preserve">
 Артикул: FRG.004.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1571.00</t>
+            <t xml:space="preserve">1602.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -3799,51 +3799,51 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055R.HL.CH</t>
           </r>
@@ -3859,51 +3859,51 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 56L \ Полкодержатель усиленный (левый, L-400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3921,51 +3921,51 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">649.00</t>
+            <t xml:space="preserve">662.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 56R \ Полкодержатель усиленный (правый, L-400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.056R.CH</t>
           </r>
@@ -3981,101 +3981,101 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">649.00</t>
+            <t xml:space="preserve">662.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Декор 2400х220х16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FRG.100.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стойки 2401</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1102.50</t>
+            <t xml:space="preserve">1125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -4099,51 +4099,51 @@
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 348</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">236.53</t>
+            <t xml:space="preserve">241.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4157,51 +4157,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 348</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">651.00</t>
+            <t xml:space="preserve">664.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4217,51 +4217,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 348</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">749.00</t>
+            <t xml:space="preserve">764.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4287,51 +4287,51 @@
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">569.00</t>
+            <t xml:space="preserve">580.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ALS.012.AL.200</t>
           </r>
@@ -4347,51 +4347,51 @@
             <t xml:space="preserve">
 Длина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">376.00</t>
+            <t xml:space="preserve">384.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4409,51 +4409,51 @@
             <t xml:space="preserve">
 Длина, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">265.00</t>
+            <t xml:space="preserve">270.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.016.TR</t>
           </r>
@@ -4523,51 +4523,51 @@
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.60</t>
+            <t xml:space="preserve">5.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>