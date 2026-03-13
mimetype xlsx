--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -1681,882 +1681,912 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bcd6176_cd03_11e2_b453_0025902b3cc1_5FAF4C8F_8A8F_4FE8_83C9_5AB0410563F12.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b19bcf79_7fd8_11e2_952b_0025902b3cc1_1CF8759C_5065_45C7_B924_C44907221AE83.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b28ad69_cd03_11e2_b453_0025902b3cc1_82333DD7_3B1D_45BF_8E31_E7D92301A8F54.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a475f5b_cd04_11e2_b453_0025902b3cc1_6CF167C0_FD81_49CF_8384_C9C0697491BC5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/489543c9_cd04_11e2_b453_0025902b3cc1_4434CC5B_5776_4F35_AE91_5CDFD4A9BE456.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e091ee89_cd04_11e2_b453_0025902b3cc1_CAA60EDF_BA24_47FC_A696_3081F0FF7D4E7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a84bc701_cd05_11e2_b453_0025902b3cc1_2145423C_E62A_439F_969A_A10787BD913B8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1f14f5f_cd05_11e2_b453_0025902b3cc1_0EB69F96_5BDB_45B6_A295_38F387CF77A39.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd55608f_cd05_11e2_b453_0025902b3cc1_CA6008F5_5FE8_47A0_A7B1_D0F1FD46719310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f36f581f_cd05_11e2_b453_0025902b3cc1_DC32825F_C023_4CBF_85CC_43B391A4F57011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eec31ac_cd07_11e2_b453_0025902b3cc1_2F096AE0_BE0F_4B6F_9A8B_12269301E59912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/266ec3c8_cd07_11e2_b453_0025902b3cc1_37718B5F_D204_4136_A850_C36912ACAB6F13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/196f0cc9_3322_11e2_99cf_0025902b3cc1_B7D93044_7450_484F_B96F_5509003EA94714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/196f0cce_3322_11e2_99cf_0025902b3cc1_94D6D124_648F_45F0_BE9A_D6A4D6CE4B7F15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD8716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB5017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235a_0cc4_11e0_99a4_003048f27c5f_294202EE_75D0_4972_B59F_617C509ED7C818.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235d_0cc4_11e0_99a4_003048f27c5f_221FAD5F_832B_4DB2_9893_50CA19D09A9519.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa2140f4_8c2e_11e4_a300_0025902b3cc1_0325250B_CD7C_41F8_B1CE_4839C97EB13020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e8325b_2102_11e7_9cf4_0025902b3cc1_20E10A7C_E498_4E85_8ECA_EB226AFAC053.resize221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34bcecd2_8c2f_11e4_a300_0025902b3cc1_2C8C4F6E_DD6E_46D7_86E9_EE0AA585CF9F22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6b8b047_7c09_11e7_9ffe_0025902b3cc1_0F4CFD48_CDA8_47A4_93E4_6C9868CB18CF.resize223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c63049_0d9f_11e0_99a4_003048f27c5f_E63C6081_9512_47C4_82C2_49D9D9F8590424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85be795c_ff1d_11e0_833e_003048f27c5f_F7DB54B0_FB63_4342_A29B_82956AB742FC25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12c628f9_ff1a_11e0_833e_003048f27c5f_7215BF23_847B_4882_A4FD_505C158C49B926.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A028.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e7754b2_e214_11e6_9cf3_0025902b3cc1_DB61DB98_18CD_4B1D_B94F_DC26262E8B4F2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bcd6176_cd03_11e2_b453_0025902b3cc1_5FAF4C8F_8A8F_4FE8_83C9_5AB0410563F13.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b19bcf79_7fd8_11e2_952b_0025902b3cc1_1CF8759C_5065_45C7_B924_C44907221AE84.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b28ad69_cd03_11e2_b453_0025902b3cc1_82333DD7_3B1D_45BF_8E31_E7D92301A8F55.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a475f5b_cd04_11e2_b453_0025902b3cc1_6CF167C0_FD81_49CF_8384_C9C0697491BC6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/489543c9_cd04_11e2_b453_0025902b3cc1_4434CC5B_5776_4F35_AE91_5CDFD4A9BE457.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e091ee89_cd04_11e2_b453_0025902b3cc1_CAA60EDF_BA24_47FC_A696_3081F0FF7D4E8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a84bc701_cd05_11e2_b453_0025902b3cc1_2145423C_E62A_439F_969A_A10787BD913B9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1f14f5f_cd05_11e2_b453_0025902b3cc1_0EB69F96_5BDB_45B6_A295_38F387CF77A310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd55608f_cd05_11e2_b453_0025902b3cc1_CA6008F5_5FE8_47A0_A7B1_D0F1FD46719311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f36f581f_cd05_11e2_b453_0025902b3cc1_DC32825F_C023_4CBF_85CC_43B391A4F57012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eec31ac_cd07_11e2_b453_0025902b3cc1_2F096AE0_BE0F_4B6F_9A8B_12269301E59913.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/266ec3c8_cd07_11e2_b453_0025902b3cc1_37718B5F_D204_4136_A850_C36912ACAB6F14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/196f0cc9_3322_11e2_99cf_0025902b3cc1_B7D93044_7450_484F_B96F_5509003EA94715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/196f0cce_3322_11e2_99cf_0025902b3cc1_94D6D124_648F_45F0_BE9A_D6A4D6CE4B7F16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD8717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB5018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235a_0cc4_11e0_99a4_003048f27c5f_294202EE_75D0_4972_B59F_617C509ED7C819.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235d_0cc4_11e0_99a4_003048f27c5f_221FAD5F_832B_4DB2_9893_50CA19D09A9520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa2140f4_8c2e_11e4_a300_0025902b3cc1_0325250B_CD7C_41F8_B1CE_4839C97EB13021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e8325b_2102_11e7_9cf4_0025902b3cc1_20E10A7C_E498_4E85_8ECA_EB226AFAC053.resize222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34bcecd2_8c2f_11e4_a300_0025902b3cc1_2C8C4F6E_DD6E_46D7_86E9_EE0AA585CF9F23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6b8b047_7c09_11e7_9ffe_0025902b3cc1_0F4CFD48_CDA8_47A4_93E4_6C9868CB18CF.resize224.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c63049_0d9f_11e0_99a4_003048f27c5f_E63C6081_9512_47C4_82C2_49D9D9F8590425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85be795c_ff1d_11e0_833e_003048f27c5f_F7DB54B0_FB63_4342_A29B_82956AB742FC26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12c628f9_ff1a_11e0_833e_003048f27c5f_7215BF23_847B_4882_A4FD_505C158C49B927.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A029.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>47625</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="6000750" cy="3105150"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2823,54 +2853,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z20"/>
+  <dimension ref="A1:Z21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B20" sqref="B20"/>
+      <selection activeCell="B21" sqref="B21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -2891,1639 +2921,1645 @@
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:26">
-[...119 lines deleted...]
-      </c>
+    <row r="6" spans="1:26" customHeight="1" ht="533.25">
+      <c r="A6"/>
+      <c r="B6"/>
+      <c r="C6"/>
+      <c r="D6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2404 \ Стойка крайняя</t>
-[...3 lines deleted...]
-Артикул: FRG.007.CH</t>
+            <t xml:space="preserve">2401 \  Стойка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRG.006.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2400</t>
+Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2767.00</t>
+            <t xml:space="preserve">2534.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2440А \ Вешало</t>
-[...3 lines deleted...]
-Артикул: FRG.009.CH</t>
+            <t xml:space="preserve">2402 \ Стойка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRG.005.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...7 lines deleted...]
-Сечение, мм: 30x10</t>
+Высота, мм: 2400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Шаг перфорации, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина металла, мм: 1,9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3527.00</t>
+            <t xml:space="preserve">2445.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2440В \ Вешало</t>
-[...3 lines deleted...]
-Артикул: FRG.010.CH</t>
+            <t xml:space="preserve">2404 \ Стойка крайняя</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRG.007.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...7 lines deleted...]
-Сечение, мм: 30x10</t>
+Высота, мм: 2400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Шаг перфорации, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3433.00</t>
+            <t xml:space="preserve">2767.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2440С \ Вешало</t>
-[...3 lines deleted...]
-Артикул: FRG.011.CH</t>
+            <t xml:space="preserve">2440А \ Вешало</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRG.009.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 620</t>
+Ширина, мм: 1 020</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30x10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3017.00</t>
+            <t xml:space="preserve">3527.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2446А \ Держатель для кронштейнов</t>
-[...3 lines deleted...]
-Артикул: FRG.012.CH</t>
+            <t xml:space="preserve">2440В \ Вешало</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRG.010.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 1020</t>
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 920</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30x10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1977.00</t>
+            <t xml:space="preserve">3433.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2446В \ Держатель для кронштейнов</t>
-[...3 lines deleted...]
-Артикул: FRG.013.CH</t>
+            <t xml:space="preserve">2440С \ Вешало</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRG.011.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 920</t>
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30x10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1925.00</t>
+            <t xml:space="preserve">3017.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2446С \ Держатель для кронштейнов</t>
-[...3 lines deleted...]
-Артикул: FRG.014.CH</t>
+            <t xml:space="preserve">2446А \ Держатель для кронштейнов</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRG.012.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 620</t>
+Длина, мм: 1020</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30x10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1509.00</t>
+            <t xml:space="preserve">1977.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2450А \ Рама для полки</t>
-[...3 lines deleted...]
-Артикул: FRG.015.CH</t>
+            <t xml:space="preserve">2446В \ Держатель для кронштейнов</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRG.013.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 370</t>
-[...3 lines deleted...]
-Ширина, мм: 1 020</t>
+Длина, мм: 920</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30x10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5826.00</t>
+            <t xml:space="preserve">1925.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2450В \ Рама для полки</t>
-[...3 lines deleted...]
-Артикул: FRG.016.CH</t>
+            <t xml:space="preserve">2446С \ Держатель для кронштейнов</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRG.014.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 370</t>
-[...3 lines deleted...]
-Ширина, мм: 920</t>
+Длина, мм: 620</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30x10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5576.00</t>
+            <t xml:space="preserve">1509.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2450С \ Рама для полки</t>
-[...3 lines deleted...]
-Артикул: FRG.017.CH</t>
+            <t xml:space="preserve">2450А \ Рама для полки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRG.015.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 370</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 620</t>
+Ширина, мм: 1 020</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30x10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4890.00</t>
+            <t xml:space="preserve">5826.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2460 \ Кронштейн прямой на трубу 30х10мм</t>
-[...3 lines deleted...]
-Артикул: FRG.003.CH</t>
+            <t xml:space="preserve">2450В \ Рама для полки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRG.016.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 345</t>
+Глубина, мм: 370</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 920</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 30x10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1196.00</t>
+            <t xml:space="preserve">5576.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2461 \ Кронштейн наклонный на трубу 30х10мм</t>
-[...3 lines deleted...]
-Артикул: FRG.004.CH</t>
+            <t xml:space="preserve">2450С \ Рама для полки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRG.017.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 400</t>
+Глубина, мм: 370</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 620</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 30x10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1602.00</t>
+            <t xml:space="preserve">4890.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.055L.HL.CH</t>
+            <t xml:space="preserve">2460 \ Кронштейн прямой на трубу 30х10мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRG.003.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 200</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 20</t>
+Длина, мм: 345</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">265.00</t>
+            <t xml:space="preserve">1196.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.055R.HL.CH</t>
+            <t xml:space="preserve">2461 \ Кронштейн наклонный на трубу 30х10мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRG.004.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 200</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 20</t>
+Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">265.00</t>
+            <t xml:space="preserve">1602.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GL 56L \ Полкодержатель усиленный (левый, L-400мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.056L.CH</t>
+            <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLB.055L.HL.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 400</t>
+Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">662.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GL 56R \ Полкодержатель усиленный (правый, L-400мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.056R.CH</t>
+            <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLB.055R.HL.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 400</t>
+Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">662.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Декор 2400х220х16 мм</t>
-[...11 lines deleted...]
-Примечание: для стойки 2401</t>
+            <t xml:space="preserve">GL 56L \ Полкодержатель усиленный (левый, L-400мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLB.056L.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Полкодержатель: левый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: цена за 1 шт.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1125.00</t>
+            <t xml:space="preserve">662.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка ДСП</t>
-[...19 lines deleted...]
-Ширина, мм: 600</t>
+            <t xml:space="preserve">GL 56R \ Полкодержатель усиленный (правый, L-400мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLB.056R.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Полкодержатель: правый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: цена за 1 шт.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">241.00</t>
+            <t xml:space="preserve">662.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка стекло</t>
-[...15 lines deleted...]
-Ширина, мм: 600</t>
+            <t xml:space="preserve">Декор 2400х220х16 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRG.100.DSP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: ДСП</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для стойки 2401</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">664.00</t>
+            <t xml:space="preserve">1125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка матовое стекло</t>
-[...7 lines deleted...]
-Толщина, мм: 8</t>
+            <t xml:space="preserve">Полка ДСП</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRG.110.DSP</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: ДСП  U732 ST2, кромка в цвет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 348</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">764.00</t>
+            <t xml:space="preserve">241.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 1</t>
+            <t xml:space="preserve">Полка стекло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRG.110.GL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 348</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">580.00</t>
+            <t xml:space="preserve">664.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 1</t>
+            <t xml:space="preserve">Полка матовое стекло</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FRG.110.MGL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 348</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">384.00</t>
+            <t xml:space="preserve">764.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: ALS.012.AL.80</t>
+Артикул: ALS.012.AL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: алюминий</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: алюминий</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 80</t>
+Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">270.00</t>
+            <t xml:space="preserve">580.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+            <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ALS.012.AL.200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: алюминий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: алюминий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4.08</t>
+            <t xml:space="preserve">384.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ALS.012.AL.80</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: алюминий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: алюминий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 80</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 1</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">270.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+      <c r="C20" s="4"/>
+      <c r="D20" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: JOKP.016.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр (под нагрузкой), мм: 22</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">4.08</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:26">
+      <c r="A21" s="4"/>
+      <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Jr-16 \ Присоска для панелей и стекла</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKR.016.25.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
           </r>
@@ -4547,50 +4583,51 @@
             </rPr>
             <t xml:space="preserve">5.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
+    <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>