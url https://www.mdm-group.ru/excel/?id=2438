--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">09.08.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Global (Глобал) хром</t>
   </si>
   <si>
     <t>Система Глобал хром (Global/Canalina) – универсальная торговая система, основу которой представляют перфорированные хромированные стойки, пристенные и самостоятельно стоящие, и различные навесные кронштейны, позволяющие быстро и легко организовать эффективное торговое пространство.
 Пристенные стойки представляют из себя перфорированные П-образные конструкции длиной 2395-2400 мм и размерами сторон 30х25 (Италия, Россия), 30х23 (Китай) и 16х20 (Италия) мм. Важным показателем качества является толщина метала, наши стойки изготовлены из высококачественной стали толщиной от 1,4 до 2 мм.
 Стойки гондолы Глобал позволяют создавать островные конструкции для размещения в торговом зале.
 Навесные элементы Global представлены в широком ассортименте в серии Универсальные элементы для систем "Global", "Four", "Roto" и Навесные элементы на горизонтальную овальную штангу 30х15 мм
 Также смотрите вешала Global, которые отлично сочетаются в едином торговом пространстве с системой Global.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 1 \  Стойка Global </t>
     </r>
@@ -105,51 +105,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: не имеет боковой перфорации</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">561.00</t>
+      <t xml:space="preserve">572.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 1 \ Стойка Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.001.1.8.1.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -166,51 +166,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: не имеет боковой перфорации</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">795.00</t>
+      <t xml:space="preserve">811.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Global Type 1 \ Стойка Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.001.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -455,50 +455,54 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 108 (P). HL \ Стойка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.108B.P.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2995</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба 30х50мм, толщина 2мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 3275 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2620.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -536,51 +540,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3779.10</t>
+      <t xml:space="preserve">3855.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 109 (P). HL \  Стойка &amp;quot;L&amp;quot;</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.109P.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -593,51 +597,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3978.00</t>
+      <t xml:space="preserve">4058.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 110(Р). HL \ Стойка гондолы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.110P.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -662,51 +666,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 3916 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3517.00</t>
+      <t xml:space="preserve">3587.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">L643 \ Каркас гондолы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GL.703.A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -719,51 +723,51 @@
       <t xml:space="preserve">
 Глубина, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 643</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимо комплектовать задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8577.04</t>
+      <t xml:space="preserve">8749.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">L943 \ Каркас гондолы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GL.703.B.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -776,51 +780,51 @@
       <t xml:space="preserve">
 Глубина, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 943</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимо комплектовать задней стенкой.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9087.04</t>
+      <t xml:space="preserve">9269.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">L1243 \ Каркас гондолы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GL.703.C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -833,51 +837,51 @@
       <t xml:space="preserve">
 Глубина, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1 243</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимо комплектовать задней стенкой.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9535.04</t>
+      <t xml:space="preserve">9725.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 11.HL \ Соединитель стоек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.011A.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -890,51 +894,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стоек GL 108 (P).HL, GL 109 (P).HL, GL 110 (P).HL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">592.00</t>
+      <t xml:space="preserve">604.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 11.HL \ Соединитель стоек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.011B.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -947,51 +951,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стоек GL 108 (P).HL, GL 109 (P).HL, GL 110 (P).HL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">847.00</t>
+      <t xml:space="preserve">864.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 11.HL \ Соединитель стоек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.011C.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1004,51 +1008,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стоек GL 108 (P).HL, GL 109 (P).HL, GL 110 (P).HL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1071.00</t>
+      <t xml:space="preserve">1092.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.019-1A \ Держатель нижней полки (1 шт, L=600 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.019-1A.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -1065,51 +1069,51 @@
       <t xml:space="preserve">
 Примечание: Для устнановки нижней полки, необходимо использовать 2 держателя. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">169.00</t>
+      <t xml:space="preserve">172.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.019-1B \ Держатель нижней полки (1 шт, L=900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.019-1B.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -1126,51 +1130,51 @@
       <t xml:space="preserve">
 Примечание: Для устнановки нижней полки, необходимо использовать 2 держателя.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">235.00</t>
+      <t xml:space="preserve">240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.019-1C \ Держатель нижней полки (1 шт, L=1200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.019-1C.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -1187,51 +1191,51 @@
       <t xml:space="preserve">
 Примечание: Для устнановки нижней полки, необходимо использовать 2 держателя. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">300.00</t>
+      <t xml:space="preserve">306.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.211-L.A.02698.MGV13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром</t>
@@ -1244,51 +1248,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">450.00</t>
+      <t xml:space="preserve">459.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.211-L.B.02698.MGV13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром</t>
@@ -1301,51 +1305,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">570.00</t>
+      <t xml:space="preserve">581.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 211 CR \ Соединитель “L”- образных стоек, L-1200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.211-L.C.02698.MGV13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром</t>
@@ -1358,51 +1362,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">565.00</t>
+      <t xml:space="preserve">576.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38 \ Штанга (L-600мм) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1415,51 +1419,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">567.00</t>
+      <t xml:space="preserve">578.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038A.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1472,51 +1476,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">908.00</t>
+      <t xml:space="preserve">926.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038A.HL.MSA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый сатин</t>
@@ -1655,51 +1659,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">632.00</t>
+      <t xml:space="preserve">645.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038B.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1712,51 +1716,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1020.00</t>
+      <t xml:space="preserve">1040.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-900мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038B.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
@@ -1895,51 +1899,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">857.00</t>
+      <t xml:space="preserve">874.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-1200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038C.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1952,92 +1956,92 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1224.00</t>
+      <t xml:space="preserve">1248.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 59 \ Держатель полки для GL 38 и NP-38</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.059.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">124.00</t>
+      <t xml:space="preserve">126.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -2139,51 +2143,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">398.00</t>
+      <t xml:space="preserve">406.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-600 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039A.HL.CH</t>
@@ -2196,51 +2200,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">490.00</t>
+      <t xml:space="preserve">500.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39 \ Штанга (L-900мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039B.CH</t>
@@ -2253,51 +2257,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">459.00</t>
+      <t xml:space="preserve">468.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039B.HL.CH</t>
@@ -2310,51 +2314,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">683.00</t>
+      <t xml:space="preserve">697.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039B.HL.MH</t>
@@ -2485,51 +2489,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">842.00</t>
+      <t xml:space="preserve">859.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Type 39 \ Штанга (L-1200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.111.CH</t>
@@ -2607,51 +2611,51 @@
       <t xml:space="preserve">
 Глубина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">152.00</t>
+      <t xml:space="preserve">155.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-50мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.57B R.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2664,51 +2668,51 @@
       <t xml:space="preserve">
 Глубина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">152.00</t>
+      <t xml:space="preserve">155.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 57L.HL \ Держатель прямоугольной трубы (левый, L-300мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.57A L.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2721,51 +2725,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">385.00</t>
+      <t xml:space="preserve">393.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-300мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.57A R.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2778,92 +2782,92 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">385.00</t>
+      <t xml:space="preserve">393.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 58 \ Держатель полки для GL 57</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.058.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76.50</t>
+      <t xml:space="preserve">78.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -2888,51 +2892,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Позволяет разместить 7 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1700.00</t>
+      <t xml:space="preserve">1734.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 006 \ Кронштейн для шапок L=900 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.006.DB.02698.MGV13</t>
@@ -2945,51 +2949,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Позволяет разместить 11 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2260.00</t>
+      <t xml:space="preserve">2305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 007 \ Кронштейн для шапок L=1200 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.007.DB.02698.MGV13</t>
@@ -3002,51 +3006,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Позволяет разместить 15 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3170.00</t>
+      <t xml:space="preserve">3233.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 23L \ Полкодержатель (левый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.023C.L.02698.MGV13</t>
@@ -3181,51 +3185,51 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">98.94</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 23R \ Полкодержатель (правый, L-250мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.023D.R.CH</t>
@@ -3238,51 +3242,51 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">98.94</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 23L \ Полкодержатель (левый, L-300мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.023A.L.CH</t>
@@ -3299,51 +3303,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">114.00</t>
+      <t xml:space="preserve">116.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 23R \ Полкодержатель (правый, L-300мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.023A.R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3356,51 +3360,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">114.00</t>
+      <t xml:space="preserve">116.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 23L \ Полкодержатель (левый, L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.023B.L.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3409,51 +3413,51 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">148.00</t>
+      <t xml:space="preserve">151.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 23R \ Полкодержатель (правый, L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.023B.R.CH</t>
@@ -3466,51 +3470,51 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">148.00</t>
+      <t xml:space="preserve">151.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 23R.HL \ Полкодержатель (правый, L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.023B.R.HL.MH</t>
@@ -3665,51 +3669,51 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055L.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3722,91 +3726,95 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055R.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -3824,50 +3832,54 @@
       </rPr>
       <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055L.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -3901,51 +3913,51 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">649.00</t>
+      <t xml:space="preserve">662.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 56L \ Полкодержатель усиленный (левый, L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.056L.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3958,51 +3970,51 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">649.00</t>
+      <t xml:space="preserve">662.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 063BR-L \ Кронштейн для корзины (левый, L-290мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.063.BRACKET-LEFT.V5.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4210,51 +4222,51 @@
       <t xml:space="preserve">
 Глубина, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">435.00</t>
+      <t xml:space="preserve">444.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 44L.HL \ Боксодержатель  (левый, L-320мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.044L.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4267,100 +4279,100 @@
       <t xml:space="preserve">
 Глубина, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">435.00</t>
+      <t xml:space="preserve">444.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.340.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.76</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
@@ -4373,51 +4385,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.52</t>
+      <t xml:space="preserve">27.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AR 105.YN \ Кронштейн на стойку</t>
@@ -4434,51 +4446,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">316.00</t>
+      <t xml:space="preserve">322.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FR 163 \ Кронштейн двухрожковый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FUR.163.CH</t>
@@ -4552,51 +4564,51 @@
       <t xml:space="preserve">
 Глубина, мм: 415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">342.00</t>
+      <t xml:space="preserve">349.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AR 111.YN \ Кронштейн на стойку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ROT.141.CH</t>
@@ -4609,51 +4621,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">306.00</t>
+      <t xml:space="preserve">312.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AR 112.YN \ Кронштейн на стойку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ROT.143.CH</t>
@@ -4666,51 +4678,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">345.00</t>
+      <t xml:space="preserve">352.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AR 113.YN \ Кронштейн на стойку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ROT.144.CH</t>
@@ -4723,51 +4735,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">225.00</t>
+      <t xml:space="preserve">230.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 105 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.036.CH</t>
@@ -4776,51 +4788,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">428.00</t>
+      <t xml:space="preserve">437.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 105 \ Кронштейн на трубу</t>
@@ -4890,51 +4902,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">209.00</t>
+      <t xml:space="preserve">213.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
@@ -4947,51 +4959,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">388.00</t>
+      <t xml:space="preserve">396.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
@@ -5061,51 +5073,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">439.00</t>
+      <t xml:space="preserve">448.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 150 \ Кронштейн наклонный</t>
@@ -5122,51 +5134,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">447.00</t>
+      <t xml:space="preserve">456.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 112 \ Кронштейн с крючками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.038.CH</t>
@@ -5175,51 +5187,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">386.00</t>
+      <t xml:space="preserve">394.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 112 \ Кронштейн с крючками</t>
@@ -5289,51 +5301,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">224.00</t>
+      <t xml:space="preserve">228.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 106 \ Кронштейн</t>
@@ -5407,51 +5419,51 @@
       <t xml:space="preserve">
 Глубина, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">90.78</t>
+      <t xml:space="preserve">92.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 113 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.021.CH</t>
@@ -5460,51 +5472,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">275.00</t>
+      <t xml:space="preserve">281.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 113-K \ Кронштейн прямой</t>
@@ -5517,51 +5529,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">159.00</t>
+      <t xml:space="preserve">162.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (U) 413 \ Кронштейн прямой (усиленный зацеп)</t>
@@ -5574,51 +5586,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">287.00</t>
+      <t xml:space="preserve">293.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 153 \ Кронштейн прямой</t>
@@ -5631,51 +5643,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">372.00</t>
+      <t xml:space="preserve">379.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 109 \ Кронштейн</t>
@@ -5688,51 +5700,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">439.00</t>
+      <t xml:space="preserve">448.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 109 \ Кронштейн</t>
@@ -5802,51 +5814,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">516.00</t>
+      <t xml:space="preserve">526.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 107 \ Кассета для сорочек</t>
@@ -5920,51 +5932,51 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">51.00</t>
+      <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 290 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.032.MSA</t>
@@ -6038,91 +6050,95 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 291 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.028.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 56 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">47.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -6209,51 +6225,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64.26</t>
+      <t xml:space="preserve">65.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 292 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.029.MSA</t>
@@ -6323,51 +6339,51 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">72.42</t>
+      <t xml:space="preserve">73.44</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 293 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.030.MH</t>
@@ -6437,51 +6453,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74.46</t>
+      <t xml:space="preserve">75.48</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (U) 494 \ Крючок (усиленный зацеп)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.043.CH</t>
@@ -6494,51 +6510,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 496 \ Кронштейн прямой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.049.CH</t>
@@ -6551,51 +6567,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">123.00</t>
+      <t xml:space="preserve">125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 597 \ Кронштейн карусель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.040.CH</t>
@@ -6673,51 +6689,51 @@
       <t xml:space="preserve">
 Высота, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пруток д-5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">332.00</t>
+      <t xml:space="preserve">339.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ALS.012.AL.80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий</t>
@@ -6730,51 +6746,51 @@
       <t xml:space="preserve">
 Длина, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">265.00</t>
+      <t xml:space="preserve">270.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ALS.012.AL.200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий</t>
@@ -6787,51 +6803,51 @@
       <t xml:space="preserve">
 Длина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">376.00</t>
+      <t xml:space="preserve">384.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ALS.012.AL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий</t>
@@ -6844,100 +6860,100 @@
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">569.00</t>
+      <t xml:space="preserve">580.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 14.HL \ Держатель панели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.014.HL.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">69.36</t>
+      <t xml:space="preserve">70.38</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 15 \ Держатель панелей</t>
@@ -6958,100 +6974,100 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">99.00</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 15.HL \ Держатель панели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.015.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.56</t>
+      <t xml:space="preserve">81.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 20.HL \ Держатель панели</t>
@@ -7060,51 +7076,51 @@
       <t xml:space="preserve">
 Артикул: GLB.020.HL.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30.60</t>
+      <t xml:space="preserve">31.62</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -7125,51 +7141,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3956.00</t>
+      <t xml:space="preserve">4035.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.310B \ Задняя панель ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.310B.DSP</t>
@@ -7182,51 +7198,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5645.00</t>
+      <t xml:space="preserve">5758.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.310C \ Задняя панель ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.310C.DSP</t>
@@ -7239,51 +7255,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7330.00</t>
+      <t xml:space="preserve">7477.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311A \ Задняя панель ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311A.DSP</t>
@@ -7296,51 +7312,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1098.00</t>
+      <t xml:space="preserve">1120.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311A.EP.AL \ Задняя панель Экономпанель с алюмин. вставкой, для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311A.EP.AL</t>
@@ -7353,51 +7369,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3250.50</t>
+      <t xml:space="preserve">3316.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311C.EP.AL \ Задняя панель Экономпанель с алюмин. вставкой, для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311C.EP.AL</t>
@@ -7410,51 +7426,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6471.00</t>
+      <t xml:space="preserve">6600.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311B.EP.AL \ Задняя панель Экономпанель с алюмин. вставкой, для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311B.EP.AL</t>
@@ -7467,51 +7483,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6456.00</t>
+      <t xml:space="preserve">6585.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311C.EP.PL \ Задняя панель Экономпанель с пластик. вставкой, для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311C.EP.PL</t>
@@ -7524,51 +7540,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4885.50</t>
+      <t xml:space="preserve">4983.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311A.EP.PL \ Задняя панель Экономпанель с пластик. вставкой, для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311A.EP.PL</t>
@@ -7581,51 +7597,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2457.00</t>
+      <t xml:space="preserve">2506.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311B.EP.PL \ Задняя панель Экономпанель с пластик. вставкой, для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311B.EP.PL</t>
@@ -7638,51 +7654,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4870.50</t>
+      <t xml:space="preserve">4968.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311B \ Задняя панель ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311B.DSP</t>
@@ -7695,51 +7711,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1575.00</t>
+      <t xml:space="preserve">1607.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.311C \ Задняя панель ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.311C.DSP</t>
@@ -7752,51 +7768,51 @@
       <t xml:space="preserve">
 Глубина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">877.00</t>
+      <t xml:space="preserve">895.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.312 \ Декор вертикальный ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.312.DSP</t>
@@ -7805,51 +7821,51 @@
       <t xml:space="preserve">
 Длина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.50 -3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1143.00</t>
+      <t xml:space="preserve">1166.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.313A \ Подиум ЛДСП для стоек GLS.001</t>
@@ -7866,51 +7882,51 @@
       <t xml:space="preserve">
 Глубина, мм: 475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2026.50</t>
+      <t xml:space="preserve">2067.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.313B \ Подиум ЛДСП для стоек GLS.001</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.313B.DSP</t>
@@ -7923,96 +7939,96 @@
       <t xml:space="preserve">
 Глубина, мм: 475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2562.00</t>
+      <t xml:space="preserve">2613.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RK.612-05.200.V2 \ Комплект реек 200мм для мебельных навесов с креплениями к ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RK.612-05.200.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">95.00</t>
+      <t xml:space="preserve">96.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -8025,51 +8041,51 @@
       </rPr>
       <t xml:space="preserve">RK.612-05.400.V2 \ Комплект реек 400мм для мебельных навесов с креплениями к ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RK.612-05.400.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">160.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -8082,51 +8098,51 @@
       </rPr>
       <t xml:space="preserve">RK.612-05.50.V2 \ Комплект реек 50мм для мебельных навесов с креплениями к ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RK.612-05.50.V2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.00</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -8151,51 +8167,51 @@
       <t xml:space="preserve">
 Глубина, мм: 475</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3349.50</t>
+      <t xml:space="preserve">3416.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
@@ -12803,51 +12819,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">09.08.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -12891,51 +12907,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: не имеет боковой перфорации</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">561.00</t>
+            <t xml:space="preserve">572.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 1 \ Стойка Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.001.1.8.1.CH</t>
           </r>
@@ -12955,51 +12971,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: не имеет боковой перфорации</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">795.00</t>
+            <t xml:space="preserve">811.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Global Type 1 \ Стойка Global</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13265,50 +13281,54 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 108 (P). HL \ Стойка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.108B.P.HL.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2995</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба 30х50мм, толщина 2мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 3275 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2620.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -13349,51 +13369,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3779.10</t>
+            <t xml:space="preserve">3855.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 109 (P). HL \  Стойка &amp;quot;L&amp;quot;</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13411,51 +13431,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3978.00</t>
+            <t xml:space="preserve">4058.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 110(Р). HL \ Стойка гондолы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.110P.HL.CH</t>
           </r>
@@ -13483,51 +13503,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 3916 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3517.00</t>
+            <t xml:space="preserve">3587.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">L643 \ Каркас гондолы</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13545,51 +13565,51 @@
             <t xml:space="preserve">
 Глубина, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 643</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимо комплектовать задней стенкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8577.04</t>
+            <t xml:space="preserve">8749.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">L943 \ Каркас гондолы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GL.703.B.CH</t>
           </r>
@@ -13605,51 +13625,51 @@
             <t xml:space="preserve">
 Глубина, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 943</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимо комплектовать задней стенкой.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9087.04</t>
+            <t xml:space="preserve">9269.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">L1243 \ Каркас гондолы</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13667,51 +13687,51 @@
             <t xml:space="preserve">
 Глубина, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1 243</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимо комплектовать задней стенкой.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9535.04</t>
+            <t xml:space="preserve">9725.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 11.HL \ Соединитель стоек</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.011A.HL.CH</t>
           </r>
@@ -13727,51 +13747,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стоек GL 108 (P).HL, GL 109 (P).HL, GL 110 (P).HL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">592.00</t>
+            <t xml:space="preserve">604.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 11.HL \ Соединитель стоек</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13789,51 +13809,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стоек GL 108 (P).HL, GL 109 (P).HL, GL 110 (P).HL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">847.00</t>
+            <t xml:space="preserve">864.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 11.HL \ Соединитель стоек</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.011C.HL.CH</t>
           </r>
@@ -13849,51 +13869,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стоек GL 108 (P).HL, GL 109 (P).HL, GL 110 (P).HL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1071.00</t>
+            <t xml:space="preserve">1092.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.019-1A \ Держатель нижней полки (1 шт, L=600 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13915,51 +13935,51 @@
             <t xml:space="preserve">
 Примечание: Для устнановки нижней полки, необходимо использовать 2 держателя. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">169.00</t>
+            <t xml:space="preserve">172.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.019-1B \ Держатель нижней полки (1 шт, L=900 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.019-1B.GR</t>
           </r>
@@ -13979,51 +13999,51 @@
             <t xml:space="preserve">
 Примечание: Для устнановки нижней полки, необходимо использовать 2 держателя.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">235.00</t>
+            <t xml:space="preserve">240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.019-1C \ Держатель нижней полки (1 шт, L=1200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14045,51 +14065,51 @@
             <t xml:space="preserve">
 Примечание: Для устнановки нижней полки, необходимо использовать 2 держателя. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">300.00</t>
+            <t xml:space="preserve">306.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.211-L.A.02698.MGV13</t>
           </r>
@@ -14105,51 +14125,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">450.00</t>
+            <t xml:space="preserve">459.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14167,51 +14187,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">570.00</t>
+            <t xml:space="preserve">581.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 211 CR \ Соединитель “L”- образных стоек, L-1200мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.211-L.C.02698.MGV13</t>
           </r>
@@ -14227,51 +14247,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">565.00</t>
+            <t xml:space="preserve">576.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38 \ Штанга (L-600мм) </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14289,51 +14309,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">567.00</t>
+            <t xml:space="preserve">578.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.038A.HL.CH</t>
           </r>
@@ -14349,51 +14369,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">908.00</t>
+            <t xml:space="preserve">926.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14545,51 +14565,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">632.00</t>
+            <t xml:space="preserve">645.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-900 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.038B.HL.CH</t>
           </r>
@@ -14605,51 +14625,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1020.00</t>
+            <t xml:space="preserve">1040.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-900мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14801,51 +14821,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">857.00</t>
+            <t xml:space="preserve">874.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-1200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.038C.HL.CH</t>
           </r>
@@ -14861,97 +14881,97 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1224.00</t>
+            <t xml:space="preserve">1248.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 59 \ Держатель полки для GL 38 и NP-38</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.059.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">124.00</t>
+            <t xml:space="preserve">126.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
@@ -15061,51 +15081,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">398.00</t>
+            <t xml:space="preserve">406.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 39.HL \ Штанга (L-600 мм)</t>
           </r>
@@ -15121,51 +15141,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">490.00</t>
+            <t xml:space="preserve">500.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15183,51 +15203,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">459.00</t>
+            <t xml:space="preserve">468.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
           </r>
@@ -15243,51 +15263,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">683.00</t>
+            <t xml:space="preserve">697.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15431,51 +15451,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">842.00</t>
+            <t xml:space="preserve">859.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Type 39 \ Штанга (L-1200 мм)</t>
           </r>
@@ -15561,51 +15581,51 @@
             <t xml:space="preserve">
 Глубина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">152.00</t>
+            <t xml:space="preserve">155.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-50мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.57B R.HL.CH</t>
           </r>
@@ -15621,51 +15641,51 @@
             <t xml:space="preserve">
 Глубина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">152.00</t>
+            <t xml:space="preserve">155.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 57L.HL \ Держатель прямоугольной трубы (левый, L-300мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15683,51 +15703,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">385.00</t>
+            <t xml:space="preserve">393.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-300мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.57A R.HL.CH</t>
           </r>
@@ -15743,97 +15763,97 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">385.00</t>
+            <t xml:space="preserve">393.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 58 \ Держатель полки для GL 57</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.058.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76.50</t>
+            <t xml:space="preserve">78.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
@@ -15861,51 +15881,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Позволяет разместить 7 шапок. Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1700.00</t>
+            <t xml:space="preserve">1734.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15923,51 +15943,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Позволяет разместить 11 шапок. Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2260.00</t>
+            <t xml:space="preserve">2305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 007 \ Кронштейн для шапок L=1200 мм</t>
           </r>
@@ -15983,51 +16003,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Позволяет разместить 15 шапок. Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3170.00</t>
+            <t xml:space="preserve">3233.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -16175,51 +16195,51 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">98.94</t>
+            <t xml:space="preserve">101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 23R \ Полкодержатель (правый, L-250мм)</t>
           </r>
@@ -16235,51 +16255,51 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">98.94</t>
+            <t xml:space="preserve">101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -16301,51 +16321,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.  </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">114.00</t>
+            <t xml:space="preserve">116.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 23R \ Полкодержатель (правый, L-300мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.023A.R.CH</t>
           </r>
@@ -16361,51 +16381,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.  </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">114.00</t>
+            <t xml:space="preserve">116.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 23L \ Полкодержатель (левый, L-400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16419,51 +16439,51 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">148.00</t>
+            <t xml:space="preserve">151.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 23R \ Полкодержатель (правый, L-400мм)</t>
           </r>
@@ -16479,51 +16499,51 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">148.00</t>
+            <t xml:space="preserve">151.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -16691,51 +16711,51 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055L.HL.CH</t>
           </r>
@@ -16751,96 +16771,100 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055R.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">209.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -16858,50 +16882,54 @@
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055L.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">209.00</t>
           </r>
@@ -16943,51 +16971,51 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">649.00</t>
+            <t xml:space="preserve">662.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 56L \ Полкодержатель усиленный (левый, L-400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.056L.CH</t>
           </r>
@@ -17003,51 +17031,51 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">649.00</t>
+            <t xml:space="preserve">662.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 063BR-L \ Кронштейн для корзины (левый, L-290мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17271,51 +17299,51 @@
             <t xml:space="preserve">
 Глубина, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">435.00</t>
+            <t xml:space="preserve">444.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 44L.HL \ Боксодержатель  (левый, L-320мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17333,51 +17361,51 @@
             <t xml:space="preserve">
 Глубина, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">435.00</t>
+            <t xml:space="preserve">444.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.340.BL</t>
           </r>
@@ -17385,51 +17413,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.76</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -17447,51 +17475,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.52</t>
+            <t xml:space="preserve">27.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -17511,51 +17539,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">316.00</t>
+            <t xml:space="preserve">322.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -17637,51 +17665,51 @@
             <t xml:space="preserve">
 Глубина, мм: 415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">342.00</t>
+            <t xml:space="preserve">349.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -17699,51 +17727,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">306.00</t>
+            <t xml:space="preserve">312.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AR 112.YN \ Кронштейн на стойку</t>
           </r>
@@ -17759,51 +17787,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">345.00</t>
+            <t xml:space="preserve">352.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -17821,51 +17849,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">225.00</t>
+            <t xml:space="preserve">230.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 105 \ Кронштейн</t>
           </r>
@@ -17877,51 +17905,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">428.00</t>
+            <t xml:space="preserve">437.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="4"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -17999,51 +18027,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">209.00</t>
+            <t xml:space="preserve">213.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -18061,51 +18089,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">388.00</t>
+            <t xml:space="preserve">396.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -18183,51 +18211,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">439.00</t>
+            <t xml:space="preserve">448.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -18247,51 +18275,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">447.00</t>
+            <t xml:space="preserve">456.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="4"/>
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -18305,51 +18333,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">386.00</t>
+            <t xml:space="preserve">394.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -18427,51 +18455,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">224.00</t>
+            <t xml:space="preserve">228.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -18553,51 +18581,51 @@
             <t xml:space="preserve">
 Глубина, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">90.78</t>
+            <t xml:space="preserve">92.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 113 \ Кронштейн</t>
           </r>
@@ -18609,51 +18637,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">275.00</t>
+            <t xml:space="preserve">281.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="4"/>
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -18671,51 +18699,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">159.00</t>
+            <t xml:space="preserve">162.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C53" s="4"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -18731,51 +18759,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">287.00</t>
+            <t xml:space="preserve">293.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="4"/>
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -18793,51 +18821,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">372.00</t>
+            <t xml:space="preserve">379.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -18853,51 +18881,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">439.00</t>
+            <t xml:space="preserve">448.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="4"/>
       <c r="B55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -18975,51 +19003,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">516.00</t>
+            <t xml:space="preserve">526.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="4"/>
       <c r="B56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -19101,51 +19129,51 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51.00</t>
+            <t xml:space="preserve">52.02</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="4"/>
       <c r="B57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -19227,96 +19255,100 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="4"/>
       <c r="B58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 291 \ Кронштейн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.028.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 56 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">47.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -19411,51 +19443,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64.26</t>
+            <t xml:space="preserve">65.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C59" s="4"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 292 \ Кронштейн</t>
           </r>
@@ -19533,51 +19565,51 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">72.42</t>
+            <t xml:space="preserve">73.44</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C60" s="4"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 293 \ Кронштейн</t>
           </r>
@@ -19655,51 +19687,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74.46</t>
+            <t xml:space="preserve">75.48</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C61" s="4"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R (U) 494 \ Крючок (усиленный зацеп)</t>
           </r>
@@ -19715,51 +19747,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="4"/>
       <c r="B62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -19777,51 +19809,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">123.00</t>
+            <t xml:space="preserve">125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C62" s="4"/>
       <c r="D62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 597 \ Кронштейн карусель</t>
           </r>
@@ -19907,51 +19939,51 @@
             <t xml:space="preserve">
 Высота, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пруток д-5мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">332.00</t>
+            <t xml:space="preserve">339.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C63" s="4"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ALS.012.AL.80</t>
           </r>
@@ -19967,51 +19999,51 @@
             <t xml:space="preserve">
 Длина, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">265.00</t>
+            <t xml:space="preserve">270.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="4"/>
       <c r="B64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -20029,51 +20061,51 @@
             <t xml:space="preserve">
 Длина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">376.00</t>
+            <t xml:space="preserve">384.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C64" s="4"/>
       <c r="D64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ALS.012.AL</t>
           </r>
@@ -20089,51 +20121,51 @@
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">569.00</t>
+            <t xml:space="preserve">580.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="4"/>
       <c r="B65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 14.HL \ Держатель панели</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -20143,51 +20175,51 @@
             <t xml:space="preserve">
 Цвет: серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">69.36</t>
+            <t xml:space="preserve">70.38</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C65" s="4"/>
       <c r="D65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -20211,51 +20243,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99.00</t>
+            <t xml:space="preserve">101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="4"/>
       <c r="B66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 15.HL \ Держатель панели</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -20265,51 +20297,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.56</t>
+            <t xml:space="preserve">81.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C66" s="4"/>
       <c r="D66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -20321,51 +20353,51 @@
             <t xml:space="preserve">
 Артикул: GLB.020.HL.GR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30.60</t>
+            <t xml:space="preserve">31.62</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="4"/>
       <c r="B67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -20391,51 +20423,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3956.00</t>
+            <t xml:space="preserve">4035.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C67" s="4"/>
       <c r="D67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.310B \ Задняя панель ЛДСП для стоек GLS.001</t>
           </r>
@@ -20451,51 +20483,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5645.00</t>
+            <t xml:space="preserve">5758.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="4"/>
       <c r="B68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -20513,51 +20545,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7330.00</t>
+            <t xml:space="preserve">7477.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C68" s="4"/>
       <c r="D68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.311A \ Задняя панель ЛДСП для стоек GLS.001</t>
           </r>
@@ -20573,51 +20605,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1098.00</t>
+            <t xml:space="preserve">1120.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="4"/>
       <c r="B69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -20635,51 +20667,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3250.50</t>
+            <t xml:space="preserve">3316.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C69" s="4"/>
       <c r="D69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.311C.EP.AL \ Задняя панель Экономпанель с алюмин. вставкой, для стоек GLS.001</t>
           </r>
@@ -20695,51 +20727,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6471.00</t>
+            <t xml:space="preserve">6600.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="4"/>
       <c r="B70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -20757,51 +20789,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6456.00</t>
+            <t xml:space="preserve">6585.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C70" s="4"/>
       <c r="D70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.311C.EP.PL \ Задняя панель Экономпанель с пластик. вставкой, для стоек GLS.001</t>
           </r>
@@ -20817,51 +20849,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4885.50</t>
+            <t xml:space="preserve">4983.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="4"/>
       <c r="B71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -20879,51 +20911,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2457.00</t>
+            <t xml:space="preserve">2506.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C71" s="4"/>
       <c r="D71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.311B.EP.PL \ Задняя панель Экономпанель с пластик. вставкой, для стоек GLS.001</t>
           </r>
@@ -20939,51 +20971,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4870.50</t>
+            <t xml:space="preserve">4968.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="4"/>
       <c r="B72" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -21001,51 +21033,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1575.00</t>
+            <t xml:space="preserve">1607.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C72" s="4"/>
       <c r="D72" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.311C \ Задняя панель ЛДСП для стоек GLS.001</t>
           </r>
@@ -21061,51 +21093,51 @@
             <t xml:space="preserve">
 Глубина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.200 3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">877.00</t>
+            <t xml:space="preserve">895.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="4"/>
       <c r="B73" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -21119,51 +21151,51 @@
             <t xml:space="preserve">
 Длина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимы рейки RK.612-05.50 -3 компл. Фурнитура для крепления к стене в комплект не входит, подбирается монтажниками исходя из материала стен.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1143.00</t>
+            <t xml:space="preserve">1166.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C73" s="4"/>
       <c r="D73" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -21183,51 +21215,51 @@
             <t xml:space="preserve">
 Глубина, мм: 475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2026.50</t>
+            <t xml:space="preserve">2067.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="4"/>
       <c r="B74" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -21245,99 +21277,99 @@
             <t xml:space="preserve">
 Глубина, мм: 475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2562.00</t>
+            <t xml:space="preserve">2613.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C74" s="4"/>
       <c r="D74" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RK.612-05.200.V2 \ Комплект реек 200мм для мебельных навесов с креплениями к ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RK.612-05.200.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">95.00</t>
+            <t xml:space="preserve">96.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="4"/>
@@ -21355,51 +21387,51 @@
             </rPr>
             <t xml:space="preserve">RK.612-05.400.V2 \ Комплект реек 400мм для мебельных навесов с креплениями к ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RK.612-05.400.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C75" s="4"/>
       <c r="D75" s="5" t="inlineStr">
         <is>
@@ -21415,51 +21447,51 @@
             </rPr>
             <t xml:space="preserve">RK.612-05.50.V2 \ Комплект реек 50мм для мебельных навесов с креплениями к ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RK.612-05.50.V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.00</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="4"/>
@@ -21489,51 +21521,51 @@
             <t xml:space="preserve">
 Глубина, мм: 475</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно использовать как с пристенными модулями, так и в центре зала, витринах</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3349.50</t>
+            <t xml:space="preserve">3416.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>