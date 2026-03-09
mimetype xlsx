--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -15,69 +15,69 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13.01.2026</t>
+      <t xml:space="preserve">25.02.2026</t>
     </r>
   </si>
   <si>
     <t>Система Global (Глобал) хром</t>
   </si>
   <si>
     <t>Система Глобал хром (Global/Canalina) – универсальная торговая система, основу которой представляют перфорированные хромированные стойки, пристенные и самостоятельно стоящие, и различные навесные кронштейны, позволяющие быстро и легко организовать эффективное торговое пространство.
 Пристенные стойки представляют из себя перфорированные П-образные конструкции длиной 2395-2400 мм и размерами сторон 30х25 (Италия, Россия), 30х23 (Китай) и 16х20 (Италия) мм. Важным показателем качества является толщина метала, наши стойки изготовлены из высококачественной стали толщиной от 1,4 до 2 мм.
 Стойки гондолы Глобал позволяют создавать островные конструкции для размещения в торговом зале.
 Навесные элементы Global представлены в широком ассортименте в серии Универсальные элементы для систем "Global", "Four", "Roto" и Навесные элементы на горизонтальную овальную штангу 30х15 мм
 Также смотрите вешала Global, которые отлично сочетаются в едином торговом пространстве с системой Global.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 1 \  Стойка Global </t>
     </r>
@@ -211,54 +211,50 @@
       <t xml:space="preserve">
 Артикул: GLB.001.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: стойка имеет боковую перфорацию</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 990 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">840.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -276,5866 +272,5692 @@
       </rPr>
       <t xml:space="preserve">2302 \ Стойка Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.2302.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 1080 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">707.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Type 3RC \ Декор для стоек Global Type 1 и GL 1S (пленка ПВХ)</t>
-[...27 lines deleted...]
-Кол-во в упаковке, шт.: 1</t>
+      <t xml:space="preserve">GL 108 (P). HL \ Стойка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.108B.P.HL.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 2995</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Труба 30х50мм, толщина 2мм.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 3275 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1829.00</t>
+      <t xml:space="preserve">2620.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Type 3RC \ Декор для стойки 2302 (пленка ПВХ)</t>
-[...7 lines deleted...]
-Цвет: белый глянец</t>
+      <t xml:space="preserve">GLS 209.V3 \ Стойка &amp;quot;L&amp;quot;-образная </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.209.V3.02698.MGV13</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: под хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2395</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Под заказ возможно изготовление в нестандартных цветах по каталогу пленок ПВХ</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 1</t>
+Глубина, мм: 500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1829.00</t>
+      <t xml:space="preserve">3855.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 108 (P). HL \ Стойка</t>
-[...3 lines deleted...]
-Артикул: GLB.108B.P.HL.CH</t>
+      <t xml:space="preserve">GL 109 (P). HL \  Стойка &amp;quot;L&amp;quot;</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.109P.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 2995</t>
-[...15 lines deleted...]
-Старая цена: 3275 руб.</t>
+Высота, мм: 2395</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Труба 30х50мм, толщина 2мм. Регулируемые опоры в комплект не входят</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2620.00</t>
+      <t xml:space="preserve">4058.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS 209.V3 \ Стойка &amp;quot;L&amp;quot;-образная </t>
-[...27 lines deleted...]
-Кол-во в упаковке, шт.: 2</t>
+      <t xml:space="preserve">GL 110(Р). HL \ Стойка гондолы</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.110P.HL.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1495</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 950</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: регулируемые опоры в комплект не входят</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+ Дата и время: 08.08.2025 11:11:37</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 3916 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3855.00</t>
+      <t xml:space="preserve">3587.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 109 (P). HL \  Стойка &amp;quot;L&amp;quot;</t>
-[...3 lines deleted...]
-Артикул: GLB.109P.HL.CH</t>
+      <t xml:space="preserve">L643 \ Каркас гондолы</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GL.703.A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 2395</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 2</t>
+Высота, мм: 1 532</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 950</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 643</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Необходимо комплектовать задней стенкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4058.00</t>
+      <t xml:space="preserve">8749.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 110(Р). HL \ Стойка гондолы</t>
-[...3 lines deleted...]
-Артикул: GLB.110P.HL.CH</t>
+      <t xml:space="preserve">L943 \ Каркас гондолы</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GL.703.B.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 1495</t>
+Высота, мм: 1 532</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: регулируемые опоры в комплект не входят</t>
-[...15 lines deleted...]
-Старая цена: 3916 руб.</t>
+Ширина, мм: 943</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Необходимо комплектовать задней стенкой.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3587.00</t>
+      <t xml:space="preserve">9269.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">L643 \ Каркас гондолы</t>
-[...3 lines deleted...]
-Артикул: GL.703.A.CH</t>
+      <t xml:space="preserve">L1243 \ Каркас гондолы</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GL.703.C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1 532</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 643</t>
-[...3 lines deleted...]
-Примечание: Необходимо комплектовать задней стенкой</t>
+Ширина, мм: 1 243</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Необходимо комплектовать задней стенкой.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8749.20</t>
+      <t xml:space="preserve">9725.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">L943 \ Каркас гондолы</t>
-[...3 lines deleted...]
-Артикул: GL.703.B.CH</t>
+      <t xml:space="preserve">GL 11.HL \ Соединитель стоек</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.011A.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 1 532</t>
-[...11 lines deleted...]
-Примечание: Необходимо комплектовать задней стенкой.</t>
+Длина, мм: 600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Китай</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Для стоек GL 108 (P).HL, GL 109 (P).HL, GL 110 (P).HL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9269.20</t>
+      <t xml:space="preserve">604.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">L1243 \ Каркас гондолы</t>
-[...3 lines deleted...]
-Артикул: GL.703.C.CH</t>
+      <t xml:space="preserve">GL 11.HL \ Соединитель стоек</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.011B.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 1 532</t>
-[...11 lines deleted...]
-Примечание: Необходимо комплектовать задней стенкой.</t>
+Длина, мм: 900</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Китай</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Для стоек GL 108 (P).HL, GL 109 (P).HL, GL 110 (P).HL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9725.20</t>
+      <t xml:space="preserve">864.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 11.HL \ Соединитель стоек</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: GLB.011A.HL.CH</t>
+Артикул: GLB.011C.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 600</t>
+Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стоек GL 108 (P).HL, GL 109 (P).HL, GL 110 (P).HL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">604.00</t>
+      <t xml:space="preserve">1092.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 11.HL \ Соединитель стоек</t>
-[...19 lines deleted...]
-Примечание: Для стоек GL 108 (P).HL, GL 109 (P).HL, GL 110 (P).HL</t>
+      <t xml:space="preserve">GLS.019-1A \ Держатель нижней полки (1 шт, L=600 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.019-1A.GR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: серый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Для устнановки нижней полки, необходимо использовать 2 держателя. </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">864.00</t>
+      <t xml:space="preserve">172.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 11.HL \ Соединитель стоек</t>
-[...19 lines deleted...]
-Примечание: Для стоек GL 108 (P).HL, GL 109 (P).HL, GL 110 (P).HL</t>
+      <t xml:space="preserve">GLS.019-1B \ Держатель нижней полки (1 шт, L=900 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.019-1B.GR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: серый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 900</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Для устнановки нижней полки, необходимо использовать 2 держателя.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1092.00</t>
+      <t xml:space="preserve">240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS.019-1A \ Держатель нижней полки (1 шт, L=600 мм)</t>
-[...3 lines deleted...]
-Артикул: GLS.019-1A.GR</t>
+      <t xml:space="preserve">GLS.019-1C \ Держатель нижней полки (1 шт, L=1200 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.019-1C.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 600</t>
+Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для устнановки нижней полки, необходимо использовать 2 держателя. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">172.00</t>
+      <t xml:space="preserve">306.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS.019-1B \ Держатель нижней полки (1 шт, L=900 мм)</t>
-[...11 lines deleted...]
-Длина, мм: 900</t>
+      <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.211-L.A.02698.MGV13</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: под хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Для устнановки нижней полки, необходимо использовать 2 держателя.</t>
+Примечание: Для стойки GLS 209</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 10</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">240.00</t>
+      <t xml:space="preserve">459.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS.019-1C \ Держатель нижней полки (1 шт, L=1200 мм)</t>
-[...11 lines deleted...]
-Длина, мм: 1200</t>
+      <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.211-L.B.02698.MGV13</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: под хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Для устнановки нижней полки, необходимо использовать 2 держателя. </t>
+Примечание: Для стойки GLS 209</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 10</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">306.00</t>
+      <t xml:space="preserve">581.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек</t>
-[...3 lines deleted...]
-Артикул: GLS.211-L.A.02698.MGV13</t>
+      <t xml:space="preserve">GLS 211 CR \ Соединитель “L”- образных стоек, L-1200мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.211-L.C.02698.MGV13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 600</t>
+Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для стойки GLS 209</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">459.00</t>
+      <t xml:space="preserve">576.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS 211 \ Соединитель “L”- образных стоек</t>
-[...23 lines deleted...]
-Собственное производство: Да</t>
+      <t xml:space="preserve">GL 38 \ Штанга (L-600мм) </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.038A.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Китай</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">581.00</t>
+      <t xml:space="preserve">578.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS 211 CR \ Соединитель “L”- образных стоек, L-1200мм</t>
-[...23 lines deleted...]
-Собственное производство: Да</t>
+      <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.038A.HL.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Китай</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">576.00</t>
+      <t xml:space="preserve">926.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 38 \ Штанга (L-600мм) </t>
-[...7 lines deleted...]
-Цвет: хром</t>
+      <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.038A.HL.MSA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: матовый сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 10</t>
+Кол-во в упаковке, шт.: 20</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 1219 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">578.00</t>
+      <t xml:space="preserve">980.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: GLB.038A.HL.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: GLB.038A.HL.MH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 860 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">926.00</t>
+      <t xml:space="preserve">599.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
-[...7 lines deleted...]
-Цвет: матовый сатин</t>
+      <t xml:space="preserve">GL 38 \ Штанга (L-900мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.038B.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 600</t>
+Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...7 lines deleted...]
-Старая цена: 1219 руб.</t>
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">980.00</t>
+      <t xml:space="preserve">645.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
-[...7 lines deleted...]
-Цвет: матовый хром</t>
+      <t xml:space="preserve">GL 38.HL \ Штанга (L-900 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.038B.HL.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 600</t>
+Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 860 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">599.00</t>
+      <t xml:space="preserve">1040.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 38 \ Штанга (L-900мм)</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+      <t xml:space="preserve">GL 38.HL \ Штанга (L-900мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.038B.HL.MH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 10</t>
+Кол-во в упаковке, шт.: 20</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 1200 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">645.00</t>
+      <t xml:space="preserve">840.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 38.HL \ Штанга (L-900 мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.038B.HL.CH</t>
+      <t xml:space="preserve">GLS 38 \ Штанга (L-1200мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.038C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 900</t>
-[...3 lines deleted...]
-Производитель: Китай</t>
+Ширина, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1040.00</t>
+      <t xml:space="preserve">695.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 38.HL \ Штанга (L-900мм)</t>
-[...7 lines deleted...]
-Цвет: матовый хром</t>
+      <t xml:space="preserve">GL 38 \ Штанга (L=1200мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.038C.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 900</t>
+Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...7 lines deleted...]
-Старая цена: 1200 руб.</t>
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">840.00</t>
+      <t xml:space="preserve">874.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS 38 \ Штанга (L-1200мм)</t>
-[...3 lines deleted...]
-Артикул: GLS.038C.CH</t>
+      <t xml:space="preserve">GL 38.HL \ Штанга (L-1200мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.038C.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Россия</t>
-[...3 lines deleted...]
-Собственное производство: Да</t>
+Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">695.00</t>
+      <t xml:space="preserve">1248.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 38 \ Штанга (L=1200мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.038C.CH</t>
+      <t xml:space="preserve">GL 59 \ Держатель полки для GL 38 и NP-38</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.059.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...14 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">874.00</t>
+      <t xml:space="preserve">126.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 38.HL \ Штанга (L-1200мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.038C.HL.CH</t>
+      <t xml:space="preserve">GL 39 \ Кронштейн перекладина L-600 мм (ЕСО 5М) </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: ECO-5M</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 20</t>
+Глубина, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+ Дата и время: 25.02.2026 09:51:38</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Шаг зацепов совместим с шагом перфорации стоек серий GLOBAL, FOURUS, RAMES, PRIMO RUS. Ввиду визуальных отличий зацепов у разных артикулов штанг рекомендуется использовать в проекте штанги одного артикула.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 399 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1248.00</t>
+      <t xml:space="preserve">199.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 59 \ Держатель полки для GL 38 и NP-38</t>
-[...3 lines deleted...]
-Артикул: GLB.059.CH</t>
+      <t xml:space="preserve">GL 39 \ Штанга (L-600мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.039A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
+Ширина, мм: 600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Китай</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 20</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">126.00</t>
+      <t xml:space="preserve">406.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...10 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 39 \ Кронштейн перекладина L-605 мм (ЕСО 5М) </t>
-[...3 lines deleted...]
-Артикул: ECO-5M</t>
+      <t xml:space="preserve">GL 39.HL \ Штанга (L-600 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.039A.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 50</t>
-[...23 lines deleted...]
-Скидка: Да</t>
+Ширина, мм: 600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 345 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">293.00</t>
+      <t xml:space="preserve">500.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 39 \ Штанга (L-600мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.039A.CH</t>
+      <t xml:space="preserve">GL 39 \ Штанга (L-900мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.039B.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 600</t>
+Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 20</t>
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">406.00</t>
+      <t xml:space="preserve">468.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 39.HL \ Штанга (L-600 мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.039A.HL.CH</t>
+      <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.039B.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 600</t>
+Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">500.00</t>
+      <t xml:space="preserve">697.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 39 \ Штанга (L-900мм)</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+      <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.039B.HL.MH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 835 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">468.00</t>
+      <t xml:space="preserve">499.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.039B.HL.CH</t>
+      <t xml:space="preserve">GLS 39 \ Штанга (L-1200мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.039C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 900</t>
-[...3 lines deleted...]
-Производитель: Китай</t>
+Ширина, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">697.00</t>
+      <t xml:space="preserve">465.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
-[...11 lines deleted...]
-Ширина, мм: 900</t>
+      <t xml:space="preserve">GL 39.HL \ Штанга (L-1200мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.039C.HL.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 835 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">499.00</t>
+      <t xml:space="preserve">859.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS 39 \ Штанга (L-1200мм)</t>
-[...3 lines deleted...]
-Артикул: GLS.039C.CH</t>
+      <t xml:space="preserve">Type 39 \ Штанга (L-1200 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.111.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Россия</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Производитель: Италия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+ Дата и время: 07.08.2025</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 810 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">465.00</t>
+      <t xml:space="preserve">485.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 39.HL \ Штанга (L-1200мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.039C.HL.CH</t>
+      <t xml:space="preserve">GL 57L.HL \ Держатель прямоугольной трубы (левый, L-50мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.57B L.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1200</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Держатель: левый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: цена за 1 шт.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">859.00</t>
+      <t xml:space="preserve">155.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Type 39 \ Штанга (L-1200 мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.111.CH</t>
+      <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-50мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.57B R.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1200</t>
-[...15 lines deleted...]
-Старая цена: 810 руб.</t>
+Держатель: правый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: цена за 1 шт.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">485.00</t>
+      <t xml:space="preserve">155.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 57L.HL \ Держатель прямоугольной трубы (левый, L-50мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.57B L.HL.CH</t>
+      <t xml:space="preserve">GL 57L.HL \ Держатель прямоугольной трубы (левый, L-300мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.57A L.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Держатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 50</t>
+Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 100</t>
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">155.00</t>
+      <t xml:space="preserve">393.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-50мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.57B R.HL.CH</t>
+      <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-300мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.57A R.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Держатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 50</t>
+Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 100</t>
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">155.00</t>
+      <t xml:space="preserve">393.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 57L.HL \ Держатель прямоугольной трубы (левый, L-300мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.57A L.HL.CH</t>
+      <t xml:space="preserve">GL 58 \ Держатель полки для GL 57</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.058.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Держатель: левый</t>
-[...14 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">393.00</t>
+      <t xml:space="preserve">78.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-300мм)</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 50</t>
+      <t xml:space="preserve">GLS 005 \ Кронштейн для шапок L=600 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.005.DB.02698.MGV13</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: под хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Позволяет разместить 7 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">393.00</t>
+      <t xml:space="preserve">1734.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 58 \ Держатель полки для GL 57</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+      <t xml:space="preserve">GLS 006 \ Кронштейн для шапок L=900 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.006.DB.02698.MGV13</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: под хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 900</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Позволяет разместить 11 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">78.54</t>
+      <t xml:space="preserve">2305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...10 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS 005 \ Кронштейн для шапок L=600 мм</t>
-[...3 lines deleted...]
-Артикул: GLS.005.DB.02698.MGV13</t>
+      <t xml:space="preserve">GLS 007 \ Кронштейн для шапок L=1200 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.007.DB.02698.MGV13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 600</t>
+Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Позволяет разместить 7 шапок. Крепление на стойку с перфорацией идентичной Global</t>
+Примечание: Позволяет разместить 15 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1734.00</t>
+      <t xml:space="preserve">3233.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS 006 \ Кронштейн для шапок L=900 мм</t>
-[...3 lines deleted...]
-Артикул: GLS.006.DB.02698.MGV13</t>
+      <t xml:space="preserve">GLS.LT 23L \ Полкодержатель (левый, L-200мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.LT.023C.L.02698.MGV13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 900</t>
+Полкодержатель: левый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Позволяет разместить 11 шапок. Крепление на стойку с перфорацией идентичной Global</t>
+Примечание: цена за 1 шт. Устанавливаются на полку под углом 90гр. Максимальная допустимая распределенная нагрузка на пару кронштейнов -30кг. </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2305.00</t>
+      <t xml:space="preserve">78.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS 007 \ Кронштейн для шапок L=1200 мм</t>
-[...3 lines deleted...]
-Артикул: GLS.007.DB.02698.MGV13</t>
+      <t xml:space="preserve">GLS.LT 23R \ Полкодержатель (правый, L-200мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.LT.023C.R.02698.MGV13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1200</t>
+Полкодержатель: правый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Позволяет разместить 15 шапок. Крепление на стойку с перфорацией идентичной Global</t>
+Примечание: цена за 1 шт. Устанавливаются на полку под углом 90гр. Максимальная допустимая распределенная нагрузка на пару кронштейнов -30кг. </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3233.00</t>
+      <t xml:space="preserve">78.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS.LT 23L \ Полкодержатель (левый, L-200мм)</t>
-[...7 lines deleted...]
-Цвет: под хром</t>
+      <t xml:space="preserve">GL 23L \ Полкодержатель (левый, L-250мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.023D.L.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 200</t>
-[...11 lines deleted...]
-Собственное производство: Да</t>
+Глубина, мм: 250</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">78.00</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS.LT 23R \ Полкодержатель (правый, L-200мм)</t>
-[...7 lines deleted...]
-Цвет: под хром</t>
+      <t xml:space="preserve">GL 23R \ Полкодержатель (правый, L-250мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.023D.R.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 200</t>
-[...11 lines deleted...]
-Собственное производство: Да</t>
+Глубина, мм: 250</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">78.00</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 23L \ Полкодержатель (левый, L-250мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.023D.L.CH</t>
+      <t xml:space="preserve">GL 23L \ Полкодержатель (левый, L-300мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.023A.L.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 250</t>
+Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
+Примечание: цена за 1 шт.  </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">101.00</t>
+      <t xml:space="preserve">116.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 23R \ Полкодержатель (правый, L-250мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.023D.R.CH</t>
+      <t xml:space="preserve">GL 23R \ Полкодержатель (правый, L-300мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.023A.R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 250</t>
+Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
+Примечание: цена за 1 шт.  </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">101.00</t>
+      <t xml:space="preserve">116.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 23L \ Полкодержатель (левый, L-300мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.023A.L.CH</t>
+      <t xml:space="preserve">GL 23L \ Полкодержатель (левый, L-400мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.023B.L.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
+Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: цена за 1 шт.  </t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">116.00</t>
+      <t xml:space="preserve">151.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 23R \ Полкодержатель (правый, L-300мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.023A.R.CH</t>
+      <t xml:space="preserve">GL 23R \ Полкодержатель (правый, L-400мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.023B.R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
+Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: цена за 1 шт.  </t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">116.00</t>
+      <t xml:space="preserve">151.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 23L \ Полкодержатель (левый, L-400мм)</t>
-[...11 lines deleted...]
-Полкодержатель: левый</t>
+      <t xml:space="preserve">GL 23R.HL \ Полкодержатель (правый, L-400мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.023B.R.HL.MH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
+Полкодержатель: правый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
+Примечание: цена за 1 шт.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 20</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 360 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">151.00</t>
+      <t xml:space="preserve">179.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 23R \ Полкодержатель (правый, L-400мм)</t>
-[...11 lines deleted...]
-Полкодержатель: правый</t>
+      <t xml:space="preserve">GL 23L.HL \ Полкодержатель (левый, L-400мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.023B.L.HL.MH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
+Полкодержатель: левый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
+Примечание: цена за 1 шт.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 20</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 360 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">151.00</t>
+      <t xml:space="preserve">179.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 23R.HL \ Полкодержатель (правый, L-400мм)</t>
-[...11 lines deleted...]
-Глубина, мм: 400</t>
+      <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.055R.HL.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Китай</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 360 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">179.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 23L.HL \ Полкодержатель (левый, L-400мм)</t>
-[...11 lines deleted...]
-Глубина, мм: 400</t>
+      <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.055L.HL.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Китай</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 360 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">179.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: GLB.055R.HL.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: GLB.055R.HL.MH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 300 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">265.00</t>
+      <t xml:space="preserve">209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: GLB.055L.HL.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: GLB.055L.HL.MH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 300 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">265.00</t>
+      <t xml:space="preserve">209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
-[...11 lines deleted...]
-Глубина, мм: 200</t>
+      <t xml:space="preserve">GL 56R \ Полкодержатель усиленный (правый, L-400мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.056R.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 300 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">209.00</t>
+      <t xml:space="preserve">662.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
-[...11 lines deleted...]
-Глубина, мм: 200</t>
+      <t xml:space="preserve">GL 56L \ Полкодержатель усиленный (левый, L-400мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.056L.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 300 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">209.00</t>
+      <t xml:space="preserve">662.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 56R \ Полкодержатель усиленный (правый, L-400мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.056R.CH</t>
+      <t xml:space="preserve">GLS 063BR-L \ Кронштейн для корзины (левый, L-290мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.063.BRACKET-LEFT.V5.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 400</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 20</t>
+Держатель: левый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Используются в комплекте с корзиной GLS 063A.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 290</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">662.00</t>
+      <t xml:space="preserve">125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 56L \ Полкодержатель усиленный (левый, L-400мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.056L.CH</t>
+      <t xml:space="preserve">GLS 063BR-R \ Кронштейн для корзины (правый, L-290мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.063.BRACKET-RIGHT.V5.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 400</t>
-[...3 lines deleted...]
-Полкодержатель: левый</t>
+Держатель: правый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 20</t>
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 290</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">662.00</t>
+      <t xml:space="preserve">125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS 063BR-L \ Кронштейн для корзины (левый, L-290мм)</t>
-[...3 lines deleted...]
-Артикул: GLS.063.BRACKET-LEFT.V5.CH</t>
+      <t xml:space="preserve">GLS 063A \ Корзина 600х300х150 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLS.063.600.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Держатель: левый</t>
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 150</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Используются в комплекте с корзиной GLS 063A.</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">125.00</t>
+      <t xml:space="preserve">750.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS 063BR-R \ Кронштейн для корзины (правый, L-290мм)</t>
-[...3 lines deleted...]
-Артикул: GLS.063.BRACKET-RIGHT.V5.CH</t>
+      <t xml:space="preserve">GL 44R.HL \ Боксодержатель (правый, L-320мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.044R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Держатель: правый</t>
-[...3 lines deleted...]
-Производитель: Россия</t>
+Боксодержатель: правый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Собственное производство: Да</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">125.00</t>
+      <t xml:space="preserve">444.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLS 063A \ Корзина 600х300х150 мм</t>
-[...3 lines deleted...]
-Артикул: GLS.063.600.CH</t>
+      <t xml:space="preserve">GL 44L.HL \ Боксодержатель  (левый, L-320мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.044L.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 5</t>
+Боксодержатель: левый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 320</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: цена за 1 шт.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">750.00</t>
+      <t xml:space="preserve">444.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 44R.HL \ Боксодержатель (правый, L-320мм)</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 20</t>
+      <t xml:space="preserve">Ножка на подвижном шарнире, M10x30, D-40, черная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.340.40.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">444.00</t>
+      <t xml:space="preserve">89.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 44L.HL \ Боксодержатель  (левый, L-320мм)</t>
-[...3 lines deleted...]
-Артикул: GLB.044L.CH</t>
+      <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: JOKP.014C.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Боксодержатель: левый</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 20</t>
+Производитель: Китай</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">444.00</t>
+      <t xml:space="preserve">27.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
-[...15 lines deleted...]
-Кол-во в упаковке, шт.: 500</t>
+      <t xml:space="preserve">AR 105.YN \ Кронштейн на стойку</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: ROT.140.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">91.80</t>
+      <t xml:space="preserve">322.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
-[...3 lines deleted...]
-Артикул: JOKP.014C.00</t>
+      <t xml:space="preserve">FR 163 \ Кронштейн двухрожковый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: FUR.163.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Китай</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 50</t>
+Высота, мм: 135</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 420</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 700</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 740 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.54</t>
+      <t xml:space="preserve">370.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AR 105.YN \ Кронштейн на стойку</t>
-[...3 lines deleted...]
-Артикул: ROT.140.CH</t>
+      <t xml:space="preserve">AR 109.YN \ Кронштейн на стойку</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: ROT.145.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 400</t>
+Глубина, мм: 415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">322.00</t>
+      <t xml:space="preserve">349.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">FR 163 \ Кронштейн двухрожковый</t>
-[...3 lines deleted...]
-Артикул: FUR.163.CH</t>
+      <t xml:space="preserve">AR 111.YN \ Кронштейн на стойку</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: ROT.141.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 135</t>
-[...15 lines deleted...]
-Старая цена: 740 руб.</t>
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">370.00</t>
+      <t xml:space="preserve">312.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AR 109.YN \ Кронштейн на стойку</t>
-[...3 lines deleted...]
-Артикул: ROT.145.CH</t>
+      <t xml:space="preserve">AR 112.YN \ Кронштейн на стойку</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: ROT.143.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 415</t>
+Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 25</t>
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">349.00</t>
+      <t xml:space="preserve">352.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AR 111.YN \ Кронштейн на стойку</t>
-[...3 lines deleted...]
-Артикул: ROT.141.CH</t>
+      <t xml:space="preserve">AR 113.YN \ Кронштейн на стойку</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: ROT.144.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 400</t>
+Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">312.00</t>
+      <t xml:space="preserve">230.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AR 112.YN \ Кронштейн на стойку</t>
-[...3 lines deleted...]
-Артикул: ROT.143.CH</t>
+      <t xml:space="preserve">R 105 \ Кронштейн</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.036.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 50</t>
+Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">352.00</t>
+      <t xml:space="preserve">437.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AR 113.YN \ Кронштейн на стойку</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 50</t>
+      <t xml:space="preserve">R 105 \ Кронштейн на трубу</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.036.MSA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: матовый сатин</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 48</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 289 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">230.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 105 \ Кронштейн</t>
-[...3 lines deleted...]
-Артикул: RTP.036.CH</t>
+      <t xml:space="preserve">R 105-K \Кронштейн наклонный с штырьками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.054.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 48</t>
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">437.00</t>
+      <t xml:space="preserve">213.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 105 \ Кронштейн на трубу</t>
-[...7 lines deleted...]
-Цвет: матовый сатин</t>
+      <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.020.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 289 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">230.00</t>
+      <t xml:space="preserve">396.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 105-K \Кронштейн наклонный с штырьками</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+      <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.020.MH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Кол-во в упаковке, шт.: 48</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 360 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">213.00</t>
+      <t xml:space="preserve">288.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
-[...3 lines deleted...]
-Артикул: RTP.020.CH</t>
+      <t xml:space="preserve">R (U) 405 \ Кронштейн наклонный (усиленный зацеп)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.041.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 48</t>
+Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">396.00</t>
+      <t xml:space="preserve">448.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
-[...7 lines deleted...]
-Цвет: матовый хром</t>
+      <t xml:space="preserve">R (TOP) 150 \ Кронштейн наклонный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.050.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...7 lines deleted...]
-Старая цена: 360 руб.</t>
+Собственное производство: Нет</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">288.00</t>
+      <t xml:space="preserve">456.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R (U) 405 \ Кронштейн наклонный (усиленный зацеп)</t>
-[...3 lines deleted...]
-Артикул: RTP.041.CH</t>
+      <t xml:space="preserve">R 112 \ Кронштейн с крючками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.038.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 25</t>
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">448.00</t>
+      <t xml:space="preserve">394.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R (TOP) 150 \ Кронштейн наклонный</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+      <t xml:space="preserve">R 112 \ Кронштейн с крючками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.038.MH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Собственное производство: Нет</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 20</t>
+Кол-во в упаковке, шт.: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 430 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">456.00</t>
+      <t xml:space="preserve">321.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 112 \ Кронштейн с крючками</t>
-[...3 lines deleted...]
-Артикул: RTP.038.CH</t>
+      <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.056.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">394.00</t>
+      <t xml:space="preserve">228.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 112 \ Кронштейн с крючками</t>
-[...11 lines deleted...]
-Глубина, мм: 400</t>
+      <t xml:space="preserve">R 106 \ Кронштейн</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.037.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 430 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">321.00</t>
+      <t xml:space="preserve">319.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
-[...3 lines deleted...]
-Артикул: RTP.056.CH</t>
+      <t xml:space="preserve">R 701 \ Кронштейн</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.022.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 400</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 50</t>
+Глубина, мм: 320</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">228.00</t>
+      <t xml:space="preserve">92.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 106 \ Кронштейн</t>
-[...3 lines deleted...]
-Артикул: RTP.037.CH</t>
+      <t xml:space="preserve">R 113 \ Кронштейн</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.021.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 430</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 50</t>
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">319.00</t>
+      <t xml:space="preserve">281.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 701 \ Кронштейн</t>
-[...3 lines deleted...]
-Артикул: RTP.022.CH</t>
+      <t xml:space="preserve">R 113-K \ Кронштейн прямой</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.055.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 320</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92.82</t>
+      <t xml:space="preserve">162.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 113 \ Кронштейн</t>
-[...3 lines deleted...]
-Артикул: RTP.021.CH</t>
+      <t xml:space="preserve">R (U) 413 \ Кронштейн прямой (усиленный зацеп)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.042.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 48</t>
+Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">281.00</t>
+      <t xml:space="preserve">293.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 113-K \ Кронштейн прямой</t>
-[...3 lines deleted...]
-Артикул: RTP.055.CH</t>
+      <t xml:space="preserve">R (TOP) 153 \ Кронштейн прямой</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.048.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 50</t>
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">162.00</t>
+      <t xml:space="preserve">379.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R (U) 413 \ Кронштейн прямой (усиленный зацеп)</t>
-[...3 lines deleted...]
-Артикул: RTP.042.CH</t>
+      <t xml:space="preserve">R 109 \ Кронштейн</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.019.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 25</t>
+Глубина, мм: 415</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">293.00</t>
+      <t xml:space="preserve">448.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R (TOP) 153 \ Кронштейн прямой</t>
-[...15 lines deleted...]
-Кол-во в упаковке, шт.: 20</t>
+      <t xml:space="preserve">R 109 \ Кронштейн</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.019.MSA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: матовый сатин</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 415</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 40</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 385 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">379.00</t>
+      <t xml:space="preserve">309.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 109 \ Кронштейн</t>
-[...3 lines deleted...]
-Артикул: RTP.019.CH</t>
+      <t xml:space="preserve">R (TOP) 109 \ Кронштейн ступенчатый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.047.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 415</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 40</t>
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">448.00</t>
+      <t xml:space="preserve">526.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 109 \ Кронштейн</t>
-[...19 lines deleted...]
-Старая цена: 385 руб.</t>
+      <t xml:space="preserve">R 107 \ Кассета для сорочек</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.039.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 290</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 330</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 550</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">309.00</t>
+      <t xml:space="preserve">612.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R (TOP) 109 \ Кронштейн ступенчатый</t>
-[...3 lines deleted...]
-Артикул: RTP.047.CH</t>
+      <t xml:space="preserve">R 290 \ Крючок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.032.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 400</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Глубина, мм: 100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">526.00</t>
+      <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 107 \ Кассета для сорочек</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+      <t xml:space="preserve">R 290 \ Кронштейн</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.032.MSA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: матовый сатин</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 32 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">612.00</t>
+      <t xml:space="preserve">30.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 290 \ Крючок</t>
-[...3 lines deleted...]
-Артикул: RTP.032.CH</t>
+      <t xml:space="preserve">R 291 \ Крючок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.028.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 100</t>
+Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">52.02</t>
+      <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 290 \ Кронштейн</t>
-[...11 lines deleted...]
-Глубина, мм: 100</t>
+      <t xml:space="preserve">R 291 \ Кронштейн</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.028.MH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: матовый хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
-    </r>
-[...120 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 56 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">47.00</t>
     </r>
@@ -8275,4242 +8097,4212 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e84b9b7b_0292_11ed_9b20_ac1f6b40b531_c313f0d1_60d3_11e7_9a19_0025902b3cc1_1214124resize12.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c313f0d1_60d3_11e7_9a19_0025902b3cc1_12141243.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff24a_c55b_11df_b729_003048d0c7fe_20244D63_6977_4289_9A87_91368A3B84104.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e418208b_0100_11e0_b16f_003048d0c7fe_833AB68B_45B5_40F0_A59B_8C1891A30A725.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d589d99b_a4aa_11e5_a43a_0025902b3cc1_7EFA6FB9_B8B1_492B_BFD3_0723EE91259D6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faa20d5b_2ea8_11e9_aacc_0025902b3cc1_60ED5CBD_073A_49C7_80BC_42E74F8A5DCC7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5387afb6_7319_11e1_9332_0025902b3cc1_5B2AE93E_3C0E_47D2_9980_69D31FE4AFB68.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10abb922_9a1d_11ec_81b7_ac1f6b40b531_GLS209V302698MGV1319.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cfd50ea_e659_11e0_a476_003048f27c5e_714095C7_6F40_49DF_8CC2_00D79B90EAD510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5387afb1_7319_11e1_9332_0025902b3cc1_863DB18F_5A81_4CAA_B7DD_F637C9E68C2A11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c992e6c8_63aa_11e6_9c74_0025902b3cc0_F15162B7_02B5_431B_9651_E70D7D66737712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/272bf0a8_63ac_11e6_9c74_0025902b3cc0_328F51A2_E090_425B_BA7E_B238F190398213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e925d1dd_63ad_11e6_9c74_0025902b3cc0_11C5BDF9_3A12_4B72_AC17_599FC58E9FEF14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a835_0427_11e0_99a4_003048f27c5f_FD88DB7B_9E0B_484E_8328_F070E6A996F415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff238_c55b_11df_b729_003048d0c7fe_2328C3F8_1F31_4CD2_85F4_CA4656563B9E16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e2b7_fea3_11df_b16f_003048d0c7fe_F13C0BE2_81F6_4331_AEDC_4CFA0516914217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaaee4ed_c4e0_11ee_a821_0050569cf81d_GLS019_1AGR18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54a88e66_9808_11ee_aa1f_ac1f6b40b531_GLS019_1BGR19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80a23a3f_9808_11ee_aa1f_ac1f6b40b531_GLS019_1CGR20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c8b181f_9bb8_11ec_81b7_ac1f6b40b531_60021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c8b1824_9bb8_11ec_81b7_ac1f6b40b531_90022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ddc1c8_9bb8_11ec_81b7_ac1f6b40b531_346ca04e_4947_11e9_aacc_0025902b3cc1_gls_211_l_c_22450_4n100resize123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ede755_7a52_11ef_bd55_0050569cf81d_GLB038BCH24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2152d112_75c7_11e7_9ffe_0025902b3cc1_A3CB3352_C2EE_43EB_B8CC_AC134424FA3A26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a839_0427_11e0_99a4_003048f27c5f_E3451519_32A8_4F0B_842F_1A44B125DFC627.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f06edc24_fa34_11ed_907c_ac1f6b40b531_GLB038BCH28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b78_0f25_11e0_99a4_003048f27c5f_FBFD3377_8E2D_4844_BFBF_C9162944F88430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c8495ce_6a3f_11e4_a300_0025902b3cc1_GLS_38_C31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd1d49f8_7a52_11ef_bd55_0050569cf81d_GLB038BCH32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0371ea9c_dbe6_11e6_9cf3_0025902b3cc1_ECO_5M35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ee75604_fa35_11ed_907c_ac1f6b40b531_GLB039ACH36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272237.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/288c6644_fa35_11ed_907c_ac1f6b40b531_GLB039BCH38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b7b_0f25_11e0_99a4_003048f27c5f_01A7B579_09C4_4AB9_85F8_A58CCBD880DB40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2979896_6a3f_11e4_a300_0025902b3cc1_944D4D4B_3BD5_4C44_A3FB_D8CAB9CE696041.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1842.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321dc308_b38f_11e0_a476_003048f27c5f_GLB111CH.resize243.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a83e_0427_11e0_99a4_003048f27c5f_72CBFA5E_FA3A_4AC1_A300_B75308D0335444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a841_0427_11e0_99a4_003048f27c5f_485A5F18_DBEB_46C0_94ED_26F86E0B22B445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d958_0427_11e0_99a4_003048f27c5f_30DFF48C_9CB3_42F7_92C8_9349AEC2B37E46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95b_0427_11e0_99a4_003048f27c5f_198B1A2B_B3D1_4B9E_A319_307E33CEC30247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95e_0427_11e0_99a4_003048f27c5f_049A9C43_0C0D_4554_BE3C_11847DB5317E48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f38fd6d2_5050_11ed_95a1_ac1f6b40b531_GLS-0049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f032f1_5051_11ed_95a1_ac1f6b40b531_GLS-0050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f5439a_5051_11ed_95a1_ac1f6b40b531_GLS-0051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dc45632_a5e7_11ed_bcbb_ac1f6b40b531_GLSLT023C52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e3790e_a5e7_11ed_bcbb_ac1f6b40b531_GLSLT023C53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df92ad9f_ac5f_11ed_be80_ac1f6b40b531_GLB023D54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10104fe7_ac60_11ed_be80_ac1f6b40b531_GLB023D55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a0ca6c_7c86_11ed_81ba_ac1f6b40b531_GLB023ALCH56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66e5d037_7c87_11ed_81ba_ac1f6b40b531_GLB023ALCH57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/368a4396_ac60_11ed_be80_ac1f6b40b531_GLB023B58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/558cf1d8_ac60_11ed_be80_ac1f6b40b531_GLB023B59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d574_081d_11e0_99a4_003048f27c5f_ECD277D2_6557_4345_B930_4EFCB274F3B460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d571_081d_11e0_99a4_003048f27c5f_66404EC4_C886_46A4_9C87_AC91C4A7607761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB5062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD8763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ee_fdef_11df_b16f_003048d0c7fe_9B3294F8_D899_4BC7_946F_707A50BDECEE64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304eb_fdef_11df_b16f_003048d0c7fe_DFBAC84C_99A8_487B_A187_4EF90A6A416E65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235d_0cc4_11e0_99a4_003048f27c5f_221FAD5F_832B_4DB2_9893_50CA19D09A9566.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235a_0cc4_11e0_99a4_003048f27c5f_294202EE_75D0_4972_B59F_617C509ED7C867.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6108ddb5_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a2724e_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F369.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aafa01b8_09b8_11e9_8add_0025902b3cc1_2E63857B_B355_4E28_8BB4_D0B810828FCD70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6ff_0100_11e0_b16f_003048d0c7fe_FC2A246C_57E5_46C0_B6E4_216B36F86A1C71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6fc_0100_11e0_b16f_003048d0c7fe_64ADC644_3F80_4A38_9E41_6E9691363A1472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a21edfb_035a_11e0_b16f_003048d0c7fe_E48A97D9_5D21_4DA9_8B51_3453D3B36E0675.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e30ce8ba_9244_11e0_afc8_003048f27c5f_27FDD22C_DC5D_47FC_99CB_F4C95E7A458E76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd7b1997_0e70_11e0_99a4_003048f27c5f_3840E89E_C8F0_459F_9FFA_03F6B234987B77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4325693_0100_11e0_b16f_003048d0c7fe_94548AE9_4BB7_4969_9278_92C8E8E2219678.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c8da47_118d_11e0_99a4_003048f27c5f_A5847828_669D_4B2D_BA71_128C8C1851AB79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145ea978_0427_11e0_99a4_003048f27c5f_F69E2DFD_5EB6_4E5F_9117_85E6F882749680.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C881.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fca53cde_75c4_11e7_9ffe_0025902b3cc1_89BCDC73_7E30_4A2C_B86F_FC98181FF1B682.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C883.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c5c43a7_707b_11e0_afc8_003048f27c5f_A8503556_2E30_4AFF_97BE_3D95B0AF4E2485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C086.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327457b3_0b57_11e4_9ca4_0025902b3cc1_7DBA787A_F568_4E5D_BB5C_0856DAFCF67687.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25f01_ff16_11e0_833e_003048f27c5f_5F62B636_B61C_481C_B417_5C6B31D446C789.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92992.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8893.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8894.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B92696.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20bc5491_75c6_11e7_9ffe_0025902b3cc1_5BD10E7D_9E3C_4050_9ED8_06001E312F5098.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F1199.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E7101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f72f264_75c6_11e7_9ffe_0025902b3cc1_156E074C_065F_4032_81F1_3189A4E05D5F102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE349103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25ee3_ff16_11e0_833e_003048f27c5f_56F35150_5A09_4692_B5FF_46C660353509104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e009969f_75c6_11e7_9ffe_0025902b3cc1_8D62CE58_7D8D_4528_AE2E_BAAF352AE23C107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA392108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8a5642_3804_11e0_b4b4_003048f27c5f_914B74D3_0490_44A3_A0D6_C7550B49130F109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F3110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_1114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12c628f9_ff1a_11e0_833e_003048f27c5f_7215BF23_847B_4882_A4FD_505C158C49B9115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85be795c_ff1d_11e0_833e_003048f27c5f_F7DB54B0_FB63_4342_A29B_82956AB742FC116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c63049_0d9f_11e0_99a4_003048f27c5f_E63C6081_9512_47C4_82C2_49D9D9F85904117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc549be_4a15_11e0_86e2_003048f27c5f_5AEBDF37_7958_43C2_8AF5_4D1604C1BA45118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db76fd9b_99ef_11ec_81b7_ac1f6b40b531_GLS015704780119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f2142d_fea3_11df_b16f_003048d0c7fe_A26A0461_44F2_494A_8800_D210E97789A3120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933aaa07_2787_11e0_99a4_003048f27c5f_C72BACEF_DC20_4257_871B_DD20D0260A6B121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d730a7c1_fe90_11ec_b44f_ac1f6b40b531_GLS310BDSP.resize2122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d730a7c6_fe90_11ec_b44f_ac1f6b40b531_GLS310BDSP_.resize2123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd98bdd3_fe90_11ec_b44f_ac1f6b40b531_GLS310CDSP.resize2124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f44664_fe90_11ec_b44f_ac1f6b40b531_GLS311ADSP.resize2125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2a2736_fe90_11ec_b44f_ac1f6b40b531_GLS311AEPAL.resize2126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a31130f_fe91_11ec_b44f_ac1f6b40b531_GLS311CEPAL.resize2127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03414e69_fe91_11ec_b44f_ac1f6b40b531_GLS311BEPAL.resize2128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a311314_fe91_11ec_b44f_ac1f6b40b531_GLS311CEPPL_1.resize2129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2a273b_fe90_11ec_b44f_ac1f6b40b531_GLS311AEPPL_1.resize2130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03414e6e_fe91_11ec_b44f_ac1f6b40b531_GLS311BEPPL_1.resize2131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f44669_fe90_11ec_b44f_ac1f6b40b531_GLS311BDSP.resize2132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0507590_fe90_11ec_b44f_ac1f6b40b531_GLS311CDSP.resize2133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10ba7c6e_fe91_11ec_b44f_ac1f6b40b531_GLS312DSP.resize2134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16fa1b0e_fe91_11ec_b44f_ac1f6b40b531_GLS313ADSP.resize2135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16fa1b15_fe91_11ec_b44f_ac1f6b40b531_GLS313BDSP.resize2136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab0279a_f320_11ed_907c_ac1f6b40b531_RK612_05137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67d43cda_f320_11ed_907c_ac1f6b40b531_RK612_05138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267d5ebb_f320_11ed_907c_ac1f6b40b531_RK612_05139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dec4119_fe91_11ec_b44f_ac1f6b40b531_GLS313CDSP.resize2140.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e7754a8_e214_11e6_9cf3_0025902b3cc1_Global12.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e84b9b7b_0292_11ed_9b20_ac1f6b40b531_c313f0d1_60d3_11e7_9a19_0025902b3cc1_1214124resize13.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c313f0d1_60d3_11e7_9a19_0025902b3cc1_12141244.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff24a_c55b_11df_b729_003048d0c7fe_20244D63_6977_4289_9A87_91368A3B84105.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e418208b_0100_11e0_b16f_003048d0c7fe_833AB68B_45B5_40F0_A59B_8C1891A30A726.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5387afb6_7319_11e1_9332_0025902b3cc1_5B2AE93E_3C0E_47D2_9980_69D31FE4AFB67.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10abb922_9a1d_11ec_81b7_ac1f6b40b531_GLS209V302698MGV1318.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cfd50ea_e659_11e0_a476_003048f27c5e_714095C7_6F40_49DF_8CC2_00D79B90EAD59.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5387afb1_7319_11e1_9332_0025902b3cc1_863DB18F_5A81_4CAA_B7DD_F637C9E68C2A10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c992e6c8_63aa_11e6_9c74_0025902b3cc0_F15162B7_02B5_431B_9651_E70D7D66737711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/272bf0a8_63ac_11e6_9c74_0025902b3cc0_328F51A2_E090_425B_BA7E_B238F190398212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e925d1dd_63ad_11e6_9c74_0025902b3cc0_11C5BDF9_3A12_4B72_AC17_599FC58E9FEF13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a835_0427_11e0_99a4_003048f27c5f_FD88DB7B_9E0B_484E_8328_F070E6A996F414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff238_c55b_11df_b729_003048d0c7fe_2328C3F8_1F31_4CD2_85F4_CA4656563B9E15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e2b7_fea3_11df_b16f_003048d0c7fe_F13C0BE2_81F6_4331_AEDC_4CFA0516914216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaaee4ed_c4e0_11ee_a821_0050569cf81d_GLS019_1AGR17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54a88e66_9808_11ee_aa1f_ac1f6b40b531_GLS019_1BGR18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80a23a3f_9808_11ee_aa1f_ac1f6b40b531_GLS019_1CGR19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c8b181f_9bb8_11ec_81b7_ac1f6b40b531_60020.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c8b1824_9bb8_11ec_81b7_ac1f6b40b531_90021.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ddc1c8_9bb8_11ec_81b7_ac1f6b40b531_346ca04e_4947_11e9_aacc_0025902b3cc1_gls_211_l_c_22450_4n100resize122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ede755_7a52_11ef_bd55_0050569cf81d_GLB038BCH23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2152d112_75c7_11e7_9ffe_0025902b3cc1_A3CB3352_C2EE_43EB_B8CC_AC134424FA3A25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a839_0427_11e0_99a4_003048f27c5f_E3451519_32A8_4F0B_842F_1A44B125DFC626.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f06edc24_fa34_11ed_907c_ac1f6b40b531_GLB038BCH27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b78_0f25_11e0_99a4_003048f27c5f_FBFD3377_8E2D_4844_BFBF_C9162944F88429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c8495ce_6a3f_11e4_a300_0025902b3cc1_GLS_38_C30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd1d49f8_7a52_11ef_bd55_0050569cf81d_GLB038BCH31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949833.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0371ea9c_dbe6_11e6_9cf3_0025902b3cc1_ECO_5M34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ee75604_fa35_11ed_907c_ac1f6b40b531_GLB039ACH35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272236.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/288c6644_fa35_11ed_907c_ac1f6b40b531_GLB039BCH37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b7b_0f25_11e0_99a4_003048f27c5f_01A7B579_09C4_4AB9_85F8_A58CCBD880DB39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2979896_6a3f_11e4_a300_0025902b3cc1_944D4D4B_3BD5_4C44_A3FB_D8CAB9CE696040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1841.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321dc308_b38f_11e0_a476_003048f27c5f_GLB111CH.resize242.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a83e_0427_11e0_99a4_003048f27c5f_72CBFA5E_FA3A_4AC1_A300_B75308D0335443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a841_0427_11e0_99a4_003048f27c5f_485A5F18_DBEB_46C0_94ED_26F86E0B22B444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d958_0427_11e0_99a4_003048f27c5f_30DFF48C_9CB3_42F7_92C8_9349AEC2B37E45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95b_0427_11e0_99a4_003048f27c5f_198B1A2B_B3D1_4B9E_A319_307E33CEC30246.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95e_0427_11e0_99a4_003048f27c5f_049A9C43_0C0D_4554_BE3C_11847DB5317E47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f38fd6d2_5050_11ed_95a1_ac1f6b40b531_GLS-0048.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f032f1_5051_11ed_95a1_ac1f6b40b531_GLS-0049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f5439a_5051_11ed_95a1_ac1f6b40b531_GLS-0050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dc45632_a5e7_11ed_bcbb_ac1f6b40b531_GLSLT023C51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e3790e_a5e7_11ed_bcbb_ac1f6b40b531_GLSLT023C52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df92ad9f_ac5f_11ed_be80_ac1f6b40b531_GLB023D53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10104fe7_ac60_11ed_be80_ac1f6b40b531_GLB023D54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a0ca6c_7c86_11ed_81ba_ac1f6b40b531_GLB023ALCH55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66e5d037_7c87_11ed_81ba_ac1f6b40b531_GLB023ALCH56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/368a4396_ac60_11ed_be80_ac1f6b40b531_GLB023B57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/558cf1d8_ac60_11ed_be80_ac1f6b40b531_GLB023B58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d574_081d_11e0_99a4_003048f27c5f_ECD277D2_6557_4345_B930_4EFCB274F3B459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d571_081d_11e0_99a4_003048f27c5f_66404EC4_C886_46A4_9C87_AC91C4A7607760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB5061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD8762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ee_fdef_11df_b16f_003048d0c7fe_9B3294F8_D899_4BC7_946F_707A50BDECEE63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304eb_fdef_11df_b16f_003048d0c7fe_DFBAC84C_99A8_487B_A187_4EF90A6A416E64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235d_0cc4_11e0_99a4_003048f27c5f_221FAD5F_832B_4DB2_9893_50CA19D09A9565.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235a_0cc4_11e0_99a4_003048f27c5f_294202EE_75D0_4972_B59F_617C509ED7C866.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6108ddb5_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F367.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a2724e_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F368.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aafa01b8_09b8_11e9_8add_0025902b3cc1_2E63857B_B355_4E28_8BB4_D0B810828FCD69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6ff_0100_11e0_b16f_003048d0c7fe_FC2A246C_57E5_46C0_B6E4_216B36F86A1C70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6fc_0100_11e0_b16f_003048d0c7fe_64ADC644_3F80_4A38_9E41_6E9691363A1471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c01353e_b894_11ef_8ec3_0050569cf81d_SEV340-40-BL72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a21edfb_035a_11e0_b16f_003048d0c7fe_E48A97D9_5D21_4DA9_8B51_3453D3B36E0674.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e30ce8ba_9244_11e0_afc8_003048f27c5f_27FDD22C_DC5D_47FC_99CB_F4C95E7A458E75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd7b1997_0e70_11e0_99a4_003048f27c5f_3840E89E_C8F0_459F_9FFA_03F6B234987B76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4325693_0100_11e0_b16f_003048d0c7fe_94548AE9_4BB7_4969_9278_92C8E8E2219677.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c8da47_118d_11e0_99a4_003048f27c5f_A5847828_669D_4B2D_BA71_128C8C1851AB78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145ea978_0427_11e0_99a4_003048f27c5f_F69E2DFD_5EB6_4E5F_9117_85E6F882749679.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C880.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fca53cde_75c4_11e7_9ffe_0025902b3cc1_89BCDC73_7E30_4A2C_B86F_FC98181FF1B681.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C882.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c5c43a7_707b_11e0_afc8_003048f27c5f_A8503556_2E30_4AFF_97BE_3D95B0AF4E2484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327457b3_0b57_11e4_9ca4_0025902b3cc1_7DBA787A_F568_4E5D_BB5C_0856DAFCF67686.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25f01_ff16_11e0_833e_003048f27c5f_5F62B636_B61C_481C_B417_5C6B31D446C788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92991.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8892.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8893.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B92695.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20bc5491_75c6_11e7_9ffe_0025902b3cc1_5BD10E7D_9E3C_4050_9ED8_06001E312F5097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F1198.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E7100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f72f264_75c6_11e7_9ffe_0025902b3cc1_156E074C_065F_4032_81F1_3189A4E05D5F101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE349102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25ee3_ff16_11e0_833e_003048f27c5f_56F35150_5A09_4692_B5FF_46C660353509103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e009969f_75c6_11e7_9ffe_0025902b3cc1_8D62CE58_7D8D_4528_AE2E_BAAF352AE23C106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA392107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8a5642_3804_11e0_b4b4_003048f27c5f_914B74D3_0490_44A3_A0D6_C7550B49130F108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F3109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_1113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12c628f9_ff1a_11e0_833e_003048f27c5f_7215BF23_847B_4882_A4FD_505C158C49B9114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85be795c_ff1d_11e0_833e_003048f27c5f_F7DB54B0_FB63_4342_A29B_82956AB742FC115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c63049_0d9f_11e0_99a4_003048f27c5f_E63C6081_9512_47C4_82C2_49D9D9F85904116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc549be_4a15_11e0_86e2_003048f27c5f_5AEBDF37_7958_43C2_8AF5_4D1604C1BA45117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db76fd9b_99ef_11ec_81b7_ac1f6b40b531_GLS015704780118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f2142d_fea3_11df_b16f_003048d0c7fe_A26A0461_44F2_494A_8800_D210E97789A3119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933aaa07_2787_11e0_99a4_003048f27c5f_C72BACEF_DC20_4257_871B_DD20D0260A6B120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d730a7c1_fe90_11ec_b44f_ac1f6b40b531_GLS310BDSP.resize2121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d730a7c6_fe90_11ec_b44f_ac1f6b40b531_GLS310BDSP_.resize2122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd98bdd3_fe90_11ec_b44f_ac1f6b40b531_GLS310CDSP.resize2123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f44664_fe90_11ec_b44f_ac1f6b40b531_GLS311ADSP.resize2124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2a2736_fe90_11ec_b44f_ac1f6b40b531_GLS311AEPAL.resize2125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a31130f_fe91_11ec_b44f_ac1f6b40b531_GLS311CEPAL.resize2126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03414e69_fe91_11ec_b44f_ac1f6b40b531_GLS311BEPAL.resize2127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a311314_fe91_11ec_b44f_ac1f6b40b531_GLS311CEPPL_1.resize2128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2a273b_fe90_11ec_b44f_ac1f6b40b531_GLS311AEPPL_1.resize2129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03414e6e_fe91_11ec_b44f_ac1f6b40b531_GLS311BEPPL_1.resize2130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f44669_fe90_11ec_b44f_ac1f6b40b531_GLS311BDSP.resize2131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0507590_fe90_11ec_b44f_ac1f6b40b531_GLS311CDSP.resize2132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10ba7c6e_fe91_11ec_b44f_ac1f6b40b531_GLS312DSP.resize2133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16fa1b0e_fe91_11ec_b44f_ac1f6b40b531_GLS313ADSP.resize2134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16fa1b15_fe91_11ec_b44f_ac1f6b40b531_GLS313BDSP.resize2135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab0279a_f320_11ed_907c_ac1f6b40b531_RK612_05136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67d43cda_f320_11ed_907c_ac1f6b40b531_RK612_05137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267d5ebb_f320_11ed_907c_ac1f6b40b531_RK612_05138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dec4119_fe91_11ec_b44f_ac1f6b40b531_GLS313CDSP.resize2139.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>47625</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="6000750" cy="4248150"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="209550" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="209550" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="809625"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="809625"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="51" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="57" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="58" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="63" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="64" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>38</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>38</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="67" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="68" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>40</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="69" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="70" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="71" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>41</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="72" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="73" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="74" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="75" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>43</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="76" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>44</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="77" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="79" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="80" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="81" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="82" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="83" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>47</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="84" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="85" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>48</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="581025"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="86" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="581025"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="87" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>49</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="88" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="89" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>50</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="90" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>50</xdr:row>
+      <xdr:row>51</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="91" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="92" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="93" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>52</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="94" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>52</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="95" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>53</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="96" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>53</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="97" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>54</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="98" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>54</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="99" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="100" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="101" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="102" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="103" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="104" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="105" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>58</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="106" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="107" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>59</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="108" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="109" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>60</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="110" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>60</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="352425"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="111" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>61</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="352425"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="112" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="113" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>62</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="114" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="115" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>63</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="116" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>63</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="117" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>64</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="118" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>64</xdr:row>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="119" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>65</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="120" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="121" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>66</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="122" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="123" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>67</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="124" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="125" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>68</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="126" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>68</xdr:row>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="127" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>69</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="128" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>69</xdr:row>
+      <xdr:row>70</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="129" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>70</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="130" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="131" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>71</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="132" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="133" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>72</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="134" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="135" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>73</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="136" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>73</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="137" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>74</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="138" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="139" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -12819,516 +12611,384 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13.01.2026</t>
+            <t xml:space="preserve">25.02.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:26">
-[...131 lines deleted...]
-      </c>
+    <row r="6" spans="1:26" customHeight="1" ht="2227.5">
+      <c r="A6"/>
+      <c r="B6"/>
+      <c r="C6"/>
+      <c r="D6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Global Type 1 \ Стойка Global</t>
-[...3 lines deleted...]
-Артикул: GLB.001.CH</t>
+            <t xml:space="preserve">GL 1 \  Стойка Global </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLB.001.1.4.1.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2395</t>
-[...23 lines deleted...]
-Старая цена: 990 руб.</t>
+Высота, мм: 2400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина металла, мм: 1,4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: не имеет боковой перфорации</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">840.00</t>
+            <t xml:space="preserve">572.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2302 \ Стойка Global</t>
-[...3 lines deleted...]
-Артикул: GLB.2302.CH</t>
+            <t xml:space="preserve">GL 1 \ Стойка Global</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLB.001.1.8.1.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2395</t>
-[...19 lines deleted...]
-Старая цена: 1080 руб.</t>
+Высота, мм: 2400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина металла, мм: 1,8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: не имеет боковой перфорации</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">707.00</t>
+            <t xml:space="preserve">811.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Type 3RC \ Декор для стоек Global Type 1 и GL 1S (пленка ПВХ)</t>
-[...7 lines deleted...]
-Цвет: черный глянец</t>
+            <t xml:space="preserve">Global Type 1 \ Стойка Global</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLB.001.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 24,5</t>
-[...7 lines deleted...]
-Примечание: Паз, в который устанавливается стойка, покрыт пленкой в цвет декора. При установке удалять пленку не требуется. Под заказ возможно изготовление в нестандартных цветах по каталогу пленок ПВХ</t>
+Толщина металла, мм: 2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Италия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: стойка имеет боковую перфорацию</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 990 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1829.00</t>
+            <t xml:space="preserve">840.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Type 3RC \ Декор для стойки 2302 (пленка ПВХ)</t>
-[...7 lines deleted...]
-Цвет: белый глянец</t>
+            <t xml:space="preserve">2302 \ Стойка Global</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLB.2302.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2395</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Под заказ возможно изготовление в нестандартных цветах по каталогу пленок ПВХ</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 1</t>
+Толщина металла, мм: 2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Италия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 12</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 1080 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1829.00</t>
+            <t xml:space="preserve">707.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 108 (P). HL \ Стойка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.108B.P.HL.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2995</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Труба 30х50мм, толщина 2мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 3275 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2620.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -13479,54 +13139,50 @@
             <t xml:space="preserve">
 Артикул: GLB.110P.HL.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1495</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: регулируемые опоры в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 08.08.2025 11:11:37</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 3916 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3587.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -14415,54 +14071,50 @@
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.038A.HL.MSA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 1219 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">980.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -14671,54 +14323,50 @@
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-900мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.038B.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 1200 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">840.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -14963,111 +14611,107 @@
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GL 39 \ Кронштейн перекладина L-605 мм (ЕСО 5М) </t>
+            <t xml:space="preserve">GL 39 \ Кронштейн перекладина L-600 мм (ЕСО 5М) </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ECO-5M</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 605</t>
+Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 07.08.2025</t>
-[...3 lines deleted...]
-Примечание: Шаг зацепов совместим с шагом перфорации стоек серий: GLOBAL, FOURUS, RAMES, PRIMO RUS, но межосевое расстояние отличается в меньшую сторону на 2мм, будьте внимательны, проконсультируйтесь  с менеджером. </t>
+ Дата и время: 25.02.2026 09:51:38</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Шаг зацепов совместим с шагом перфорации стоек серий GLOBAL, FOURUS, RAMES, PRIMO RUS. Ввиду визуальных отличий зацепов у разных артикулов штанг рекомендуется использовать в проекте штанги одного артикула.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 345 руб.</t>
+Старая цена: 399 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">293.00</t>
+            <t xml:space="preserve">199.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 39 \ Штанга (L-600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15309,54 +14953,50 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.039B.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 835 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">499.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -15499,54 +15139,50 @@
             </rPr>
             <t xml:space="preserve">Type 39 \ Штанга (L-1200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.111.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 07.08.2025</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 810 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">485.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
@@ -16553,54 +16189,50 @@
             <t xml:space="preserve">
 Артикул: GLB.023B.R.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 360 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">179.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -16622,54 +16254,50 @@
             <t xml:space="preserve">GL 23L.HL \ Полкодержатель (левый, L-400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.023B.L.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 360 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">179.00</t>
           </r>
@@ -16817,54 +16445,50 @@
             </rPr>
             <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055R.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">209.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -16882,54 +16506,50 @@
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055L.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">209.00</t>
           </r>
@@ -17381,86 +17001,86 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">444.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
-[...3 lines deleted...]
-Артикул: SEV.340.BL</t>
+            <t xml:space="preserve">Ножка на подвижном шарнире, M10x30, D-40, черная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.340.40.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">91.80</t>
+            <t xml:space="preserve">89.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
@@ -18133,78 +17753,78 @@
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.020.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 360 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">288.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R (U) 405 \ Кронштейн наклонный (усиленный зацеп)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.041.CH</t>
           </r>
           <r>
@@ -19175,54 +18795,50 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 290 \ Кронштейн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.032.MSA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 32 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">30.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -19298,54 +18914,50 @@
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 291 \ Кронштейн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.028.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 56 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">47.00</t>
           </r>
@@ -21541,50 +21153,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3416.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
+    <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>