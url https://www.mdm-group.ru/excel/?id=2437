--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -6529,156 +6529,156 @@
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">583.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">RSS-10 L \ Держатель полки</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 10 пар (R,L)</t>
+      <t xml:space="preserve">HP-46 \ Держатель прямой</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.096.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+ Дата и время: 12.05.2025 09:19:36</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 648 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">85.00</t>
+      <t xml:space="preserve">583.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-46 \ Держатель прямой</t>
-[...31 lines deleted...]
-Старая цена: 648 руб.</t>
+      <t xml:space="preserve">RSS-10 L \ Держатель полки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.068L.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Полкодержатель: левый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: cовместим с NX-22, NX-23, NX-24, NX-222, NX-232</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">583.00</t>
+      <t xml:space="preserve">85.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RSS-10 R \ Держатель полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NEO.068R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -8594,51 +8594,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a211_fdef_11df_b16f_003048d0c7fe_BB460180_EE2E_467E_8D83_227BEEC29ADC2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b1c8b4_01cb_11e0_b16f_003048d0c7fe_72CC7F7B_D149_4C75_8AD5_9046E6F5CBAD3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad0b_fdef_11df_b16f_003048d0c7fe_C941B4C5_4771_40B2_87A0_1EE1EDCAF6A04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0416e_fdef_11df_b16f_003048d0c7fe_459B62D2_5316_47F4_A489_5AC82D34190F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f44f6_fea3_11df_b16f_003048d0c7fe_1A282804_7A8C_49D7_AF4B_FB46BEB61ABB6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3244_fdef_11df_b16f_003048d0c7fe_202381AE_FB9D_4EDB_B4AE_DD10E99F0F007.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d3edbc2_5062_11e0_86e2_003048f27c5f_2F4330B3_95B3_41B4_BE44_1759B9258DC18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2221278_068c_11e0_99a4_003048f27c5f_A06DC186_7DBC_45E4_89E6_BD23D2EF9C9E9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84680a5c_35b1_11e0_af9a_d3dd3d98c32b_C736B30D_66BF_42D9_9013_BEE78BC16ECC10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49f92_fdef_11df_b16f_003048d0c7fe_A4C0FD1E_768E_4A86_B7F4_0453AF05E6A311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd40_0427_11e0_99a4_003048f27c5f_16B81ED3_4D4F_4FA2_80DB_7126AE5895E912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62a5182_02ae_11e0_b16f_003048d0c7fe_C60543D1_17C0_4752_92BB_2C21EABDE7F213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc986_01cb_11e0_b16f_003048d0c7fe_E130DF8C_0595_484A_AA66_3F19709CF00B14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc97f_01cb_11e0_b16f_003048d0c7fe_A24ECA86_E308_49B9_B9C7_38255F2130CD15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9caf3b8f_02ae_11e0_b16f_003048d0c7fe_95773EE6_0FDC_41B0_9D72_3DFD73C2289C16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116fc_0100_11e0_b16f_003048d0c7fe_E4B87CB0_EDA7_4317_BC07_2A14F0A1B83517.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c11d7ad_035a_11e0_b16f_003048d0c7fe_A417287F_703C_4B2F_AE22_E6DFF780BD5D18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3247_fdef_11df_b16f_003048d0c7fe_360B0C9F_0A8E_4431_B922_B1158ECE63D119.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa04171_fdef_11df_b16f_003048d0c7fe_7D13EC09_CAC7_41DE_88D7_784122DE0A1120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c868fc6c_fea3_11df_b16f_003048d0c7fe_0E7FCEE7_BAF0_4C39_9478_ED11BB461AA621.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a539f90_3fea_11e0_86e2_003048f27c5f_51D13D34_AFED_436B_925C_0DFC9B99DC8A22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4fa_0100_11e0_b16f_003048d0c7fe_1112223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f450d_fea3_11df_b16f_003048d0c7fe_C1A597B6_E9F6_4024_980A_C8ED3910B49824.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc9a4_01cb_11e0_b16f_003048d0c7fe_4493E110_5508_4637_A3F0_6C3B124EB60825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a412f4d1_8c0c_11e0_afc8_003048f27c5f_FF06B932_F277_45EA_8B6C_4A3C3475CCAF26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8288aa9_02ae_11e0_b16f_003048d0c7fe_BDDD14F8_C00C_4F80_8BFB_4A90CE1F62DF27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2159b59_3999_11e0_b4b4_003048f27c5f_C6B93F59_68B0_4830_AEDB_F8B3F713F7E228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b1c8b7_01cb_11e0_b16f_003048d0c7fe_011A7D80_CFE7_4621_9677_70D7BAA7D7E029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24907e99_2913_11e0_99a4_003048f27c5f_AC39D53E_74DD_4416_96DB_A57A0F0539CB30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bddb_0100_11e0_b16f_003048d0c7fe_9F60816A_78FA_498D_8A22_FE5EBD56F27631.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef7a97fb_068c_11e0_99a4_003048f27c5f_9399b32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3240_fdef_11df_b16f_003048d0c7fe_9399b33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835984ac_4f0c_11e0_86e2_003048f27c5f_4CF92712_9BCB_4B78_9265_35DF78692B5D34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4504_fea3_11df_b16f_003048d0c7fe_12335.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be9fefbc_ff1b_11e0_833e_003048f27c5f_0D47B9B3_E139_44F8_B370_246B23E2CFD336.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0255ef_2787_11e0_99a4_003048f27c5f_B576ACB2_5A2E_487B_8478_D659B9F9EC5C37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0255f2_2787_11e0_99a4_003048f27c5f_BC69B193_8507_4FFD_A387_A593CD3C1D2938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835984b2_4f0c_11e0_86e2_003048f27c5f_CAFF800D_B2CF_4896_BB91_400CA5227A4539.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835984b5_4f0c_11e0_86e2_003048f27c5f_0DAE94C4_E5C8_48A3_8C0C_256B8A5D573140.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1e1b73_ff1b_11e0_833e_003048f27c5f_D847EDED_C0BE_4CF8_ACDE_77299A8B60D441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1e1b78_ff1b_11e0_833e_003048f27c5f_4594DAC9_4854_43E6_821B_77DA76EAF7D742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad0e_fdef_11df_b16f_003048d0c7fe_AF8F1537_D48C_42A3_AA0A_634CDE42848D43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad17_fdef_11df_b16f_003048d0c7fe_B4DD6E9A_D248_4E74_8B6B_52BFD87B66C444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90b7e6c_01cb_11e0_b16f_003048d0c7fe_B64A84FD_9085_4D40_AD06_787F3B0D2F5845.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90b7e69_01cb_11e0_b16f_003048d0c7fe_C1F8838A_723C_4EF9_B6B4_8B40EA18E3B446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad14_fdef_11df_b16f_003048d0c7fe_6C4FC9BC_4EA9_414A_A64E_64A86C1EA66F47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad11_fdef_11df_b16f_003048d0c7fe_73F60CE5_8320_4667_8F91_CE17E65FAD9E48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0191_13e9_11e0_99a4_003048f27c5f_F2DC4799_5D4B_4EB5_85D1_AB14D63FCF8349.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0194_13e9_11e0_99a4_003048f27c5f_D79672F7_6F01_457B_8D03_08E41ADA863A50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf828f8_0427_11e0_99a4_003048f27c5f_49E5165B_E419_48A5_93C6_A74CA82CD36751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dd9c9eb_08dd_11e0_99a4_003048f27c5f_9E52926C_DFAE_4B59_9398_EBA20455FC4152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a220_fdef_11df_b16f_003048d0c7fe_709B35D5_3B8D_4989_8985_09080A881C7253.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a224_fdef_11df_b16f_003048d0c7fe_FBD19833_74A5_4564_B029_7EC3BB35C22B54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5efa_0427_11e0_99a4_003048f27c5f_AAF934F8_2852_4CEF_8C4D_053FA2ACE72455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5efd_0427_11e0_99a4_003048f27c5f_2B698E2A_C3A2_4D1E_BBD1_25B68D99085C56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4507_fea3_11df_b16f_003048d0c7fe_E4A9D6E5_3843_436D_BFD4_AC928694A05A57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f450a_fea3_11df_b16f_003048d0c7fe_E3F81F9B_D67E_4607_AE12_63DE410FFF2D58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43256e8_0100_11e0_b16f_003048d0c7fe_41D24B6D_77EE_4201_9051_734B2FB462BC59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43256cc_0100_11e0_b16f_003048d0c7fe_54FE9E4F_0427_40AD_AF94_0FD620D540B060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84704fbc_0100_11e0_b16f_003048d0c7fe_7861848A_2966_43CF_9BEF_6B4B2CDB1A2861.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f00_0427_11e0_99a4_003048f27c5f_656B34B4_AC00_49E1_AD97_4F952982DB8E62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0e0d374_ff2e_11e0_833e_003048f27c5f_9FABE30F_54DA_45B0_A51A_012308CAEF1F63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dec3_fdef_11df_b16f_003048d0c7fe_859CAC77_D5FC_4E70_8666_7D5550A6E14464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6e2_0100_11e0_b16f_003048d0c7fe_859CAC77_D5FC_4E70_8666_7D5550A6E14465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d222126c_068c_11e0_99a4_003048f27c5f_65900F95_2832_4C09_920A_A51047A3224E66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887cb980_074c_11e0_99a4_003048f27c5f_D2D34DDD_2DBA_4F5B_9798_8EFBC8F6FB9B67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c8da65_118d_11e0_99a4_003048f27c5f_6878BD0F_6910_450A_9B88_CAAE081D700168.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad1a_fdef_11df_b16f_003048d0c7fe_58091010_D102_4F35_811B_DC243387D3AD69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f018b_13e9_11e0_99a4_003048f27c5f_1ECFF16B_6945_48C9_9F63_02CD73FDC6FE70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/207dce07_29e0_11e0_99a4_003048f27c5f_AF7B1786_606C_45D3_9427_9B135A0D6C0971.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72e016f5_b761_11e0_a476_003048f27c5f_FECBC582_1EB3_4191_8FE3_D5E8FCB8382072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8888_fdef_11df_b16f_003048d0c7fe_91CC1F4B_F989_4112_B60E_8AF7530E811573.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dec9_fdef_11df_b16f_003048d0c7fe_37A43771_32F2_42AA_86F5_1A3AFFA9AF3874.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dec6_fdef_11df_b16f_003048d0c7fe_885B5CCA_1243_4962_AA75_60F6E37440DE75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6da_0100_11e0_b16f_003048d0c7fe_8C0D6A7B_A27B_41D0_85C7_6659ED431EB976.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6cd_0100_11e0_b16f_003048d0c7fe_8735026F_7B0A_49AD_9686_FC5E3D3842CC77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b74ae47a_068c_11e0_99a4_003048f27c5f_C2CF8C02_FFC8_477A_9CB3_7892FEC8401578.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d8620ee_35b1_11e0_af9a_d3dd3d98c32b_5EB0F002_3088_42B7_89B3_3E7F3FCE8F1679.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9def_0427_11e0_99a4_003048f27c5f_DFF1A399_E09A_4D41_96BC_79321C3CD63480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9e02_0427_11e0_99a4_003048f27c5f_B3D08D10_A315_46E7_9281_5288084CBEE981.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052167e9_124b_11e0_99a4_003048f27c5f_3466B3E6_B740_4CA1_86A8_FD74DF3D80E882.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970d1249_4a18_11e0_86e2_003048f27c5f_260A81F3_5F05_40B2_8FB1_15FA135BA38F83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8abc0bb_fea3_11df_b16f_003048d0c7fe_3D26113E_88FB_46E7_A7AC_C5AE80A0D66484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8abc0b8_fea3_11df_b16f_003048d0c7fe_EFE9DF42_2B20_4200_9CA9_4F1FB5502B8485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02aec39_02ae_11e0_b16f_003048d0c7fe_9564B154_FC22_4857_B782_12384973212786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02aec31_02ae_11e0_b16f_003048d0c7fe_35424D00_BA93_4962_96A5_DF7D5E4719C887.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d55e_081d_11e0_99a4_003048f27c5f_D799EC43_8DC0_4580_BC9C_490654C6FCB688.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd43_0427_11e0_99a4_003048f27c5f_7295680E_1573_4243_8A2E_BAEDE43CEE0889.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e2ed_fea3_11df_b16f_003048d0c7fe_0876E848_AE2F_4BAA_84CF_6BBF389913B090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d55b_081d_11e0_99a4_003048f27c5f_771FE291_9305_48CA_AD09_247043931AF291.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949892.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f323c_fdef_11df_b16f_003048d0c7fe_A20C1A8F_9C95_43F2_A37E_6727F502997693.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1feb5f1f_4a17_11e0_86e2_003048f27c5f_161796B4_3786_4109_A936_ED61BDFC347994.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8896_fdef_11df_b16f_003048d0c7fe_768B2337_E1AB_4438_88EF_E31FF2EAE8B995.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce42155b_5694_11e0_afc8_003048f27c5f_D070FF24_C7BD_4F49_BC85_177F4EEFDBF796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f661c8d0_ff1b_11e0_833e_003048f27c5f_CE734B1B_B6C8_4B69_A438_DDEB7481657397.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f44f3_fea3_11df_b16f_003048d0c7fe_58A17830_5BB0_4FC7_B8DA_DCB166FB7F4998.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6d6_0100_11e0_b16f_003048d0c7fe_723DB9F5_3AD4_4BBA_9967_FA1E4B912C3F99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6df_0100_11e0_b16f_003048d0c7fe_445F511C_A88F_450D_A4E9_C01300330243100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08291ae1_ff1c_11e0_833e_003048f27c5f_A4154EA5_2981_411E_BB77_54D827F83A76101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08291ae6_ff1c_11e0_833e_003048f27c5f_E9516E36_5FA3_487C_AA4A_712A61E80A81102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223539e9_f06f_11ec_9803_ac1f6b40b531_tro103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c0736bb_0c08_11e0_99a4_003048f27c5f_FABF0D02_853D_42C0_BB1B_3F1AE6E97384104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d61d7e_074c_11e0_99a4_003048f27c5f_81A6D025_52A4_4F46_AA99_AAD86BF824AA105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f018e_13e9_11e0_99a4_003048f27c5f_A1BB8A14_0D37_464B_904E_8D117FAC3B27106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd47_0427_11e0_99a4_003048f27c5f_7B602C38_092D_42D6_9C81_D8E1C42AEA27107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c8da68_118d_11e0_99a4_003048f27c5f_74DFF41D_0020_4B20_B72A_45FD37A14AA3108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a21d_fdef_11df_b16f_003048d0c7fe_F58D3FBD_A316_42BA_A1EC_F45620DED40E109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e531cd_09a5_11e0_99a4_003048f27c5f_99400B62_42AB_48A2_81BA_23318EF11FD6110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6d0_0100_11e0_b16f_003048d0c7fe_1DCB0E83_0C50_42E6_84C3_49F6B80C8219111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e531d6_09a5_11e0_99a4_003048f27c5f_64AB92C2_B919_40EE_B748_FD2D00CC246C112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e531d0_09a5_11e0_99a4_003048f27c5f_515E5000_DBDE_4350_A260_2B5EC2DC98DD113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f661c8d5_ff1b_11e0_833e_003048f27c5f_2737EE72_4A6B_409C_80B5_F47C020FA5AF114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad1f_fdef_11df_b16f_003048d0c7fe_06814E40_60AB_473B_ABFE_14118D506EAF115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98f745ce_0f25_11e0_99a4_003048f27c5f_0AA510C5_F0CD_4EF1_8ABF_7A9443F07998116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bcf1216_035a_11e0_b16f_003048d0c7fe_71075756_5E18_49F7_93FF_6CC4AB9B8026117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c5d26c_220a_11e0_99a4_003048f27c5f_13B3791E_6380_480F_9E7E_936AD894810C118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83621fbe_ad5f_11e0_a476_003048f27c5f_95066C24_B715_4CE9_ACFB_346840C1D439119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0c96c5_2209_11e8_ade2_0025902b3cc1_VER_072_CH120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62decc_fdef_11df_b16f_003048d0c7fe_3D7E6009_BF04_40F1_81B2_3C82744BB0AB121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48fa5eb_118d_11e0_99a4_003048f27c5f_3055184E_2C5A_4C70_8C97_D5076E43F3B2122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1226e23f_35b2_11e0_af9a_d3dd3d98c32b_CE6002F4_036C_4E35_89DB_99D68C82FA8B123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887cb996_074c_11e0_99a4_003048f27c5f_98C70EBC_3C76_4572_859D_665FF52599F7124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb0b_fea4_11df_b16f_003048d0c7fe_917355B2_7221_4D8C_BEE5_292E542C019D125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92d8542_67d5_11e0_afc8_003048f27c5f_A4937F02_53E9_4654_8138_081F8A6511F0126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887cb986_074c_11e0_99a4_003048f27c5f_70D999D4_D596_43F4_847A_822B770146CC127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c456632_0100_11e0_b16f_003048d0c7fe_AFC61BDA_9B55_41CB_A240_93D77809C145128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/471c7848_40a6_11e0_86e2_003048f27c5f_25CB8190_6079_4B77_A90C_E98628AD9BCD129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4510_fea3_11df_b16f_003048d0c7fe_E834CB93_25E1_4C2C_9EFC_B0C802857B5E130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4513_fea3_11df_b16f_003048d0c7fe_B4027027_6A5A_4308_8FED_A5B4550AF243131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d222126f_068c_11e0_99a4_003048f27c5f_AAE2D757_5A1A_405A_96AE_0A2BC7317F77132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad409a43_fdef_11df_b16f_003048d0c7fe_2E019507_A9BF_44C0_AD9E_7AFECF1DEB62133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb9fc213_ff8e_11e0_833e_003048f27c5f_E48B4AFF_3F7A_4372_A668_3390AE788D2B134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac204292_fea3_11df_b16f_003048d0c7fe_1E6FB994_ABDB_436E_A414_27B51F4F1DC5135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52c8f5dd_0cc5_11e0_99a4_003048f27c5f_AD17DEFE_8F14_49B0_A7D8_22F7DC60DE4B136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A0138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4458daf9_ff93_11e0_833e_003048f27c5f_8AFB2244_16C1_471D_9F3D_26240015FB15140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b02bf6a0_ff21_11e0_833e_003048f27c5f_77039E16_6450_4519_B7B7_4E971D17FE79141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c63049_0d9f_11e0_99a4_003048f27c5f_E63C6081_9512_47C4_82C2_49D9D9F85904142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/737e7f2e_a8aa_11e2_952b_0025902b3cc1_52FE5132_2595_4D1A_A311_ABD6E92CF89B143.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a211_fdef_11df_b16f_003048d0c7fe_BB460180_EE2E_467E_8D83_227BEEC29ADC2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b1c8b4_01cb_11e0_b16f_003048d0c7fe_72CC7F7B_D149_4C75_8AD5_9046E6F5CBAD3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad0b_fdef_11df_b16f_003048d0c7fe_C941B4C5_4771_40B2_87A0_1EE1EDCAF6A04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0416e_fdef_11df_b16f_003048d0c7fe_459B62D2_5316_47F4_A489_5AC82D34190F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f44f6_fea3_11df_b16f_003048d0c7fe_1A282804_7A8C_49D7_AF4B_FB46BEB61ABB6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3244_fdef_11df_b16f_003048d0c7fe_202381AE_FB9D_4EDB_B4AE_DD10E99F0F007.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d3edbc2_5062_11e0_86e2_003048f27c5f_2F4330B3_95B3_41B4_BE44_1759B9258DC18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2221278_068c_11e0_99a4_003048f27c5f_A06DC186_7DBC_45E4_89E6_BD23D2EF9C9E9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84680a5c_35b1_11e0_af9a_d3dd3d98c32b_C736B30D_66BF_42D9_9013_BEE78BC16ECC10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49f92_fdef_11df_b16f_003048d0c7fe_A4C0FD1E_768E_4A86_B7F4_0453AF05E6A311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd40_0427_11e0_99a4_003048f27c5f_16B81ED3_4D4F_4FA2_80DB_7126AE5895E912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62a5182_02ae_11e0_b16f_003048d0c7fe_C60543D1_17C0_4752_92BB_2C21EABDE7F213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc986_01cb_11e0_b16f_003048d0c7fe_E130DF8C_0595_484A_AA66_3F19709CF00B14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc97f_01cb_11e0_b16f_003048d0c7fe_A24ECA86_E308_49B9_B9C7_38255F2130CD15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9caf3b8f_02ae_11e0_b16f_003048d0c7fe_95773EE6_0FDC_41B0_9D72_3DFD73C2289C16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116fc_0100_11e0_b16f_003048d0c7fe_E4B87CB0_EDA7_4317_BC07_2A14F0A1B83517.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c11d7ad_035a_11e0_b16f_003048d0c7fe_A417287F_703C_4B2F_AE22_E6DFF780BD5D18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3247_fdef_11df_b16f_003048d0c7fe_360B0C9F_0A8E_4431_B922_B1158ECE63D119.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa04171_fdef_11df_b16f_003048d0c7fe_7D13EC09_CAC7_41DE_88D7_784122DE0A1120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c868fc6c_fea3_11df_b16f_003048d0c7fe_0E7FCEE7_BAF0_4C39_9478_ED11BB461AA621.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a539f90_3fea_11e0_86e2_003048f27c5f_51D13D34_AFED_436B_925C_0DFC9B99DC8A22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4fa_0100_11e0_b16f_003048d0c7fe_1112223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f450d_fea3_11df_b16f_003048d0c7fe_C1A597B6_E9F6_4024_980A_C8ED3910B49824.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc9a4_01cb_11e0_b16f_003048d0c7fe_4493E110_5508_4637_A3F0_6C3B124EB60825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a412f4d1_8c0c_11e0_afc8_003048f27c5f_FF06B932_F277_45EA_8B6C_4A3C3475CCAF26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8288aa9_02ae_11e0_b16f_003048d0c7fe_BDDD14F8_C00C_4F80_8BFB_4A90CE1F62DF27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2159b59_3999_11e0_b4b4_003048f27c5f_C6B93F59_68B0_4830_AEDB_F8B3F713F7E228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b1c8b7_01cb_11e0_b16f_003048d0c7fe_011A7D80_CFE7_4621_9677_70D7BAA7D7E029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24907e99_2913_11e0_99a4_003048f27c5f_AC39D53E_74DD_4416_96DB_A57A0F0539CB30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bddb_0100_11e0_b16f_003048d0c7fe_9F60816A_78FA_498D_8A22_FE5EBD56F27631.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef7a97fb_068c_11e0_99a4_003048f27c5f_9399b32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3240_fdef_11df_b16f_003048d0c7fe_9399b33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835984ac_4f0c_11e0_86e2_003048f27c5f_4CF92712_9BCB_4B78_9265_35DF78692B5D34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4504_fea3_11df_b16f_003048d0c7fe_12335.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be9fefbc_ff1b_11e0_833e_003048f27c5f_0D47B9B3_E139_44F8_B370_246B23E2CFD336.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0255ef_2787_11e0_99a4_003048f27c5f_B576ACB2_5A2E_487B_8478_D659B9F9EC5C37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0255f2_2787_11e0_99a4_003048f27c5f_BC69B193_8507_4FFD_A387_A593CD3C1D2938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835984b2_4f0c_11e0_86e2_003048f27c5f_CAFF800D_B2CF_4896_BB91_400CA5227A4539.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835984b5_4f0c_11e0_86e2_003048f27c5f_0DAE94C4_E5C8_48A3_8C0C_256B8A5D573140.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1e1b73_ff1b_11e0_833e_003048f27c5f_D847EDED_C0BE_4CF8_ACDE_77299A8B60D441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1e1b78_ff1b_11e0_833e_003048f27c5f_4594DAC9_4854_43E6_821B_77DA76EAF7D742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad0e_fdef_11df_b16f_003048d0c7fe_AF8F1537_D48C_42A3_AA0A_634CDE42848D43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad17_fdef_11df_b16f_003048d0c7fe_B4DD6E9A_D248_4E74_8B6B_52BFD87B66C444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90b7e6c_01cb_11e0_b16f_003048d0c7fe_B64A84FD_9085_4D40_AD06_787F3B0D2F5845.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90b7e69_01cb_11e0_b16f_003048d0c7fe_C1F8838A_723C_4EF9_B6B4_8B40EA18E3B446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad14_fdef_11df_b16f_003048d0c7fe_6C4FC9BC_4EA9_414A_A64E_64A86C1EA66F47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad11_fdef_11df_b16f_003048d0c7fe_73F60CE5_8320_4667_8F91_CE17E65FAD9E48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0191_13e9_11e0_99a4_003048f27c5f_F2DC4799_5D4B_4EB5_85D1_AB14D63FCF8349.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0194_13e9_11e0_99a4_003048f27c5f_D79672F7_6F01_457B_8D03_08E41ADA863A50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf828f8_0427_11e0_99a4_003048f27c5f_49E5165B_E419_48A5_93C6_A74CA82CD36751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dd9c9eb_08dd_11e0_99a4_003048f27c5f_9E52926C_DFAE_4B59_9398_EBA20455FC4152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a220_fdef_11df_b16f_003048d0c7fe_709B35D5_3B8D_4989_8985_09080A881C7253.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a224_fdef_11df_b16f_003048d0c7fe_FBD19833_74A5_4564_B029_7EC3BB35C22B54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5efa_0427_11e0_99a4_003048f27c5f_AAF934F8_2852_4CEF_8C4D_053FA2ACE72455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5efd_0427_11e0_99a4_003048f27c5f_2B698E2A_C3A2_4D1E_BBD1_25B68D99085C56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4507_fea3_11df_b16f_003048d0c7fe_E4A9D6E5_3843_436D_BFD4_AC928694A05A57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f450a_fea3_11df_b16f_003048d0c7fe_E3F81F9B_D67E_4607_AE12_63DE410FFF2D58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43256e8_0100_11e0_b16f_003048d0c7fe_41D24B6D_77EE_4201_9051_734B2FB462BC59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43256cc_0100_11e0_b16f_003048d0c7fe_54FE9E4F_0427_40AD_AF94_0FD620D540B060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84704fbc_0100_11e0_b16f_003048d0c7fe_7861848A_2966_43CF_9BEF_6B4B2CDB1A2861.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f00_0427_11e0_99a4_003048f27c5f_656B34B4_AC00_49E1_AD97_4F952982DB8E62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0e0d374_ff2e_11e0_833e_003048f27c5f_9FABE30F_54DA_45B0_A51A_012308CAEF1F63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dec3_fdef_11df_b16f_003048d0c7fe_859CAC77_D5FC_4E70_8666_7D5550A6E14464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6e2_0100_11e0_b16f_003048d0c7fe_859CAC77_D5FC_4E70_8666_7D5550A6E14465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d222126c_068c_11e0_99a4_003048f27c5f_65900F95_2832_4C09_920A_A51047A3224E66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887cb980_074c_11e0_99a4_003048f27c5f_D2D34DDD_2DBA_4F5B_9798_8EFBC8F6FB9B67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c8da65_118d_11e0_99a4_003048f27c5f_6878BD0F_6910_450A_9B88_CAAE081D700168.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad1a_fdef_11df_b16f_003048d0c7fe_58091010_D102_4F35_811B_DC243387D3AD69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f018b_13e9_11e0_99a4_003048f27c5f_1ECFF16B_6945_48C9_9F63_02CD73FDC6FE70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/207dce07_29e0_11e0_99a4_003048f27c5f_AF7B1786_606C_45D3_9427_9B135A0D6C0971.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72e016f5_b761_11e0_a476_003048f27c5f_FECBC582_1EB3_4191_8FE3_D5E8FCB8382072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8888_fdef_11df_b16f_003048d0c7fe_91CC1F4B_F989_4112_B60E_8AF7530E811573.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dec9_fdef_11df_b16f_003048d0c7fe_37A43771_32F2_42AA_86F5_1A3AFFA9AF3874.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dec6_fdef_11df_b16f_003048d0c7fe_885B5CCA_1243_4962_AA75_60F6E37440DE75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6da_0100_11e0_b16f_003048d0c7fe_8C0D6A7B_A27B_41D0_85C7_6659ED431EB976.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6cd_0100_11e0_b16f_003048d0c7fe_8735026F_7B0A_49AD_9686_FC5E3D3842CC77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b74ae47a_068c_11e0_99a4_003048f27c5f_C2CF8C02_FFC8_477A_9CB3_7892FEC8401578.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d8620ee_35b1_11e0_af9a_d3dd3d98c32b_5EB0F002_3088_42B7_89B3_3E7F3FCE8F1679.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9def_0427_11e0_99a4_003048f27c5f_DFF1A399_E09A_4D41_96BC_79321C3CD63480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9e02_0427_11e0_99a4_003048f27c5f_B3D08D10_A315_46E7_9281_5288084CBEE981.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052167e9_124b_11e0_99a4_003048f27c5f_3466B3E6_B740_4CA1_86A8_FD74DF3D80E882.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970d1249_4a18_11e0_86e2_003048f27c5f_260A81F3_5F05_40B2_8FB1_15FA135BA38F83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8abc0bb_fea3_11df_b16f_003048d0c7fe_3D26113E_88FB_46E7_A7AC_C5AE80A0D66484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8abc0b8_fea3_11df_b16f_003048d0c7fe_EFE9DF42_2B20_4200_9CA9_4F1FB5502B8485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02aec39_02ae_11e0_b16f_003048d0c7fe_9564B154_FC22_4857_B782_12384973212786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02aec31_02ae_11e0_b16f_003048d0c7fe_35424D00_BA93_4962_96A5_DF7D5E4719C887.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d55e_081d_11e0_99a4_003048f27c5f_D799EC43_8DC0_4580_BC9C_490654C6FCB688.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd43_0427_11e0_99a4_003048f27c5f_7295680E_1573_4243_8A2E_BAEDE43CEE0889.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e2ed_fea3_11df_b16f_003048d0c7fe_0876E848_AE2F_4BAA_84CF_6BBF389913B090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d55b_081d_11e0_99a4_003048f27c5f_771FE291_9305_48CA_AD09_247043931AF291.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949892.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f323c_fdef_11df_b16f_003048d0c7fe_A20C1A8F_9C95_43F2_A37E_6727F502997693.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1feb5f1f_4a17_11e0_86e2_003048f27c5f_161796B4_3786_4109_A936_ED61BDFC347994.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8896_fdef_11df_b16f_003048d0c7fe_768B2337_E1AB_4438_88EF_E31FF2EAE8B995.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce42155b_5694_11e0_afc8_003048f27c5f_D070FF24_C7BD_4F49_BC85_177F4EEFDBF796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f661c8d0_ff1b_11e0_833e_003048f27c5f_CE734B1B_B6C8_4B69_A438_DDEB7481657397.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f44f3_fea3_11df_b16f_003048d0c7fe_58A17830_5BB0_4FC7_B8DA_DCB166FB7F4998.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6d6_0100_11e0_b16f_003048d0c7fe_723DB9F5_3AD4_4BBA_9967_FA1E4B912C3F99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6df_0100_11e0_b16f_003048d0c7fe_445F511C_A88F_450D_A4E9_C01300330243100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08291ae1_ff1c_11e0_833e_003048f27c5f_A4154EA5_2981_411E_BB77_54D827F83A76101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08291ae6_ff1c_11e0_833e_003048f27c5f_E9516E36_5FA3_487C_AA4A_712A61E80A81102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223539e9_f06f_11ec_9803_ac1f6b40b531_tro103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c0736bb_0c08_11e0_99a4_003048f27c5f_FABF0D02_853D_42C0_BB1B_3F1AE6E97384104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d61d7e_074c_11e0_99a4_003048f27c5f_81A6D025_52A4_4F46_AA99_AAD86BF824AA105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f018e_13e9_11e0_99a4_003048f27c5f_A1BB8A14_0D37_464B_904E_8D117FAC3B27106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd47_0427_11e0_99a4_003048f27c5f_7B602C38_092D_42D6_9C81_D8E1C42AEA27107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c8da68_118d_11e0_99a4_003048f27c5f_74DFF41D_0020_4B20_B72A_45FD37A14AA3108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a21d_fdef_11df_b16f_003048d0c7fe_F58D3FBD_A316_42BA_A1EC_F45620DED40E109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6d0_0100_11e0_b16f_003048d0c7fe_1DCB0E83_0C50_42E6_84C3_49F6B80C8219110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e531cd_09a5_11e0_99a4_003048f27c5f_99400B62_42AB_48A2_81BA_23318EF11FD6111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e531d6_09a5_11e0_99a4_003048f27c5f_64AB92C2_B919_40EE_B748_FD2D00CC246C112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e531d0_09a5_11e0_99a4_003048f27c5f_515E5000_DBDE_4350_A260_2B5EC2DC98DD113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f661c8d5_ff1b_11e0_833e_003048f27c5f_2737EE72_4A6B_409C_80B5_F47C020FA5AF114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad1f_fdef_11df_b16f_003048d0c7fe_06814E40_60AB_473B_ABFE_14118D506EAF115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98f745ce_0f25_11e0_99a4_003048f27c5f_0AA510C5_F0CD_4EF1_8ABF_7A9443F07998116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bcf1216_035a_11e0_b16f_003048d0c7fe_71075756_5E18_49F7_93FF_6CC4AB9B8026117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c5d26c_220a_11e0_99a4_003048f27c5f_13B3791E_6380_480F_9E7E_936AD894810C118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83621fbe_ad5f_11e0_a476_003048f27c5f_95066C24_B715_4CE9_ACFB_346840C1D439119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0c96c5_2209_11e8_ade2_0025902b3cc1_VER_072_CH120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62decc_fdef_11df_b16f_003048d0c7fe_3D7E6009_BF04_40F1_81B2_3C82744BB0AB121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48fa5eb_118d_11e0_99a4_003048f27c5f_3055184E_2C5A_4C70_8C97_D5076E43F3B2122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1226e23f_35b2_11e0_af9a_d3dd3d98c32b_CE6002F4_036C_4E35_89DB_99D68C82FA8B123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887cb996_074c_11e0_99a4_003048f27c5f_98C70EBC_3C76_4572_859D_665FF52599F7124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb0b_fea4_11df_b16f_003048d0c7fe_917355B2_7221_4D8C_BEE5_292E542C019D125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92d8542_67d5_11e0_afc8_003048f27c5f_A4937F02_53E9_4654_8138_081F8A6511F0126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887cb986_074c_11e0_99a4_003048f27c5f_70D999D4_D596_43F4_847A_822B770146CC127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c456632_0100_11e0_b16f_003048d0c7fe_AFC61BDA_9B55_41CB_A240_93D77809C145128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/471c7848_40a6_11e0_86e2_003048f27c5f_25CB8190_6079_4B77_A90C_E98628AD9BCD129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4510_fea3_11df_b16f_003048d0c7fe_E834CB93_25E1_4C2C_9EFC_B0C802857B5E130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4513_fea3_11df_b16f_003048d0c7fe_B4027027_6A5A_4308_8FED_A5B4550AF243131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d222126f_068c_11e0_99a4_003048f27c5f_AAE2D757_5A1A_405A_96AE_0A2BC7317F77132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad409a43_fdef_11df_b16f_003048d0c7fe_2E019507_A9BF_44C0_AD9E_7AFECF1DEB62133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb9fc213_ff8e_11e0_833e_003048f27c5f_E48B4AFF_3F7A_4372_A668_3390AE788D2B134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac204292_fea3_11df_b16f_003048d0c7fe_1E6FB994_ABDB_436E_A414_27B51F4F1DC5135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52c8f5dd_0cc5_11e0_99a4_003048f27c5f_AD17DEFE_8F14_49B0_A7D8_22F7DC60DE4B136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A0138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4458daf9_ff93_11e0_833e_003048f27c5f_8AFB2244_16C1_471D_9F3D_26240015FB15140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b02bf6a0_ff21_11e0_833e_003048f27c5f_77039E16_6450_4519_B7B7_4E971D17FE79141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c63049_0d9f_11e0_99a4_003048f27c5f_E63C6081_9512_47C4_82C2_49D9D9F85904142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/737e7f2e_a8aa_11e2_952b_0025902b3cc1_52FE5132_2595_4D1A_A311_ABD6E92CF89B143.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -20176,159 +20176,159 @@
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="4"/>
       <c r="B61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RSS-10 L \ Держатель полки</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 10 пар (R,L)</t>
+            <t xml:space="preserve">HP-46 \ Держатель прямой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.096.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 12.05.2025 09:19:36</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 648 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85.00</t>
+            <t xml:space="preserve">583.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C61" s="4"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-46 \ Держатель прямой</t>
-[...31 lines deleted...]
-Старая цена: 648 руб.</t>
+            <t xml:space="preserve">RSS-10 L \ Держатель полки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.068L.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Полкодержатель: левый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: cовместим с NX-22, NX-23, NX-24, NX-222, NX-232</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">583.00</t>
+            <t xml:space="preserve">85.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="4"/>
       <c r="B62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RSS-10 R \ Держатель полки</t>
           </r>
           <r>
             <t xml:space="preserve">