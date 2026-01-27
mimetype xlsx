--- v1 (2025-12-08)
+++ v2 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19.08.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Неофикс (Neofix) Южная Корея</t>
   </si>
   <si>
     <t>Серия "Neo fix" принадлежит новому направлению в торговом оборудовании, главным приоритетом которого является универсальность и стильный дизайн.В основе серии - элегантные тонкие металлические стойки, которые могут крепиться либо к стене, либо к вертикальным панелям из ДСП или других материалов. Стойки "Neo fix" могут крепиться поверх панели (стены) или "встык" между двумя панелями ДСП, образуя при этом единую поверхность. Есть в серии стойки малой глубины для аналогичного крепления между зеркальными панелями, что создает видимость крепления полок прямо к зеркалу, благодаря высококачественной хромированной поверхности стоек. При помощи перфорации на стойки навешиваются разнообразные полкодержатели, кронштейны и держатели труб различной формы. Перфорация по всей длине дает возможность устанавливать навесные конструкции и элементы на любой высоте.В системе Neo fix могут использов</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Channel N-11 \ Стойка перфорированная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NEO.001.CH</t>
     </r>
@@ -3774,51 +3774,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">91.80</t>
+      <t xml:space="preserve">93.84</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-513 \ Держатель трубы d-25 проходной</t>
@@ -5133,51 +5133,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">899.00</t>
+      <t xml:space="preserve">917.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NP-38 \ Штанга дистанционная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NEO.118B.CH</t>
@@ -5190,51 +5190,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1071.00</t>
+      <t xml:space="preserve">1092.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NP-38 \ Штанга дистанционная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NEO.118C.CH</t>
@@ -5247,51 +5247,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1163.00</t>
+      <t xml:space="preserve">1186.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NP-39 \ Штанга прямая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NEO.119A.CH</t>
@@ -5300,51 +5300,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">481.00</t>
+      <t xml:space="preserve">491.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NP-39 \ Штанга прямая</t>
@@ -5357,51 +5357,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">617.00</t>
+      <t xml:space="preserve">629.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NP-39 \ Штанга прямая</t>
@@ -5414,100 +5414,100 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">750.00</t>
+      <t xml:space="preserve">765.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 59 \ Держатель полки для GL 38 и NP-38</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.059.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">124.00</t>
+      <t xml:space="preserve">126.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -6162,51 +6162,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">357.00</t>
+      <t xml:space="preserve">364.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HP-43 \ Держатель наклонный 6 зацепов для HP-8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NEO.093.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6529,156 +6529,156 @@
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">583.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-46 \ Держатель прямой</t>
-[...31 lines deleted...]
-Старая цена: 648 руб.</t>
+      <t xml:space="preserve">RSS-10 L \ Держатель полки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.068L.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Полкодержатель: левый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: cовместим с NX-22, NX-23, NX-24, NX-222, NX-232</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">583.00</t>
+      <t xml:space="preserve">85.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">RSS-10 L \ Держатель полки</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 10 пар (R,L)</t>
+      <t xml:space="preserve">HP-46 \ Держатель прямой</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.096.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+ Дата и время: 12.05.2025 09:19:36</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 648 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">85.00</t>
+      <t xml:space="preserve">583.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RSS-10 R \ Держатель полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NEO.068R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -8197,51 +8197,51 @@
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.60</t>
+      <t xml:space="preserve">5.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Присоска - \ Присоска для стекла</t>
@@ -8254,51 +8254,51 @@
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.90</t>
+      <t xml:space="preserve">6.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NEO.317 \ Панель с зеркалом</t>
@@ -8364,51 +8364,51 @@
       <t xml:space="preserve">
 Артикул: NEO.300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 2300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2151.00</t>
+      <t xml:space="preserve">2194.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -8433,96 +8433,96 @@
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">569.00</t>
+      <t xml:space="preserve">580.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Spot Type11 \ Зацеп настенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SO.RU.1101.9016</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: продаётся поштучно</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">113.00</t>
+      <t xml:space="preserve">115.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
@@ -8594,51 +8594,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a211_fdef_11df_b16f_003048d0c7fe_BB460180_EE2E_467E_8D83_227BEEC29ADC2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b1c8b4_01cb_11e0_b16f_003048d0c7fe_72CC7F7B_D149_4C75_8AD5_9046E6F5CBAD3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad0b_fdef_11df_b16f_003048d0c7fe_C941B4C5_4771_40B2_87A0_1EE1EDCAF6A04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0416e_fdef_11df_b16f_003048d0c7fe_459B62D2_5316_47F4_A489_5AC82D34190F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f44f6_fea3_11df_b16f_003048d0c7fe_1A282804_7A8C_49D7_AF4B_FB46BEB61ABB6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3244_fdef_11df_b16f_003048d0c7fe_202381AE_FB9D_4EDB_B4AE_DD10E99F0F007.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d3edbc2_5062_11e0_86e2_003048f27c5f_2F4330B3_95B3_41B4_BE44_1759B9258DC18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2221278_068c_11e0_99a4_003048f27c5f_A06DC186_7DBC_45E4_89E6_BD23D2EF9C9E9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84680a5c_35b1_11e0_af9a_d3dd3d98c32b_C736B30D_66BF_42D9_9013_BEE78BC16ECC10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49f92_fdef_11df_b16f_003048d0c7fe_A4C0FD1E_768E_4A86_B7F4_0453AF05E6A311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd40_0427_11e0_99a4_003048f27c5f_16B81ED3_4D4F_4FA2_80DB_7126AE5895E912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62a5182_02ae_11e0_b16f_003048d0c7fe_C60543D1_17C0_4752_92BB_2C21EABDE7F213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc986_01cb_11e0_b16f_003048d0c7fe_E130DF8C_0595_484A_AA66_3F19709CF00B14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc97f_01cb_11e0_b16f_003048d0c7fe_A24ECA86_E308_49B9_B9C7_38255F2130CD15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9caf3b8f_02ae_11e0_b16f_003048d0c7fe_95773EE6_0FDC_41B0_9D72_3DFD73C2289C16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116fc_0100_11e0_b16f_003048d0c7fe_E4B87CB0_EDA7_4317_BC07_2A14F0A1B83517.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c11d7ad_035a_11e0_b16f_003048d0c7fe_A417287F_703C_4B2F_AE22_E6DFF780BD5D18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3247_fdef_11df_b16f_003048d0c7fe_360B0C9F_0A8E_4431_B922_B1158ECE63D119.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa04171_fdef_11df_b16f_003048d0c7fe_7D13EC09_CAC7_41DE_88D7_784122DE0A1120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c868fc6c_fea3_11df_b16f_003048d0c7fe_0E7FCEE7_BAF0_4C39_9478_ED11BB461AA621.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a539f90_3fea_11e0_86e2_003048f27c5f_51D13D34_AFED_436B_925C_0DFC9B99DC8A22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4fa_0100_11e0_b16f_003048d0c7fe_1112223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f450d_fea3_11df_b16f_003048d0c7fe_C1A597B6_E9F6_4024_980A_C8ED3910B49824.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc9a4_01cb_11e0_b16f_003048d0c7fe_4493E110_5508_4637_A3F0_6C3B124EB60825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a412f4d1_8c0c_11e0_afc8_003048f27c5f_FF06B932_F277_45EA_8B6C_4A3C3475CCAF26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8288aa9_02ae_11e0_b16f_003048d0c7fe_BDDD14F8_C00C_4F80_8BFB_4A90CE1F62DF27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2159b59_3999_11e0_b4b4_003048f27c5f_C6B93F59_68B0_4830_AEDB_F8B3F713F7E228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b1c8b7_01cb_11e0_b16f_003048d0c7fe_011A7D80_CFE7_4621_9677_70D7BAA7D7E029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24907e99_2913_11e0_99a4_003048f27c5f_AC39D53E_74DD_4416_96DB_A57A0F0539CB30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bddb_0100_11e0_b16f_003048d0c7fe_9F60816A_78FA_498D_8A22_FE5EBD56F27631.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef7a97fb_068c_11e0_99a4_003048f27c5f_9399b32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3240_fdef_11df_b16f_003048d0c7fe_9399b33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835984ac_4f0c_11e0_86e2_003048f27c5f_4CF92712_9BCB_4B78_9265_35DF78692B5D34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4504_fea3_11df_b16f_003048d0c7fe_12335.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be9fefbc_ff1b_11e0_833e_003048f27c5f_0D47B9B3_E139_44F8_B370_246B23E2CFD336.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0255ef_2787_11e0_99a4_003048f27c5f_B576ACB2_5A2E_487B_8478_D659B9F9EC5C37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0255f2_2787_11e0_99a4_003048f27c5f_BC69B193_8507_4FFD_A387_A593CD3C1D2938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835984b2_4f0c_11e0_86e2_003048f27c5f_CAFF800D_B2CF_4896_BB91_400CA5227A4539.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835984b5_4f0c_11e0_86e2_003048f27c5f_0DAE94C4_E5C8_48A3_8C0C_256B8A5D573140.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1e1b73_ff1b_11e0_833e_003048f27c5f_D847EDED_C0BE_4CF8_ACDE_77299A8B60D441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1e1b78_ff1b_11e0_833e_003048f27c5f_4594DAC9_4854_43E6_821B_77DA76EAF7D742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad0e_fdef_11df_b16f_003048d0c7fe_AF8F1537_D48C_42A3_AA0A_634CDE42848D43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad17_fdef_11df_b16f_003048d0c7fe_B4DD6E9A_D248_4E74_8B6B_52BFD87B66C444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90b7e6c_01cb_11e0_b16f_003048d0c7fe_B64A84FD_9085_4D40_AD06_787F3B0D2F5845.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90b7e69_01cb_11e0_b16f_003048d0c7fe_C1F8838A_723C_4EF9_B6B4_8B40EA18E3B446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad14_fdef_11df_b16f_003048d0c7fe_6C4FC9BC_4EA9_414A_A64E_64A86C1EA66F47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad11_fdef_11df_b16f_003048d0c7fe_73F60CE5_8320_4667_8F91_CE17E65FAD9E48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0191_13e9_11e0_99a4_003048f27c5f_F2DC4799_5D4B_4EB5_85D1_AB14D63FCF8349.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0194_13e9_11e0_99a4_003048f27c5f_D79672F7_6F01_457B_8D03_08E41ADA863A50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf828f8_0427_11e0_99a4_003048f27c5f_49E5165B_E419_48A5_93C6_A74CA82CD36751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dd9c9eb_08dd_11e0_99a4_003048f27c5f_9E52926C_DFAE_4B59_9398_EBA20455FC4152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a220_fdef_11df_b16f_003048d0c7fe_709B35D5_3B8D_4989_8985_09080A881C7253.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a224_fdef_11df_b16f_003048d0c7fe_FBD19833_74A5_4564_B029_7EC3BB35C22B54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5efa_0427_11e0_99a4_003048f27c5f_AAF934F8_2852_4CEF_8C4D_053FA2ACE72455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5efd_0427_11e0_99a4_003048f27c5f_2B698E2A_C3A2_4D1E_BBD1_25B68D99085C56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4507_fea3_11df_b16f_003048d0c7fe_E4A9D6E5_3843_436D_BFD4_AC928694A05A57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f450a_fea3_11df_b16f_003048d0c7fe_E3F81F9B_D67E_4607_AE12_63DE410FFF2D58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43256e8_0100_11e0_b16f_003048d0c7fe_41D24B6D_77EE_4201_9051_734B2FB462BC59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43256cc_0100_11e0_b16f_003048d0c7fe_54FE9E4F_0427_40AD_AF94_0FD620D540B060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84704fbc_0100_11e0_b16f_003048d0c7fe_7861848A_2966_43CF_9BEF_6B4B2CDB1A2861.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f00_0427_11e0_99a4_003048f27c5f_656B34B4_AC00_49E1_AD97_4F952982DB8E62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0e0d374_ff2e_11e0_833e_003048f27c5f_9FABE30F_54DA_45B0_A51A_012308CAEF1F63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dec3_fdef_11df_b16f_003048d0c7fe_859CAC77_D5FC_4E70_8666_7D5550A6E14464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6e2_0100_11e0_b16f_003048d0c7fe_859CAC77_D5FC_4E70_8666_7D5550A6E14465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d222126c_068c_11e0_99a4_003048f27c5f_65900F95_2832_4C09_920A_A51047A3224E66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887cb980_074c_11e0_99a4_003048f27c5f_D2D34DDD_2DBA_4F5B_9798_8EFBC8F6FB9B67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c8da65_118d_11e0_99a4_003048f27c5f_6878BD0F_6910_450A_9B88_CAAE081D700168.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad1a_fdef_11df_b16f_003048d0c7fe_58091010_D102_4F35_811B_DC243387D3AD69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f018b_13e9_11e0_99a4_003048f27c5f_1ECFF16B_6945_48C9_9F63_02CD73FDC6FE70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/207dce07_29e0_11e0_99a4_003048f27c5f_AF7B1786_606C_45D3_9427_9B135A0D6C0971.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72e016f5_b761_11e0_a476_003048f27c5f_FECBC582_1EB3_4191_8FE3_D5E8FCB8382072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8888_fdef_11df_b16f_003048d0c7fe_91CC1F4B_F989_4112_B60E_8AF7530E811573.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dec9_fdef_11df_b16f_003048d0c7fe_37A43771_32F2_42AA_86F5_1A3AFFA9AF3874.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dec6_fdef_11df_b16f_003048d0c7fe_885B5CCA_1243_4962_AA75_60F6E37440DE75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6da_0100_11e0_b16f_003048d0c7fe_8C0D6A7B_A27B_41D0_85C7_6659ED431EB976.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6cd_0100_11e0_b16f_003048d0c7fe_8735026F_7B0A_49AD_9686_FC5E3D3842CC77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b74ae47a_068c_11e0_99a4_003048f27c5f_C2CF8C02_FFC8_477A_9CB3_7892FEC8401578.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d8620ee_35b1_11e0_af9a_d3dd3d98c32b_5EB0F002_3088_42B7_89B3_3E7F3FCE8F1679.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9def_0427_11e0_99a4_003048f27c5f_DFF1A399_E09A_4D41_96BC_79321C3CD63480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9e02_0427_11e0_99a4_003048f27c5f_B3D08D10_A315_46E7_9281_5288084CBEE981.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052167e9_124b_11e0_99a4_003048f27c5f_3466B3E6_B740_4CA1_86A8_FD74DF3D80E882.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970d1249_4a18_11e0_86e2_003048f27c5f_260A81F3_5F05_40B2_8FB1_15FA135BA38F83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8abc0bb_fea3_11df_b16f_003048d0c7fe_3D26113E_88FB_46E7_A7AC_C5AE80A0D66484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8abc0b8_fea3_11df_b16f_003048d0c7fe_EFE9DF42_2B20_4200_9CA9_4F1FB5502B8485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02aec39_02ae_11e0_b16f_003048d0c7fe_9564B154_FC22_4857_B782_12384973212786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02aec31_02ae_11e0_b16f_003048d0c7fe_35424D00_BA93_4962_96A5_DF7D5E4719C887.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d55e_081d_11e0_99a4_003048f27c5f_D799EC43_8DC0_4580_BC9C_490654C6FCB688.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd43_0427_11e0_99a4_003048f27c5f_7295680E_1573_4243_8A2E_BAEDE43CEE0889.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e2ed_fea3_11df_b16f_003048d0c7fe_0876E848_AE2F_4BAA_84CF_6BBF389913B090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d55b_081d_11e0_99a4_003048f27c5f_771FE291_9305_48CA_AD09_247043931AF291.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949892.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f323c_fdef_11df_b16f_003048d0c7fe_A20C1A8F_9C95_43F2_A37E_6727F502997693.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1feb5f1f_4a17_11e0_86e2_003048f27c5f_161796B4_3786_4109_A936_ED61BDFC347994.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8896_fdef_11df_b16f_003048d0c7fe_768B2337_E1AB_4438_88EF_E31FF2EAE8B995.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce42155b_5694_11e0_afc8_003048f27c5f_D070FF24_C7BD_4F49_BC85_177F4EEFDBF796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f661c8d0_ff1b_11e0_833e_003048f27c5f_CE734B1B_B6C8_4B69_A438_DDEB7481657397.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f44f3_fea3_11df_b16f_003048d0c7fe_58A17830_5BB0_4FC7_B8DA_DCB166FB7F4998.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6d6_0100_11e0_b16f_003048d0c7fe_723DB9F5_3AD4_4BBA_9967_FA1E4B912C3F99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6df_0100_11e0_b16f_003048d0c7fe_445F511C_A88F_450D_A4E9_C01300330243100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08291ae1_ff1c_11e0_833e_003048f27c5f_A4154EA5_2981_411E_BB77_54D827F83A76101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08291ae6_ff1c_11e0_833e_003048f27c5f_E9516E36_5FA3_487C_AA4A_712A61E80A81102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223539e9_f06f_11ec_9803_ac1f6b40b531_tro103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c0736bb_0c08_11e0_99a4_003048f27c5f_FABF0D02_853D_42C0_BB1B_3F1AE6E97384104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d61d7e_074c_11e0_99a4_003048f27c5f_81A6D025_52A4_4F46_AA99_AAD86BF824AA105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f018e_13e9_11e0_99a4_003048f27c5f_A1BB8A14_0D37_464B_904E_8D117FAC3B27106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd47_0427_11e0_99a4_003048f27c5f_7B602C38_092D_42D6_9C81_D8E1C42AEA27107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c8da68_118d_11e0_99a4_003048f27c5f_74DFF41D_0020_4B20_B72A_45FD37A14AA3108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a21d_fdef_11df_b16f_003048d0c7fe_F58D3FBD_A316_42BA_A1EC_F45620DED40E109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6d0_0100_11e0_b16f_003048d0c7fe_1DCB0E83_0C50_42E6_84C3_49F6B80C8219110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e531cd_09a5_11e0_99a4_003048f27c5f_99400B62_42AB_48A2_81BA_23318EF11FD6111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e531d6_09a5_11e0_99a4_003048f27c5f_64AB92C2_B919_40EE_B748_FD2D00CC246C112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e531d0_09a5_11e0_99a4_003048f27c5f_515E5000_DBDE_4350_A260_2B5EC2DC98DD113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f661c8d5_ff1b_11e0_833e_003048f27c5f_2737EE72_4A6B_409C_80B5_F47C020FA5AF114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad1f_fdef_11df_b16f_003048d0c7fe_06814E40_60AB_473B_ABFE_14118D506EAF115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98f745ce_0f25_11e0_99a4_003048f27c5f_0AA510C5_F0CD_4EF1_8ABF_7A9443F07998116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bcf1216_035a_11e0_b16f_003048d0c7fe_71075756_5E18_49F7_93FF_6CC4AB9B8026117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c5d26c_220a_11e0_99a4_003048f27c5f_13B3791E_6380_480F_9E7E_936AD894810C118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83621fbe_ad5f_11e0_a476_003048f27c5f_95066C24_B715_4CE9_ACFB_346840C1D439119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0c96c5_2209_11e8_ade2_0025902b3cc1_VER_072_CH120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62decc_fdef_11df_b16f_003048d0c7fe_3D7E6009_BF04_40F1_81B2_3C82744BB0AB121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48fa5eb_118d_11e0_99a4_003048f27c5f_3055184E_2C5A_4C70_8C97_D5076E43F3B2122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1226e23f_35b2_11e0_af9a_d3dd3d98c32b_CE6002F4_036C_4E35_89DB_99D68C82FA8B123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887cb996_074c_11e0_99a4_003048f27c5f_98C70EBC_3C76_4572_859D_665FF52599F7124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb0b_fea4_11df_b16f_003048d0c7fe_917355B2_7221_4D8C_BEE5_292E542C019D125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92d8542_67d5_11e0_afc8_003048f27c5f_A4937F02_53E9_4654_8138_081F8A6511F0126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887cb986_074c_11e0_99a4_003048f27c5f_70D999D4_D596_43F4_847A_822B770146CC127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c456632_0100_11e0_b16f_003048d0c7fe_AFC61BDA_9B55_41CB_A240_93D77809C145128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/471c7848_40a6_11e0_86e2_003048f27c5f_25CB8190_6079_4B77_A90C_E98628AD9BCD129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4510_fea3_11df_b16f_003048d0c7fe_E834CB93_25E1_4C2C_9EFC_B0C802857B5E130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4513_fea3_11df_b16f_003048d0c7fe_B4027027_6A5A_4308_8FED_A5B4550AF243131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d222126f_068c_11e0_99a4_003048f27c5f_AAE2D757_5A1A_405A_96AE_0A2BC7317F77132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad409a43_fdef_11df_b16f_003048d0c7fe_2E019507_A9BF_44C0_AD9E_7AFECF1DEB62133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb9fc213_ff8e_11e0_833e_003048f27c5f_E48B4AFF_3F7A_4372_A668_3390AE788D2B134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac204292_fea3_11df_b16f_003048d0c7fe_1E6FB994_ABDB_436E_A414_27B51F4F1DC5135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52c8f5dd_0cc5_11e0_99a4_003048f27c5f_AD17DEFE_8F14_49B0_A7D8_22F7DC60DE4B136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A0138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4458daf9_ff93_11e0_833e_003048f27c5f_8AFB2244_16C1_471D_9F3D_26240015FB15140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b02bf6a0_ff21_11e0_833e_003048f27c5f_77039E16_6450_4519_B7B7_4E971D17FE79141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c63049_0d9f_11e0_99a4_003048f27c5f_E63C6081_9512_47C4_82C2_49D9D9F85904142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/737e7f2e_a8aa_11e2_952b_0025902b3cc1_52FE5132_2595_4D1A_A311_ABD6E92CF89B143.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a211_fdef_11df_b16f_003048d0c7fe_BB460180_EE2E_467E_8D83_227BEEC29ADC2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b1c8b4_01cb_11e0_b16f_003048d0c7fe_72CC7F7B_D149_4C75_8AD5_9046E6F5CBAD3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad0b_fdef_11df_b16f_003048d0c7fe_C941B4C5_4771_40B2_87A0_1EE1EDCAF6A04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0416e_fdef_11df_b16f_003048d0c7fe_459B62D2_5316_47F4_A489_5AC82D34190F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f44f6_fea3_11df_b16f_003048d0c7fe_1A282804_7A8C_49D7_AF4B_FB46BEB61ABB6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3244_fdef_11df_b16f_003048d0c7fe_202381AE_FB9D_4EDB_B4AE_DD10E99F0F007.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d3edbc2_5062_11e0_86e2_003048f27c5f_2F4330B3_95B3_41B4_BE44_1759B9258DC18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2221278_068c_11e0_99a4_003048f27c5f_A06DC186_7DBC_45E4_89E6_BD23D2EF9C9E9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84680a5c_35b1_11e0_af9a_d3dd3d98c32b_C736B30D_66BF_42D9_9013_BEE78BC16ECC10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49f92_fdef_11df_b16f_003048d0c7fe_A4C0FD1E_768E_4A86_B7F4_0453AF05E6A311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd40_0427_11e0_99a4_003048f27c5f_16B81ED3_4D4F_4FA2_80DB_7126AE5895E912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62a5182_02ae_11e0_b16f_003048d0c7fe_C60543D1_17C0_4752_92BB_2C21EABDE7F213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc986_01cb_11e0_b16f_003048d0c7fe_E130DF8C_0595_484A_AA66_3F19709CF00B14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc97f_01cb_11e0_b16f_003048d0c7fe_A24ECA86_E308_49B9_B9C7_38255F2130CD15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9caf3b8f_02ae_11e0_b16f_003048d0c7fe_95773EE6_0FDC_41B0_9D72_3DFD73C2289C16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116fc_0100_11e0_b16f_003048d0c7fe_E4B87CB0_EDA7_4317_BC07_2A14F0A1B83517.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c11d7ad_035a_11e0_b16f_003048d0c7fe_A417287F_703C_4B2F_AE22_E6DFF780BD5D18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3247_fdef_11df_b16f_003048d0c7fe_360B0C9F_0A8E_4431_B922_B1158ECE63D119.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa04171_fdef_11df_b16f_003048d0c7fe_7D13EC09_CAC7_41DE_88D7_784122DE0A1120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c868fc6c_fea3_11df_b16f_003048d0c7fe_0E7FCEE7_BAF0_4C39_9478_ED11BB461AA621.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a539f90_3fea_11e0_86e2_003048f27c5f_51D13D34_AFED_436B_925C_0DFC9B99DC8A22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4fa_0100_11e0_b16f_003048d0c7fe_1112223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f450d_fea3_11df_b16f_003048d0c7fe_C1A597B6_E9F6_4024_980A_C8ED3910B49824.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc9a4_01cb_11e0_b16f_003048d0c7fe_4493E110_5508_4637_A3F0_6C3B124EB60825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a412f4d1_8c0c_11e0_afc8_003048f27c5f_FF06B932_F277_45EA_8B6C_4A3C3475CCAF26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8288aa9_02ae_11e0_b16f_003048d0c7fe_BDDD14F8_C00C_4F80_8BFB_4A90CE1F62DF27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2159b59_3999_11e0_b4b4_003048f27c5f_C6B93F59_68B0_4830_AEDB_F8B3F713F7E228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b1c8b7_01cb_11e0_b16f_003048d0c7fe_011A7D80_CFE7_4621_9677_70D7BAA7D7E029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24907e99_2913_11e0_99a4_003048f27c5f_AC39D53E_74DD_4416_96DB_A57A0F0539CB30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bddb_0100_11e0_b16f_003048d0c7fe_9F60816A_78FA_498D_8A22_FE5EBD56F27631.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef7a97fb_068c_11e0_99a4_003048f27c5f_9399b32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3240_fdef_11df_b16f_003048d0c7fe_9399b33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835984ac_4f0c_11e0_86e2_003048f27c5f_4CF92712_9BCB_4B78_9265_35DF78692B5D34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4504_fea3_11df_b16f_003048d0c7fe_12335.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be9fefbc_ff1b_11e0_833e_003048f27c5f_0D47B9B3_E139_44F8_B370_246B23E2CFD336.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0255ef_2787_11e0_99a4_003048f27c5f_B576ACB2_5A2E_487B_8478_D659B9F9EC5C37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0255f2_2787_11e0_99a4_003048f27c5f_BC69B193_8507_4FFD_A387_A593CD3C1D2938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835984b2_4f0c_11e0_86e2_003048f27c5f_CAFF800D_B2CF_4896_BB91_400CA5227A4539.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835984b5_4f0c_11e0_86e2_003048f27c5f_0DAE94C4_E5C8_48A3_8C0C_256B8A5D573140.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1e1b73_ff1b_11e0_833e_003048f27c5f_D847EDED_C0BE_4CF8_ACDE_77299A8B60D441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1e1b78_ff1b_11e0_833e_003048f27c5f_4594DAC9_4854_43E6_821B_77DA76EAF7D742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad0e_fdef_11df_b16f_003048d0c7fe_AF8F1537_D48C_42A3_AA0A_634CDE42848D43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad17_fdef_11df_b16f_003048d0c7fe_B4DD6E9A_D248_4E74_8B6B_52BFD87B66C444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90b7e6c_01cb_11e0_b16f_003048d0c7fe_B64A84FD_9085_4D40_AD06_787F3B0D2F5845.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90b7e69_01cb_11e0_b16f_003048d0c7fe_C1F8838A_723C_4EF9_B6B4_8B40EA18E3B446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad14_fdef_11df_b16f_003048d0c7fe_6C4FC9BC_4EA9_414A_A64E_64A86C1EA66F47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad11_fdef_11df_b16f_003048d0c7fe_73F60CE5_8320_4667_8F91_CE17E65FAD9E48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0191_13e9_11e0_99a4_003048f27c5f_F2DC4799_5D4B_4EB5_85D1_AB14D63FCF8349.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0194_13e9_11e0_99a4_003048f27c5f_D79672F7_6F01_457B_8D03_08E41ADA863A50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf828f8_0427_11e0_99a4_003048f27c5f_49E5165B_E419_48A5_93C6_A74CA82CD36751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dd9c9eb_08dd_11e0_99a4_003048f27c5f_9E52926C_DFAE_4B59_9398_EBA20455FC4152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a220_fdef_11df_b16f_003048d0c7fe_709B35D5_3B8D_4989_8985_09080A881C7253.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a224_fdef_11df_b16f_003048d0c7fe_FBD19833_74A5_4564_B029_7EC3BB35C22B54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5efa_0427_11e0_99a4_003048f27c5f_AAF934F8_2852_4CEF_8C4D_053FA2ACE72455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5efd_0427_11e0_99a4_003048f27c5f_2B698E2A_C3A2_4D1E_BBD1_25B68D99085C56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4507_fea3_11df_b16f_003048d0c7fe_E4A9D6E5_3843_436D_BFD4_AC928694A05A57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f450a_fea3_11df_b16f_003048d0c7fe_E3F81F9B_D67E_4607_AE12_63DE410FFF2D58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43256e8_0100_11e0_b16f_003048d0c7fe_41D24B6D_77EE_4201_9051_734B2FB462BC59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43256cc_0100_11e0_b16f_003048d0c7fe_54FE9E4F_0427_40AD_AF94_0FD620D540B060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84704fbc_0100_11e0_b16f_003048d0c7fe_7861848A_2966_43CF_9BEF_6B4B2CDB1A2861.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f00_0427_11e0_99a4_003048f27c5f_656B34B4_AC00_49E1_AD97_4F952982DB8E62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0e0d374_ff2e_11e0_833e_003048f27c5f_9FABE30F_54DA_45B0_A51A_012308CAEF1F63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dec3_fdef_11df_b16f_003048d0c7fe_859CAC77_D5FC_4E70_8666_7D5550A6E14464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6e2_0100_11e0_b16f_003048d0c7fe_859CAC77_D5FC_4E70_8666_7D5550A6E14465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d222126c_068c_11e0_99a4_003048f27c5f_65900F95_2832_4C09_920A_A51047A3224E66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887cb980_074c_11e0_99a4_003048f27c5f_D2D34DDD_2DBA_4F5B_9798_8EFBC8F6FB9B67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c8da65_118d_11e0_99a4_003048f27c5f_6878BD0F_6910_450A_9B88_CAAE081D700168.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad1a_fdef_11df_b16f_003048d0c7fe_58091010_D102_4F35_811B_DC243387D3AD69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f018b_13e9_11e0_99a4_003048f27c5f_1ECFF16B_6945_48C9_9F63_02CD73FDC6FE70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/207dce07_29e0_11e0_99a4_003048f27c5f_AF7B1786_606C_45D3_9427_9B135A0D6C0971.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72e016f5_b761_11e0_a476_003048f27c5f_FECBC582_1EB3_4191_8FE3_D5E8FCB8382072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8888_fdef_11df_b16f_003048d0c7fe_91CC1F4B_F989_4112_B60E_8AF7530E811573.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dec9_fdef_11df_b16f_003048d0c7fe_37A43771_32F2_42AA_86F5_1A3AFFA9AF3874.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dec6_fdef_11df_b16f_003048d0c7fe_885B5CCA_1243_4962_AA75_60F6E37440DE75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6da_0100_11e0_b16f_003048d0c7fe_8C0D6A7B_A27B_41D0_85C7_6659ED431EB976.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6cd_0100_11e0_b16f_003048d0c7fe_8735026F_7B0A_49AD_9686_FC5E3D3842CC77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b74ae47a_068c_11e0_99a4_003048f27c5f_C2CF8C02_FFC8_477A_9CB3_7892FEC8401578.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d8620ee_35b1_11e0_af9a_d3dd3d98c32b_5EB0F002_3088_42B7_89B3_3E7F3FCE8F1679.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9def_0427_11e0_99a4_003048f27c5f_DFF1A399_E09A_4D41_96BC_79321C3CD63480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9e02_0427_11e0_99a4_003048f27c5f_B3D08D10_A315_46E7_9281_5288084CBEE981.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052167e9_124b_11e0_99a4_003048f27c5f_3466B3E6_B740_4CA1_86A8_FD74DF3D80E882.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970d1249_4a18_11e0_86e2_003048f27c5f_260A81F3_5F05_40B2_8FB1_15FA135BA38F83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8abc0bb_fea3_11df_b16f_003048d0c7fe_3D26113E_88FB_46E7_A7AC_C5AE80A0D66484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8abc0b8_fea3_11df_b16f_003048d0c7fe_EFE9DF42_2B20_4200_9CA9_4F1FB5502B8485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02aec39_02ae_11e0_b16f_003048d0c7fe_9564B154_FC22_4857_B782_12384973212786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02aec31_02ae_11e0_b16f_003048d0c7fe_35424D00_BA93_4962_96A5_DF7D5E4719C887.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d55e_081d_11e0_99a4_003048f27c5f_D799EC43_8DC0_4580_BC9C_490654C6FCB688.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd43_0427_11e0_99a4_003048f27c5f_7295680E_1573_4243_8A2E_BAEDE43CEE0889.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e2ed_fea3_11df_b16f_003048d0c7fe_0876E848_AE2F_4BAA_84CF_6BBF389913B090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d55b_081d_11e0_99a4_003048f27c5f_771FE291_9305_48CA_AD09_247043931AF291.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949892.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f323c_fdef_11df_b16f_003048d0c7fe_A20C1A8F_9C95_43F2_A37E_6727F502997693.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1feb5f1f_4a17_11e0_86e2_003048f27c5f_161796B4_3786_4109_A936_ED61BDFC347994.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8896_fdef_11df_b16f_003048d0c7fe_768B2337_E1AB_4438_88EF_E31FF2EAE8B995.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce42155b_5694_11e0_afc8_003048f27c5f_D070FF24_C7BD_4F49_BC85_177F4EEFDBF796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f661c8d0_ff1b_11e0_833e_003048f27c5f_CE734B1B_B6C8_4B69_A438_DDEB7481657397.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f44f3_fea3_11df_b16f_003048d0c7fe_58A17830_5BB0_4FC7_B8DA_DCB166FB7F4998.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6d6_0100_11e0_b16f_003048d0c7fe_723DB9F5_3AD4_4BBA_9967_FA1E4B912C3F99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6df_0100_11e0_b16f_003048d0c7fe_445F511C_A88F_450D_A4E9_C01300330243100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08291ae1_ff1c_11e0_833e_003048f27c5f_A4154EA5_2981_411E_BB77_54D827F83A76101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08291ae6_ff1c_11e0_833e_003048f27c5f_E9516E36_5FA3_487C_AA4A_712A61E80A81102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223539e9_f06f_11ec_9803_ac1f6b40b531_tro103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c0736bb_0c08_11e0_99a4_003048f27c5f_FABF0D02_853D_42C0_BB1B_3F1AE6E97384104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d61d7e_074c_11e0_99a4_003048f27c5f_81A6D025_52A4_4F46_AA99_AAD86BF824AA105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f018e_13e9_11e0_99a4_003048f27c5f_A1BB8A14_0D37_464B_904E_8D117FAC3B27106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd47_0427_11e0_99a4_003048f27c5f_7B602C38_092D_42D6_9C81_D8E1C42AEA27107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c8da68_118d_11e0_99a4_003048f27c5f_74DFF41D_0020_4B20_B72A_45FD37A14AA3108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a21d_fdef_11df_b16f_003048d0c7fe_F58D3FBD_A316_42BA_A1EC_F45620DED40E109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e531cd_09a5_11e0_99a4_003048f27c5f_99400B62_42AB_48A2_81BA_23318EF11FD6110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6d0_0100_11e0_b16f_003048d0c7fe_1DCB0E83_0C50_42E6_84C3_49F6B80C8219111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e531d6_09a5_11e0_99a4_003048f27c5f_64AB92C2_B919_40EE_B748_FD2D00CC246C112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e531d0_09a5_11e0_99a4_003048f27c5f_515E5000_DBDE_4350_A260_2B5EC2DC98DD113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f661c8d5_ff1b_11e0_833e_003048f27c5f_2737EE72_4A6B_409C_80B5_F47C020FA5AF114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad1f_fdef_11df_b16f_003048d0c7fe_06814E40_60AB_473B_ABFE_14118D506EAF115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98f745ce_0f25_11e0_99a4_003048f27c5f_0AA510C5_F0CD_4EF1_8ABF_7A9443F07998116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bcf1216_035a_11e0_b16f_003048d0c7fe_71075756_5E18_49F7_93FF_6CC4AB9B8026117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c5d26c_220a_11e0_99a4_003048f27c5f_13B3791E_6380_480F_9E7E_936AD894810C118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83621fbe_ad5f_11e0_a476_003048f27c5f_95066C24_B715_4CE9_ACFB_346840C1D439119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0c96c5_2209_11e8_ade2_0025902b3cc1_VER_072_CH120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62decc_fdef_11df_b16f_003048d0c7fe_3D7E6009_BF04_40F1_81B2_3C82744BB0AB121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48fa5eb_118d_11e0_99a4_003048f27c5f_3055184E_2C5A_4C70_8C97_D5076E43F3B2122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1226e23f_35b2_11e0_af9a_d3dd3d98c32b_CE6002F4_036C_4E35_89DB_99D68C82FA8B123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887cb996_074c_11e0_99a4_003048f27c5f_98C70EBC_3C76_4572_859D_665FF52599F7124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb0b_fea4_11df_b16f_003048d0c7fe_917355B2_7221_4D8C_BEE5_292E542C019D125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92d8542_67d5_11e0_afc8_003048f27c5f_A4937F02_53E9_4654_8138_081F8A6511F0126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887cb986_074c_11e0_99a4_003048f27c5f_70D999D4_D596_43F4_847A_822B770146CC127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c456632_0100_11e0_b16f_003048d0c7fe_AFC61BDA_9B55_41CB_A240_93D77809C145128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/471c7848_40a6_11e0_86e2_003048f27c5f_25CB8190_6079_4B77_A90C_E98628AD9BCD129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4510_fea3_11df_b16f_003048d0c7fe_E834CB93_25E1_4C2C_9EFC_B0C802857B5E130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4513_fea3_11df_b16f_003048d0c7fe_B4027027_6A5A_4308_8FED_A5B4550AF243131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d222126f_068c_11e0_99a4_003048f27c5f_AAE2D757_5A1A_405A_96AE_0A2BC7317F77132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad409a43_fdef_11df_b16f_003048d0c7fe_2E019507_A9BF_44C0_AD9E_7AFECF1DEB62133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb9fc213_ff8e_11e0_833e_003048f27c5f_E48B4AFF_3F7A_4372_A668_3390AE788D2B134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac204292_fea3_11df_b16f_003048d0c7fe_1E6FB994_ABDB_436E_A414_27B51F4F1DC5135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52c8f5dd_0cc5_11e0_99a4_003048f27c5f_AD17DEFE_8F14_49B0_A7D8_22F7DC60DE4B136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A0138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4458daf9_ff93_11e0_833e_003048f27c5f_8AFB2244_16C1_471D_9F3D_26240015FB15140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b02bf6a0_ff21_11e0_833e_003048f27c5f_77039E16_6450_4519_B7B7_4E971D17FE79141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c63049_0d9f_11e0_99a4_003048f27c5f_E63C6081_9512_47C4_82C2_49D9D9F85904142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/737e7f2e_a8aa_11e2_952b_0025902b3cc1_52FE5132_2595_4D1A_A311_ABD6E92CF89B143.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -13228,51 +13228,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19.08.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -17232,51 +17232,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">91.80</t>
+            <t xml:space="preserve">93.84</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -18684,51 +18684,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">899.00</t>
+            <t xml:space="preserve">917.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NP-38 \ Штанга дистанционная</t>
           </r>
@@ -18744,51 +18744,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1071.00</t>
+            <t xml:space="preserve">1092.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="4"/>
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -18806,51 +18806,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1163.00</t>
+            <t xml:space="preserve">1186.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NP-39 \ Штанга прямая</t>
           </r>
@@ -18862,51 +18862,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">481.00</t>
+            <t xml:space="preserve">491.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="4"/>
       <c r="B51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -18924,51 +18924,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">617.00</t>
+            <t xml:space="preserve">629.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -18984,51 +18984,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">750.00</t>
+            <t xml:space="preserve">765.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="4"/>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -19038,51 +19038,51 @@
             </rPr>
             <t xml:space="preserve">GL 59 \ Держатель полки для GL 38 и NP-38</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.059.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">124.00</t>
+            <t xml:space="preserve">126.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
@@ -19780,51 +19780,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">357.00</t>
+            <t xml:space="preserve">364.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="4"/>
       <c r="B58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HP-43 \ Держатель наклонный 6 зацепов для HP-8</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -20176,159 +20176,159 @@
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="4"/>
       <c r="B61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-46 \ Держатель прямой</t>
-[...31 lines deleted...]
-Старая цена: 648 руб.</t>
+            <t xml:space="preserve">RSS-10 L \ Держатель полки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.068L.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Полкодержатель: левый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: cовместим с NX-22, NX-23, NX-24, NX-222, NX-232</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">583.00</t>
+            <t xml:space="preserve">85.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C61" s="4"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RSS-10 L \ Держатель полки</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 10 пар (R,L)</t>
+            <t xml:space="preserve">HP-46 \ Держатель прямой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.096.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 12.05.2025 09:19:36</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 648 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85.00</t>
+            <t xml:space="preserve">583.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="4"/>
       <c r="B62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RSS-10 R \ Держатель полки</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -21956,51 +21956,51 @@
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.60</t>
+            <t xml:space="preserve">5.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C75" s="4"/>
       <c r="D75" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -22016,51 +22016,51 @@
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.90</t>
+            <t xml:space="preserve">6.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="4"/>
       <c r="B76" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -22134,51 +22134,51 @@
             <t xml:space="preserve">
 Артикул: NEO.300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 2300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2151.00</t>
+            <t xml:space="preserve">2194.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="4"/>
       <c r="B77" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -22208,99 +22208,99 @@
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">569.00</t>
+            <t xml:space="preserve">580.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C77" s="4"/>
       <c r="D77" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Spot Type11 \ Зацеп настенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SO.RU.1101.9016</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: продаётся поштучно</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">113.00</t>
+            <t xml:space="preserve">115.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>