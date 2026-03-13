--- v2 (2026-01-27)
+++ v3 (2026-03-13)
@@ -15,8016 +15,7710 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Неофикс (Neofix) Южная Корея</t>
   </si>
   <si>
     <t>Серия "Neo fix" принадлежит новому направлению в торговом оборудовании, главным приоритетом которого является универсальность и стильный дизайн.В основе серии - элегантные тонкие металлические стойки, которые могут крепиться либо к стене, либо к вертикальным панелям из ДСП или других материалов. Стойки "Neo fix" могут крепиться поверх панели (стены) или "встык" между двумя панелями ДСП, образуя при этом единую поверхность. Есть в серии стойки малой глубины для аналогичного крепления между зеркальными панелями, что создает видимость крепления полок прямо к зеркалу, благодаря высококачественной хромированной поверхности стоек. При помощи перфорации на стойки навешиваются разнообразные полкодержатели, кронштейны и держатели труб различной формы. Перфорация по всей длине дает возможность устанавливать навесные конструкции и элементы на любой высоте.В системе Neo fix могут использов</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Channel N-11 \ Стойка перфорированная</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+      <t xml:space="preserve">Channel N-11 \  Стойка перфорированная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.001.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1890</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Южная Корея </t>
+Полкодержатель: Южная Корея </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 1147 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1033.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Channel N-11 \  Стойка перфорированная</t>
-[...11 lines deleted...]
-Высота, мм: 1890</t>
+      <t xml:space="preserve">Channel N-11 \ Стойка перфорированная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.002.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
-Полкодержатель: Южная Корея </t>
-[...7 lines deleted...]
-Скидка: Да</t>
+Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 1147 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1033.00</t>
+      <t xml:space="preserve">1240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Channel N-11 \ Стойка перфорированная</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.002.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.002.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 1581 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1240.00</t>
+      <t xml:space="preserve">1424.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Channel N-11 \ Стойка перфорированная</t>
-[...11 lines deleted...]
-Высота, мм: 2400</t>
+      <t xml:space="preserve">Channel N-14 \ Стойка перфорированная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.003.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1890</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 11</t>
-[...7 lines deleted...]
- Дата и время: 12.05.2025 09:18:36</t>
+Глубина, мм: 14</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 1581 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1424.00</t>
+      <t xml:space="preserve">1144.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Channel N-14 \ Стойка перфорированная</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.003.CH</t>
+Артикул: NEO.004.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 1890</t>
+Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 14</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1144.00</t>
+      <t xml:space="preserve">1548.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Channel N-14 \ Стойка перфорированная</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.004.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.004.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 14</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 1719 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1548.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Channel N-14 \ Стойка перфорированная</t>
-[...11 lines deleted...]
-Высота, мм: 2400</t>
+      <t xml:space="preserve">Channel N-6 \ Стойка перфорированная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.005.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1890</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 14</t>
-[...11 lines deleted...]
-Скидка: Да</t>
+Глубина, мм: 6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: только для N-61 и N-62</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 1719 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1548.00</t>
+      <t xml:space="preserve">877.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Channel N-6 \ Стойка перфорированная</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.005.CH</t>
+Артикул: NEO.006.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 1890</t>
+Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: только для N-61 и N-62</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">877.00</t>
+      <t xml:space="preserve">1240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Channel N-6 \ Стойка перфорированная</t>
-[...3 lines deleted...]
-Артикул: NEO.006.CH</t>
+      <t xml:space="preserve">Channel N-112 \ Стойка перфорированная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.007.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 2400</t>
+Высота, мм: 1890</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 6</t>
-[...3 lines deleted...]
-Примечание: только для N-61 и N-62</t>
+Глубина, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1240.00</t>
+      <t xml:space="preserve">1391.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Channel N-112 \ Стойка перфорированная</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.007.CH</t>
+Артикул: NEO.008.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 1890</t>
+Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1391.00</t>
+      <t xml:space="preserve">1829.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Channel N-112 \ Стойка перфорированная</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.008.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.008.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 2030 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1829.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Channel N-112 \ Стойка перфорированная</t>
-[...11 lines deleted...]
-Высота, мм: 2400</t>
+      <t xml:space="preserve">Channel N-142 \ Стойка перфорированная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.009.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1890</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 11</t>
-[...11 lines deleted...]
-Скидка: Да</t>
+Глубина, мм: 14</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 2030 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1829.00</t>
+      <t xml:space="preserve">1317.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Channel N-142 \ Стойка перфорированная</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.009.CH</t>
+Артикул: NEO.010.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 1890</t>
+Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 14</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1317.00</t>
+      <t xml:space="preserve">1762.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Channel N-142 \ Стойка перфорированная</t>
-[...3 lines deleted...]
-Артикул: NEO.010.CH</t>
+      <t xml:space="preserve">Channel NSI-1 \ Стойка перфорированная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.011.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 2400</t>
-[...15 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Высота, мм: 1800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 27,5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1762.00</t>
+      <t xml:space="preserve">2693.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Channel NSI-1 \ Стойка перфорированная</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.011.CH</t>
+Артикул: NEO.012.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 1800</t>
+Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 27,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2693.00</t>
+      <t xml:space="preserve">3759.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Channel NSI-1 \ Стойка перфорированная</t>
-[...3 lines deleted...]
-Артикул: NEO.012.CH</t>
+      <t xml:space="preserve">NX-12 \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.014.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 2400</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 5</t>
+Глубина, мм: 150</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3759.00</t>
+      <t xml:space="preserve">187.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-12 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.014.CH</t>
+Артикул: NEO.015.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 150</t>
+Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">187.00</t>
+      <t xml:space="preserve">219.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-12 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.015.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.015.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 243 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">219.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-12 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.015.SA</t>
-[...15 lines deleted...]
- Дата и время: 12.05.2025 09:18:42</t>
+Артикул: NEO.017.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 243 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">219.00</t>
+      <t xml:space="preserve">244.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-12 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.017.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.017.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 271 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">244.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-12 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.017.SA</t>
-[...15 lines deleted...]
- Дата и время: 12.05.2025 09:18:44</t>
+Артикул: NEO.113.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 350</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 271 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">244.00</t>
+      <t xml:space="preserve">278.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-12 \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.113.CH</t>
+      <t xml:space="preserve">NX-13 \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.018.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">278.00</t>
+      <t xml:space="preserve">314.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-13 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.018.CH</t>
+Артикул: NEO.020.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
+Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">314.00</t>
+      <t xml:space="preserve">410.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-13 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.020.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.020.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 455 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">410.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-13 \ Кронштейн для полок</t>
-[...19 lines deleted...]
- Дата и время: 12.05.2025 09:18:45</t>
+      <t xml:space="preserve">NX-22 \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.022.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 150</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 455 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">410.00</t>
+      <t xml:space="preserve">168.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-22 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.022.CH</t>
+Артикул: NEO.023.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 150</t>
+Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">168.00</t>
+      <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-22 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.023.CH</t>
+Артикул: NEO.025.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 200</t>
+Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">200.00</t>
+      <t xml:space="preserve">258.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-22 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.025.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.025.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 286 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">258.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-22 \ Кронштейн для полок</t>
-[...7 lines deleted...]
-Цвет: сатин</t>
+      <t xml:space="preserve">NX-23 \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.026.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 12.05.2025 09:18:47</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 286 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">258.00</t>
+      <t xml:space="preserve">314.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-23 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.026.CH</t>
-[...7 lines deleted...]
-Глубина, мм: 300</t>
+Артикул: NEO.028.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 461 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">314.00</t>
+      <t xml:space="preserve">415.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-23 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.028.SA</t>
-[...3 lines deleted...]
-Цвет: сатин</t>
+Артикул: NEO.028.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 12.05.2025 09:18:48</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 461 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">415.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-23 \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.028.CH</t>
+      <t xml:space="preserve">NX-24 \ Кронштейн для полок усиленный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.029.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">415.00</t>
+      <t xml:space="preserve">482.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-24 \ Кронштейн для полок усиленный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.029.CH</t>
+Артикул: NEO.030.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 400</t>
+Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">482.00</t>
+      <t xml:space="preserve">572.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-24 \ Кронштейн для полок усиленный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.030.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.030.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 635 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">572.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-24 \ Кронштейн для полок усиленный</t>
-[...27 lines deleted...]
-Старая цена: 635 руб.</t>
+      <t xml:space="preserve">NX-122 L \ Кронштейн изогнутый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.072L.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кронштейн: левый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: цена за 1 шт.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">572.00</t>
+      <t xml:space="preserve">284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-122 L \ Кронштейн изогнутый</t>
-[...3 lines deleted...]
-Артикул: NEO.072L.CH</t>
+      <t xml:space="preserve">NX-122 R \ Кронштейн изогнутый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.072R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-122 R \ Кронштейн изогнутый</t>
-[...3 lines deleted...]
-Артикул: NEO.072R.CH</t>
+      <t xml:space="preserve">NX-122 L \ Кронштейн изогнутый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.074L.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: правый</t>
-[...3 lines deleted...]
-Глубина, мм: 200</t>
+Кронштейн: левый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">284.00</t>
+      <t xml:space="preserve">415.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-122 L \ Кронштейн изогнутый</t>
-[...3 lines deleted...]
-Артикул: NEO.074L.CH</t>
+      <t xml:space="preserve">NX-122 R \ Кронштейн изогнутый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.074R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">415.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-122 R \ Кронштейн изогнутый</t>
-[...3 lines deleted...]
-Артикул: NEO.074R.CH</t>
+      <t xml:space="preserve">NX-132 L \ Кронштейн изогнутый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.076L.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: правый</t>
-[...3 lines deleted...]
-Глубина, мм: 300</t>
+Кронштейн: левый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">415.00</t>
+      <t xml:space="preserve">561.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-132 L \ Кронштейн изогнутый</t>
-[...3 lines deleted...]
-Артикул: NEO.076L.CH</t>
+      <t xml:space="preserve">NX-132 R \ Кронштейн изогнутый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.076R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">561.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-132 R \ Кронштейн изогнутый</t>
-[...3 lines deleted...]
-Артикул: NEO.076R.CH</t>
+      <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.033L.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: правый</t>
-[...7 lines deleted...]
-Примечание: цена за 1 шт.</t>
+Кронштейн: левый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">561.00</t>
+      <t xml:space="preserve">348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.033L.CH</t>
+      <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.033R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
-[...11 lines deleted...]
-Кронштейн: правый</t>
+      <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.033L.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кронштейн: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 386 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.033L.SA</t>
+      <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.033R.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
-    </r>
-[...6 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 386 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">348.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
-[...27 lines deleted...]
-Скидка: Да</t>
+      <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.034L.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кронштейн: левый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 350</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 386 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">348.00</t>
+      <t xml:space="preserve">404.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.034L.CH</t>
+      <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.034R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">404.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
-[...11 lines deleted...]
-Кронштейн: правый</t>
+      <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.034L.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кронштейн: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 448 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">404.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.034L.SA</t>
+      <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.034R.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
-    </r>
-[...2 lines deleted...]
- Дата и время: 12.05.2025 09:18:56</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 448 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">404.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
-[...23 lines deleted...]
- Дата и время: 12.05.2025 09:18:57</t>
+      <t xml:space="preserve">NX-413 L \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.035L.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кронштейн: левый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 448 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">404.00</t>
+      <t xml:space="preserve">590.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-413 L \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.035L.CH</t>
+      <t xml:space="preserve">NX-413 R \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.035R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">590.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-413 R \ Кронштейн для полок</t>
-[...11 lines deleted...]
-Кронштейн: правый</t>
+      <t xml:space="preserve">NX-413 L \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.035L.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кронштейн: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 654 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">590.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-413 L \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.035L.SA</t>
+      <t xml:space="preserve">NX-413 R \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.035R.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
-    </r>
-[...2 lines deleted...]
- Дата и время: 12.05.2025 09:18:58</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 654 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">590.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-413 R \ Кронштейн для полок</t>
-[...23 lines deleted...]
- Дата и время: 12.05.2025 09:19:00</t>
+      <t xml:space="preserve">NX-414 L \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.036L.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кронштейн: левый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 450</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 654 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">590.00</t>
+      <t xml:space="preserve">696.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-414 L \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.036L.CH</t>
+      <t xml:space="preserve">NX-414 R \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.036R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">696.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-414 R \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.036R.CH</t>
+      <t xml:space="preserve">NX-414 L \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.037L.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: правый</t>
-[...3 lines deleted...]
-Глубина, мм: 450</t>
+Кронштейн: левый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 550</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">696.00</t>
+      <t xml:space="preserve">814.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-414 L \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.037L.CH</t>
+      <t xml:space="preserve">NX-414 R \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.037R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 550</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">814.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-414 R \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.037R.CH</t>
+      <t xml:space="preserve">NX-422 \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.039.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: правый</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+Глубина, мм: 250</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">814.00</t>
+      <t xml:space="preserve">449.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-422 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.039.CH</t>
+Артикул: NEO.040.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 250</t>
+Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">449.00</t>
+      <t xml:space="preserve">561.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-422 \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.040.CH</t>
+      <t xml:space="preserve">NX-423 \ Кронштейн для полок</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.041.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">561.00</t>
+      <t xml:space="preserve">673.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-423 \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.041.CH</t>
+      <t xml:space="preserve">NX-424 \ Кронштейн для полок усиленный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.042.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 400</t>
+Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">673.00</t>
+      <t xml:space="preserve">976.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-424 \ Кронштейн для полок усиленный</t>
-[...3 lines deleted...]
-Артикул: NEO.042.CH</t>
+      <t xml:space="preserve">NX-513 \ Держатель трубы d-25 проходной</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.045.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 450</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 5</t>
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">976.00</t>
+      <t xml:space="preserve">93.84</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-513 \ Держатель трубы d-25 проходной</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.045.CH</t>
+Артикул: NEO.045A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
+Глубина, мм: 350</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">93.84</t>
+      <t xml:space="preserve">480.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-513 \ Держатель трубы d-25 проходной</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+      <t xml:space="preserve">NX-513 \ Держатель трубы d-25 проходной(L=350мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.045A.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 533 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">480.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-513 \ Держатель трубы d-25 проходной(L=350мм)</t>
-[...19 lines deleted...]
- Дата и время: 12.05.2025 09:19:02</t>
+      <t xml:space="preserve">NX-523 \ Держатель трубы d-25 концевой</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.048.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 533 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">480.00</t>
+      <t xml:space="preserve">191.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-523 \ Держатель трубы d-25 концевой</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.048.CH</t>
+Артикул: NEO.114.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 50</t>
+Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">191.00</t>
+      <t xml:space="preserve">404.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-523 \ Держатель трубы d-25 концевой</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.114.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.114.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 443 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">404.00</t>
+      <t xml:space="preserve">399.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-523 \ Держатель трубы d-25 концевой</t>
-[...19 lines deleted...]
- Дата и время: 12.05.2025 09:19:38</t>
+      <t xml:space="preserve">NX-533 \ Полкодержатель с держателем трубы d-25 проходной</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.046.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 443 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">399.00</t>
+      <t xml:space="preserve">673.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-533 \ Полкодержатель с держателем трубы d-25 проходной</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.046.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.046.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 747 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">673.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-533 \ Полкодержатель с держателем трубы d-25 проходной</t>
-[...7 lines deleted...]
-Цвет: сатин</t>
+      <t xml:space="preserve">NX-543 \ Полкодержатель с держателем трубы d-25 концевой</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.050.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 12.05.2025 09:19:05</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 747 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">673.00</t>
+      <t xml:space="preserve">545.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-543 \ Полкодержатель с держателем трубы d-25 концевой</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.050.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.050.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 605 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">545.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-543 \ Полкодержатель с держателем трубы d-25 концевой</t>
-[...19 lines deleted...]
- Дата и время: 12.05.2025 09:19:07</t>
+      <t xml:space="preserve">NX-552 \ Держатель трубы d-25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.047.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Не используется со стойкой перфорированной Channel NSI-1</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 605 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">545.00</t>
+      <t xml:space="preserve">525.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-552 \ Держатель трубы d-25</t>
-[...3 lines deleted...]
-Артикул: NEO.047.CH</t>
+      <t xml:space="preserve">NX-623 R \ Держатель для труб HP-8 или овальной трубы 30х15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.051R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Не используется со стойкой перфорированной Channel NSI-1</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Держатель: правый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">525.00</t>
+      <t xml:space="preserve">469.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-623 R \ Держатель для труб HP-8 или овальной трубы 30х15</t>
-[...3 lines deleted...]
-Артикул: NEO.051R.CH</t>
+      <t xml:space="preserve">NX-623 L \ Держатель для труб HP-8 или овальной трубы 30х15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.051L.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Держатель: правый</t>
+Держатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">469.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-623 L \ Держатель для труб HP-8 или овальной трубы 30х15</t>
-[...11 lines deleted...]
-Держатель: левый</t>
+      <t xml:space="preserve">NX-623 R \ Держатель для труб HP-8 или овальной трубы 30х15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.051R.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Держатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 521 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">469.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-623 R \ Держатель для труб HP-8 или овальной трубы 30х15</t>
-[...3 lines deleted...]
-Артикул: NEO.051R.SA</t>
+      <t xml:space="preserve">NX-623 L \ Держатель для труб HP-8 или овальной трубы 30х15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.051L.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
-Держатель: правый</t>
+Держатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
-    </r>
-[...6 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 521 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">469.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-623 L \ Держатель для труб HP-8 или овальной трубы 30х15</t>
-[...11 lines deleted...]
-Держатель: левый</t>
+      <t xml:space="preserve">NX-623C \ Держатель для труб HP-8 или овальной трубы 30х15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.053.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 12.05.2025 09:19:09</t>
-[...11 lines deleted...]
-Старая цена: 521 руб.</t>
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">469.00</t>
+      <t xml:space="preserve">628.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-623C \ Держатель для труб HP-8 или овальной трубы 30х15</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+      <t xml:space="preserve">NX-623C \ Держатель для труб HP-8 или овальной трубы 30х16</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.053.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 673 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">628.00</t>
+      <t xml:space="preserve">606.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-623C \ Держатель для труб HP-8 или овальной трубы 30х16</t>
-[...19 lines deleted...]
- Дата и время: 12.05.2025 09:19:12</t>
+      <t xml:space="preserve">NX-632 \ Держатель для труб HP-8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.084A.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 673 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">606.00</t>
+      <t xml:space="preserve">239.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NX-632 \ Держатель для труб HP-8</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.084A.CH</t>
+Артикул: NEO.084B.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 50</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">239.00</t>
+      <t xml:space="preserve">471.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-632 \ Держатель для труб HP-8</t>
-[...3 lines deleted...]
-Артикул: NEO.084B.CH</t>
+      <t xml:space="preserve">NX-652 \ Держатель для труб HP-8 или овальной трубы 30х15.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.112.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 20</t>
+Глубина, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Не используется со стойкой перфорированной Channel NSI-1</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5 пар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">471.00</t>
+      <t xml:space="preserve">418.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-652 \ Держатель для труб HP-8 или овальной трубы 30х15.</t>
-[...3 lines deleted...]
-Артикул: NEO.112.CH</t>
+      <t xml:space="preserve">NX-812 \ Полкодержатель наклоняемый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.055.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 50</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 5 пар</t>
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">418.00</t>
+      <t xml:space="preserve">590.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-812 \ Полкодержатель наклоняемый</t>
-[...3 lines deleted...]
-Артикул: NEO.055.CH</t>
+      <t xml:space="preserve">NX-832 R \ Полкодержатель наклоняемый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.058R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Кронштейн: правый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 250</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">590.00</t>
+      <t xml:space="preserve">703.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-832 R \ Полкодержатель наклоняемый</t>
-[...3 lines deleted...]
-Артикул: NEO.058R.CH</t>
+      <t xml:space="preserve">NX-832 L \ Полкодержатель наклоняемый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.058L.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: правый</t>
+Кронштейн: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">703.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NX-832 L \ Полкодержатель наклоняемый</t>
-[...3 lines deleted...]
-Артикул: NEO.058L.CH</t>
+      <t xml:space="preserve">NP-38 \ Штанга дистанционная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.118A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: левый</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Овальная труба сечением 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">703.00</t>
+      <t xml:space="preserve">917.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NP-38 \ Штанга дистанционная</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.118A.CH</t>
+Артикул: NEO.118B.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 600</t>
+Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">917.00</t>
+      <t xml:space="preserve">1092.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NP-38 \ Штанга дистанционная</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.118B.CH</t>
+Артикул: NEO.118C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 900</t>
+Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1092.00</t>
+      <t xml:space="preserve">1186.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NP-38 \ Штанга дистанционная</t>
-[...3 lines deleted...]
-Артикул: NEO.118C.CH</t>
+      <t xml:space="preserve">NP-39 \ Штанга прямая</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.119A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...3 lines deleted...]
-Ширина, мм: 1200</t>
+Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1186.00</t>
+      <t xml:space="preserve">491.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NP-39 \ Штанга прямая</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.119A.CH</t>
+Артикул: NEO.119B.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 600</t>
+Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">491.00</t>
+      <t xml:space="preserve">629.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NP-39 \ Штанга прямая</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.119B.CH</t>
+Артикул: NEO.119C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 900</t>
+Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">629.00</t>
+      <t xml:space="preserve">765.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NP-39 \ Штанга прямая</t>
-[...3 lines deleted...]
-Артикул: NEO.119C.CH</t>
+      <t xml:space="preserve">GL 59 \ Держатель полки для GL 38 и NP-38</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLB.059.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1200</t>
-[...6 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">765.00</t>
+      <t xml:space="preserve">126.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GL 59 \ Держатель полки для GL 38 и NP-38</t>
-[...3 lines deleted...]
-Артикул: GLB.059.CH</t>
+      <t xml:space="preserve">NP-01 \ Держатель прямой</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.081.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
+Диаметр, мм: 21</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 330</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">126.00</t>
+      <t xml:space="preserve">684.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...14 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NP-01 \ Держатель прямой</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.081.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.081.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 21</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 760 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">684.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NP-01 \ Держатель прямой</t>
-[...7 lines deleted...]
-Цвет: сатин</t>
+      <t xml:space="preserve">NP-02 \ Держатель наклонный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.082.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 21</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 12.05.2025 09:19:18</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 760 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">684.00</t>
+      <t xml:space="preserve">808.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NP-02 \ Держатель наклонный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.082.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.082.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 21</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 916 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">808.00</t>
+      <t xml:space="preserve">825.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NP-02 \ Держатель наклонный</t>
-[...35 lines deleted...]
-Старая цена: 916 руб.</t>
+      <t xml:space="preserve">NF-01 \ Держатель панели толщиной 16 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.105.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: для стоек N-14 и N-114</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">825.00</t>
+      <t xml:space="preserve">33.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NF-01 \ Держатель панели толщиной 16 мм</t>
-[...3 lines deleted...]
-Артикул: NEO.105.CH</t>
+      <t xml:space="preserve">N-61 \ Полкодержатель</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.064.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: для стоек N-14 и N-114</t>
+Диаметр, мм: 12</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33.00</t>
+      <t xml:space="preserve">205.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">N-61 \ Полкодержатель</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 25</t>
+      <t xml:space="preserve">HP-5 \ Труба</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.115.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 2000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: возможна резка, стоимость реза 35 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 1939 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">205.00</t>
+      <t xml:space="preserve">1747.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-5 \ Труба</t>
-[...35 lines deleted...]
-Старая цена: 1939 руб.</t>
+      <t xml:space="preserve">HP-9 \ Труба прямоугольная 9х9мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.061.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 896</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1747.00</t>
+      <t xml:space="preserve">268.84</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-8 \ Труба прямоугольная (14х32)</t>
-[...39 lines deleted...]
-Старая цена: 2440 руб.</t>
+      <t xml:space="preserve">HP-9 \ Труба прямоугольная 9х9мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.062.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2198.00</t>
+      <t xml:space="preserve">328.24</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-9 \ Труба прямоугольная 9х9мм</t>
-[...3 lines deleted...]
-Артикул: NEO.061.CH</t>
+      <t xml:space="preserve">J-4 \ Труба овальная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: JOKP.004.CH.1,0</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 896</t>
+Длина, мм: 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Сечение, мм: 30х15</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина металла, мм: 1,0</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Китай</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">268.84</t>
+      <t xml:space="preserve">364.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-9 \ Труба прямоугольная 9х9мм</t>
-[...3 lines deleted...]
-Артикул: NEO.062.CH</t>
+      <t xml:space="preserve">HP-43 \ Держатель наклонный 6 зацепов для HP-8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.093.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 1200</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Глубина, мм: 330</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">328.24</t>
+      <t xml:space="preserve">704.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">J-4 \ Труба овальная</t>
-[...3 lines deleted...]
-Артикул: JOKP.004.CH.1,0</t>
+      <t xml:space="preserve">HP-44 \ Держатель наклонный 12 зацепов для HP-8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.094.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 3000</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Глубина, мм: 330</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">364.00</t>
+      <t xml:space="preserve">786.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-43 \ Держатель наклонный 6 зацепов для HP-8</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+      <t xml:space="preserve">HP-44 \ Держатель наклонный 12 зацепов для HP-8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.094.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 873 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">704.00</t>
+      <t xml:space="preserve">786.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-44 \ Держатель наклонный 12 зацепов для HP-8</t>
-[...3 lines deleted...]
-Артикул: NEO.094.CH</t>
+      <t xml:space="preserve">HP-45 \ Держатель наклонный 6 зацепов для HP-8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.095.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 330</t>
+Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">786.00</t>
+      <t xml:space="preserve">604.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-44 \ Держатель наклонный 12 зацепов для HP-8</t>
-[...3 lines deleted...]
-Артикул: NEO.094.SA</t>
+      <t xml:space="preserve">HP-45 \ Держатель наклонный 6 зацепов для HP-8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.095.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 330</t>
-[...7 lines deleted...]
- Дата и время: 12.05.2025 09:19:31</t>
+Глубина, мм: 250</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 873 руб.</t>
+Старая цена: 670 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">786.00</t>
+      <t xml:space="preserve">604.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-45 \ Держатель наклонный 6 зацепов для HP-8</t>
-[...3 lines deleted...]
-Артикул: NEO.095.CH</t>
+      <t xml:space="preserve">HP-46 \ Держатель прямой</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.096.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 250</t>
+Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">604.00</t>
+      <t xml:space="preserve">583.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-45 \ Держатель наклонный 6 зацепов для HP-8</t>
-[...27 lines deleted...]
-Старая цена: 670 руб.</t>
+      <t xml:space="preserve">RSS-10 L \ Держатель полки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.068L.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Полкодержатель: левый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: cовместим с NX-22, NX-23, NX-24, NX-222, NX-232</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">604.00</t>
+      <t xml:space="preserve">85.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HP-46 \ Держатель прямой</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.096.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.096.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 648 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">583.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">RSS-10 L \ Держатель полки</t>
-[...3 lines deleted...]
-Артикул: NEO.068L.CH</t>
+      <t xml:space="preserve">RSS-10 R \ Держатель полки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.068R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Полкодержатель: левый</t>
+Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: cовместим с NX-22, NX-23, NX-24, NX-222, NX-232</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">85.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-46 \ Держатель прямой</t>
-[...31 lines deleted...]
-Старая цена: 648 руб.</t>
+      <t xml:space="preserve">RSS-10C \ Держатель полки двусторонний</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.069.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: cовместим с NX-22, NX-23, NX-24, NX-222, NX-232</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">583.00</t>
+      <t xml:space="preserve">109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">RSS-10 R \ Держатель полки</t>
-[...3 lines deleted...]
-Артикул: NEO.068R.CH</t>
+      <t xml:space="preserve">NF-02 \ Держатель панели толщиной 10-12 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.106.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Полкодержатель: правый</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 10 пар (R,L)</t>
+Примечание: для стоек NSI-1</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">85.00</t>
+      <t xml:space="preserve">35.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">RSS-10C \ Держатель полки двусторонний</t>
-[...3 lines deleted...]
-Артикул: NEO.069.CH</t>
+      <t xml:space="preserve">HP-50 \ Заглушка для трубы</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.085.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: cовместим с NX-22, NX-23, NX-24, NX-222, NX-232</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 10 пар (R,L)</t>
+Диаметр, мм: 25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">109.00</t>
+      <t xml:space="preserve">59.16</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NF-02 \ Держатель панели толщиной 10-12 мм</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+      <t xml:space="preserve">HP-50 \ Заглушка для трубы</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.085.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 66 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.00</t>
+      <t xml:space="preserve">59.16</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-50 \ Заглушка для трубы</t>
-[...3 lines deleted...]
-Артикул: NEO.085.CH</t>
+      <t xml:space="preserve">HP-80 \ Заглушка для прямоугольной трубы (14х32мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.086.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Диаметр, мм: 25</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 25</t>
+Глубина, мм: 14</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 32</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">65.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-50 \ Заглушка для трубы</t>
-[...19 lines deleted...]
- Дата и время: 12.05.2025 09:19:23</t>
+      <t xml:space="preserve">HP-81 \ Заглушка для прямоугольной трубы (14х32мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.087.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 14</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 32</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 66 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">63.24</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-80 \ Заглушка для прямоугольной трубы (14х32мм)</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+      <t xml:space="preserve">HP-81 \ Заглушка для прямоугольной трубы (14х32мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.087.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 14</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Кол-во в упаковке, шт.: 25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 70 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65.28</t>
+      <t xml:space="preserve">63.24</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-81 \ Заглушка для прямоугольной трубы (14х32мм)</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 25</t>
+      <t xml:space="preserve">3015 \ Заглушка для овальной трубы 30х15х1,0–1,2 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: VER.072.CH\BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром/черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: пластик</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Для овальной трубы 30х15х1,0–1,2 мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63.24</t>
+      <t xml:space="preserve">19.38</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-81 \ Заглушка для прямоугольной трубы (14х32мм)</t>
-[...31 lines deleted...]
-Старая цена: 70 руб.</t>
+      <t xml:space="preserve">HP-51 \ Крепление для концевых держателей труб d-25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.067.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63.24</t>
+      <t xml:space="preserve">501.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3015 \ Заглушка для овальной трубы 30х15х1,0–1,2 мм</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 1000</t>
+      <t xml:space="preserve">HP-51 \ Крепление для концевых держателей труб d-25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.067.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 556 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19.38</t>
+      <t xml:space="preserve">501.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-51 \ Крепление для концевых держателей труб d-25</t>
-[...3 lines deleted...]
-Артикул: NEO.067.CH</t>
+      <t xml:space="preserve">HP-82 \ Крючок одинарный для HP-8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.088A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Южная Корея</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Глубина, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">501.00</t>
+      <t xml:space="preserve">97.92</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-51 \ Крепление для концевых держателей труб d-25</t>
-[...23 lines deleted...]
-Старая цена: 556 руб.</t>
+      <t xml:space="preserve">HP-82 \ Крючок одинарный для HP-8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.088B.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр прутка, мм: 6</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">501.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HP-82 \ Крючок одинарный для HP-8</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.088A.CH</t>
+Артикул: NEO.088C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 50</t>
+Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">97.92</t>
+      <t xml:space="preserve">123.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HP-82 \ Крючок одинарный для HP-8</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.088B.CH</t>
-[...7 lines deleted...]
-Глубина, мм: 100</t>
+Артикул: NEO.088C.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 137 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">122.00</t>
+      <t xml:space="preserve">123.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HP-82 \ Крючок одинарный для HP-8</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.088C.CH</t>
+Артикул: NEO.088D.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 150</t>
+Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">123.00</t>
+      <t xml:space="preserve">139.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HP-82 \ Крючок одинарный для HP-8</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NEO.088C.SA</t>
-[...7 lines deleted...]
-Глубина, мм: 150</t>
+Артикул: NEO.088F.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Южная Корея</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 12.05.2025 09:19:26</t>
-[...6 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 137 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">123.00</t>
+      <t xml:space="preserve">170.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-82 \ Крючок одинарный для HP-8</t>
-[...3 lines deleted...]
-Артикул: NEO.088D.CH</t>
+      <t xml:space="preserve">HP-89 \ Держатель наклонный для HP-8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.102.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 200</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+Высота, мм: 225</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 325</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">139.00</t>
+      <t xml:space="preserve">219.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-82 \ Крючок одинарный для HP-8</t>
-[...3 lines deleted...]
-Артикул: NEO.088F.CH</t>
+      <t xml:space="preserve">PB-12 L \ Кронштейн для панелей</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.060L.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+Кронштейн: левый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">170.00</t>
+      <t xml:space="preserve">208.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HP-89 \ Держатель наклонный для HP-8</t>
-[...3 lines deleted...]
-Артикул: NEO.102.CH</t>
+      <t xml:space="preserve">PB-12 R \ Кронштейн для панелей</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.060R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 225</t>
-[...15 lines deleted...]
-Старая цена: 300 руб.</t>
+Кронштейн: правый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5 пар (R,L)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">219.00</t>
+      <t xml:space="preserve">208.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PB-12 L \ Кронштейн для панелей</t>
-[...3 lines deleted...]
-Артикул: NEO.060L.CH</t>
+      <t xml:space="preserve">N-67 \ Фиксатор для кронштейна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.117.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кронштейн: левый</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+Примечание: для кронштейнов длиной более 200мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">208.00</t>
+      <t xml:space="preserve">78.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">PB-12 R \ Кронштейн для панелей</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+      <t xml:space="preserve">N-67 \ Фиксатор для кронштейна</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.117.SA</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: сатин</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: для кронштейнов длиной более 200мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Южная Корея</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 87 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">208.00</t>
+      <t xml:space="preserve">78.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">N-67 \ Фиксатор для кронштейна</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+      <t xml:space="preserve">NX 2140 \ Кронштейн</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NEO.121.V0006.30</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: серебряный муар матовый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Используется только для стоек NSI-1</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 495 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">78.54</t>
+      <t xml:space="preserve">99.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
-    </r>
-[...116 lines deleted...]
-      <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">62 \ Каркас для вешала, комплектуется элементами из серий &amp;quot;Vertical&amp;quot;, &amp;quot;Neo-Fix&amp;quot;</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.002.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -8594,51 +8288,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a211_fdef_11df_b16f_003048d0c7fe_BB460180_EE2E_467E_8D83_227BEEC29ADC2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b1c8b4_01cb_11e0_b16f_003048d0c7fe_72CC7F7B_D149_4C75_8AD5_9046E6F5CBAD3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad0b_fdef_11df_b16f_003048d0c7fe_C941B4C5_4771_40B2_87A0_1EE1EDCAF6A04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0416e_fdef_11df_b16f_003048d0c7fe_459B62D2_5316_47F4_A489_5AC82D34190F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f44f6_fea3_11df_b16f_003048d0c7fe_1A282804_7A8C_49D7_AF4B_FB46BEB61ABB6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3244_fdef_11df_b16f_003048d0c7fe_202381AE_FB9D_4EDB_B4AE_DD10E99F0F007.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d3edbc2_5062_11e0_86e2_003048f27c5f_2F4330B3_95B3_41B4_BE44_1759B9258DC18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2221278_068c_11e0_99a4_003048f27c5f_A06DC186_7DBC_45E4_89E6_BD23D2EF9C9E9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84680a5c_35b1_11e0_af9a_d3dd3d98c32b_C736B30D_66BF_42D9_9013_BEE78BC16ECC10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49f92_fdef_11df_b16f_003048d0c7fe_A4C0FD1E_768E_4A86_B7F4_0453AF05E6A311.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd40_0427_11e0_99a4_003048f27c5f_16B81ED3_4D4F_4FA2_80DB_7126AE5895E912.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62a5182_02ae_11e0_b16f_003048d0c7fe_C60543D1_17C0_4752_92BB_2C21EABDE7F213.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc986_01cb_11e0_b16f_003048d0c7fe_E130DF8C_0595_484A_AA66_3F19709CF00B14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc97f_01cb_11e0_b16f_003048d0c7fe_A24ECA86_E308_49B9_B9C7_38255F2130CD15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9caf3b8f_02ae_11e0_b16f_003048d0c7fe_95773EE6_0FDC_41B0_9D72_3DFD73C2289C16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116fc_0100_11e0_b16f_003048d0c7fe_E4B87CB0_EDA7_4317_BC07_2A14F0A1B83517.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c11d7ad_035a_11e0_b16f_003048d0c7fe_A417287F_703C_4B2F_AE22_E6DFF780BD5D18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3247_fdef_11df_b16f_003048d0c7fe_360B0C9F_0A8E_4431_B922_B1158ECE63D119.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa04171_fdef_11df_b16f_003048d0c7fe_7D13EC09_CAC7_41DE_88D7_784122DE0A1120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c868fc6c_fea3_11df_b16f_003048d0c7fe_0E7FCEE7_BAF0_4C39_9478_ED11BB461AA621.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a539f90_3fea_11e0_86e2_003048f27c5f_51D13D34_AFED_436B_925C_0DFC9B99DC8A22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4fa_0100_11e0_b16f_003048d0c7fe_1112223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f450d_fea3_11df_b16f_003048d0c7fe_C1A597B6_E9F6_4024_980A_C8ED3910B49824.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc9a4_01cb_11e0_b16f_003048d0c7fe_4493E110_5508_4637_A3F0_6C3B124EB60825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a412f4d1_8c0c_11e0_afc8_003048f27c5f_FF06B932_F277_45EA_8B6C_4A3C3475CCAF26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8288aa9_02ae_11e0_b16f_003048d0c7fe_BDDD14F8_C00C_4F80_8BFB_4A90CE1F62DF27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2159b59_3999_11e0_b4b4_003048f27c5f_C6B93F59_68B0_4830_AEDB_F8B3F713F7E228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b1c8b7_01cb_11e0_b16f_003048d0c7fe_011A7D80_CFE7_4621_9677_70D7BAA7D7E029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24907e99_2913_11e0_99a4_003048f27c5f_AC39D53E_74DD_4416_96DB_A57A0F0539CB30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bddb_0100_11e0_b16f_003048d0c7fe_9F60816A_78FA_498D_8A22_FE5EBD56F27631.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef7a97fb_068c_11e0_99a4_003048f27c5f_9399b32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3240_fdef_11df_b16f_003048d0c7fe_9399b33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835984ac_4f0c_11e0_86e2_003048f27c5f_4CF92712_9BCB_4B78_9265_35DF78692B5D34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4504_fea3_11df_b16f_003048d0c7fe_12335.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be9fefbc_ff1b_11e0_833e_003048f27c5f_0D47B9B3_E139_44F8_B370_246B23E2CFD336.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0255ef_2787_11e0_99a4_003048f27c5f_B576ACB2_5A2E_487B_8478_D659B9F9EC5C37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0255f2_2787_11e0_99a4_003048f27c5f_BC69B193_8507_4FFD_A387_A593CD3C1D2938.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835984b2_4f0c_11e0_86e2_003048f27c5f_CAFF800D_B2CF_4896_BB91_400CA5227A4539.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835984b5_4f0c_11e0_86e2_003048f27c5f_0DAE94C4_E5C8_48A3_8C0C_256B8A5D573140.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1e1b73_ff1b_11e0_833e_003048f27c5f_D847EDED_C0BE_4CF8_ACDE_77299A8B60D441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1e1b78_ff1b_11e0_833e_003048f27c5f_4594DAC9_4854_43E6_821B_77DA76EAF7D742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad0e_fdef_11df_b16f_003048d0c7fe_AF8F1537_D48C_42A3_AA0A_634CDE42848D43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad17_fdef_11df_b16f_003048d0c7fe_B4DD6E9A_D248_4E74_8B6B_52BFD87B66C444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90b7e6c_01cb_11e0_b16f_003048d0c7fe_B64A84FD_9085_4D40_AD06_787F3B0D2F5845.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90b7e69_01cb_11e0_b16f_003048d0c7fe_C1F8838A_723C_4EF9_B6B4_8B40EA18E3B446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad14_fdef_11df_b16f_003048d0c7fe_6C4FC9BC_4EA9_414A_A64E_64A86C1EA66F47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad11_fdef_11df_b16f_003048d0c7fe_73F60CE5_8320_4667_8F91_CE17E65FAD9E48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0191_13e9_11e0_99a4_003048f27c5f_F2DC4799_5D4B_4EB5_85D1_AB14D63FCF8349.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0194_13e9_11e0_99a4_003048f27c5f_D79672F7_6F01_457B_8D03_08E41ADA863A50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf828f8_0427_11e0_99a4_003048f27c5f_49E5165B_E419_48A5_93C6_A74CA82CD36751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dd9c9eb_08dd_11e0_99a4_003048f27c5f_9E52926C_DFAE_4B59_9398_EBA20455FC4152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a220_fdef_11df_b16f_003048d0c7fe_709B35D5_3B8D_4989_8985_09080A881C7253.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a224_fdef_11df_b16f_003048d0c7fe_FBD19833_74A5_4564_B029_7EC3BB35C22B54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5efa_0427_11e0_99a4_003048f27c5f_AAF934F8_2852_4CEF_8C4D_053FA2ACE72455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5efd_0427_11e0_99a4_003048f27c5f_2B698E2A_C3A2_4D1E_BBD1_25B68D99085C56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4507_fea3_11df_b16f_003048d0c7fe_E4A9D6E5_3843_436D_BFD4_AC928694A05A57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f450a_fea3_11df_b16f_003048d0c7fe_E3F81F9B_D67E_4607_AE12_63DE410FFF2D58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43256e8_0100_11e0_b16f_003048d0c7fe_41D24B6D_77EE_4201_9051_734B2FB462BC59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43256cc_0100_11e0_b16f_003048d0c7fe_54FE9E4F_0427_40AD_AF94_0FD620D540B060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84704fbc_0100_11e0_b16f_003048d0c7fe_7861848A_2966_43CF_9BEF_6B4B2CDB1A2861.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f00_0427_11e0_99a4_003048f27c5f_656B34B4_AC00_49E1_AD97_4F952982DB8E62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0e0d374_ff2e_11e0_833e_003048f27c5f_9FABE30F_54DA_45B0_A51A_012308CAEF1F63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dec3_fdef_11df_b16f_003048d0c7fe_859CAC77_D5FC_4E70_8666_7D5550A6E14464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6e2_0100_11e0_b16f_003048d0c7fe_859CAC77_D5FC_4E70_8666_7D5550A6E14465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d222126c_068c_11e0_99a4_003048f27c5f_65900F95_2832_4C09_920A_A51047A3224E66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887cb980_074c_11e0_99a4_003048f27c5f_D2D34DDD_2DBA_4F5B_9798_8EFBC8F6FB9B67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c8da65_118d_11e0_99a4_003048f27c5f_6878BD0F_6910_450A_9B88_CAAE081D700168.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad1a_fdef_11df_b16f_003048d0c7fe_58091010_D102_4F35_811B_DC243387D3AD69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f018b_13e9_11e0_99a4_003048f27c5f_1ECFF16B_6945_48C9_9F63_02CD73FDC6FE70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/207dce07_29e0_11e0_99a4_003048f27c5f_AF7B1786_606C_45D3_9427_9B135A0D6C0971.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72e016f5_b761_11e0_a476_003048f27c5f_FECBC582_1EB3_4191_8FE3_D5E8FCB8382072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8888_fdef_11df_b16f_003048d0c7fe_91CC1F4B_F989_4112_B60E_8AF7530E811573.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dec9_fdef_11df_b16f_003048d0c7fe_37A43771_32F2_42AA_86F5_1A3AFFA9AF3874.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dec6_fdef_11df_b16f_003048d0c7fe_885B5CCA_1243_4962_AA75_60F6E37440DE75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6da_0100_11e0_b16f_003048d0c7fe_8C0D6A7B_A27B_41D0_85C7_6659ED431EB976.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6cd_0100_11e0_b16f_003048d0c7fe_8735026F_7B0A_49AD_9686_FC5E3D3842CC77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b74ae47a_068c_11e0_99a4_003048f27c5f_C2CF8C02_FFC8_477A_9CB3_7892FEC8401578.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d8620ee_35b1_11e0_af9a_d3dd3d98c32b_5EB0F002_3088_42B7_89B3_3E7F3FCE8F1679.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9def_0427_11e0_99a4_003048f27c5f_DFF1A399_E09A_4D41_96BC_79321C3CD63480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9e02_0427_11e0_99a4_003048f27c5f_B3D08D10_A315_46E7_9281_5288084CBEE981.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052167e9_124b_11e0_99a4_003048f27c5f_3466B3E6_B740_4CA1_86A8_FD74DF3D80E882.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970d1249_4a18_11e0_86e2_003048f27c5f_260A81F3_5F05_40B2_8FB1_15FA135BA38F83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8abc0bb_fea3_11df_b16f_003048d0c7fe_3D26113E_88FB_46E7_A7AC_C5AE80A0D66484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8abc0b8_fea3_11df_b16f_003048d0c7fe_EFE9DF42_2B20_4200_9CA9_4F1FB5502B8485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02aec39_02ae_11e0_b16f_003048d0c7fe_9564B154_FC22_4857_B782_12384973212786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02aec31_02ae_11e0_b16f_003048d0c7fe_35424D00_BA93_4962_96A5_DF7D5E4719C887.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d55e_081d_11e0_99a4_003048f27c5f_D799EC43_8DC0_4580_BC9C_490654C6FCB688.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd43_0427_11e0_99a4_003048f27c5f_7295680E_1573_4243_8A2E_BAEDE43CEE0889.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e2ed_fea3_11df_b16f_003048d0c7fe_0876E848_AE2F_4BAA_84CF_6BBF389913B090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d55b_081d_11e0_99a4_003048f27c5f_771FE291_9305_48CA_AD09_247043931AF291.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949892.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f323c_fdef_11df_b16f_003048d0c7fe_A20C1A8F_9C95_43F2_A37E_6727F502997693.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1feb5f1f_4a17_11e0_86e2_003048f27c5f_161796B4_3786_4109_A936_ED61BDFC347994.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8896_fdef_11df_b16f_003048d0c7fe_768B2337_E1AB_4438_88EF_E31FF2EAE8B995.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce42155b_5694_11e0_afc8_003048f27c5f_D070FF24_C7BD_4F49_BC85_177F4EEFDBF796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f661c8d0_ff1b_11e0_833e_003048f27c5f_CE734B1B_B6C8_4B69_A438_DDEB7481657397.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f44f3_fea3_11df_b16f_003048d0c7fe_58A17830_5BB0_4FC7_B8DA_DCB166FB7F4998.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6d6_0100_11e0_b16f_003048d0c7fe_723DB9F5_3AD4_4BBA_9967_FA1E4B912C3F99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6df_0100_11e0_b16f_003048d0c7fe_445F511C_A88F_450D_A4E9_C01300330243100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08291ae1_ff1c_11e0_833e_003048f27c5f_A4154EA5_2981_411E_BB77_54D827F83A76101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08291ae6_ff1c_11e0_833e_003048f27c5f_E9516E36_5FA3_487C_AA4A_712A61E80A81102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223539e9_f06f_11ec_9803_ac1f6b40b531_tro103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c0736bb_0c08_11e0_99a4_003048f27c5f_FABF0D02_853D_42C0_BB1B_3F1AE6E97384104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d61d7e_074c_11e0_99a4_003048f27c5f_81A6D025_52A4_4F46_AA99_AAD86BF824AA105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f018e_13e9_11e0_99a4_003048f27c5f_A1BB8A14_0D37_464B_904E_8D117FAC3B27106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd47_0427_11e0_99a4_003048f27c5f_7B602C38_092D_42D6_9C81_D8E1C42AEA27107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c8da68_118d_11e0_99a4_003048f27c5f_74DFF41D_0020_4B20_B72A_45FD37A14AA3108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a21d_fdef_11df_b16f_003048d0c7fe_F58D3FBD_A316_42BA_A1EC_F45620DED40E109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e531cd_09a5_11e0_99a4_003048f27c5f_99400B62_42AB_48A2_81BA_23318EF11FD6110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6d0_0100_11e0_b16f_003048d0c7fe_1DCB0E83_0C50_42E6_84C3_49F6B80C8219111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e531d6_09a5_11e0_99a4_003048f27c5f_64AB92C2_B919_40EE_B748_FD2D00CC246C112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e531d0_09a5_11e0_99a4_003048f27c5f_515E5000_DBDE_4350_A260_2B5EC2DC98DD113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f661c8d5_ff1b_11e0_833e_003048f27c5f_2737EE72_4A6B_409C_80B5_F47C020FA5AF114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad1f_fdef_11df_b16f_003048d0c7fe_06814E40_60AB_473B_ABFE_14118D506EAF115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98f745ce_0f25_11e0_99a4_003048f27c5f_0AA510C5_F0CD_4EF1_8ABF_7A9443F07998116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bcf1216_035a_11e0_b16f_003048d0c7fe_71075756_5E18_49F7_93FF_6CC4AB9B8026117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c5d26c_220a_11e0_99a4_003048f27c5f_13B3791E_6380_480F_9E7E_936AD894810C118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83621fbe_ad5f_11e0_a476_003048f27c5f_95066C24_B715_4CE9_ACFB_346840C1D439119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0c96c5_2209_11e8_ade2_0025902b3cc1_VER_072_CH120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62decc_fdef_11df_b16f_003048d0c7fe_3D7E6009_BF04_40F1_81B2_3C82744BB0AB121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48fa5eb_118d_11e0_99a4_003048f27c5f_3055184E_2C5A_4C70_8C97_D5076E43F3B2122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1226e23f_35b2_11e0_af9a_d3dd3d98c32b_CE6002F4_036C_4E35_89DB_99D68C82FA8B123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887cb996_074c_11e0_99a4_003048f27c5f_98C70EBC_3C76_4572_859D_665FF52599F7124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb0b_fea4_11df_b16f_003048d0c7fe_917355B2_7221_4D8C_BEE5_292E542C019D125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92d8542_67d5_11e0_afc8_003048f27c5f_A4937F02_53E9_4654_8138_081F8A6511F0126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887cb986_074c_11e0_99a4_003048f27c5f_70D999D4_D596_43F4_847A_822B770146CC127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c456632_0100_11e0_b16f_003048d0c7fe_AFC61BDA_9B55_41CB_A240_93D77809C145128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/471c7848_40a6_11e0_86e2_003048f27c5f_25CB8190_6079_4B77_A90C_E98628AD9BCD129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4510_fea3_11df_b16f_003048d0c7fe_E834CB93_25E1_4C2C_9EFC_B0C802857B5E130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4513_fea3_11df_b16f_003048d0c7fe_B4027027_6A5A_4308_8FED_A5B4550AF243131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d222126f_068c_11e0_99a4_003048f27c5f_AAE2D757_5A1A_405A_96AE_0A2BC7317F77132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad409a43_fdef_11df_b16f_003048d0c7fe_2E019507_A9BF_44C0_AD9E_7AFECF1DEB62133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb9fc213_ff8e_11e0_833e_003048f27c5f_E48B4AFF_3F7A_4372_A668_3390AE788D2B134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac204292_fea3_11df_b16f_003048d0c7fe_1E6FB994_ABDB_436E_A414_27B51F4F1DC5135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52c8f5dd_0cc5_11e0_99a4_003048f27c5f_AD17DEFE_8F14_49B0_A7D8_22F7DC60DE4B136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A0138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4458daf9_ff93_11e0_833e_003048f27c5f_8AFB2244_16C1_471D_9F3D_26240015FB15140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b02bf6a0_ff21_11e0_833e_003048f27c5f_77039E16_6450_4519_B7B7_4E971D17FE79141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c63049_0d9f_11e0_99a4_003048f27c5f_E63C6081_9512_47C4_82C2_49D9D9F85904142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/737e7f2e_a8aa_11e2_952b_0025902b3cc1_52FE5132_2595_4D1A_A311_ABD6E92CF89B143.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b1c8b4_01cb_11e0_b16f_003048d0c7fe_72CC7F7B_D149_4C75_8AD5_9046E6F5CBAD2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad0b_fdef_11df_b16f_003048d0c7fe_C941B4C5_4771_40B2_87A0_1EE1EDCAF6A03.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa0416e_fdef_11df_b16f_003048d0c7fe_459B62D2_5316_47F4_A489_5AC82D34190F4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f44f6_fea3_11df_b16f_003048d0c7fe_1A282804_7A8C_49D7_AF4B_FB46BEB61ABB5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3244_fdef_11df_b16f_003048d0c7fe_202381AE_FB9D_4EDB_B4AE_DD10E99F0F006.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d3edbc2_5062_11e0_86e2_003048f27c5f_2F4330B3_95B3_41B4_BE44_1759B9258DC17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2221278_068c_11e0_99a4_003048f27c5f_A06DC186_7DBC_45E4_89E6_BD23D2EF9C9E8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84680a5c_35b1_11e0_af9a_d3dd3d98c32b_C736B30D_66BF_42D9_9013_BEE78BC16ECC9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49f92_fdef_11df_b16f_003048d0c7fe_A4C0FD1E_768E_4A86_B7F4_0453AF05E6A310.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd40_0427_11e0_99a4_003048f27c5f_16B81ED3_4D4F_4FA2_80DB_7126AE5895E911.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62a5182_02ae_11e0_b16f_003048d0c7fe_C60543D1_17C0_4752_92BB_2C21EABDE7F212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc986_01cb_11e0_b16f_003048d0c7fe_E130DF8C_0595_484A_AA66_3F19709CF00B13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc97f_01cb_11e0_b16f_003048d0c7fe_A24ECA86_E308_49B9_B9C7_38255F2130CD14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9caf3b8f_02ae_11e0_b16f_003048d0c7fe_95773EE6_0FDC_41B0_9D72_3DFD73C2289C15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116fc_0100_11e0_b16f_003048d0c7fe_E4B87CB0_EDA7_4317_BC07_2A14F0A1B83516.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c11d7ad_035a_11e0_b16f_003048d0c7fe_A417287F_703C_4B2F_AE22_E6DFF780BD5D17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3247_fdef_11df_b16f_003048d0c7fe_360B0C9F_0A8E_4431_B922_B1158ECE63D118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa04171_fdef_11df_b16f_003048d0c7fe_7D13EC09_CAC7_41DE_88D7_784122DE0A1119.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c868fc6c_fea3_11df_b16f_003048d0c7fe_0E7FCEE7_BAF0_4C39_9478_ED11BB461AA620.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a539f90_3fea_11e0_86e2_003048f27c5f_51D13D34_AFED_436B_925C_0DFC9B99DC8A21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4fa_0100_11e0_b16f_003048d0c7fe_1112222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f450d_fea3_11df_b16f_003048d0c7fe_C1A597B6_E9F6_4024_980A_C8ED3910B49823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cdc9a4_01cb_11e0_b16f_003048d0c7fe_4493E110_5508_4637_A3F0_6C3B124EB60824.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a412f4d1_8c0c_11e0_afc8_003048f27c5f_FF06B932_F277_45EA_8B6C_4A3C3475CCAF25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8288aa9_02ae_11e0_b16f_003048d0c7fe_BDDD14F8_C00C_4F80_8BFB_4A90CE1F62DF26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2159b59_3999_11e0_b4b4_003048f27c5f_C6B93F59_68B0_4830_AEDB_F8B3F713F7E227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b1c8b7_01cb_11e0_b16f_003048d0c7fe_011A7D80_CFE7_4621_9677_70D7BAA7D7E028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24907e99_2913_11e0_99a4_003048f27c5f_AC39D53E_74DD_4416_96DB_A57A0F0539CB29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9399bddb_0100_11e0_b16f_003048d0c7fe_9F60816A_78FA_498D_8A22_FE5EBD56F27630.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef7a97fb_068c_11e0_99a4_003048f27c5f_9399b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3240_fdef_11df_b16f_003048d0c7fe_9399b32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835984ac_4f0c_11e0_86e2_003048f27c5f_4CF92712_9BCB_4B78_9265_35DF78692B5D33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4504_fea3_11df_b16f_003048d0c7fe_12334.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be9fefbc_ff1b_11e0_833e_003048f27c5f_0D47B9B3_E139_44F8_B370_246B23E2CFD335.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0255ef_2787_11e0_99a4_003048f27c5f_B576ACB2_5A2E_487B_8478_D659B9F9EC5C36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0255f2_2787_11e0_99a4_003048f27c5f_BC69B193_8507_4FFD_A387_A593CD3C1D2937.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835984b2_4f0c_11e0_86e2_003048f27c5f_CAFF800D_B2CF_4896_BB91_400CA5227A4538.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835984b5_4f0c_11e0_86e2_003048f27c5f_0DAE94C4_E5C8_48A3_8C0C_256B8A5D573139.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1e1b73_ff1b_11e0_833e_003048f27c5f_D847EDED_C0BE_4CF8_ACDE_77299A8B60D440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1e1b78_ff1b_11e0_833e_003048f27c5f_4594DAC9_4854_43E6_821B_77DA76EAF7D741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad0e_fdef_11df_b16f_003048d0c7fe_AF8F1537_D48C_42A3_AA0A_634CDE42848D42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad17_fdef_11df_b16f_003048d0c7fe_B4DD6E9A_D248_4E74_8B6B_52BFD87B66C443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90b7e6c_01cb_11e0_b16f_003048d0c7fe_B64A84FD_9085_4D40_AD06_787F3B0D2F5844.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90b7e69_01cb_11e0_b16f_003048d0c7fe_C1F8838A_723C_4EF9_B6B4_8B40EA18E3B445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad14_fdef_11df_b16f_003048d0c7fe_6C4FC9BC_4EA9_414A_A64E_64A86C1EA66F46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad11_fdef_11df_b16f_003048d0c7fe_73F60CE5_8320_4667_8F91_CE17E65FAD9E47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0191_13e9_11e0_99a4_003048f27c5f_F2DC4799_5D4B_4EB5_85D1_AB14D63FCF8348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0194_13e9_11e0_99a4_003048f27c5f_D79672F7_6F01_457B_8D03_08E41ADA863A49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf828f8_0427_11e0_99a4_003048f27c5f_49E5165B_E419_48A5_93C6_A74CA82CD36750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dd9c9eb_08dd_11e0_99a4_003048f27c5f_9E52926C_DFAE_4B59_9398_EBA20455FC4151.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a220_fdef_11df_b16f_003048d0c7fe_709B35D5_3B8D_4989_8985_09080A881C7252.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a224_fdef_11df_b16f_003048d0c7fe_FBD19833_74A5_4564_B029_7EC3BB35C22B53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5efa_0427_11e0_99a4_003048f27c5f_AAF934F8_2852_4CEF_8C4D_053FA2ACE72454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5efd_0427_11e0_99a4_003048f27c5f_2B698E2A_C3A2_4D1E_BBD1_25B68D99085C55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4507_fea3_11df_b16f_003048d0c7fe_E4A9D6E5_3843_436D_BFD4_AC928694A05A56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f450a_fea3_11df_b16f_003048d0c7fe_E3F81F9B_D67E_4607_AE12_63DE410FFF2D57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43256e8_0100_11e0_b16f_003048d0c7fe_41D24B6D_77EE_4201_9051_734B2FB462BC58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43256cc_0100_11e0_b16f_003048d0c7fe_54FE9E4F_0427_40AD_AF94_0FD620D540B059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84704fbc_0100_11e0_b16f_003048d0c7fe_7861848A_2966_43CF_9BEF_6B4B2CDB1A2860.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f00_0427_11e0_99a4_003048f27c5f_656B34B4_AC00_49E1_AD97_4F952982DB8E61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0e0d374_ff2e_11e0_833e_003048f27c5f_9FABE30F_54DA_45B0_A51A_012308CAEF1F62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dec3_fdef_11df_b16f_003048d0c7fe_859CAC77_D5FC_4E70_8666_7D5550A6E14463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6e2_0100_11e0_b16f_003048d0c7fe_859CAC77_D5FC_4E70_8666_7D5550A6E14464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d222126c_068c_11e0_99a4_003048f27c5f_65900F95_2832_4C09_920A_A51047A3224E65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887cb980_074c_11e0_99a4_003048f27c5f_D2D34DDD_2DBA_4F5B_9798_8EFBC8F6FB9B66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c8da65_118d_11e0_99a4_003048f27c5f_6878BD0F_6910_450A_9B88_CAAE081D700167.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad1a_fdef_11df_b16f_003048d0c7fe_58091010_D102_4F35_811B_DC243387D3AD68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f018b_13e9_11e0_99a4_003048f27c5f_1ECFF16B_6945_48C9_9F63_02CD73FDC6FE69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/207dce07_29e0_11e0_99a4_003048f27c5f_AF7B1786_606C_45D3_9427_9B135A0D6C0970.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72e016f5_b761_11e0_a476_003048f27c5f_FECBC582_1EB3_4191_8FE3_D5E8FCB8382071.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8888_fdef_11df_b16f_003048d0c7fe_91CC1F4B_F989_4112_B60E_8AF7530E811572.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dec9_fdef_11df_b16f_003048d0c7fe_37A43771_32F2_42AA_86F5_1A3AFFA9AF3873.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62dec6_fdef_11df_b16f_003048d0c7fe_885B5CCA_1243_4962_AA75_60F6E37440DE74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6da_0100_11e0_b16f_003048d0c7fe_8C0D6A7B_A27B_41D0_85C7_6659ED431EB975.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6cd_0100_11e0_b16f_003048d0c7fe_8735026F_7B0A_49AD_9686_FC5E3D3842CC76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b74ae47a_068c_11e0_99a4_003048f27c5f_C2CF8C02_FFC8_477A_9CB3_7892FEC8401577.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d8620ee_35b1_11e0_af9a_d3dd3d98c32b_5EB0F002_3088_42B7_89B3_3E7F3FCE8F1678.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9def_0427_11e0_99a4_003048f27c5f_DFF1A399_E09A_4D41_96BC_79321C3CD63479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9e02_0427_11e0_99a4_003048f27c5f_B3D08D10_A315_46E7_9281_5288084CBEE980.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052167e9_124b_11e0_99a4_003048f27c5f_3466B3E6_B740_4CA1_86A8_FD74DF3D80E881.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970d1249_4a18_11e0_86e2_003048f27c5f_260A81F3_5F05_40B2_8FB1_15FA135BA38F82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8abc0bb_fea3_11df_b16f_003048d0c7fe_3D26113E_88FB_46E7_A7AC_C5AE80A0D66483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8abc0b8_fea3_11df_b16f_003048d0c7fe_EFE9DF42_2B20_4200_9CA9_4F1FB5502B8484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02aec39_02ae_11e0_b16f_003048d0c7fe_9564B154_FC22_4857_B782_12384973212785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02aec31_02ae_11e0_b16f_003048d0c7fe_35424D00_BA93_4962_96A5_DF7D5E4719C886.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d55e_081d_11e0_99a4_003048f27c5f_D799EC43_8DC0_4580_BC9C_490654C6FCB687.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd43_0427_11e0_99a4_003048f27c5f_7295680E_1573_4243_8A2E_BAEDE43CEE0888.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e2ed_fea3_11df_b16f_003048d0c7fe_0876E848_AE2F_4BAA_84CF_6BBF389913B089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d55b_081d_11e0_99a4_003048f27c5f_771FE291_9305_48CA_AD09_247043931AF290.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949891.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f323c_fdef_11df_b16f_003048d0c7fe_A20C1A8F_9C95_43F2_A37E_6727F502997692.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1feb5f1f_4a17_11e0_86e2_003048f27c5f_161796B4_3786_4109_A936_ED61BDFC347993.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8896_fdef_11df_b16f_003048d0c7fe_768B2337_E1AB_4438_88EF_E31FF2EAE8B994.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce42155b_5694_11e0_afc8_003048f27c5f_D070FF24_C7BD_4F49_BC85_177F4EEFDBF795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f661c8d0_ff1b_11e0_833e_003048f27c5f_CE734B1B_B6C8_4B69_A438_DDEB7481657396.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f44f3_fea3_11df_b16f_003048d0c7fe_58A17830_5BB0_4FC7_B8DA_DCB166FB7F4997.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6d6_0100_11e0_b16f_003048d0c7fe_723DB9F5_3AD4_4BBA_9967_FA1E4B912C3F98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08291ae1_ff1c_11e0_833e_003048f27c5f_A4154EA5_2981_411E_BB77_54D827F83A7699.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08291ae6_ff1c_11e0_833e_003048f27c5f_E9516E36_5FA3_487C_AA4A_712A61E80A81100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/223539e9_f06f_11ec_9803_ac1f6b40b531_tro101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c0736bb_0c08_11e0_99a4_003048f27c5f_FABF0D02_853D_42C0_BB1B_3F1AE6E97384102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d61d7e_074c_11e0_99a4_003048f27c5f_81A6D025_52A4_4F46_AA99_AAD86BF824AA103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f018e_13e9_11e0_99a4_003048f27c5f_A1BB8A14_0D37_464B_904E_8D117FAC3B27104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd47_0427_11e0_99a4_003048f27c5f_7B602C38_092D_42D6_9C81_D8E1C42AEA27105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c8da68_118d_11e0_99a4_003048f27c5f_74DFF41D_0020_4B20_B72A_45FD37A14AA3106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a21d_fdef_11df_b16f_003048d0c7fe_F58D3FBD_A316_42BA_A1EC_F45620DED40E107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e531cd_09a5_11e0_99a4_003048f27c5f_99400B62_42AB_48A2_81BA_23318EF11FD6108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6d0_0100_11e0_b16f_003048d0c7fe_1DCB0E83_0C50_42E6_84C3_49F6B80C8219109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e531d6_09a5_11e0_99a4_003048f27c5f_64AB92C2_B919_40EE_B748_FD2D00CC246C110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e531d0_09a5_11e0_99a4_003048f27c5f_515E5000_DBDE_4350_A260_2B5EC2DC98DD111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f661c8d5_ff1b_11e0_833e_003048f27c5f_2737EE72_4A6B_409C_80B5_F47C020FA5AF112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad1f_fdef_11df_b16f_003048d0c7fe_06814E40_60AB_473B_ABFE_14118D506EAF113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98f745ce_0f25_11e0_99a4_003048f27c5f_0AA510C5_F0CD_4EF1_8ABF_7A9443F07998114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bcf1216_035a_11e0_b16f_003048d0c7fe_71075756_5E18_49F7_93FF_6CC4AB9B8026115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c5d26c_220a_11e0_99a4_003048f27c5f_13B3791E_6380_480F_9E7E_936AD894810C116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83621fbe_ad5f_11e0_a476_003048f27c5f_95066C24_B715_4CE9_ACFB_346840C1D439117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0c96c5_2209_11e8_ade2_0025902b3cc1_VER_072_CH118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62decc_fdef_11df_b16f_003048d0c7fe_3D7E6009_BF04_40F1_81B2_3C82744BB0AB119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48fa5eb_118d_11e0_99a4_003048f27c5f_3055184E_2C5A_4C70_8C97_D5076E43F3B2120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1226e23f_35b2_11e0_af9a_d3dd3d98c32b_CE6002F4_036C_4E35_89DB_99D68C82FA8B121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887cb996_074c_11e0_99a4_003048f27c5f_98C70EBC_3C76_4572_859D_665FF52599F7122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb0b_fea4_11df_b16f_003048d0c7fe_917355B2_7221_4D8C_BEE5_292E542C019D123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92d8542_67d5_11e0_afc8_003048f27c5f_A4937F02_53E9_4654_8138_081F8A6511F0124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887cb986_074c_11e0_99a4_003048f27c5f_70D999D4_D596_43F4_847A_822B770146CC125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c456632_0100_11e0_b16f_003048d0c7fe_AFC61BDA_9B55_41CB_A240_93D77809C145126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/471c7848_40a6_11e0_86e2_003048f27c5f_25CB8190_6079_4B77_A90C_E98628AD9BCD127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4510_fea3_11df_b16f_003048d0c7fe_E834CB93_25E1_4C2C_9EFC_B0C802857B5E128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f4513_fea3_11df_b16f_003048d0c7fe_B4027027_6A5A_4308_8FED_A5B4550AF243129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d222126f_068c_11e0_99a4_003048f27c5f_AAE2D757_5A1A_405A_96AE_0A2BC7317F77130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad409a43_fdef_11df_b16f_003048d0c7fe_2E019507_A9BF_44C0_AD9E_7AFECF1DEB62131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb9fc213_ff8e_11e0_833e_003048f27c5f_E48B4AFF_3F7A_4372_A668_3390AE788D2B132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac204292_fea3_11df_b16f_003048d0c7fe_1E6FB994_ABDB_436E_A414_27B51F4F1DC5133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52c8f5dd_0cc5_11e0_99a4_003048f27c5f_AD17DEFE_8F14_49B0_A7D8_22F7DC60DE4B134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A0136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4458daf9_ff93_11e0_833e_003048f27c5f_8AFB2244_16C1_471D_9F3D_26240015FB15138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b02bf6a0_ff21_11e0_833e_003048f27c5f_77039E16_6450_4519_B7B7_4E971D17FE79139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c63049_0d9f_11e0_99a4_003048f27c5f_E63C6081_9512_47C4_82C2_49D9D9F85904140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/737e7f2e_a8aa_11e2_952b_0025902b3cc1_52FE5132_2595_4D1A_A311_ABD6E92CF89B141.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -8726,51 +8420,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="733425"/>
+    <xdr:ext cx="857250" cy="752475"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -8816,51 +8510,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="752475"/>
+    <xdr:ext cx="857250" cy="628650"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -8876,51 +8570,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="628650"/>
+    <xdr:ext cx="857250" cy="723900"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -8966,51 +8660,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="723900"/>
+    <xdr:ext cx="857250" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -9026,111 +8720,111 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="714375"/>
+    <xdr:ext cx="752475" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="752475" cy="952500"/>
+    <xdr:ext cx="781050" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="781050" cy="952500"/>
+    <xdr:ext cx="857250" cy="657225"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -9236,81 +8930,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="657225"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="609600"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -9356,51 +9050,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="609600"/>
+    <xdr:ext cx="857250" cy="628650"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -9476,81 +9170,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="628650"/>
+    <xdr:ext cx="857250" cy="781050"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="781050"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -9566,141 +9260,141 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="895350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="895350"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="895350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="895350"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -12829,110 +12523,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="141" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...58 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -13186,54 +12820,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z77"/>
+  <dimension ref="A1:Z76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D77" sqref="D77"/>
+      <selection activeCell="D76" sqref="D76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -13268,2329 +12902,2277 @@
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Channel N-11 \ Стойка перфорированная</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+            <t xml:space="preserve">Channel N-11 \  Стойка перфорированная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.001.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1890</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Южная Корея </t>
+Полкодержатель: Южная Корея </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 1147 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1033.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Channel N-11 \  Стойка перфорированная</t>
-[...11 lines deleted...]
-Высота, мм: 1890</t>
+            <t xml:space="preserve">Channel N-11 \ Стойка перфорированная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.002.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
-Полкодержатель: Южная Корея </t>
-[...7 lines deleted...]
-Скидка: Да</t>
+Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 1147 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1033.00</t>
+            <t xml:space="preserve">1240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Channel N-11 \ Стойка перфорированная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.002.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.002.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 1581 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1240.00</t>
+            <t xml:space="preserve">1424.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Channel N-11 \ Стойка перфорированная</t>
-[...11 lines deleted...]
-Высота, мм: 2400</t>
+            <t xml:space="preserve">Channel N-14 \ Стойка перфорированная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.003.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1890</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 11</t>
-[...7 lines deleted...]
- Дата и время: 12.05.2025 09:18:36</t>
+Глубина, мм: 14</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 1581 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1424.00</t>
+            <t xml:space="preserve">1144.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Channel N-14 \ Стойка перфорированная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.003.CH</t>
+Артикул: NEO.004.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 1890</t>
+Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 14</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1144.00</t>
+            <t xml:space="preserve">1548.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Channel N-14 \ Стойка перфорированная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.004.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.004.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 14</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 1719 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1548.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Channel N-14 \ Стойка перфорированная</t>
-[...11 lines deleted...]
-Высота, мм: 2400</t>
+            <t xml:space="preserve">Channel N-6 \ Стойка перфорированная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.005.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1890</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 14</t>
-[...11 lines deleted...]
-Скидка: Да</t>
+Глубина, мм: 6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: только для N-61 и N-62</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 1719 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1548.00</t>
+            <t xml:space="preserve">877.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Channel N-6 \ Стойка перфорированная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.005.CH</t>
+Артикул: NEO.006.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 1890</t>
+Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: только для N-61 и N-62</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">877.00</t>
+            <t xml:space="preserve">1240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Channel N-6 \ Стойка перфорированная</t>
-[...3 lines deleted...]
-Артикул: NEO.006.CH</t>
+            <t xml:space="preserve">Channel N-112 \ Стойка перфорированная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.007.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2400</t>
+Высота, мм: 1890</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 6</t>
-[...3 lines deleted...]
-Примечание: только для N-61 и N-62</t>
+Глубина, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1240.00</t>
+            <t xml:space="preserve">1391.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Channel N-112 \ Стойка перфорированная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.007.CH</t>
+Артикул: NEO.008.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 1890</t>
+Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1391.00</t>
+            <t xml:space="preserve">1829.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Channel N-112 \ Стойка перфорированная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.008.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.008.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 2030 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1829.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Channel N-112 \ Стойка перфорированная</t>
-[...11 lines deleted...]
-Высота, мм: 2400</t>
+            <t xml:space="preserve">Channel N-142 \ Стойка перфорированная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.009.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1890</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 11</t>
-[...11 lines deleted...]
-Скидка: Да</t>
+Глубина, мм: 14</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 2030 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1829.00</t>
+            <t xml:space="preserve">1317.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Channel N-142 \ Стойка перфорированная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.009.CH</t>
+Артикул: NEO.010.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 1890</t>
+Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 14</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1317.00</t>
+            <t xml:space="preserve">1762.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Channel N-142 \ Стойка перфорированная</t>
-[...3 lines deleted...]
-Артикул: NEO.010.CH</t>
+            <t xml:space="preserve">Channel NSI-1 \ Стойка перфорированная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.011.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2400</t>
-[...15 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Высота, мм: 1800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 27,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1762.00</t>
+            <t xml:space="preserve">2693.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Channel NSI-1 \ Стойка перфорированная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.011.CH</t>
+Артикул: NEO.012.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 1800</t>
+Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 27,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2693.00</t>
+            <t xml:space="preserve">3759.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Channel NSI-1 \ Стойка перфорированная</t>
-[...3 lines deleted...]
-Артикул: NEO.012.CH</t>
+            <t xml:space="preserve">NX-12 \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.014.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 2400</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 5</t>
+Глубина, мм: 150</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3759.00</t>
+            <t xml:space="preserve">187.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-12 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.014.CH</t>
+Артикул: NEO.015.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 150</t>
+Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">187.00</t>
+            <t xml:space="preserve">219.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-12 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.015.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.015.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 243 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">219.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-12 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.015.SA</t>
-[...15 lines deleted...]
- Дата и время: 12.05.2025 09:18:42</t>
+Артикул: NEO.017.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 243 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">219.00</t>
+            <t xml:space="preserve">244.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-12 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.017.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.017.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 271 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">244.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-12 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.017.SA</t>
-[...15 lines deleted...]
- Дата и время: 12.05.2025 09:18:44</t>
+Артикул: NEO.113.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 350</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 271 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">244.00</t>
+            <t xml:space="preserve">278.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-12 \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.113.CH</t>
+            <t xml:space="preserve">NX-13 \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.018.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">278.00</t>
+            <t xml:space="preserve">314.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-13 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.018.CH</t>
+Артикул: NEO.020.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
+Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">314.00</t>
+            <t xml:space="preserve">410.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-13 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.020.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.020.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 455 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">410.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-13 \ Кронштейн для полок</t>
-[...19 lines deleted...]
- Дата и время: 12.05.2025 09:18:45</t>
+            <t xml:space="preserve">NX-22 \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.022.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 150</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 455 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">410.00</t>
+            <t xml:space="preserve">168.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-22 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.022.CH</t>
+Артикул: NEO.023.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 150</t>
+Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">168.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-22 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.023.CH</t>
+Артикул: NEO.025.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 200</t>
+Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">200.00</t>
+            <t xml:space="preserve">258.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-22 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.025.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.025.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 286 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">258.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-22 \ Кронштейн для полок</t>
-[...7 lines deleted...]
-Цвет: сатин</t>
+            <t xml:space="preserve">NX-23 \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.026.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 12.05.2025 09:18:47</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 286 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">258.00</t>
+            <t xml:space="preserve">314.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-23 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.026.CH</t>
-[...7 lines deleted...]
-Глубина, мм: 300</t>
+Артикул: NEO.028.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 461 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">314.00</t>
+            <t xml:space="preserve">415.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-23 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.028.SA</t>
-[...3 lines deleted...]
-Цвет: сатин</t>
+Артикул: NEO.028.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 12.05.2025 09:18:48</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 461 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">415.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-23 \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.028.CH</t>
+            <t xml:space="preserve">NX-24 \ Кронштейн для полок усиленный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.029.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">415.00</t>
+            <t xml:space="preserve">482.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-24 \ Кронштейн для полок усиленный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.029.CH</t>
+Артикул: NEO.030.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 400</t>
+Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">482.00</t>
+            <t xml:space="preserve">572.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-24 \ Кронштейн для полок усиленный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.030.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.030.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 635 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">572.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-24 \ Кронштейн для полок усиленный</t>
-[...27 lines deleted...]
-Старая цена: 635 руб.</t>
+            <t xml:space="preserve">NX-122 L \ Кронштейн изогнутый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.072L.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кронштейн: левый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: цена за 1 шт.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">572.00</t>
+            <t xml:space="preserve">284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-122 L \ Кронштейн изогнутый</t>
-[...3 lines deleted...]
-Артикул: NEO.072L.CH</t>
+            <t xml:space="preserve">NX-122 R \ Кронштейн изогнутый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.072R.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
@@ -15600,127 +15182,127 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-122 R \ Кронштейн изогнутый</t>
-[...3 lines deleted...]
-Артикул: NEO.072R.CH</t>
+            <t xml:space="preserve">NX-122 L \ Кронштейн изогнутый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.074L.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: правый</t>
-[...3 lines deleted...]
-Глубина, мм: 200</t>
+Кронштейн: левый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">284.00</t>
+            <t xml:space="preserve">415.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-122 L \ Кронштейн изогнутый</t>
-[...3 lines deleted...]
-Артикул: NEO.074L.CH</t>
+            <t xml:space="preserve">NX-122 R \ Кронштейн изогнутый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.074R.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
@@ -15730,127 +15312,127 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">415.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-122 R \ Кронштейн изогнутый</t>
-[...3 lines deleted...]
-Артикул: NEO.074R.CH</t>
+            <t xml:space="preserve">NX-132 L \ Кронштейн изогнутый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.076L.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: правый</t>
-[...3 lines deleted...]
-Глубина, мм: 300</t>
+Кронштейн: левый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">415.00</t>
+            <t xml:space="preserve">561.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-132 L \ Кронштейн изогнутый</t>
-[...3 lines deleted...]
-Артикул: NEO.076L.CH</t>
+            <t xml:space="preserve">NX-132 R \ Кронштейн изогнутый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.076R.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
@@ -15860,6407 +15442,6145 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">561.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-132 R \ Кронштейн изогнутый</t>
-[...3 lines deleted...]
-Артикул: NEO.076R.CH</t>
+            <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.033L.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: правый</t>
-[...7 lines deleted...]
-Примечание: цена за 1 шт.</t>
+Кронштейн: левый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">561.00</t>
+            <t xml:space="preserve">348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.033L.CH</t>
+            <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.033R.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
-[...11 lines deleted...]
-Кронштейн: правый</t>
+            <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.033L.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кронштейн: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 386 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.033L.SA</t>
+            <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.033R.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
-          </r>
-[...6 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 386 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">348.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
-[...27 lines deleted...]
-Скидка: Да</t>
+            <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.034L.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кронштейн: левый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 350</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 386 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">348.00</t>
+            <t xml:space="preserve">404.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.034L.CH</t>
+            <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.034R.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">404.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
-[...11 lines deleted...]
-Кронштейн: правый</t>
+            <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.034L.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кронштейн: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 448 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">404.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-412 L \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.034L.SA</t>
+            <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.034R.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
-          </r>
-[...2 lines deleted...]
- Дата и время: 12.05.2025 09:18:56</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 448 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">404.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-412 R \ Кронштейн для полок</t>
-[...23 lines deleted...]
- Дата и время: 12.05.2025 09:18:57</t>
+            <t xml:space="preserve">NX-413 L \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.035L.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кронштейн: левый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 448 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">404.00</t>
+            <t xml:space="preserve">590.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-413 L \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.035L.CH</t>
+            <t xml:space="preserve">NX-413 R \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.035R.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">590.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-413 R \ Кронштейн для полок</t>
-[...11 lines deleted...]
-Кронштейн: правый</t>
+            <t xml:space="preserve">NX-413 L \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.035L.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кронштейн: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 654 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">590.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-413 L \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.035L.SA</t>
+            <t xml:space="preserve">NX-413 R \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.035R.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
-          </r>
-[...2 lines deleted...]
- Дата и время: 12.05.2025 09:18:58</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 654 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">590.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-413 R \ Кронштейн для полок</t>
-[...23 lines deleted...]
- Дата и время: 12.05.2025 09:19:00</t>
+            <t xml:space="preserve">NX-414 L \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.036L.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кронштейн: левый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 450</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 654 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">590.00</t>
+            <t xml:space="preserve">696.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-414 L \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.036L.CH</t>
+            <t xml:space="preserve">NX-414 R \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.036R.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">696.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-414 R \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.036R.CH</t>
+            <t xml:space="preserve">NX-414 L \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.037L.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: правый</t>
-[...3 lines deleted...]
-Глубина, мм: 450</t>
+Кронштейн: левый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 550</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">696.00</t>
+            <t xml:space="preserve">814.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-414 L \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.037L.CH</t>
+            <t xml:space="preserve">NX-414 R \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.037R.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: левый</t>
+Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 550</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">814.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-414 R \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.037R.CH</t>
+            <t xml:space="preserve">NX-422 \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.039.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: правый</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+Глубина, мм: 250</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">814.00</t>
+            <t xml:space="preserve">449.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-422 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.039.CH</t>
+Артикул: NEO.040.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 250</t>
+Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">449.00</t>
+            <t xml:space="preserve">561.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-422 \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.040.CH</t>
+            <t xml:space="preserve">NX-423 \ Кронштейн для полок</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.041.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
+Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">561.00</t>
+            <t xml:space="preserve">673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-423 \ Кронштейн для полок</t>
-[...3 lines deleted...]
-Артикул: NEO.041.CH</t>
+            <t xml:space="preserve">NX-424 \ Кронштейн для полок усиленный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.042.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 400</t>
+Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">673.00</t>
+            <t xml:space="preserve">976.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-424 \ Кронштейн для полок усиленный</t>
-[...3 lines deleted...]
-Артикул: NEO.042.CH</t>
+            <t xml:space="preserve">NX-513 \ Держатель трубы d-25 проходной</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.045.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 450</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 5</t>
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">976.00</t>
+            <t xml:space="preserve">93.84</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-513 \ Держатель трубы d-25 проходной</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.045.CH</t>
+Артикул: NEO.045A.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
+Глубина, мм: 350</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">93.84</t>
+            <t xml:space="preserve">480.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-513 \ Держатель трубы d-25 проходной</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+            <t xml:space="preserve">NX-513 \ Держатель трубы d-25 проходной(L=350мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.045A.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 533 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">480.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-513 \ Держатель трубы d-25 проходной(L=350мм)</t>
-[...19 lines deleted...]
- Дата и время: 12.05.2025 09:19:02</t>
+            <t xml:space="preserve">NX-523 \ Держатель трубы d-25 концевой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.048.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 533 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">480.00</t>
+            <t xml:space="preserve">191.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-523 \ Держатель трубы d-25 концевой</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.048.CH</t>
+Артикул: NEO.114.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 50</t>
+Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">191.00</t>
+            <t xml:space="preserve">404.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-523 \ Держатель трубы d-25 концевой</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.114.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.114.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 443 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">404.00</t>
+            <t xml:space="preserve">399.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-523 \ Держатель трубы d-25 концевой</t>
-[...19 lines deleted...]
- Дата и время: 12.05.2025 09:19:38</t>
+            <t xml:space="preserve">NX-533 \ Полкодержатель с держателем трубы d-25 проходной</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.046.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 443 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">399.00</t>
+            <t xml:space="preserve">673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-533 \ Полкодержатель с держателем трубы d-25 проходной</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.046.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.046.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 747 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-533 \ Полкодержатель с держателем трубы d-25 проходной</t>
-[...7 lines deleted...]
-Цвет: сатин</t>
+            <t xml:space="preserve">NX-543 \ Полкодержатель с держателем трубы d-25 концевой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.050.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 12.05.2025 09:19:05</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 747 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">673.00</t>
+            <t xml:space="preserve">545.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-543 \ Полкодержатель с держателем трубы d-25 концевой</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.050.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.050.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 605 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">545.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-543 \ Полкодержатель с держателем трубы d-25 концевой</t>
-[...19 lines deleted...]
- Дата и время: 12.05.2025 09:19:07</t>
+            <t xml:space="preserve">NX-552 \ Держатель трубы d-25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.047.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Не используется со стойкой перфорированной Channel NSI-1</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 605 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">545.00</t>
+            <t xml:space="preserve">525.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-552 \ Держатель трубы d-25</t>
-[...3 lines deleted...]
-Артикул: NEO.047.CH</t>
+            <t xml:space="preserve">NX-623 R \ Держатель для труб HP-8 или овальной трубы 30х15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.051R.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Не используется со стойкой перфорированной Channel NSI-1</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Держатель: правый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">525.00</t>
+            <t xml:space="preserve">469.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-623 R \ Держатель для труб HP-8 или овальной трубы 30х15</t>
-[...3 lines deleted...]
-Артикул: NEO.051R.CH</t>
+            <t xml:space="preserve">NX-623 L \ Держатель для труб HP-8 или овальной трубы 30х15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.051L.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Держатель: правый</t>
+Держатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">469.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-623 L \ Держатель для труб HP-8 или овальной трубы 30х15</t>
-[...11 lines deleted...]
-Держатель: левый</t>
+            <t xml:space="preserve">NX-623 R \ Держатель для труб HP-8 или овальной трубы 30х15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.051R.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Держатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 521 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">469.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-623 R \ Держатель для труб HP-8 или овальной трубы 30х15</t>
-[...3 lines deleted...]
-Артикул: NEO.051R.SA</t>
+            <t xml:space="preserve">NX-623 L \ Держатель для труб HP-8 или овальной трубы 30х15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.051L.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Держатель: правый</t>
+Держатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
-          </r>
-[...6 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 521 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">469.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-623 L \ Держатель для труб HP-8 или овальной трубы 30х15</t>
-[...11 lines deleted...]
-Держатель: левый</t>
+            <t xml:space="preserve">NX-623C \ Держатель для труб HP-8 или овальной трубы 30х15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.053.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 12.05.2025 09:19:09</t>
-[...11 lines deleted...]
-Старая цена: 521 руб.</t>
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">469.00</t>
+            <t xml:space="preserve">628.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-623C \ Держатель для труб HP-8 или овальной трубы 30х15</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+            <t xml:space="preserve">NX-623C \ Держатель для труб HP-8 или овальной трубы 30х16</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.053.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 673 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">628.00</t>
+            <t xml:space="preserve">606.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-623C \ Держатель для труб HP-8 или овальной трубы 30х16</t>
-[...19 lines deleted...]
- Дата и время: 12.05.2025 09:19:12</t>
+            <t xml:space="preserve">NX-632 \ Держатель для труб HP-8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.084A.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 673 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">606.00</t>
+            <t xml:space="preserve">239.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NX-632 \ Держатель для труб HP-8</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.084A.CH</t>
+Артикул: NEO.084B.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 50</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">239.00</t>
+            <t xml:space="preserve">471.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-632 \ Держатель для труб HP-8</t>
-[...3 lines deleted...]
-Артикул: NEO.084B.CH</t>
+            <t xml:space="preserve">NX-652 \ Держатель для труб HP-8 или овальной трубы 30х15.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.112.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 20</t>
+Глубина, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Не используется со стойкой перфорированной Channel NSI-1</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5 пар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">471.00</t>
+            <t xml:space="preserve">418.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="4"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-652 \ Держатель для труб HP-8 или овальной трубы 30х15.</t>
-[...3 lines deleted...]
-Артикул: NEO.112.CH</t>
+            <t xml:space="preserve">NX-812 \ Полкодержатель наклоняемый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.055.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 50</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 5 пар</t>
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">418.00</t>
+            <t xml:space="preserve">590.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-812 \ Полкодержатель наклоняемый</t>
-[...3 lines deleted...]
-Артикул: NEO.055.CH</t>
+            <t xml:space="preserve">NX-832 R \ Полкодержатель наклоняемый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.058R.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Кронштейн: правый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 250</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">590.00</t>
+            <t xml:space="preserve">703.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-832 R \ Полкодержатель наклоняемый</t>
-[...3 lines deleted...]
-Артикул: NEO.058R.CH</t>
+            <t xml:space="preserve">NX-832 L \ Полкодержатель наклоняемый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.058L.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: правый</t>
+Кронштейн: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">703.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX-832 L \ Полкодержатель наклоняемый</t>
-[...3 lines deleted...]
-Артикул: NEO.058L.CH</t>
+            <t xml:space="preserve">NP-38 \ Штанга дистанционная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.118A.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: левый</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Овальная труба сечением 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">703.00</t>
+            <t xml:space="preserve">917.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NP-38 \ Штанга дистанционная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.118A.CH</t>
+Артикул: NEO.118B.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 600</t>
+Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">917.00</t>
+            <t xml:space="preserve">1092.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NP-38 \ Штанга дистанционная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.118B.CH</t>
+Артикул: NEO.118C.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 900</t>
+Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1092.00</t>
+            <t xml:space="preserve">1186.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="4"/>
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NP-38 \ Штанга дистанционная</t>
-[...3 lines deleted...]
-Артикул: NEO.118C.CH</t>
+            <t xml:space="preserve">NP-39 \ Штанга прямая</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.119A.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...3 lines deleted...]
-Ширина, мм: 1200</t>
+Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1186.00</t>
+            <t xml:space="preserve">491.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NP-39 \ Штанга прямая</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.119A.CH</t>
+Артикул: NEO.119B.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 600</t>
+Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">491.00</t>
+            <t xml:space="preserve">629.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="4"/>
       <c r="B51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NP-39 \ Штанга прямая</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.119B.CH</t>
+Артикул: NEO.119C.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 900</t>
+Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Овальная труба сечением 30х15мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">629.00</t>
+            <t xml:space="preserve">765.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NP-39 \ Штанга прямая</t>
-[...3 lines deleted...]
-Артикул: NEO.119C.CH</t>
+            <t xml:space="preserve">GL 59 \ Держатель полки для GL 38 и NP-38</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLB.059.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1200</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">765.00</t>
+            <t xml:space="preserve">126.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="4"/>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GL 59 \ Держатель полки для GL 38 и NP-38</t>
-[...3 lines deleted...]
-Артикул: GLB.059.CH</t>
+            <t xml:space="preserve">NP-01 \ Держатель прямой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.081.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
+Диаметр, мм: 21</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 330</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">126.00</t>
+            <t xml:space="preserve">684.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...14 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NP-01 \ Держатель прямой</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.081.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.081.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 21</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 760 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">684.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="4"/>
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NP-01 \ Держатель прямой</t>
-[...7 lines deleted...]
-Цвет: сатин</t>
+            <t xml:space="preserve">NP-02 \ Держатель наклонный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.082.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 21</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 12.05.2025 09:19:18</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 760 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">684.00</t>
+            <t xml:space="preserve">808.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C53" s="4"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NP-02 \ Держатель наклонный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.082.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.082.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 21</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 916 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">808.00</t>
+            <t xml:space="preserve">825.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="4"/>
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NP-02 \ Держатель наклонный</t>
-[...35 lines deleted...]
-Старая цена: 916 руб.</t>
+            <t xml:space="preserve">NF-01 \ Держатель панели толщиной 16 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.105.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для стоек N-14 и N-114</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">825.00</t>
+            <t xml:space="preserve">33.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NF-01 \ Держатель панели толщиной 16 мм</t>
-[...3 lines deleted...]
-Артикул: NEO.105.CH</t>
+            <t xml:space="preserve">N-61 \ Полкодержатель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.064.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: для стоек N-14 и N-114</t>
+Диаметр, мм: 12</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33.00</t>
+            <t xml:space="preserve">205.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="4"/>
       <c r="B55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">N-61 \ Полкодержатель</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 25</t>
+            <t xml:space="preserve">HP-5 \ Труба</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.115.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 2000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: возможна резка, стоимость реза 35 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 1939 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">205.00</t>
+            <t xml:space="preserve">1747.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C55" s="4"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-5 \ Труба</t>
-[...35 lines deleted...]
-Старая цена: 1939 руб.</t>
+            <t xml:space="preserve">HP-9 \ Труба прямоугольная 9х9мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.061.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 896</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1747.00</t>
+            <t xml:space="preserve">268.84</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="4"/>
       <c r="B56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-8 \ Труба прямоугольная (14х32)</t>
-[...39 lines deleted...]
-Старая цена: 2440 руб.</t>
+            <t xml:space="preserve">HP-9 \ Труба прямоугольная 9х9мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.062.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2198.00</t>
+            <t xml:space="preserve">328.24</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C56" s="4"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-9 \ Труба прямоугольная 9х9мм</t>
-[...3 lines deleted...]
-Артикул: NEO.061.CH</t>
+            <t xml:space="preserve">J-4 \ Труба овальная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: JOKP.004.CH.1,0</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 896</t>
+Длина, мм: 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 30х15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина металла, мм: 1,0</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">268.84</t>
+            <t xml:space="preserve">364.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="4"/>
       <c r="B57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-9 \ Труба прямоугольная 9х9мм</t>
-[...3 lines deleted...]
-Артикул: NEO.062.CH</t>
+            <t xml:space="preserve">HP-43 \ Держатель наклонный 6 зацепов для HP-8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.093.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 1200</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Глубина, мм: 330</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">328.24</t>
+            <t xml:space="preserve">704.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C57" s="4"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J-4 \ Труба овальная</t>
-[...3 lines deleted...]
-Артикул: JOKP.004.CH.1,0</t>
+            <t xml:space="preserve">HP-44 \ Держатель наклонный 12 зацепов для HP-8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.094.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 3000</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Глубина, мм: 330</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">364.00</t>
+            <t xml:space="preserve">786.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="4"/>
       <c r="B58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-43 \ Держатель наклонный 6 зацепов для HP-8</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+            <t xml:space="preserve">HP-44 \ Держатель наклонный 12 зацепов для HP-8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.094.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 873 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">704.00</t>
+            <t xml:space="preserve">786.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C58" s="4"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-44 \ Держатель наклонный 12 зацепов для HP-8</t>
-[...3 lines deleted...]
-Артикул: NEO.094.CH</t>
+            <t xml:space="preserve">HP-45 \ Держатель наклонный 6 зацепов для HP-8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.095.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 330</t>
+Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">786.00</t>
+            <t xml:space="preserve">604.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="4"/>
       <c r="B59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-44 \ Держатель наклонный 12 зацепов для HP-8</t>
-[...3 lines deleted...]
-Артикул: NEO.094.SA</t>
+            <t xml:space="preserve">HP-45 \ Держатель наклонный 6 зацепов для HP-8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.095.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 330</t>
-[...7 lines deleted...]
- Дата и время: 12.05.2025 09:19:31</t>
+Глубина, мм: 250</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 873 руб.</t>
+Старая цена: 670 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">786.00</t>
+            <t xml:space="preserve">604.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C59" s="4"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-45 \ Держатель наклонный 6 зацепов для HP-8</t>
-[...3 lines deleted...]
-Артикул: NEO.095.CH</t>
+            <t xml:space="preserve">HP-46 \ Держатель прямой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.096.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 250</t>
+Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">604.00</t>
+            <t xml:space="preserve">583.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="4"/>
       <c r="B60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-45 \ Держатель наклонный 6 зацепов для HP-8</t>
-[...27 lines deleted...]
-Старая цена: 670 руб.</t>
+            <t xml:space="preserve">RSS-10 L \ Держатель полки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.068L.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Полкодержатель: левый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: cовместим с NX-22, NX-23, NX-24, NX-222, NX-232</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">604.00</t>
+            <t xml:space="preserve">85.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C60" s="4"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HP-46 \ Держатель прямой</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.096.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: NEO.096.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 648 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">583.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="4"/>
       <c r="B61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RSS-10 L \ Держатель полки</t>
-[...3 lines deleted...]
-Артикул: NEO.068L.CH</t>
+            <t xml:space="preserve">RSS-10 R \ Держатель полки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.068R.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Полкодержатель: левый</t>
+Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: cовместим с NX-22, NX-23, NX-24, NX-222, NX-232</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">85.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C61" s="4"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-46 \ Держатель прямой</t>
-[...31 lines deleted...]
-Старая цена: 648 руб.</t>
+            <t xml:space="preserve">RSS-10C \ Держатель полки двусторонний</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.069.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: cовместим с NX-22, NX-23, NX-24, NX-222, NX-232</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">583.00</t>
+            <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="4"/>
       <c r="B62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RSS-10 R \ Держатель полки</t>
-[...3 lines deleted...]
-Артикул: NEO.068R.CH</t>
+            <t xml:space="preserve">NF-02 \ Держатель панели толщиной 10-12 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.106.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Полкодержатель: правый</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 10 пар (R,L)</t>
+Примечание: для стоек NSI-1</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85.00</t>
+            <t xml:space="preserve">35.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C62" s="4"/>
       <c r="D62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">RSS-10C \ Держатель полки двусторонний</t>
-[...3 lines deleted...]
-Артикул: NEO.069.CH</t>
+            <t xml:space="preserve">HP-50 \ Заглушка для трубы</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.085.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: cовместим с NX-22, NX-23, NX-24, NX-222, NX-232</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 10 пар (R,L)</t>
+Диаметр, мм: 25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">109.00</t>
+            <t xml:space="preserve">59.16</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="4"/>
       <c r="B63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NF-02 \ Держатель панели толщиной 10-12 мм</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+            <t xml:space="preserve">HP-50 \ Заглушка для трубы</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.085.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 66 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.00</t>
+            <t xml:space="preserve">59.16</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C63" s="4"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-50 \ Заглушка для трубы</t>
-[...3 lines deleted...]
-Артикул: NEO.085.CH</t>
+            <t xml:space="preserve">HP-80 \ Заглушка для прямоугольной трубы (14х32мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.086.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Диаметр, мм: 25</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 25</t>
+Глубина, мм: 14</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 32</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">65.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="4"/>
       <c r="B64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-50 \ Заглушка для трубы</t>
-[...19 lines deleted...]
- Дата и время: 12.05.2025 09:19:23</t>
+            <t xml:space="preserve">HP-81 \ Заглушка для прямоугольной трубы (14х32мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.087.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 14</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 32</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 66 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">63.24</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C64" s="4"/>
       <c r="D64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-80 \ Заглушка для прямоугольной трубы (14х32мм)</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+            <t xml:space="preserve">HP-81 \ Заглушка для прямоугольной трубы (14х32мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.087.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 14</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Кол-во в упаковке, шт.: 25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 70 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65.28</t>
+            <t xml:space="preserve">63.24</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="4"/>
       <c r="B65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-81 \ Заглушка для прямоугольной трубы (14х32мм)</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 25</t>
+            <t xml:space="preserve">3015 \ Заглушка для овальной трубы 30х15х1,0–1,2 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: VER.072.CH\BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром/черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: пластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Для овальной трубы 30х15х1,0–1,2 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63.24</t>
+            <t xml:space="preserve">19.38</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C65" s="4"/>
       <c r="D65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-81 \ Заглушка для прямоугольной трубы (14х32мм)</t>
-[...31 lines deleted...]
-Старая цена: 70 руб.</t>
+            <t xml:space="preserve">HP-51 \ Крепление для концевых держателей труб d-25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.067.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63.24</t>
+            <t xml:space="preserve">501.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="4"/>
       <c r="B66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3015 \ Заглушка для овальной трубы 30х15х1,0–1,2 мм</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 1000</t>
+            <t xml:space="preserve">HP-51 \ Крепление для концевых держателей труб d-25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.067.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 556 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19.38</t>
+            <t xml:space="preserve">501.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C66" s="4"/>
       <c r="D66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-51 \ Крепление для концевых держателей труб d-25</t>
-[...3 lines deleted...]
-Артикул: NEO.067.CH</t>
+            <t xml:space="preserve">HP-82 \ Крючок одинарный для HP-8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.088A.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Южная Корея</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Глубина, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">501.00</t>
+            <t xml:space="preserve">97.92</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="4"/>
       <c r="B67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-51 \ Крепление для концевых держателей труб d-25</t>
-[...23 lines deleted...]
-Старая цена: 556 руб.</t>
+            <t xml:space="preserve">HP-82 \ Крючок одинарный для HP-8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.088B.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр прутка, мм: 6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">501.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C67" s="4"/>
       <c r="D67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HP-82 \ Крючок одинарный для HP-8</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.088A.CH</t>
+Артикул: NEO.088C.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 50</t>
+Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">97.92</t>
+            <t xml:space="preserve">123.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="4"/>
       <c r="B68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HP-82 \ Крючок одинарный для HP-8</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.088B.CH</t>
-[...7 lines deleted...]
-Глубина, мм: 100</t>
+Артикул: NEO.088C.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 137 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">122.00</t>
+            <t xml:space="preserve">123.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C68" s="4"/>
       <c r="D68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HP-82 \ Крючок одинарный для HP-8</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.088C.CH</t>
+Артикул: NEO.088D.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 150</t>
+Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">123.00</t>
+            <t xml:space="preserve">139.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="4"/>
       <c r="B69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HP-82 \ Крючок одинарный для HP-8</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NEO.088C.SA</t>
-[...7 lines deleted...]
-Глубина, мм: 150</t>
+Артикул: NEO.088F.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Южная Корея</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 12.05.2025 09:19:26</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 137 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">123.00</t>
+            <t xml:space="preserve">170.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C69" s="4"/>
       <c r="D69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-82 \ Крючок одинарный для HP-8</t>
-[...3 lines deleted...]
-Артикул: NEO.088D.CH</t>
+            <t xml:space="preserve">HP-89 \ Держатель наклонный для HP-8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.102.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 200</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+Высота, мм: 225</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 325</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">139.00</t>
+            <t xml:space="preserve">219.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="4"/>
       <c r="B70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-82 \ Крючок одинарный для HP-8</t>
-[...3 lines deleted...]
-Артикул: NEO.088F.CH</t>
+            <t xml:space="preserve">PB-12 L \ Кронштейн для панелей</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.060L.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+Кронштейн: левый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">170.00</t>
+            <t xml:space="preserve">208.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C70" s="4"/>
       <c r="D70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HP-89 \ Держатель наклонный для HP-8</t>
-[...3 lines deleted...]
-Артикул: NEO.102.CH</t>
+            <t xml:space="preserve">PB-12 R \ Кронштейн для панелей</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.060R.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 225</t>
-[...15 lines deleted...]
-Старая цена: 300 руб.</t>
+Кронштейн: правый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5 пар (R,L)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">219.00</t>
+            <t xml:space="preserve">208.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="4"/>
       <c r="B71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PB-12 L \ Кронштейн для панелей</t>
-[...3 lines deleted...]
-Артикул: NEO.060L.CH</t>
+            <t xml:space="preserve">N-67 \ Фиксатор для кронштейна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.117.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: левый</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+Примечание: для кронштейнов длиной более 200мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">208.00</t>
+            <t xml:space="preserve">78.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C71" s="4"/>
       <c r="D71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PB-12 R \ Кронштейн для панелей</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 5 пар (R,L)</t>
+            <t xml:space="preserve">N-67 \ Фиксатор для кронштейна</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.117.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для кронштейнов длиной более 200мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Южная Корея</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 87 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">208.00</t>
+            <t xml:space="preserve">78.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="4"/>
       <c r="B72" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">N-67 \ Фиксатор для кронштейна</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+            <t xml:space="preserve">NX 2140 \ Кронштейн</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.121.V0006.30</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: серебряный муар матовый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Используется только для стоек NSI-1</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 495 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">78.54</t>
+            <t xml:space="preserve">99.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C72" s="4"/>
       <c r="D72" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">N-67 \ Фиксатор для кронштейна</t>
-[...27 lines deleted...]
-Старая цена: 87 руб.</t>
+            <t xml:space="preserve">62 \ Каркас для вешала, комплектуется элементами из серий &amp;quot;Vertical&amp;quot;, &amp;quot;Neo-Fix&amp;quot;</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: VHL.002.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1378</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">78.54</t>
+            <t xml:space="preserve">10861.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="4"/>
       <c r="B73" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NX 2140 \ Кронштейн</t>
-[...23 lines deleted...]
-Старая цена: 495 руб.</t>
+            <t xml:space="preserve">Полка стеклянная для 62</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: VHL.002.GL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 550</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1220</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Для крепления полки требуются присоски Joker 16 (6 шт.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99.00</t>
+            <t xml:space="preserve">2604.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C73" s="4"/>
       <c r="D73" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">62 \ Каркас для вешала, комплектуется элементами из серий &amp;quot;Vertical&amp;quot;, &amp;quot;Neo-Fix&amp;quot;</t>
-[...19 lines deleted...]
-Ширина, мм: 1220</t>
+            <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: JOKP.016.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр (под нагрузкой), мм: 22</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10861.00</t>
+            <t xml:space="preserve">4.08</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="4"/>
       <c r="B74" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полка стеклянная для 62</t>
-[...15 lines deleted...]
-Примечание: Для крепления полки требуются присоски Joker 16 (6 шт.)</t>
+            <t xml:space="preserve">Jr-16 \ Присоска для панелей и стекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: JOKR.016.25.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр (под нагрузкой), мм: 23</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2604.00</t>
+            <t xml:space="preserve">5.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C74" s="4"/>
       <c r="D74" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
-[...11 lines deleted...]
-Диаметр (под нагрузкой), мм: 22</t>
+            <t xml:space="preserve">Присоска - \ Присоска для стекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: E013 D10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр (под нагрузкой), мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 100</t>
+Кол-во в упаковке, шт.: 10000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4.08</t>
+            <t xml:space="preserve">6.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="4"/>
       <c r="B75" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Jr-16 \ Присоска для панелей и стекла</t>
-[...15 lines deleted...]
-Производитель: Россия</t>
+            <t xml:space="preserve">NEO.317 \ Панель с зеркалом</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.317</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 2400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 24</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.70</t>
+            <t xml:space="preserve">2917.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C75" s="4"/>
       <c r="D75" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Присоска - \ Присоска для стекла</t>
-[...15 lines deleted...]
-Кол-во в упаковке, шт.: 10000</t>
+            <t xml:space="preserve">NEO.300 \ Направляющая для панели</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NEO.300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 2300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6.00</t>
+            <t xml:space="preserve">2194.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="4"/>
       <c r="B76" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NEO.317 \ Панель с зеркалом</t>
-[...15 lines deleted...]
-Ширина, мм: 400</t>
+            <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ALS.012.AL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: алюминий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: алюминий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2917.00</t>
+            <t xml:space="preserve">580.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C76" s="4"/>
       <c r="D76" s="5" t="inlineStr">
-        <is>
-[...120 lines deleted...]
-      <c r="D77" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Spot Type11 \ Зацеп настенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SO.RU.1101.9016</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: продаётся поштучно</t>
           </r>