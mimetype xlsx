--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15.02.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Универсальные элементы для Global, Four, Roto</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038A.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -90,51 +90,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">908.00</t>
+      <t xml:space="preserve">926.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038A.HL.MSA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый сатин</t>
@@ -273,51 +273,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">632.00</t>
+      <t xml:space="preserve">645.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038B.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -330,51 +330,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1020.00</t>
+      <t xml:space="preserve">1040.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-900мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038B.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
@@ -509,51 +509,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">398.00</t>
+      <t xml:space="preserve">406.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-1200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038C.HL.CH</t>
@@ -570,92 +570,92 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1224.00</t>
+      <t xml:space="preserve">1248.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 59 \ Держатель полки для GL 38 и NP-38</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.059.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">124.00</t>
+      <t xml:space="preserve">126.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -680,51 +680,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">490.00</t>
+      <t xml:space="preserve">500.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039B.HL.CH</t>
@@ -737,51 +737,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">683.00</t>
+      <t xml:space="preserve">697.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39 \ Штанга (L-900мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039B.CH</t>
@@ -794,51 +794,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">459.00</t>
+      <t xml:space="preserve">468.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039B.HL.MH</t>
@@ -912,51 +912,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">842.00</t>
+      <t xml:space="preserve">859.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 39 \ Штанга (L-1200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.039C.CH</t>
@@ -1091,51 +1091,51 @@
       <t xml:space="preserve">
 Глубина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">152.00</t>
+      <t xml:space="preserve">155.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-50мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.57B R.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1148,51 +1148,51 @@
       <t xml:space="preserve">
 Глубина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">152.00</t>
+      <t xml:space="preserve">155.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 57L.HL \ Держатель прямоугольной трубы (левый, L-300мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.57A L.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1205,51 +1205,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">385.00</t>
+      <t xml:space="preserve">393.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-300мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.57A R.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1262,92 +1262,92 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">385.00</t>
+      <t xml:space="preserve">393.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 58 \ Держатель полки для GL 57</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.058.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76.50</t>
+      <t xml:space="preserve">78.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1372,51 +1372,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Позволяет разместить 7 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1700.00</t>
+      <t xml:space="preserve">1734.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 006 \ Кронштейн для шапок L=900 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.006.DB.02698.MGV13</t>
@@ -1429,51 +1429,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Позволяет разместить 11 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2260.00</t>
+      <t xml:space="preserve">2305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 007 \ Кронштейн для шапок L=1200 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.007.DB.02698.MGV13</t>
@@ -1486,51 +1486,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Позволяет разместить 15 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3170.00</t>
+      <t xml:space="preserve">3233.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.LT 23L \ Полкодержатель (левый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.LT.023C.L.02698.MGV13</t>
@@ -1665,51 +1665,51 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">98.94</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 23R \ Полкодержатель (правый, L-250мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.023D.R.CH</t>
@@ -1722,51 +1722,51 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">98.94</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 23L \ Полкодержатель (левый, L-300мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.023A.L.CH</t>
@@ -1783,51 +1783,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">114.00</t>
+      <t xml:space="preserve">116.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 23R \ Полкодержатель (правый, L-300мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.023A.R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1840,51 +1840,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.  </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">114.00</t>
+      <t xml:space="preserve">116.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 23L \ Полкодержатель (левый, L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.023B.L.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1893,51 +1893,51 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">148.00</t>
+      <t xml:space="preserve">151.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 23R \ Полкодержатель (правый, L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.023B.R.CH</t>
@@ -1950,51 +1950,51 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">148.00</t>
+      <t xml:space="preserve">151.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 23R.HL \ Полкодержатель (правый, L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.023B.R.HL.MH</t>
@@ -2149,51 +2149,51 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055L.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2206,91 +2206,95 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055R.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2308,50 +2312,54 @@
       </rPr>
       <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055L.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2385,51 +2393,51 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">649.00</t>
+      <t xml:space="preserve">662.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 56L \ Полкодержатель усиленный (левый, L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.056L.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2442,51 +2450,51 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">649.00</t>
+      <t xml:space="preserve">662.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 063BR-L \ Кронштейн для корзины (левый, L-290мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.063.BRACKET-LEFT.V5.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2694,51 +2702,51 @@
       <t xml:space="preserve">
 Глубина, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">435.00</t>
+      <t xml:space="preserve">444.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 44L.HL \ Боксодержатель  (левый, L-320мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.044L.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2751,51 +2759,51 @@
       <t xml:space="preserve">
 Глубина, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">435.00</t>
+      <t xml:space="preserve">444.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RT 023.HL \ Полкодержатель регулируемый (правый, L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ROT.023B.R.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3313,51 +3321,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.76</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
@@ -3370,51 +3378,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.52</t>
+      <t xml:space="preserve">27.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AR 105.YN \ Кронштейн на стойку</t>
@@ -3431,226 +3439,226 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">316.00</t>
+      <t xml:space="preserve">322.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">FR 163 \ Кронштейн двухрожковый</t>
-[...3 lines deleted...]
-Артикул: FUR.163.CH</t>
+      <t xml:space="preserve">AR 109.YN \ Кронштейн на стойку</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: ROT.145.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 135</t>
-[...15 lines deleted...]
-Старая цена: 740 руб.</t>
+Глубина, мм: 415</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">370.00</t>
+      <t xml:space="preserve">349.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AR 109.YN \ Кронштейн на стойку</t>
-[...3 lines deleted...]
-Артикул: ROT.145.CH</t>
+      <t xml:space="preserve">FR 163 \ Кронштейн двухрожковый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: FUR.163.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 415</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 25</t>
+Высота, мм: 135</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 420</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 700</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 740 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">342.00</t>
+      <t xml:space="preserve">370.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AR 111.YN \ Кронштейн на стойку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ROT.141.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">306.00</t>
+      <t xml:space="preserve">312.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AR 112.YN \ Кронштейн на стойку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ROT.143.CH</t>
@@ -3663,51 +3671,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">345.00</t>
+      <t xml:space="preserve">352.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AR 113.YN \ Кронштейн на стойку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ROT.144.CH</t>
@@ -3720,51 +3728,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">225.00</t>
+      <t xml:space="preserve">230.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 105 \ Кронштейн на трубу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.036.MSA</t>
@@ -3798,140 +3806,140 @@
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">230.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 105 \ Кронштейн</t>
-[...3 lines deleted...]
-Артикул: RTP.036.CH</t>
+      <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.056.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 48</t>
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">428.00</t>
+      <t xml:space="preserve">228.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
-[...3 lines deleted...]
-Артикул: RTP.056.CH</t>
+      <t xml:space="preserve">R 105 \ Кронштейн</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.036.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">224.00</t>
+      <t xml:space="preserve">437.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 105-K \Кронштейн наклонный с штырьками</t>
@@ -3944,51 +3952,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">209.00</t>
+      <t xml:space="preserve">213.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
@@ -4001,51 +4009,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">388.00</t>
+      <t xml:space="preserve">396.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
@@ -4115,51 +4123,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">386.00</t>
+      <t xml:space="preserve">394.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 112 \ Кронштейн с крючками</t>
@@ -4290,51 +4298,51 @@
       <t xml:space="preserve">
 Глубина, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">90.78</t>
+      <t xml:space="preserve">92.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 113 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.021.CH</t>
@@ -4343,51 +4351,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">275.00</t>
+      <t xml:space="preserve">281.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 113-K \ Кронштейн прямой</t>
@@ -4400,51 +4408,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">159.00</t>
+      <t xml:space="preserve">162.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 109 \ Кронштейн</t>
@@ -4457,51 +4465,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">439.00</t>
+      <t xml:space="preserve">448.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 109 \ Кронштейн</t>
@@ -4632,51 +4640,51 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">51.00</t>
+      <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 290 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.032.MSA</t>
@@ -4734,50 +4742,54 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 291 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.028.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 56 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">47.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -4807,51 +4819,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 292 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.029.MSA</t>
@@ -4921,51 +4933,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64.26</t>
+      <t xml:space="preserve">65.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 293 \ Крючок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.030.CH</t>
@@ -4978,51 +4990,51 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">72.42</t>
+      <t xml:space="preserve">73.44</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 293 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.030.MH</t>
@@ -5092,51 +5104,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74.46</t>
+      <t xml:space="preserve">75.48</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 597 \ Кронштейн карусель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.040.CH</t>
@@ -5214,100 +5226,100 @@
       <t xml:space="preserve">
 Высота, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пруток д-5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">332.00</t>
+      <t xml:space="preserve">339.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (U) 405 \ Кронштейн наклонный (усиленный зацеп)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.041.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">439.00</t>
+      <t xml:space="preserve">448.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (U) 413 \ Кронштейн прямой (усиленный зацеп)</t>
@@ -5320,51 +5332,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">287.00</t>
+      <t xml:space="preserve">293.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (U) 491 \ Крючок (усиленный зацеп)</t>
@@ -5438,51 +5450,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 109 \ Кронштейн ступенчатый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.047.CH</t>
@@ -5491,51 +5503,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">516.00</t>
+      <t xml:space="preserve">526.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 150 \ Кронштейн наклонный</t>
@@ -5552,51 +5564,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">447.00</t>
+      <t xml:space="preserve">456.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 153 \ Кронштейн прямой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.048.CH</t>
@@ -5605,51 +5617,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">372.00</t>
+      <t xml:space="preserve">379.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 496 \ Кронштейн прямой</t>
@@ -5666,51 +5678,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">123.00</t>
+      <t xml:space="preserve">125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
@@ -5774,51 +5786,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2152d112_75c7_11e7_9ffe_0025902b3cc1_A3CB3352_C2EE_43EB_B8CC_AC134424FA3A3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a839_0427_11e0_99a4_003048f27c5f_E3451519_32A8_4F0B_842F_1A44B125DFC64.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f06edc24_fa34_11ed_907c_ac1f6b40b531_GLB038BCH5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b78_0f25_11e0_99a4_003048f27c5f_FBFD3377_8E2D_4844_BFBF_C9162944F8847.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c8495ce_6a3f_11e4_a300_0025902b3cc1_GLS_38_C8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ee75604_fa35_11ed_907c_ac1f6b40b531_GLB039ACH9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949811.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/288c6644_fa35_11ed_907c_ac1f6b40b531_GLB039BCH14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b7b_0f25_11e0_99a4_003048f27c5f_01A7B579_09C4_4AB9_85F8_A58CCBD880DB15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1816.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2979896_6a3f_11e4_a300_0025902b3cc1_944D4D4B_3BD5_4C44_A3FB_D8CAB9CE696017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321dc308_b38f_11e0_a476_003048f27c5f_GLB111CH.resize218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a83e_0427_11e0_99a4_003048f27c5f_72CBFA5E_FA3A_4AC1_A300_B75308D0335419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a841_0427_11e0_99a4_003048f27c5f_485A5F18_DBEB_46C0_94ED_26F86E0B22B420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d958_0427_11e0_99a4_003048f27c5f_30DFF48C_9CB3_42F7_92C8_9349AEC2B37E21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95b_0427_11e0_99a4_003048f27c5f_198B1A2B_B3D1_4B9E_A319_307E33CEC30222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95e_0427_11e0_99a4_003048f27c5f_049A9C43_0C0D_4554_BE3C_11847DB5317E23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f38fd6d2_5050_11ed_95a1_ac1f6b40b531_GLS-0024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f032f1_5051_11ed_95a1_ac1f6b40b531_GLS-0025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f5439a_5051_11ed_95a1_ac1f6b40b531_GLS-0026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dc45632_a5e7_11ed_bcbb_ac1f6b40b531_GLSLT023C27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e3790e_a5e7_11ed_bcbb_ac1f6b40b531_GLSLT023C28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df92ad9f_ac5f_11ed_be80_ac1f6b40b531_GLB023D29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10104fe7_ac60_11ed_be80_ac1f6b40b531_GLB023D30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a0ca6c_7c86_11ed_81ba_ac1f6b40b531_GLB023ALCH31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66e5d037_7c87_11ed_81ba_ac1f6b40b531_GLB023ALCH32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/368a4396_ac60_11ed_be80_ac1f6b40b531_GLB023B33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/558cf1d8_ac60_11ed_be80_ac1f6b40b531_GLB023B34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d574_081d_11e0_99a4_003048f27c5f_ECD277D2_6557_4345_B930_4EFCB274F3B435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d571_081d_11e0_99a4_003048f27c5f_66404EC4_C886_46A4_9C87_AC91C4A7607736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB5037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD8738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ee_fdef_11df_b16f_003048d0c7fe_9B3294F8_D899_4BC7_946F_707A50BDECEE39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304eb_fdef_11df_b16f_003048d0c7fe_DFBAC84C_99A8_487B_A187_4EF90A6A416E40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235d_0cc4_11e0_99a4_003048f27c5f_221FAD5F_832B_4DB2_9893_50CA19D09A9541.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235a_0cc4_11e0_99a4_003048f27c5f_294202EE_75D0_4972_B59F_617C509ED7C842.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6108ddb5_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F343.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a2724e_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F344.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aafa01b8_09b8_11e9_8add_0025902b3cc1_2E63857B_B355_4E28_8BB4_D0B810828FCD45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6ff_0100_11e0_b16f_003048d0c7fe_FC2A246C_57E5_46C0_B6E4_216B36F86A1C46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6fc_0100_11e0_b16f_003048d0c7fe_64ADC644_3F80_4A38_9E41_6E9691363A1447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a844_0427_11e0_99a4_003048f27c5f_3D790DF8_DD1F_44B5_9332_148BB8CC177948.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a234a_0cc4_11e0_99a4_003048f27c5f_981A9838_47E4_478F_BB42_EEA5A38D5E9D49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db3d34c_239b_11e0_99a4_003048f27c5f_85FB9A85_5ED4_4774_A084_3959A4B1BD4850.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db3d349_239b_11e0_99a4_003048f27c5f_7983CBDA_3F2C_4504_9CC4_372E227A218851.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a234d_0cc4_11e0_99a4_003048f27c5f_6F593A84_4AEC_42EA_BAC1_1614C0707E9F52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0126c1bc_2aa7_11e0_99a4_003048f27c5f_48D011F9_2F8D_4611_828E_A66075FA31F853.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db3d34f_239b_11e0_99a4_003048f27c5f_E5B9E716_F6B3_4205_BFC4_A8794ED8FC6354.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88951_0100_11e0_b16f_003048d0c7fe_42203CC7_1C1F_44E4_B34F_050289154CE755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88954_0100_11e0_b16f_003048d0c7fe_FFFF0430_F806_4F06_A326_5F0BBC747AE356.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a21edfb_035a_11e0_b16f_003048d0c7fe_E48A97D9_5D21_4DA9_8B51_3453D3B36E0659.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e30ce8ba_9244_11e0_afc8_003048f27c5f_27FDD22C_DC5D_47FC_99CB_F4C95E7A458E60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd7b1997_0e70_11e0_99a4_003048f27c5f_3840E89E_C8F0_459F_9FFA_03F6B234987B61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4325693_0100_11e0_b16f_003048d0c7fe_94548AE9_4BB7_4969_9278_92C8E8E2219662.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c8da47_118d_11e0_99a4_003048f27c5f_A5847828_669D_4B2D_BA71_128C8C1851AB63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145ea978_0427_11e0_99a4_003048f27c5f_F69E2DFD_5EB6_4E5F_9117_85E6F882749664.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fca53cde_75c4_11e7_9ffe_0025902b3cc1_89BCDC73_7E30_4A2C_B86F_FC98181FF1B665.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C866.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C868.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c5c43a7_707b_11e0_afc8_003048f27c5f_A8503556_2E30_4AFF_97BE_3D95B0AF4E2470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25f01_ff16_11e0_833e_003048f27c5f_5F62B636_B61C_481C_B417_5C6B31D446C772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92974.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8875.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8876.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20bc5491_75c6_11e7_9ffe_0025902b3cc1_5BD10E7D_9E3C_4050_9ED8_06001E312F5078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f72f264_75c6_11e7_9ffe_0025902b3cc1_156E074C_065F_4032_81F1_3189A4E05D5F81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25ee3_ff16_11e0_833e_003048f27c5f_56F35150_5A09_4692_B5FF_46C66035350982.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34983.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e009969f_75c6_11e7_9ffe_0025902b3cc1_8D62CE58_7D8D_4528_AE2E_BAAF352AE23C84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39286.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8a5642_3804_11e0_b4b4_003048f27c5f_914B74D3_0490_44A3_A0D6_C7550B49130F87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F388.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_190.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F1195.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327457b3_0b57_11e4_9ca4_0025902b3cc1_7DBA787A_F568_4E5D_BB5C_0856DAFCF67696.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B92697.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF98.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2152d112_75c7_11e7_9ffe_0025902b3cc1_A3CB3352_C2EE_43EB_B8CC_AC134424FA3A3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a839_0427_11e0_99a4_003048f27c5f_E3451519_32A8_4F0B_842F_1A44B125DFC64.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f06edc24_fa34_11ed_907c_ac1f6b40b531_GLB038BCH5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b78_0f25_11e0_99a4_003048f27c5f_FBFD3377_8E2D_4844_BFBF_C9162944F8847.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c8495ce_6a3f_11e4_a300_0025902b3cc1_GLS_38_C8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ee75604_fa35_11ed_907c_ac1f6b40b531_GLB039ACH9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949811.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/288c6644_fa35_11ed_907c_ac1f6b40b531_GLB039BCH14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b7b_0f25_11e0_99a4_003048f27c5f_01A7B579_09C4_4AB9_85F8_A58CCBD880DB15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1816.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2979896_6a3f_11e4_a300_0025902b3cc1_944D4D4B_3BD5_4C44_A3FB_D8CAB9CE696017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321dc308_b38f_11e0_a476_003048f27c5f_GLB111CH.resize218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a83e_0427_11e0_99a4_003048f27c5f_72CBFA5E_FA3A_4AC1_A300_B75308D0335419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a841_0427_11e0_99a4_003048f27c5f_485A5F18_DBEB_46C0_94ED_26F86E0B22B420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d958_0427_11e0_99a4_003048f27c5f_30DFF48C_9CB3_42F7_92C8_9349AEC2B37E21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95b_0427_11e0_99a4_003048f27c5f_198B1A2B_B3D1_4B9E_A319_307E33CEC30222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95e_0427_11e0_99a4_003048f27c5f_049A9C43_0C0D_4554_BE3C_11847DB5317E23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f38fd6d2_5050_11ed_95a1_ac1f6b40b531_GLS-0024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f032f1_5051_11ed_95a1_ac1f6b40b531_GLS-0025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f5439a_5051_11ed_95a1_ac1f6b40b531_GLS-0026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dc45632_a5e7_11ed_bcbb_ac1f6b40b531_GLSLT023C27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e3790e_a5e7_11ed_bcbb_ac1f6b40b531_GLSLT023C28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df92ad9f_ac5f_11ed_be80_ac1f6b40b531_GLB023D29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10104fe7_ac60_11ed_be80_ac1f6b40b531_GLB023D30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a0ca6c_7c86_11ed_81ba_ac1f6b40b531_GLB023ALCH31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66e5d037_7c87_11ed_81ba_ac1f6b40b531_GLB023ALCH32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/368a4396_ac60_11ed_be80_ac1f6b40b531_GLB023B33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/558cf1d8_ac60_11ed_be80_ac1f6b40b531_GLB023B34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d574_081d_11e0_99a4_003048f27c5f_ECD277D2_6557_4345_B930_4EFCB274F3B435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d571_081d_11e0_99a4_003048f27c5f_66404EC4_C886_46A4_9C87_AC91C4A7607736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB5037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD8738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ee_fdef_11df_b16f_003048d0c7fe_9B3294F8_D899_4BC7_946F_707A50BDECEE39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304eb_fdef_11df_b16f_003048d0c7fe_DFBAC84C_99A8_487B_A187_4EF90A6A416E40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235d_0cc4_11e0_99a4_003048f27c5f_221FAD5F_832B_4DB2_9893_50CA19D09A9541.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235a_0cc4_11e0_99a4_003048f27c5f_294202EE_75D0_4972_B59F_617C509ED7C842.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6108ddb5_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F343.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a2724e_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F344.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aafa01b8_09b8_11e9_8add_0025902b3cc1_2E63857B_B355_4E28_8BB4_D0B810828FCD45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6ff_0100_11e0_b16f_003048d0c7fe_FC2A246C_57E5_46C0_B6E4_216B36F86A1C46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6fc_0100_11e0_b16f_003048d0c7fe_64ADC644_3F80_4A38_9E41_6E9691363A1447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a844_0427_11e0_99a4_003048f27c5f_3D790DF8_DD1F_44B5_9332_148BB8CC177948.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a234a_0cc4_11e0_99a4_003048f27c5f_981A9838_47E4_478F_BB42_EEA5A38D5E9D49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db3d34c_239b_11e0_99a4_003048f27c5f_85FB9A85_5ED4_4774_A084_3959A4B1BD4850.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db3d349_239b_11e0_99a4_003048f27c5f_7983CBDA_3F2C_4504_9CC4_372E227A218851.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a234d_0cc4_11e0_99a4_003048f27c5f_6F593A84_4AEC_42EA_BAC1_1614C0707E9F52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0126c1bc_2aa7_11e0_99a4_003048f27c5f_48D011F9_2F8D_4611_828E_A66075FA31F853.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db3d34f_239b_11e0_99a4_003048f27c5f_E5B9E716_F6B3_4205_BFC4_A8794ED8FC6354.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88951_0100_11e0_b16f_003048d0c7fe_42203CC7_1C1F_44E4_B34F_050289154CE755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88954_0100_11e0_b16f_003048d0c7fe_FFFF0430_F806_4F06_A326_5F0BBC747AE356.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a21edfb_035a_11e0_b16f_003048d0c7fe_E48A97D9_5D21_4DA9_8B51_3453D3B36E0659.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd7b1997_0e70_11e0_99a4_003048f27c5f_3840E89E_C8F0_459F_9FFA_03F6B234987B60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e30ce8ba_9244_11e0_afc8_003048f27c5f_27FDD22C_DC5D_47FC_99CB_F4C95E7A458E61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4325693_0100_11e0_b16f_003048d0c7fe_94548AE9_4BB7_4969_9278_92C8E8E2219662.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c8da47_118d_11e0_99a4_003048f27c5f_A5847828_669D_4B2D_BA71_128C8C1851AB63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145ea978_0427_11e0_99a4_003048f27c5f_F69E2DFD_5EB6_4E5F_9117_85E6F882749664.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fca53cde_75c4_11e7_9ffe_0025902b3cc1_89BCDC73_7E30_4A2C_B86F_FC98181FF1B665.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C867.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C868.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c5c43a7_707b_11e0_afc8_003048f27c5f_A8503556_2E30_4AFF_97BE_3D95B0AF4E2470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25f01_ff16_11e0_833e_003048f27c5f_5F62B636_B61C_481C_B417_5C6B31D446C772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92974.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8875.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8876.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20bc5491_75c6_11e7_9ffe_0025902b3cc1_5BD10E7D_9E3C_4050_9ED8_06001E312F5078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f72f264_75c6_11e7_9ffe_0025902b3cc1_156E074C_065F_4032_81F1_3189A4E05D5F81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25ee3_ff16_11e0_833e_003048f27c5f_56F35150_5A09_4692_B5FF_46C66035350982.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34983.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e009969f_75c6_11e7_9ffe_0025902b3cc1_8D62CE58_7D8D_4528_AE2E_BAAF352AE23C84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39286.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8a5642_3804_11e0_b4b4_003048f27c5f_914B74D3_0490_44A3_A0D6_C7550B49130F87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F388.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_190.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F1195.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327457b3_0b57_11e4_9ca4_0025902b3cc1_7DBA787A_F568_4E5D_BB5C_0856DAFCF67696.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B92697.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF98.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -9058,51 +9070,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15.02.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
@@ -9134,51 +9146,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">908.00</t>
+            <t xml:space="preserve">926.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.038A.HL.MSA</t>
           </r>
@@ -9328,51 +9340,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">632.00</t>
+            <t xml:space="preserve">645.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-900 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9390,51 +9402,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1020.00</t>
+            <t xml:space="preserve">1040.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-900мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.038B.HL.MH</t>
           </r>
@@ -9580,51 +9592,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">398.00</t>
+            <t xml:space="preserve">406.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9646,95 +9658,95 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1224.00</t>
+            <t xml:space="preserve">1248.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 59 \ Держатель полки для GL 38 и NP-38</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.059.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">124.00</t>
+            <t xml:space="preserve">126.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
@@ -9764,51 +9776,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">490.00</t>
+            <t xml:space="preserve">500.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
           </r>
@@ -9824,51 +9836,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">683.00</t>
+            <t xml:space="preserve">697.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9886,51 +9898,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">459.00</t>
+            <t xml:space="preserve">468.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
           </r>
@@ -10012,51 +10024,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">842.00</t>
+            <t xml:space="preserve">859.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 39 \ Штанга (L-1200мм)</t>
           </r>
@@ -10202,51 +10214,51 @@
             <t xml:space="preserve">
 Глубина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">152.00</t>
+            <t xml:space="preserve">155.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-50мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10264,51 +10276,51 @@
             <t xml:space="preserve">
 Глубина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">152.00</t>
+            <t xml:space="preserve">155.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 57L.HL \ Держатель прямоугольной трубы (левый, L-300мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.57A L.HL.CH</t>
           </r>
@@ -10324,51 +10336,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">385.00</t>
+            <t xml:space="preserve">393.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-300мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10386,95 +10398,95 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">385.00</t>
+            <t xml:space="preserve">393.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 58 \ Держатель полки для GL 57</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.058.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76.50</t>
+            <t xml:space="preserve">78.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
@@ -10504,51 +10516,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Позволяет разместить 7 шапок. Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1700.00</t>
+            <t xml:space="preserve">1734.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 006 \ Кронштейн для шапок L=900 мм</t>
           </r>
@@ -10564,51 +10576,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Позволяет разместить 11 шапок. Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2260.00</t>
+            <t xml:space="preserve">2305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10626,51 +10638,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Позволяет разместить 15 шапок. Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3170.00</t>
+            <t xml:space="preserve">3233.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.LT 23L \ Полкодержатель (левый, L-200мм)</t>
           </r>
@@ -10816,51 +10828,51 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">98.94</t>
+            <t xml:space="preserve">101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10878,51 +10890,51 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">98.94</t>
+            <t xml:space="preserve">101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 23L \ Полкодержатель (левый, L-300мм)</t>
           </r>
@@ -10942,51 +10954,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.  </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">114.00</t>
+            <t xml:space="preserve">116.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 23R \ Полкодержатель (правый, L-300мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11004,51 +11016,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.  </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">114.00</t>
+            <t xml:space="preserve">116.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 23L \ Полкодержатель (левый, L-400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.023B.L.CH</t>
           </r>
@@ -11060,51 +11072,51 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">148.00</t>
+            <t xml:space="preserve">151.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11122,51 +11134,51 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">148.00</t>
+            <t xml:space="preserve">151.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 23R.HL \ Полкодержатель (правый, L-400мм)</t>
           </r>
@@ -11332,51 +11344,51 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11394,91 +11406,95 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055R.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">209.00</t>
           </r>
@@ -11504,50 +11520,54 @@
             </rPr>
             <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055L.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">209.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -11584,51 +11604,51 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">649.00</t>
+            <t xml:space="preserve">662.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 56L \ Полкодержатель усиленный (левый, L-400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11646,51 +11666,51 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">649.00</t>
+            <t xml:space="preserve">662.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 063BR-L \ Кронштейн для корзины (левый, L-290мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.063.BRACKET-LEFT.V5.CH</t>
           </r>
@@ -11914,51 +11934,51 @@
             <t xml:space="preserve">
 Глубина, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">435.00</t>
+            <t xml:space="preserve">444.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 44L.HL \ Боксодержатель  (левый, L-320мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.044L.CH</t>
           </r>
@@ -11974,51 +11994,51 @@
             <t xml:space="preserve">
 Глубина, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">435.00</t>
+            <t xml:space="preserve">444.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RT 023.HL \ Полкодержатель регулируемый (правый, L-400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12576,51 +12596,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.76</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -12638,51 +12658,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.52</t>
+            <t xml:space="preserve">27.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -12702,184 +12722,184 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">316.00</t>
+            <t xml:space="preserve">322.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FR 163 \ Кронштейн двухрожковый</t>
-[...3 lines deleted...]
-Артикул: FUR.163.CH</t>
+            <t xml:space="preserve">AR 109.YN \ Кронштейн на стойку</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ROT.145.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 135</t>
-[...15 lines deleted...]
-Старая цена: 740 руб.</t>
+Глубина, мм: 415</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">370.00</t>
+            <t xml:space="preserve">349.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AR 109.YN \ Кронштейн на стойку</t>
-[...3 lines deleted...]
-Артикул: ROT.145.CH</t>
+            <t xml:space="preserve">FR 163 \ Кронштейн двухрожковый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FUR.163.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 415</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 25</t>
+Высота, мм: 135</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 420</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 700</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 740 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">342.00</t>
+            <t xml:space="preserve">370.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AR 111.YN \ Кронштейн на стойку</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ROT.141.CH</t>
           </r>
           <r>
@@ -12890,51 +12910,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">306.00</t>
+            <t xml:space="preserve">312.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AR 112.YN \ Кронштейн на стойку</t>
           </r>
@@ -12950,51 +12970,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">345.00</t>
+            <t xml:space="preserve">352.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -13012,51 +13032,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">225.00</t>
+            <t xml:space="preserve">230.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 105 \ Кронштейн на трубу</t>
           </r>
@@ -13098,143 +13118,143 @@
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R 105 \ Кронштейн</t>
-[...3 lines deleted...]
-Артикул: RTP.036.CH</t>
+            <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.056.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 48</t>
+Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">428.00</t>
+            <t xml:space="preserve">228.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
-[...3 lines deleted...]
-Артикул: RTP.056.CH</t>
+            <t xml:space="preserve">R 105 \ Кронштейн</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.036.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">224.00</t>
+            <t xml:space="preserve">437.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -13252,51 +13272,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">209.00</t>
+            <t xml:space="preserve">213.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -13312,51 +13332,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">388.00</t>
+            <t xml:space="preserve">396.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -13434,51 +13454,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">386.00</t>
+            <t xml:space="preserve">394.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -13622,51 +13642,51 @@
             <t xml:space="preserve">
 Глубина, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">90.78</t>
+            <t xml:space="preserve">92.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 113 \ Кронштейн</t>
           </r>
@@ -13678,51 +13698,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">275.00</t>
+            <t xml:space="preserve">281.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -13740,51 +13760,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">159.00</t>
+            <t xml:space="preserve">162.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -13800,51 +13820,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">439.00</t>
+            <t xml:space="preserve">448.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -13988,51 +14008,51 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51.00</t>
+            <t xml:space="preserve">52.02</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 290 \ Кронштейн</t>
           </r>
@@ -14098,50 +14118,54 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 291 \ Кронштейн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.028.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 56 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">47.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -14174,51 +14198,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -14296,51 +14320,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64.26</t>
+            <t xml:space="preserve">65.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -14358,51 +14382,51 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">72.42</t>
+            <t xml:space="preserve">73.44</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 293 \ Кронштейн</t>
           </r>
@@ -14480,51 +14504,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74.46</t>
+            <t xml:space="preserve">75.48</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 597 \ Кронштейн карусель</t>
           </r>
@@ -14610,51 +14634,51 @@
             <t xml:space="preserve">
 Высота, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пруток д-5мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">332.00</t>
+            <t xml:space="preserve">339.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R (U) 405 \ Кронштейн наклонный (усиленный зацеп)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.041.CH</t>
           </r>
@@ -14662,51 +14686,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">439.00</t>
+            <t xml:space="preserve">448.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="4"/>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -14724,51 +14748,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">287.00</t>
+            <t xml:space="preserve">293.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -14850,51 +14874,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C53" s="4"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R (TOP) 109 \ Кронштейн ступенчатый</t>
           </r>
@@ -14906,51 +14930,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">516.00</t>
+            <t xml:space="preserve">526.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="4"/>
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -14972,51 +14996,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">447.00</t>
+            <t xml:space="preserve">456.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R (TOP) 153 \ Кронштейн прямой</t>
           </r>
@@ -15028,51 +15052,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">372.00</t>
+            <t xml:space="preserve">379.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="4"/>
       <c r="B55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -15094,51 +15118,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">123.00</t>
+            <t xml:space="preserve">125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>