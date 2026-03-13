--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -131,54 +131,50 @@
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038A.HL.MSA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 1219 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">980.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -371,54 +367,50 @@
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-900мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038B.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 1200 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">840.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -835,54 +827,50 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039B.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 835 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">499.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -1010,78 +998,74 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Type 39 \ Штанга (L-1200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.111.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 07.08.2025</t>
-[...6 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 810 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">485.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 57L.HL \ Держатель прямоугольной трубы (левый, L-50мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.57B L.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1999,54 +1983,50 @@
       <t xml:space="preserve">
 Артикул: GLB.023B.R.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 360 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">179.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2068,54 +2048,50 @@
       <t xml:space="preserve">
 Артикул: GLB.023B.L.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 360 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">179.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2247,54 +2223,50 @@
       </rPr>
       <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055R.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2312,54 +2284,50 @@
       </rPr>
       <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055L.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -3289,86 +3257,86 @@
       <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
-[...3 lines deleted...]
-Артикул: SEV.340.BL</t>
+      <t xml:space="preserve">Ножка на подвижном шарнире, M10x30, D-40, черная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.340.40.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">91.80</t>
+      <t xml:space="preserve">89.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -3460,155 +3428,155 @@
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">322.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">AR 109.YN \ Кронштейн на стойку</t>
-[...3 lines deleted...]
-Артикул: ROT.145.CH</t>
+      <t xml:space="preserve">FR 163 \ Кронштейн двухрожковый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: FUR.163.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 415</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 25</t>
+Высота, мм: 135</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 420</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 700</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 740 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">349.00</t>
+      <t xml:space="preserve">370.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">FR 163 \ Кронштейн двухрожковый</t>
-[...3 lines deleted...]
-Артикул: FUR.163.CH</t>
+      <t xml:space="preserve">AR 109.YN \ Кронштейн на стойку</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: ROT.145.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 135</t>
-[...15 lines deleted...]
-Старая цена: 740 руб.</t>
+Глубина, мм: 415</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">370.00</t>
+      <t xml:space="preserve">349.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AR 111.YN \ Кронштейн на стойку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ROT.141.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -4050,78 +4018,78 @@
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.020.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 360 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">288.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 112 \ Кронштейн с крючками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.038.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -4681,54 +4649,50 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 290 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.032.MSA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 32 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">30.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -4739,54 +4703,50 @@
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 291 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.028.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 56 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">47.00</t>
     </r>
@@ -5786,51 +5746,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2152d112_75c7_11e7_9ffe_0025902b3cc1_A3CB3352_C2EE_43EB_B8CC_AC134424FA3A3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a839_0427_11e0_99a4_003048f27c5f_E3451519_32A8_4F0B_842F_1A44B125DFC64.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f06edc24_fa34_11ed_907c_ac1f6b40b531_GLB038BCH5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b78_0f25_11e0_99a4_003048f27c5f_FBFD3377_8E2D_4844_BFBF_C9162944F8847.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c8495ce_6a3f_11e4_a300_0025902b3cc1_GLS_38_C8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ee75604_fa35_11ed_907c_ac1f6b40b531_GLB039ACH9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949811.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/288c6644_fa35_11ed_907c_ac1f6b40b531_GLB039BCH14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b7b_0f25_11e0_99a4_003048f27c5f_01A7B579_09C4_4AB9_85F8_A58CCBD880DB15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1816.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2979896_6a3f_11e4_a300_0025902b3cc1_944D4D4B_3BD5_4C44_A3FB_D8CAB9CE696017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321dc308_b38f_11e0_a476_003048f27c5f_GLB111CH.resize218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a83e_0427_11e0_99a4_003048f27c5f_72CBFA5E_FA3A_4AC1_A300_B75308D0335419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a841_0427_11e0_99a4_003048f27c5f_485A5F18_DBEB_46C0_94ED_26F86E0B22B420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d958_0427_11e0_99a4_003048f27c5f_30DFF48C_9CB3_42F7_92C8_9349AEC2B37E21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95b_0427_11e0_99a4_003048f27c5f_198B1A2B_B3D1_4B9E_A319_307E33CEC30222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95e_0427_11e0_99a4_003048f27c5f_049A9C43_0C0D_4554_BE3C_11847DB5317E23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f38fd6d2_5050_11ed_95a1_ac1f6b40b531_GLS-0024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f032f1_5051_11ed_95a1_ac1f6b40b531_GLS-0025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f5439a_5051_11ed_95a1_ac1f6b40b531_GLS-0026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dc45632_a5e7_11ed_bcbb_ac1f6b40b531_GLSLT023C27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e3790e_a5e7_11ed_bcbb_ac1f6b40b531_GLSLT023C28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df92ad9f_ac5f_11ed_be80_ac1f6b40b531_GLB023D29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10104fe7_ac60_11ed_be80_ac1f6b40b531_GLB023D30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a0ca6c_7c86_11ed_81ba_ac1f6b40b531_GLB023ALCH31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66e5d037_7c87_11ed_81ba_ac1f6b40b531_GLB023ALCH32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/368a4396_ac60_11ed_be80_ac1f6b40b531_GLB023B33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/558cf1d8_ac60_11ed_be80_ac1f6b40b531_GLB023B34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d574_081d_11e0_99a4_003048f27c5f_ECD277D2_6557_4345_B930_4EFCB274F3B435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d571_081d_11e0_99a4_003048f27c5f_66404EC4_C886_46A4_9C87_AC91C4A7607736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB5037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD8738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ee_fdef_11df_b16f_003048d0c7fe_9B3294F8_D899_4BC7_946F_707A50BDECEE39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304eb_fdef_11df_b16f_003048d0c7fe_DFBAC84C_99A8_487B_A187_4EF90A6A416E40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235d_0cc4_11e0_99a4_003048f27c5f_221FAD5F_832B_4DB2_9893_50CA19D09A9541.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235a_0cc4_11e0_99a4_003048f27c5f_294202EE_75D0_4972_B59F_617C509ED7C842.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6108ddb5_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F343.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a2724e_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F344.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aafa01b8_09b8_11e9_8add_0025902b3cc1_2E63857B_B355_4E28_8BB4_D0B810828FCD45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6ff_0100_11e0_b16f_003048d0c7fe_FC2A246C_57E5_46C0_B6E4_216B36F86A1C46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6fc_0100_11e0_b16f_003048d0c7fe_64ADC644_3F80_4A38_9E41_6E9691363A1447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a844_0427_11e0_99a4_003048f27c5f_3D790DF8_DD1F_44B5_9332_148BB8CC177948.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a234a_0cc4_11e0_99a4_003048f27c5f_981A9838_47E4_478F_BB42_EEA5A38D5E9D49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db3d34c_239b_11e0_99a4_003048f27c5f_85FB9A85_5ED4_4774_A084_3959A4B1BD4850.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db3d349_239b_11e0_99a4_003048f27c5f_7983CBDA_3F2C_4504_9CC4_372E227A218851.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a234d_0cc4_11e0_99a4_003048f27c5f_6F593A84_4AEC_42EA_BAC1_1614C0707E9F52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0126c1bc_2aa7_11e0_99a4_003048f27c5f_48D011F9_2F8D_4611_828E_A66075FA31F853.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db3d34f_239b_11e0_99a4_003048f27c5f_E5B9E716_F6B3_4205_BFC4_A8794ED8FC6354.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88951_0100_11e0_b16f_003048d0c7fe_42203CC7_1C1F_44E4_B34F_050289154CE755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88954_0100_11e0_b16f_003048d0c7fe_FFFF0430_F806_4F06_A326_5F0BBC747AE356.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a21edfb_035a_11e0_b16f_003048d0c7fe_E48A97D9_5D21_4DA9_8B51_3453D3B36E0659.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd7b1997_0e70_11e0_99a4_003048f27c5f_3840E89E_C8F0_459F_9FFA_03F6B234987B60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e30ce8ba_9244_11e0_afc8_003048f27c5f_27FDD22C_DC5D_47FC_99CB_F4C95E7A458E61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4325693_0100_11e0_b16f_003048d0c7fe_94548AE9_4BB7_4969_9278_92C8E8E2219662.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c8da47_118d_11e0_99a4_003048f27c5f_A5847828_669D_4B2D_BA71_128C8C1851AB63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145ea978_0427_11e0_99a4_003048f27c5f_F69E2DFD_5EB6_4E5F_9117_85E6F882749664.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fca53cde_75c4_11e7_9ffe_0025902b3cc1_89BCDC73_7E30_4A2C_B86F_FC98181FF1B665.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C867.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C868.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c5c43a7_707b_11e0_afc8_003048f27c5f_A8503556_2E30_4AFF_97BE_3D95B0AF4E2470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25f01_ff16_11e0_833e_003048f27c5f_5F62B636_B61C_481C_B417_5C6B31D446C772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92974.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8875.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8876.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20bc5491_75c6_11e7_9ffe_0025902b3cc1_5BD10E7D_9E3C_4050_9ED8_06001E312F5078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f72f264_75c6_11e7_9ffe_0025902b3cc1_156E074C_065F_4032_81F1_3189A4E05D5F81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25ee3_ff16_11e0_833e_003048f27c5f_56F35150_5A09_4692_B5FF_46C66035350982.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34983.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e009969f_75c6_11e7_9ffe_0025902b3cc1_8D62CE58_7D8D_4528_AE2E_BAAF352AE23C84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39286.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8a5642_3804_11e0_b4b4_003048f27c5f_914B74D3_0490_44A3_A0D6_C7550B49130F87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F388.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_190.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F1195.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327457b3_0b57_11e4_9ca4_0025902b3cc1_7DBA787A_F568_4E5D_BB5C_0856DAFCF67696.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B92697.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF98.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2152d112_75c7_11e7_9ffe_0025902b3cc1_A3CB3352_C2EE_43EB_B8CC_AC134424FA3A3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a839_0427_11e0_99a4_003048f27c5f_E3451519_32A8_4F0B_842F_1A44B125DFC64.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f06edc24_fa34_11ed_907c_ac1f6b40b531_GLB038BCH5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b78_0f25_11e0_99a4_003048f27c5f_FBFD3377_8E2D_4844_BFBF_C9162944F8847.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c8495ce_6a3f_11e4_a300_0025902b3cc1_GLS_38_C8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ee75604_fa35_11ed_907c_ac1f6b40b531_GLB039ACH9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949811.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/288c6644_fa35_11ed_907c_ac1f6b40b531_GLB039BCH14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b7b_0f25_11e0_99a4_003048f27c5f_01A7B579_09C4_4AB9_85F8_A58CCBD880DB15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1816.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2979896_6a3f_11e4_a300_0025902b3cc1_944D4D4B_3BD5_4C44_A3FB_D8CAB9CE696017.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321dc308_b38f_11e0_a476_003048f27c5f_GLB111CH.resize218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a83e_0427_11e0_99a4_003048f27c5f_72CBFA5E_FA3A_4AC1_A300_B75308D0335419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a841_0427_11e0_99a4_003048f27c5f_485A5F18_DBEB_46C0_94ED_26F86E0B22B420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d958_0427_11e0_99a4_003048f27c5f_30DFF48C_9CB3_42F7_92C8_9349AEC2B37E21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95b_0427_11e0_99a4_003048f27c5f_198B1A2B_B3D1_4B9E_A319_307E33CEC30222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95e_0427_11e0_99a4_003048f27c5f_049A9C43_0C0D_4554_BE3C_11847DB5317E23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f38fd6d2_5050_11ed_95a1_ac1f6b40b531_GLS-0024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f032f1_5051_11ed_95a1_ac1f6b40b531_GLS-0025.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f5439a_5051_11ed_95a1_ac1f6b40b531_GLS-0026.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dc45632_a5e7_11ed_bcbb_ac1f6b40b531_GLSLT023C27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e3790e_a5e7_11ed_bcbb_ac1f6b40b531_GLSLT023C28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df92ad9f_ac5f_11ed_be80_ac1f6b40b531_GLB023D29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10104fe7_ac60_11ed_be80_ac1f6b40b531_GLB023D30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a0ca6c_7c86_11ed_81ba_ac1f6b40b531_GLB023ALCH31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66e5d037_7c87_11ed_81ba_ac1f6b40b531_GLB023ALCH32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/368a4396_ac60_11ed_be80_ac1f6b40b531_GLB023B33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/558cf1d8_ac60_11ed_be80_ac1f6b40b531_GLB023B34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d574_081d_11e0_99a4_003048f27c5f_ECD277D2_6557_4345_B930_4EFCB274F3B435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d571_081d_11e0_99a4_003048f27c5f_66404EC4_C886_46A4_9C87_AC91C4A7607736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB5037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD8738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ee_fdef_11df_b16f_003048d0c7fe_9B3294F8_D899_4BC7_946F_707A50BDECEE39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304eb_fdef_11df_b16f_003048d0c7fe_DFBAC84C_99A8_487B_A187_4EF90A6A416E40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235d_0cc4_11e0_99a4_003048f27c5f_221FAD5F_832B_4DB2_9893_50CA19D09A9541.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235a_0cc4_11e0_99a4_003048f27c5f_294202EE_75D0_4972_B59F_617C509ED7C842.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6108ddb5_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F343.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a2724e_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F344.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aafa01b8_09b8_11e9_8add_0025902b3cc1_2E63857B_B355_4E28_8BB4_D0B810828FCD45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6ff_0100_11e0_b16f_003048d0c7fe_FC2A246C_57E5_46C0_B6E4_216B36F86A1C46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6fc_0100_11e0_b16f_003048d0c7fe_64ADC644_3F80_4A38_9E41_6E9691363A1447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a844_0427_11e0_99a4_003048f27c5f_3D790DF8_DD1F_44B5_9332_148BB8CC177948.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a234a_0cc4_11e0_99a4_003048f27c5f_981A9838_47E4_478F_BB42_EEA5A38D5E9D49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db3d34c_239b_11e0_99a4_003048f27c5f_85FB9A85_5ED4_4774_A084_3959A4B1BD4850.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db3d349_239b_11e0_99a4_003048f27c5f_7983CBDA_3F2C_4504_9CC4_372E227A218851.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a234d_0cc4_11e0_99a4_003048f27c5f_6F593A84_4AEC_42EA_BAC1_1614C0707E9F52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0126c1bc_2aa7_11e0_99a4_003048f27c5f_48D011F9_2F8D_4611_828E_A66075FA31F853.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db3d34f_239b_11e0_99a4_003048f27c5f_E5B9E716_F6B3_4205_BFC4_A8794ED8FC6354.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88951_0100_11e0_b16f_003048d0c7fe_42203CC7_1C1F_44E4_B34F_050289154CE755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88954_0100_11e0_b16f_003048d0c7fe_FFFF0430_F806_4F06_A326_5F0BBC747AE356.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c01353e_b894_11ef_8ec3_0050569cf81d_SEV340-40-BL57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a21edfb_035a_11e0_b16f_003048d0c7fe_E48A97D9_5D21_4DA9_8B51_3453D3B36E0659.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e30ce8ba_9244_11e0_afc8_003048f27c5f_27FDD22C_DC5D_47FC_99CB_F4C95E7A458E60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd7b1997_0e70_11e0_99a4_003048f27c5f_3840E89E_C8F0_459F_9FFA_03F6B234987B61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4325693_0100_11e0_b16f_003048d0c7fe_94548AE9_4BB7_4969_9278_92C8E8E2219662.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c8da47_118d_11e0_99a4_003048f27c5f_A5847828_669D_4B2D_BA71_128C8C1851AB63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145ea978_0427_11e0_99a4_003048f27c5f_F69E2DFD_5EB6_4E5F_9117_85E6F882749664.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fca53cde_75c4_11e7_9ffe_0025902b3cc1_89BCDC73_7E30_4A2C_B86F_FC98181FF1B665.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C867.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C868.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c5c43a7_707b_11e0_afc8_003048f27c5f_A8503556_2E30_4AFF_97BE_3D95B0AF4E2470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25f01_ff16_11e0_833e_003048f27c5f_5F62B636_B61C_481C_B417_5C6B31D446C772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92974.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8875.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8876.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20bc5491_75c6_11e7_9ffe_0025902b3cc1_5BD10E7D_9E3C_4050_9ED8_06001E312F5078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f72f264_75c6_11e7_9ffe_0025902b3cc1_156E074C_065F_4032_81F1_3189A4E05D5F81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25ee3_ff16_11e0_833e_003048f27c5f_56F35150_5A09_4692_B5FF_46C66035350982.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34983.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e009969f_75c6_11e7_9ffe_0025902b3cc1_8D62CE58_7D8D_4528_AE2E_BAAF352AE23C84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39286.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8a5642_3804_11e0_b4b4_003048f27c5f_914B74D3_0490_44A3_A0D6_C7550B49130F87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F388.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_190.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C091.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F1195.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327457b3_0b57_11e4_9ca4_0025902b3cc1_7DBA787A_F568_4E5D_BB5C_0856DAFCF67696.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B92697.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF98.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -9190,54 +9150,50 @@
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.038A.HL.MSA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 1219 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">980.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -9446,54 +9402,50 @@
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-900мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.038B.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 1200 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">840.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -9942,54 +9894,50 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.039B.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 835 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">499.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -10130,78 +10078,74 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Type 39 \ Штанга (L-1200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.111.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 07.08.2025</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 810 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">485.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 57L.HL \ Держатель прямоугольной трубы (левый, L-50мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.57B L.HL.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
@@ -11186,54 +11130,50 @@
             <t xml:space="preserve">
 Артикул: GLB.023B.R.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 360 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">179.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -11260,54 +11200,50 @@
             <t xml:space="preserve">
 Артикул: GLB.023B.L.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 360 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">179.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -11450,54 +11386,50 @@
             </rPr>
             <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055R.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">209.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -11520,54 +11452,50 @@
             </rPr>
             <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055L.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">209.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -12564,86 +12492,86 @@
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
-[...3 lines deleted...]
-Артикул: SEV.340.BL</t>
+            <t xml:space="preserve">Ножка на подвижном шарнире, M10x30, D-40, черная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.340.40.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">91.80</t>
+            <t xml:space="preserve">89.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
@@ -12748,158 +12676,158 @@
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">AR 109.YN \ Кронштейн на стойку</t>
-[...3 lines deleted...]
-Артикул: ROT.145.CH</t>
+            <t xml:space="preserve">FR 163 \ Кронштейн двухрожковый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FUR.163.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 415</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 25</t>
+Высота, мм: 135</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 420</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 700</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 740 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">349.00</t>
+            <t xml:space="preserve">370.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FR 163 \ Кронштейн двухрожковый</t>
-[...3 lines deleted...]
-Артикул: FUR.163.CH</t>
+            <t xml:space="preserve">AR 109.YN \ Кронштейн на стойку</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ROT.145.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 135</t>
-[...15 lines deleted...]
-Старая цена: 740 руб.</t>
+Глубина, мм: 415</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Используется со стойками систем Global (кроме арт. GLB.2302.CH), Four, Roto. Не подходят для стоек Alias, Frog.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">370.00</t>
+            <t xml:space="preserve">349.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AR 111.YN \ Кронштейн на стойку</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ROT.141.CH</t>
           </r>
           <r>
@@ -13378,78 +13306,78 @@
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.020.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 360 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">288.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 112 \ Кронштейн с крючками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.038.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
@@ -14052,54 +13980,50 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 290 \ Кронштейн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.032.MSA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 32 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">30.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -14115,54 +14039,50 @@
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 291 \ Кронштейн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.028.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 56 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">47.00</t>
           </r>