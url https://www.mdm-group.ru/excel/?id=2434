--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20.08.2025</t>
+      <t xml:space="preserve">14.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Вертикаль (Vertical)</t>
   </si>
   <si>
     <t>Модульная система Vertical – универсальное торговое оборудование со стильным дизайном – продолжает традиции популярной серии Neo-fix. Как и Neo-fix, состоит из перфорированных стоек, которые крепятся к стене или панели из ДСП, и различных навесных элементов. Кронштейны Vertical снабжены блокировочным винтом, неподвижно фиксирующим навесной элемент на стойке.  Характерной чертой Vertical является широкая функциональность элементов серии, позволяющая разнообразно и выгодно оборудовать бутики и магазины одежды, обуви, парфюмерии и других товаров. Система Vertical выполнена в цвете хром. Внимание! В системе Vertical могут использоваться кронштейны из системы Neo fix.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">101 A1 \ Стойка перфорированная (L=1800)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.001.A.BL.CH</t>
     </r>
@@ -97,51 +97,51 @@
       <t xml:space="preserve">
 Глубина, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">259.00</t>
+      <t xml:space="preserve">264.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">101 A1 \ Стойка перфорированная (L=2400)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.001.B.BL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -154,51 +154,51 @@
       <t xml:space="preserve">
 Толщина металла, мм: 1,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">347.00</t>
+      <t xml:space="preserve">354.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">102 A2 \ Стойка Вертикаль перфорированная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.002.A.BL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -211,51 +211,51 @@
       <t xml:space="preserve">
 Толщина металла, мм: 1,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">291.00</t>
+      <t xml:space="preserve">297.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">102 A2 \  Стойка Вертикаль перфорированная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.002.B.BL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -268,51 +268,51 @@
       <t xml:space="preserve">
 Толщина металла, мм: 1,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">392.00</t>
+      <t xml:space="preserve">400.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">103 A3 \ Стойка Вертикаль перфорированная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.003.A.BL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -325,51 +325,51 @@
       <t xml:space="preserve">
 Толщина металла, мм: 1,7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">573.00</t>
+      <t xml:space="preserve">584.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">103 A3 \ Стойка Вертикаль перфорированная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.003.B.BL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -382,51 +382,51 @@
       <t xml:space="preserve">
 Толщина металла, мм: 1,7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">765.00</t>
+      <t xml:space="preserve">780.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">104 A4 \ Труба с перфорацией</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.051.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -736,165 +736,169 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте. Глубина полки - 145 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">77.52</t>
+      <t xml:space="preserve">79.56</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B-201 M10 \ Кронштейн для полок(L=210мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.066.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 210</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте.Глубина полки - 205 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 07.08.2025 17:32:13</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 81.6 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">69.36</t>
+      <t xml:space="preserve">70.38</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B-201 M10 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.064.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте. Глубина полки - 250 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.76</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B-201 M10 \ Кронштейн для полок</t>
@@ -911,51 +915,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте. Глубина полки - 300 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">98.94</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">222 M10 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.005.CH</t>
@@ -1025,51 +1029,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">143.00</t>
+      <t xml:space="preserve">146.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">202 M32 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.007.R.CH</t>
@@ -1428,51 +1432,51 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">123.00</t>
+      <t xml:space="preserve">125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B-202 M33 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.043.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1485,51 +1489,51 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">123.00</t>
+      <t xml:space="preserve">125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B-202 M32 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.051.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1542,51 +1546,51 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">138.00</t>
+      <t xml:space="preserve">141.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B-202 M33 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.056.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1599,51 +1603,51 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">138.00</t>
+      <t xml:space="preserve">141.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B-202 M32 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.038.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1656,51 +1660,51 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">168.00</t>
+      <t xml:space="preserve">171.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B-202 M33 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.041.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1713,51 +1717,51 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">168.00</t>
+      <t xml:space="preserve">171.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B-202 M32 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.046.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1770,51 +1774,51 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">177.00</t>
+      <t xml:space="preserve">181.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B-202 M33 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.033.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1827,51 +1831,51 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">177.00</t>
+      <t xml:space="preserve">181.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">259 M34 \ Кронштейн для стекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.056.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1994,51 +1998,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">135.00</t>
+      <t xml:space="preserve">138.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">234 M790 \ Держатель трубы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.010.B.CH</t>
@@ -2108,51 +2112,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">167.00</t>
+      <t xml:space="preserve">170.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">204 M78 \ Держатель трубы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.011.A.CH</t>
@@ -2576,51 +2580,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">82.62</t>
+      <t xml:space="preserve">84.66</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">237 M1850 \ Держатель прямоугольной трубы</t>
@@ -2706,51 +2710,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 117 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">98.94</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">266 M1890 \ Держатель овальной трубы 30х15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.058.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2869,51 +2873,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">95.88</t>
+      <t xml:space="preserve">97.92</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B-266 M1890 \ Держатель овальной трубы 30х15</t>
@@ -2926,51 +2930,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">128.00</t>
+      <t xml:space="preserve">131.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">238 M75 \ Держатель прямоугольной трубы</t>
@@ -3158,51 +3162,51 @@
       <t xml:space="preserve">
 Держатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">67.32</t>
+      <t xml:space="preserve">68.34</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B-301 MD6 H2 \ Держатель прямоугольной трубы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.048.CH</t>
@@ -3215,100 +3219,100 @@
       <t xml:space="preserve">
 Держатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">67.32</t>
+      <t xml:space="preserve">68.34</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">302 MD6 \ Держатель прямоугольной трубы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.017.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">102.00</t>
+      <t xml:space="preserve">104.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3329,51 +3333,51 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Глубина полки - 260 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">192.00</t>
+      <t xml:space="preserve">196.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">211 M47 \ Кронштейн с регулировкой угла наклона</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.018.B.CH</t>
@@ -3386,51 +3390,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Глубина полки - 320 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">218.00</t>
+      <t xml:space="preserve">222.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">212 BL-M155 \ Кронштейн с регулировкой угла наклона</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.019.L.CH</t>
@@ -3447,51 +3451,51 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">286.00</t>
+      <t xml:space="preserve">292.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">212 BL-M156 \ Кронштейн с регулировкой угла наклона</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.019.R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3504,96 +3508,96 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">286.00</t>
+      <t xml:space="preserve">292.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">328 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.022.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42.84</t>
+      <t xml:space="preserve">43.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3683,51 +3687,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">357.00</t>
+      <t xml:space="preserve">364.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Cap (30х15) \ Заглушка для трубы прямоугольной 30х15х1,0мм (пластик)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.070.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3736,51 +3740,51 @@
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для прямоугольной 30х15х1,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39.00</t>
+      <t xml:space="preserve">39.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Cap (14x32) \ Заглушка для прямоугольной трубы 14х32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.054.CH</t>
@@ -3964,51 +3968,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.50</t>
+      <t xml:space="preserve">26.52</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">327 d=25 \ Заглушка в трубу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.027.CH</t>
@@ -4021,51 +4025,51 @@
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">83.64</t>
+      <t xml:space="preserve">85.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NPS-39 \ Штанга прямая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.S.119C.CH</t>
@@ -4135,51 +4139,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">163.00</t>
+      <t xml:space="preserve">166.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">499 Е06 d=6 \ Кронштейн на стойку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.029.CH</t>
@@ -4253,51 +4257,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: 8 шариков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">114.00</t>
+      <t xml:space="preserve">116.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">419 C1 d=19 \ Кронштейн наклонный на стойку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.030.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4424,51 +4428,51 @@
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: 5 штырьков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">205.00</t>
+      <t xml:space="preserve">209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B-421 C3 \ Кронштейн прямой на стойку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.086.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4599,51 +4603,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: 9 штырьков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">241.00</t>
+      <t xml:space="preserve">246.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">429 C11 d=19 \ Кронштейн наклонный на прямоугольную трубу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.034.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4762,51 +4766,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">302.00</t>
+      <t xml:space="preserve">308.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">424 B24 \ Кронштейн прямой на прямоугольную трубу</t>
@@ -5112,51 +5116,51 @@
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">114.00</t>
+      <t xml:space="preserve">116.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">498 E05 d-6 \ Кронштейн на прямоугольную трубу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.061.CH</t>
@@ -5230,51 +5234,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">96.90</t>
+      <t xml:space="preserve">98.94</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">406 B6 d=6 \ Кронштейн прямой на прямоугольную трубу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.038.CH</t>
@@ -5344,51 +5348,51 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32.64</t>
+      <t xml:space="preserve">33.66</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B-444 \ Крючок на прямоугольную трубу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.062.CH</t>
@@ -5401,51 +5405,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36.72</t>
+      <t xml:space="preserve">37.74</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B-444 \ Крючок на прямоугольную трубу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.034.CH</t>
@@ -5458,51 +5462,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39.78</t>
+      <t xml:space="preserve">40.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">568 07 d=6 \ Кронштейн на прямоугольную трубу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.046.CH</t>
@@ -5519,51 +5523,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">155.00</t>
+      <t xml:space="preserve">158.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">483 D58 \ Кронштейн наклонный на вертикальную трубу 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.049.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5857,51 +5861,51 @@
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.60</t>
+      <t xml:space="preserve">5.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Присоска - \ Присоска для стекла</t>
@@ -5914,51 +5918,51 @@
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.90</t>
+      <t xml:space="preserve">6.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -9460,51 +9464,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20.08.2025</t>
+            <t xml:space="preserve">14.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -9544,51 +9548,51 @@
             <t xml:space="preserve">
 Глубина, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">259.00</t>
+            <t xml:space="preserve">264.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">101 A1 \ Стойка перфорированная (L=2400)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VER.001.B.BL.CH</t>
           </r>
@@ -9604,51 +9608,51 @@
             <t xml:space="preserve">
 Толщина металла, мм: 1,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">347.00</t>
+            <t xml:space="preserve">354.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">102 A2 \ Стойка Вертикаль перфорированная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9666,51 +9670,51 @@
             <t xml:space="preserve">
 Толщина металла, мм: 1,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">291.00</t>
+            <t xml:space="preserve">297.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">102 A2 \  Стойка Вертикаль перфорированная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VER.002.B.BL.CH</t>
           </r>
@@ -9726,51 +9730,51 @@
             <t xml:space="preserve">
 Толщина металла, мм: 1,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">392.00</t>
+            <t xml:space="preserve">400.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">103 A3 \ Стойка Вертикаль перфорированная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9788,51 +9792,51 @@
             <t xml:space="preserve">
 Толщина металла, мм: 1,7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">573.00</t>
+            <t xml:space="preserve">584.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">103 A3 \ Стойка Вертикаль перфорированная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VER.003.B.BL.CH</t>
           </r>
@@ -9848,51 +9852,51 @@
             <t xml:space="preserve">
 Толщина металла, мм: 1,7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">765.00</t>
+            <t xml:space="preserve">780.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">104 A4 \ Труба с перфорацией</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10226,121 +10230,125 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте. Глубина полки - 145 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">77.52</t>
+            <t xml:space="preserve">79.56</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B-201 M10 \ Кронштейн для полок(L=210мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: BLT.066.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 210</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте.Глубина полки - 205 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 07.08.2025 17:32:13</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 81.6 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">69.36</t>
+            <t xml:space="preserve">70.38</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B-201 M10 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: BLT.064.CH</t>
           </r>
@@ -10348,51 +10356,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте. Глубина полки - 250 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.76</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -10414,51 +10422,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте. Глубина полки - 300 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">98.94</t>
+            <t xml:space="preserve">101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">222 M10 \ Кронштейн для полок</t>
           </r>
@@ -10536,51 +10544,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">143.00</t>
+            <t xml:space="preserve">146.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">202 M32 \ Кронштейн для полок</t>
           </r>
@@ -10966,51 +10974,51 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">123.00</t>
+            <t xml:space="preserve">125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B-202 M33 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11028,51 +11036,51 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">123.00</t>
+            <t xml:space="preserve">125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B-202 M32 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: BLT.051.CH</t>
           </r>
@@ -11088,51 +11096,51 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">138.00</t>
+            <t xml:space="preserve">141.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B-202 M33 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11150,51 +11158,51 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">138.00</t>
+            <t xml:space="preserve">141.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B-202 M32 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: BLT.038.CH</t>
           </r>
@@ -11210,51 +11218,51 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">168.00</t>
+            <t xml:space="preserve">171.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B-202 M33 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11272,51 +11280,51 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">168.00</t>
+            <t xml:space="preserve">171.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B-202 M32 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: BLT.046.CH</t>
           </r>
@@ -11332,51 +11340,51 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">177.00</t>
+            <t xml:space="preserve">181.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B-202 M33 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11394,51 +11402,51 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">177.00</t>
+            <t xml:space="preserve">181.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">259 M34 \ Кронштейн для стекла</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VER.056.CH</t>
           </r>
@@ -11572,51 +11580,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">135.00</t>
+            <t xml:space="preserve">138.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11694,51 +11702,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">167.00</t>
+            <t xml:space="preserve">170.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12194,51 +12202,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">82.62</t>
+            <t xml:space="preserve">84.66</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -12332,51 +12340,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 117 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">98.94</t>
+            <t xml:space="preserve">101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">266 M1890 \ Держатель овальной трубы 30х15</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12508,51 +12516,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">95.88</t>
+            <t xml:space="preserve">97.92</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -12568,51 +12576,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">128.00</t>
+            <t xml:space="preserve">131.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -12816,51 +12824,51 @@
             <t xml:space="preserve">
 Держатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">67.32</t>
+            <t xml:space="preserve">68.34</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12878,51 +12886,51 @@
             <t xml:space="preserve">
 Держатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена за 1шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">67.32</t>
+            <t xml:space="preserve">68.34</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">302 MD6 \ Держатель прямоугольной трубы</t>
           </r>
@@ -12930,51 +12938,51 @@
             <t xml:space="preserve">
 Артикул: VER.017.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">102.00</t>
+            <t xml:space="preserve">104.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -13000,51 +13008,51 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Глубина полки - 260 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">192.00</t>
+            <t xml:space="preserve">196.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">211 M47 \ Кронштейн с регулировкой угла наклона</t>
           </r>
@@ -13060,51 +13068,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Глубина полки - 320 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">218.00</t>
+            <t xml:space="preserve">222.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -13126,51 +13134,51 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">286.00</t>
+            <t xml:space="preserve">292.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">212 BL-M156 \ Кронштейн с регулировкой угла наклона</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VER.019.R.CH</t>
           </r>
@@ -13186,101 +13194,101 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">286.00</t>
+            <t xml:space="preserve">292.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">328 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VER.022.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42.84</t>
+            <t xml:space="preserve">43.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -13378,51 +13386,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">357.00</t>
+            <t xml:space="preserve">364.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Cap (30х15) \ Заглушка для трубы прямоугольной 30х15х1,0мм (пластик)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VER.070.CH</t>
           </r>
@@ -13434,51 +13442,51 @@
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для прямоугольной 30х15х1,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39.00</t>
+            <t xml:space="preserve">39.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -13678,51 +13686,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.50</t>
+            <t xml:space="preserve">26.52</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -13740,51 +13748,51 @@
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">83.64</t>
+            <t xml:space="preserve">85.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NPS-39 \ Штанга прямая</t>
           </r>
@@ -13862,51 +13870,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">163.00</t>
+            <t xml:space="preserve">166.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">499 Е06 d=6 \ Кронштейн на стойку</t>
           </r>
@@ -13988,51 +13996,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: 8 шариков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">114.00</t>
+            <t xml:space="preserve">116.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">419 C1 d=19 \ Кронштейн наклонный на стойку</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VER.030.CH</t>
           </r>
@@ -14170,51 +14178,51 @@
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: 5 штырьков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">205.00</t>
+            <t xml:space="preserve">209.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B-421 C3 \ Кронштейн прямой на стойку</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14358,51 +14366,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: 9 штырьков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">241.00</t>
+            <t xml:space="preserve">246.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">429 C11 d=19 \ Кронштейн наклонный на прямоугольную трубу</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VER.034.CH</t>
           </r>
@@ -14532,51 +14540,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">302.00</t>
+            <t xml:space="preserve">308.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -14906,51 +14914,51 @@
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">114.00</t>
+            <t xml:space="preserve">116.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="4"/>
       <c r="B51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15032,51 +15040,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">96.90</t>
+            <t xml:space="preserve">98.94</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="4"/>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15154,51 +15162,51 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32.64</t>
+            <t xml:space="preserve">33.66</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="4"/>
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15216,51 +15224,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36.72</t>
+            <t xml:space="preserve">37.74</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C53" s="4"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B-444 \ Крючок на прямоугольную трубу</t>
           </r>
@@ -15276,51 +15284,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39.78</t>
+            <t xml:space="preserve">40.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="4"/>
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15342,51 +15350,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">155.00</t>
+            <t xml:space="preserve">158.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">483 D58 \ Кронштейн наклонный на вертикальную трубу 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VER.049.CH</t>
           </r>
@@ -15704,51 +15712,51 @@
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.60</t>
+            <t xml:space="preserve">5.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C57" s="4"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -15764,51 +15772,51 @@
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.90</t>
+            <t xml:space="preserve">6.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>