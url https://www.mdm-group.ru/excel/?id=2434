--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -77,54 +77,50 @@
       </rPr>
       <t xml:space="preserve">101 A1 \ Стойка перфорированная (L=1800)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.001.A.BL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 1,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">264.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -480,54 +476,50 @@
       </rPr>
       <t xml:space="preserve">201 M10 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.004.A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте. Глубина полки - 155 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 07.08.2025 17:31:35</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 87 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">69.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -602,54 +594,50 @@
       </rPr>
       <t xml:space="preserve">201 M10 \ Кронштейн для полок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.004.C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте. Глубина полки - 260 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 07.08.2025 17:33:16</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 98 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">83.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -781,54 +769,50 @@
       </rPr>
       <t xml:space="preserve">B-201 M10 \ Кронштейн для полок(L=210мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.066.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 210</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте.Глубина полки - 205 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 07.08.2025 17:32:13</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 81.6 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">70.38</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2625,54 +2609,50 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">237 M1850 \ Держатель прямоугольной трубы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.014.B.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 07.08.2025 17:33:55</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 171 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">119.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2686,54 +2666,50 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B-237 M1850 \ Держатель прямоугольной трубы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.085.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 07.08.2025 17:34:33</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 117 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -4925,54 +4901,50 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">477 D52 (14x24) \ Кронштейн наклонный на прямоугольную трубу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.047.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 07.08.2025 17:35:01</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 264 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">198.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -5614,54 +5586,50 @@
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">485 D60 \ Кронштейн прямой на вертикальную трубу 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.050.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 16.04.2025 17:34:15</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 285 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">199.00</t>
     </r>
@@ -9528,54 +9496,50 @@
             </rPr>
             <t xml:space="preserve">101 A1 \ Стойка перфорированная (L=1800)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VER.001.A.BL.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 1,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">264.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
@@ -9958,54 +9922,50 @@
             </rPr>
             <t xml:space="preserve">201 M10 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VER.004.A.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте. Глубина полки - 155 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 07.08.2025 17:31:35</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 87 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">69.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -10088,54 +10048,50 @@
             </rPr>
             <t xml:space="preserve">201 M10 \ Кронштейн для полок</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VER.004.C.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте. Глубина полки - 260 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 07.08.2025 17:33:16</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 98 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">83.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -10280,54 +10236,50 @@
             </rPr>
             <t xml:space="preserve">B-201 M10 \ Кронштейн для полок(L=210мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: BLT.066.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 210</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте.Глубина полки - 205 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 07.08.2025 17:32:13</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 81.6 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">70.38</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -12252,54 +12204,50 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">237 M1850 \ Держатель прямоугольной трубы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VER.014.B.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 07.08.2025 17:33:55</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 171 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">119.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -12313,54 +12261,50 @@
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B-237 M1850 \ Держатель прямоугольной трубы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: BLT.085.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 07.08.2025 17:34:33</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 117 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">101.00</t>
           </r>
@@ -14712,54 +14656,50 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">477 D52 (14x24) \ Кронштейн наклонный на прямоугольную трубу</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VER.047.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 07.08.2025 17:35:01</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 264 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">198.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -15449,54 +15389,50 @@
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">485 D60 \ Кронштейн прямой на вертикальную трубу 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VER.050.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 16.04.2025 17:34:15</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 285 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">199.00</t>
           </r>