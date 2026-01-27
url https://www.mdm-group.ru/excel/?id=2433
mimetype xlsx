--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.03.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Alias</t>
   </si>
   <si>
     <t>Основа модульной системы Alias - алюминиевые перфорированные стойки. В сочетании с ними используются панели из ламинированных плит ДСП, либо панели из МДФ, оклеенные пленками ПВХ самых различных цветов и текстур. К стойкам «Alias» подходят универсальные и практичные навесные элементы системы Global.Вместе они образуют максимально функциональное и технически продуманное торговое оборудование.Примечание:Цвета пленки ПВХ представлены на сайте www.mdm-group.ru, а также в нашем выставочном зале.Возможна окраска изделий из МДФ в цвет по каталогу RAL. Цена подлежит согласованию.Полки из МДФ, оклеенные пленкой ПВХ, изготавливаются со скругленными гранями!При изготовлении оборудования из материалов «на заказ» возможно увеличение срока выполнения заказа</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1 \ Алюминиевый профиль с одиночной перфорацией</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ALS.001.T.AL</t>
     </r>
@@ -97,51 +97,51 @@
       <t xml:space="preserve">
 Толщина металла, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1329.00</t>
+      <t xml:space="preserve">1356.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2 \ Алюминиевый профиль с одиночной перфорацией</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ALS.002.T.AL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий</t>
@@ -154,51 +154,51 @@
       <t xml:space="preserve">
 Длина, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1490.00</t>
+      <t xml:space="preserve">1520.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3 \ Алюминиевый профиль с двойной перфорацией</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ALS.003.T.AL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий</t>
@@ -215,51 +215,51 @@
       <t xml:space="preserve">
 Толщина металла, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1509.00</t>
+      <t xml:space="preserve">1539.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ALS.012.AL.80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий</t>
@@ -272,51 +272,51 @@
       <t xml:space="preserve">
 Длина, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">265.00</t>
+      <t xml:space="preserve">270.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ALS.012.AL.200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий</t>
@@ -329,51 +329,51 @@
       <t xml:space="preserve">
 Длина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">376.00</t>
+      <t xml:space="preserve">384.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ALS.012.AL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: алюминий</t>
@@ -386,51 +386,51 @@
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">569.00</t>
+      <t xml:space="preserve">580.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.101S \ Штанга из прямоугольной трубы 15х30мм S, (L-600)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.101S.9016.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -443,51 +443,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 40 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">427.00</t>
+      <t xml:space="preserve">436.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.101M \ Штанга из прямоугольной трубы 15х30мм M, (L-900)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.101M.9016.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -500,51 +500,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 40 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">489.00</t>
+      <t xml:space="preserve">499.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FS.101L \ Штанга из прямоугольной трубы 15х30мм L, (L-1200)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FS.101L.9016.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -557,51 +557,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 40 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">549.00</t>
+      <t xml:space="preserve">560.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 38 Штанга из прямоуг. трубы 30х15мм, дистанционная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.038A.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -618,51 +618,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">840.00</t>
+      <t xml:space="preserve">857.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 38 Штанга из прямоуг. трубы 30х15мм, дистанционная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.038B.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -679,51 +679,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">898.00</t>
+      <t xml:space="preserve">916.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 38 Штанга из прямоуг. трубы 30х15мм, дистанционная </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.038C.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -740,51 +740,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">960.00</t>
+      <t xml:space="preserve">979.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038A.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -797,51 +797,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">908.00</t>
+      <t xml:space="preserve">926.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038B.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -854,51 +854,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1020.00</t>
+      <t xml:space="preserve">1040.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038A.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
@@ -1033,51 +1033,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">490.00</t>
+      <t xml:space="preserve">500.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039B.HL.CH</t>
@@ -1090,51 +1090,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">683.00</t>
+      <t xml:space="preserve">697.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039B.HL.MH</t>
@@ -1265,51 +1265,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">428.00</t>
+      <t xml:space="preserve">437.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
@@ -1322,51 +1322,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">224.00</t>
+      <t xml:space="preserve">228.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
@@ -1379,51 +1379,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">388.00</t>
+      <t xml:space="preserve">396.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 105-K \Кронштейн наклонный с штырьками</t>
@@ -1436,51 +1436,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">209.00</t>
+      <t xml:space="preserve">213.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
@@ -1562,100 +1562,100 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">309.00</t>
+      <t xml:space="preserve">315.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 112 \ Кронштейн с крючками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.038.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">386.00</t>
+      <t xml:space="preserve">394.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 112 \ Кронштейн с крючками</t>
@@ -1786,51 +1786,51 @@
       <t xml:space="preserve">
 Глубина, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">90.78</t>
+      <t xml:space="preserve">92.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 113 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.021.CH</t>
@@ -1839,51 +1839,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">275.00</t>
+      <t xml:space="preserve">281.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 113-K \ Кронштейн прямой</t>
@@ -1896,51 +1896,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">159.00</t>
+      <t xml:space="preserve">162.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 62 Кронштейн прямой на прямоуг. трубу 30х15, L-300мм</t>
@@ -1961,51 +1961,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">249.00</t>
+      <t xml:space="preserve">254.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 107 \ Кассета для сорочек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.039.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2067,51 +2067,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">439.00</t>
+      <t xml:space="preserve">448.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 61 Кронштейн ступенчатый на прямоуг. трубу 30х15, L-300мм</t>
@@ -2132,51 +2132,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">590.00</t>
+      <t xml:space="preserve">602.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 290 \ Крючок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.032.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2185,51 +2185,51 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">51.00</t>
+      <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RT 023.HL \ Полкодержатель регулируемый (левый, L-300мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ROT.023A.L.HL.CH</t>
@@ -2612,51 +2612,51 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055R.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2669,91 +2669,95 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055L.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2771,50 +2775,54 @@
       </rPr>
       <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055R.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2848,51 +2856,51 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">649.00</t>
+      <t xml:space="preserve">662.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 56R \ Полкодержатель усиленный (правый, L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.056R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2905,51 +2913,51 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">649.00</t>
+      <t xml:space="preserve">662.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23L \ Полкодержатель(левый, L=200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023C.L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -2970,51 +2978,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">110.00</t>
+      <t xml:space="preserve">112.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23R \ Полкодержатель(правый, L=200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023C.R.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3035,51 +3043,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">110.00</t>
+      <t xml:space="preserve">112.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23L \ Полкодержатель(левый, L=250 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023D.L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3100,51 +3108,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">118.00</t>
+      <t xml:space="preserve">120.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23R \ Полкодержатель(правый, L=250 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023D.R.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3165,51 +3173,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">118.00</t>
+      <t xml:space="preserve">120.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23R \ Полкодержатель(левый, L=300 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023A.L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3230,51 +3238,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">132.00</t>
+      <t xml:space="preserve">135.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23R \ Полкодержатель(правый, L=300 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023A.R.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3295,51 +3303,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">132.00</t>
+      <t xml:space="preserve">135.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23L Полкодержатель левый L400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023B.L.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3356,51 +3364,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">160.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 23R \ Полкодержатель правый L400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.023B.R.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3421,51 +3429,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">160.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">RT 024.HL \ Опора для стеклянных полок (L-600мм, 1шт)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ROT.024A.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3649,51 +3657,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">340.00</t>
+      <t xml:space="preserve">347.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.055R \ Держатель стекла, правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.055R.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -3706,51 +3714,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">340.00</t>
+      <t xml:space="preserve">347.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 291 \ Крючок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.028.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3759,91 +3767,95 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 291 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.028.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 56 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">47.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -3873,51 +3885,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64.26</t>
+      <t xml:space="preserve">65.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 293 \ Крючок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.030.CH</t>
@@ -3930,51 +3942,51 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">72.42</t>
+      <t xml:space="preserve">73.44</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 293 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.030.MH</t>
@@ -4044,51 +4056,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74.46</t>
+      <t xml:space="preserve">75.48</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (U) 491 \ Крючок (усиленный зацеп)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.044.CH</t>
@@ -4158,51 +4170,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-6, L-100мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.063A.9016MU.25</t>
@@ -4223,51 +4235,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">81.00</t>
+      <t xml:space="preserve">82.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-6, L-150мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.063B.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4284,51 +4296,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">85.00</t>
+      <t xml:space="preserve">86.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-6, L-200мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.063C.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4345,51 +4357,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">88.00</t>
+      <t xml:space="preserve">89.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-6, L250мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.063D.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4406,51 +4418,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92.00</t>
+      <t xml:space="preserve">93.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-8, L-300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.063E.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4467,51 +4479,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-8, L-350мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.063F.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4528,51 +4540,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">115.00</t>
+      <t xml:space="preserve">117.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 51K \ Кронштейн для металлических полок L-300мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.051K.300.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4703,51 +4715,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.051NK.300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1500.00</t>
+      <t xml:space="preserve">1530.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 51P \ Полка металлическая Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.051P.B.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4764,51 +4776,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.051NK.300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1900.00</t>
+      <t xml:space="preserve">1938.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 51P \ Полка металлическая Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.051P.C.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4825,51 +4837,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.051NK.300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2300.00</t>
+      <t xml:space="preserve">2346.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.050P.A.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4886,51 +4898,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1450.00</t>
+      <t xml:space="preserve">1479.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.050P.B.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -4947,51 +4959,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1910.00</t>
+      <t xml:space="preserve">1948.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.050P.C.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -5008,51 +5020,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2410.00</t>
+      <t xml:space="preserve">2458.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 41 Рама для полки 600х400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.041A.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -5297,51 +5309,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">439.00</t>
+      <t xml:space="preserve">448.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (U) 413 \ Кронштейн прямой (усиленный зацеп)</t>
@@ -5354,51 +5366,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">287.00</t>
+      <t xml:space="preserve">293.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 153 \ Кронштейн прямой</t>
@@ -5411,51 +5423,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">372.00</t>
+      <t xml:space="preserve">379.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 496 \ Кронштейн прямой</t>
@@ -5472,51 +5484,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">123.00</t>
+      <t xml:space="preserve">125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 109 \ Кронштейн ступенчатый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.047.CH</t>
@@ -5525,51 +5537,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">516.00</t>
+      <t xml:space="preserve">526.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 610 \ Кронштейн для головных уборов, шлемов</t>
@@ -5594,51 +5606,51 @@
       <t xml:space="preserve">
 Высота, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пруток д-5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">332.00</t>
+      <t xml:space="preserve">339.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR.046 \ Кронштейн для шапок на прямоуг. трубу 30х15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.046.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -5651,51 +5663,51 @@
       <t xml:space="preserve">
 Глубина, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 135</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">520.00</t>
+      <t xml:space="preserve">530.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.005 \ Кронштейн для шапок L_600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.005.9016.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый матовый</t>
@@ -5712,51 +5724,51 @@
       <t xml:space="preserve">
 Цвет: белый матовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Позволяет разместить 7 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1620.00</t>
+      <t xml:space="preserve">1652.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.006 \ Кронштейн для шапок L_900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.006.9016.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый матовый</t>
@@ -5769,51 +5781,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Позволяет разместить 11 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2180.00</t>
+      <t xml:space="preserve">2224.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.007 \ Кронштейн для шапок L_1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.007.9016.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый матовый</t>
@@ -5826,51 +5838,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Позволяет разместить 15 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2930.00</t>
+      <t xml:space="preserve">2989.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 063BR-L \ Кронштейн для корзины (левый, L-290мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.063.BRACKET-LEFT.V5.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6086,51 +6098,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 290</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">160.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 063BR-R \ Кронштейн для корзины правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.063.BRACKET-RIGHT.V5.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -6151,51 +6163,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 290</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">160.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 063A \ Корзина 600х300х150 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.063.600.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -6220,51 +6232,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">795.00</t>
+      <t xml:space="preserve">811.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 44L.HL \ Боксодержатель  (левый, L-320мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.044L.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6277,51 +6289,51 @@
       <t xml:space="preserve">
 Глубина, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">435.00</t>
+      <t xml:space="preserve">444.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 44R.HL \ Боксодержатель (правый, L-320мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.044R.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6334,51 +6346,51 @@
       <t xml:space="preserve">
 Глубина, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">435.00</t>
+      <t xml:space="preserve">444.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -9992,51 +10004,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.03.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -10076,51 +10088,51 @@
             <t xml:space="preserve">
 Толщина металла, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1329.00</t>
+            <t xml:space="preserve">1356.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2 \ Алюминиевый профиль с одиночной перфорацией</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ALS.002.T.AL</t>
           </r>
@@ -10136,51 +10148,51 @@
             <t xml:space="preserve">
 Длина, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1490.00</t>
+            <t xml:space="preserve">1520.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3 \ Алюминиевый профиль с двойной перфорацией</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10202,51 +10214,51 @@
             <t xml:space="preserve">
 Толщина металла, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1509.00</t>
+            <t xml:space="preserve">1539.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ALS.012.AL.80</t>
           </r>
@@ -10262,51 +10274,51 @@
             <t xml:space="preserve">
 Длина, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">265.00</t>
+            <t xml:space="preserve">270.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10324,51 +10336,51 @@
             <t xml:space="preserve">
 Длина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">376.00</t>
+            <t xml:space="preserve">384.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12 \ Крепление панели к стене (пара)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ALS.012.AL</t>
           </r>
@@ -10384,51 +10396,51 @@
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">569.00</t>
+            <t xml:space="preserve">580.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.101S \ Штанга из прямоугольной трубы 15х30мм S, (L-600)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10446,51 +10458,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 40 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">427.00</t>
+            <t xml:space="preserve">436.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.101M \ Штанга из прямоугольной трубы 15х30мм M, (L-900)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FS.101M.9016.MU</t>
           </r>
@@ -10506,51 +10518,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 40 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">489.00</t>
+            <t xml:space="preserve">499.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FS.101L \ Штанга из прямоугольной трубы 15х30мм L, (L-1200)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10568,51 +10580,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Рекомендованная максимальная распределенная нагрузка 40 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">549.00</t>
+            <t xml:space="preserve">560.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 38 Штанга из прямоуг. трубы 30х15мм, дистанционная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.038A.9016MU.25</t>
           </r>
@@ -10632,51 +10644,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">840.00</t>
+            <t xml:space="preserve">857.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 38 Штанга из прямоуг. трубы 30х15мм, дистанционная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10698,51 +10710,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">898.00</t>
+            <t xml:space="preserve">916.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 38 Штанга из прямоуг. трубы 30х15мм, дистанционная </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.038C.9016MU.25</t>
           </r>
@@ -10762,51 +10774,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">960.00</t>
+            <t xml:space="preserve">979.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10824,51 +10836,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">908.00</t>
+            <t xml:space="preserve">926.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-900 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.038B.HL.CH</t>
           </r>
@@ -10884,51 +10896,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1020.00</t>
+            <t xml:space="preserve">1040.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11076,51 +11088,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">490.00</t>
+            <t xml:space="preserve">500.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
           </r>
@@ -11136,51 +11148,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">683.00</t>
+            <t xml:space="preserve">697.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11324,51 +11336,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">428.00</t>
+            <t xml:space="preserve">437.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -11384,51 +11396,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">224.00</t>
+            <t xml:space="preserve">228.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11446,51 +11458,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">388.00</t>
+            <t xml:space="preserve">396.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -11506,51 +11518,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">209.00</t>
+            <t xml:space="preserve">213.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11640,51 +11652,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">309.00</t>
+            <t xml:space="preserve">315.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 112 \ Кронштейн с крючками</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11694,51 +11706,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">386.00</t>
+            <t xml:space="preserve">394.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -11880,51 +11892,51 @@
             <t xml:space="preserve">
 Глубина, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">90.78</t>
+            <t xml:space="preserve">92.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11938,51 +11950,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">275.00</t>
+            <t xml:space="preserve">281.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -11998,51 +12010,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">159.00</t>
+            <t xml:space="preserve">162.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -12068,51 +12080,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">249.00</t>
+            <t xml:space="preserve">254.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 107 \ Кассета для сорочек</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.039.CH</t>
           </r>
@@ -12182,51 +12194,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">439.00</t>
+            <t xml:space="preserve">448.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -12250,51 +12262,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">590.00</t>
+            <t xml:space="preserve">602.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 290 \ Крючок</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12308,51 +12320,51 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51.00</t>
+            <t xml:space="preserve">52.02</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RT 023.HL \ Полкодержатель регулируемый (левый, L-300мм)</t>
           </r>
@@ -12762,51 +12774,51 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12824,91 +12836,95 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055L.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">209.00</t>
           </r>
@@ -12934,50 +12950,54 @@
             </rPr>
             <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055R.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">209.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -13014,51 +13034,51 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">649.00</t>
+            <t xml:space="preserve">662.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 56R \ Полкодержатель усиленный (правый, L-400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13076,51 +13096,51 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">649.00</t>
+            <t xml:space="preserve">662.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23L \ Полкодержатель(левый, L=200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.023C.L.9016MU.25</t>
           </r>
@@ -13144,51 +13164,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">110.00</t>
+            <t xml:space="preserve">112.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23R \ Полкодержатель(правый, L=200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13214,51 +13234,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">110.00</t>
+            <t xml:space="preserve">112.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23L \ Полкодержатель(левый, L=250 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.023D.L.9016MU.25</t>
           </r>
@@ -13282,51 +13302,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">118.00</t>
+            <t xml:space="preserve">120.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23R \ Полкодержатель(правый, L=250 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13352,51 +13372,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">118.00</t>
+            <t xml:space="preserve">120.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23R \ Полкодержатель(левый, L=300 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.023A.L.9016MU.25</t>
           </r>
@@ -13420,51 +13440,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">132.00</t>
+            <t xml:space="preserve">135.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23R \ Полкодержатель(правый, L=300 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13490,51 +13510,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">132.00</t>
+            <t xml:space="preserve">135.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23L Полкодержатель левый L400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.023B.L.9016MU.25</t>
           </r>
@@ -13554,51 +13574,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 23R \ Полкодержатель правый L400</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13624,51 +13644,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">RT 024.HL \ Опора для стеклянных полок (L-600мм, 1шт)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ROT.024A.HL.CH</t>
           </r>
@@ -13868,51 +13888,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">340.00</t>
+            <t xml:space="preserve">347.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.055R \ Держатель стекла, правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.055R.9016MU.25</t>
           </r>
@@ -13928,51 +13948,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">340.00</t>
+            <t xml:space="preserve">347.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 291 \ Крючок</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13986,91 +14006,95 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 291 \ Кронштейн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.028.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 56 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">47.00</t>
           </r>
@@ -14108,51 +14132,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64.26</t>
+            <t xml:space="preserve">65.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 293 \ Крючок</t>
           </r>
@@ -14168,51 +14192,51 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">72.42</t>
+            <t xml:space="preserve">73.44</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -14290,51 +14314,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74.46</t>
+            <t xml:space="preserve">75.48</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -14412,51 +14436,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -14482,51 +14506,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">81.00</t>
+            <t xml:space="preserve">82.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-6, L-150мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.063B.9016MU.25</t>
           </r>
@@ -14546,51 +14570,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85.00</t>
+            <t xml:space="preserve">86.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-6, L-200мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14612,51 +14636,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">88.00</t>
+            <t xml:space="preserve">89.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-6, L250мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.063D.9016MU.25</t>
           </r>
@@ -14676,51 +14700,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92.00</t>
+            <t xml:space="preserve">93.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-8, L-300мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14742,51 +14766,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 63 Крючок на прямоуг. трубу 30х15, d-8, L-350мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.063F.9016MU.25</t>
           </r>
@@ -14806,51 +14830,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">115.00</t>
+            <t xml:space="preserve">117.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 51K \ Кронштейн для металлических полок L-300мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14994,51 +15018,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.051NK.300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1500.00</t>
+            <t xml:space="preserve">1530.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 51P \ Полка металлическая Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.051P.B.9016MU.25</t>
           </r>
@@ -15058,51 +15082,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.051NK.300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1900.00</t>
+            <t xml:space="preserve">1938.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="4"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 51P \ Полка металлическая Global</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15124,51 +15148,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.051NK.300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2300.00</t>
+            <t xml:space="preserve">2346.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.050P.A.9016MU.25</t>
           </r>
@@ -15188,51 +15212,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1450.00</t>
+            <t xml:space="preserve">1479.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15254,51 +15278,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1910.00</t>
+            <t xml:space="preserve">1948.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 50P \ Полка металлическая Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.050P.C.9016MU.25</t>
           </r>
@@ -15318,51 +15342,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для установки полки необходимо 2 кронштейна артикул GLPR.050NK.400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2410.00</t>
+            <t xml:space="preserve">2458.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 41 Рама для полки 600х400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15628,51 +15652,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">439.00</t>
+            <t xml:space="preserve">448.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -15688,51 +15712,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">287.00</t>
+            <t xml:space="preserve">293.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="4"/>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -15750,51 +15774,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">372.00</t>
+            <t xml:space="preserve">379.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -15814,51 +15838,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">123.00</t>
+            <t xml:space="preserve">125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="4"/>
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15872,51 +15896,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">516.00</t>
+            <t xml:space="preserve">526.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C53" s="4"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -15944,51 +15968,51 @@
             <t xml:space="preserve">
 Высота, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пруток д-5мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">332.00</t>
+            <t xml:space="preserve">339.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="4"/>
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR.046 \ Кронштейн для шапок на прямоуг. трубу 30х15</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16006,51 +16030,51 @@
             <t xml:space="preserve">
 Глубина, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 135</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">520.00</t>
+            <t xml:space="preserve">530.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.005 \ Кронштейн для шапок L_600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.005.9016.25</t>
           </r>
@@ -16070,51 +16094,51 @@
             <t xml:space="preserve">
 Цвет: белый матовый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Позволяет разместить 7 шапок. Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1620.00</t>
+            <t xml:space="preserve">1652.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="4"/>
       <c r="B55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.006 \ Кронштейн для шапок L_900</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16132,51 +16156,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Позволяет разместить 11 шапок. Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2180.00</t>
+            <t xml:space="preserve">2224.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C55" s="4"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.007 \ Кронштейн для шапок L_1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.007.9016.25</t>
           </r>
@@ -16192,51 +16216,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Позволяет разместить 15 шапок. Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2930.00</t>
+            <t xml:space="preserve">2989.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="4"/>
       <c r="B56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 063BR-L \ Кронштейн для корзины (левый, L-290мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16468,51 +16492,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 290</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="4"/>
       <c r="B58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 063BR-R \ Кронштейн для корзины правый</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16538,51 +16562,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 290</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C58" s="4"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 063A \ Корзина 600х300х150 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.063.600.9016MU.25</t>
           </r>
@@ -16610,51 +16634,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">795.00</t>
+            <t xml:space="preserve">811.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="4"/>
       <c r="B59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 44L.HL \ Боксодержатель  (левый, L-320мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16672,51 +16696,51 @@
             <t xml:space="preserve">
 Глубина, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">435.00</t>
+            <t xml:space="preserve">444.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C59" s="4"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 44R.HL \ Боксодержатель (правый, L-320мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.044R.CH</t>
           </r>
@@ -16732,51 +16756,51 @@
             <t xml:space="preserve">
 Глубина, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">435.00</t>
+            <t xml:space="preserve">444.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>