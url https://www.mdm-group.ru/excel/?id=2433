--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -956,54 +956,50 @@
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-900мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038B.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 1200 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">840.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -1131,54 +1127,50 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039B.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 835 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">499.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -1192,78 +1184,74 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Type 39 \ Штанга (L-1200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.111.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 07.08.2025</t>
-[...6 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 810 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">485.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 105 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.036.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1290,265 +1278,265 @@
       <t xml:space="preserve">437.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
-[...3 lines deleted...]
-Артикул: RTP.056.CH</t>
+      <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.020.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">228.00</t>
+      <t xml:space="preserve">396.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
-[...3 lines deleted...]
-Артикул: RTP.020.CH</t>
+      <t xml:space="preserve">R 105-K \Кронштейн наклонный с штырьками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.054.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 48</t>
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">396.00</t>
+      <t xml:space="preserve">213.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 105-K \Кронштейн наклонный с штырьками</t>
-[...3 lines deleted...]
-Артикул: RTP.054.CH</t>
+      <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.056.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">213.00</t>
+      <t xml:space="preserve">228.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.020.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 360 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">288.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLPR 64 Кронштейн наклонный на прямоуг. трубу 30х15, L-400мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLPR.064.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1864,151 +1852,151 @@
       <t xml:space="preserve">281.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 113-K \ Кронштейн прямой</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+      <t xml:space="preserve">GLPR 62 Кронштейн прямой на прямоуг. трубу 30х15, L-300мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLPR.062.V2.9016MU.25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">162.00</t>
+      <t xml:space="preserve">254.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLPR 62 Кронштейн прямой на прямоуг. трубу 30х15, L-300мм</t>
-[...7 lines deleted...]
-Цвет: белый муар</t>
+      <t xml:space="preserve">R 113-K \ Кронштейн прямой</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.055.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Россия</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">254.00</t>
+      <t xml:space="preserve">162.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 107 \ Кассета для сорочек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.039.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -2462,54 +2450,50 @@
       <t xml:space="preserve">
 Артикул: GLB.023B.L.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 360 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">179.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2531,54 +2515,50 @@
       <t xml:space="preserve">
 Артикул: GLB.023B.R.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 360 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">179.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2710,54 +2690,50 @@
       </rPr>
       <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055L.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2775,54 +2751,50 @@
       </rPr>
       <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055R.HL.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -3805,54 +3777,50 @@
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 291 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.028.MH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 56 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">47.00</t>
     </r>
@@ -6450,51 +6418,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c754e3fa_14b5_11ee_907c_ac1f6b40b531_94E5B06F_2C5C_4A22_B69F_806A79AA73A02.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a3061c8_14b6_11ee_907c_ac1f6b40b531_8F56F74B_DB0D_4902_B1FA_1E5CBDA09AED3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2a0c6d2_14b6_11ee_907c_ac1f6b40b531_F05E9F5C_2B59_44DB_B593_31D9FD505AF04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12c628f9_ff1a_11e0_833e_003048f27c5f_7215BF23_847B_4882_A4FD_505C158C49B95.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85be795c_ff1d_11e0_833e_003048f27c5f_F7DB54B0_FB63_4342_A29B_82956AB742FC6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c63049_0d9f_11e0_99a4_003048f27c5f_E63C6081_9512_47C4_82C2_49D9D9F859047.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534f57d5_dade_11ee_a821_0050569cf81d_FS101S901625_018.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bed92457_0957_11ef_a821_0050569cf81d_FS101M901625_019.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db764210_0957_11ef_a821_0050569cf81d_FS101L901625_0110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58572a44_a745_11eb_80bc_0025902b3cc1_GLPR038A11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a73ffb_a745_11eb_80bc_0025902b3cc1_GLPR038B12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58572a49_a745_11eb_80bc_0025902b3cc1_GLPR038C13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a839_0427_11e0_99a4_003048f27c5f_E3451519_32A8_4F0B_842F_1A44B125DFC616.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b78_0f25_11e0_99a4_003048f27c5f_FBFD3377_8E2D_4844_BFBF_C9162944F88417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b7b_0f25_11e0_99a4_003048f27c5f_01A7B579_09C4_4AB9_85F8_A58CCBD880DB20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321dc308_b38f_11e0_a476_003048f27c5f_GLB111CH.resize221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c5c43a7_707b_11e0_afc8_003048f27c5f_A8503556_2E30_4AFF_97BE_3D95B0AF4E2426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a0ae0c_a745_11eb_80bc_0025902b3cc1_GLPR06427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25f01_ff16_11e0_833e_003048f27c5f_5F62B636_B61C_481C_B417_5C6B31D446C729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92931.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8832.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8833.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b2178f_8d18_11ef_bd55_0050569cf81d_GLPR062V29016MU2534.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b18b6cc_a745_11eb_80bc_0025902b3cc1_GLPR06137.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db3d349_239b_11e0_99a4_003048f27c5f_7983CBDA_3F2C_4504_9CC4_372E227A218839.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db3d34c_239b_11e0_99a4_003048f27c5f_85FB9A85_5ED4_4774_A084_3959A4B1BD4840.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a234a_0cc4_11e0_99a4_003048f27c5f_981A9838_47E4_478F_BB42_EEA5A38D5E9D41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a844_0427_11e0_99a4_003048f27c5f_3D790DF8_DD1F_44B5_9332_148BB8CC177942.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d571_081d_11e0_99a4_003048f27c5f_66404EC4_C886_46A4_9C87_AC91C4A7607743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d574_081d_11e0_99a4_003048f27c5f_ECD277D2_6557_4345_B930_4EFCB274F3B444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD8745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB5046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304eb_fdef_11df_b16f_003048d0c7fe_DFBAC84C_99A8_487B_A187_4EF90A6A416E47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ee_fdef_11df_b16f_003048d0c7fe_9B3294F8_D899_4BC7_946F_707A50BDECEE48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235a_0cc4_11e0_99a4_003048f27c5f_294202EE_75D0_4972_B59F_617C509ED7C849.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235d_0cc4_11e0_99a4_003048f27c5f_221FAD5F_832B_4DB2_9893_50CA19D09A9550.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326f21a4_a745_11eb_80bc_0025902b3cc1_GLS023CL51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b991153_a745_11eb_80bc_0025902b3cc1_GLS023CR52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326f219f_a745_11eb_80bc_0025902b3cc1_GLS023DL53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b991148_a745_11eb_80bc_0025902b3cc1_GLS023DR54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b99115a_a745_11eb_80bc_0025902b3cc1_GLS023AR55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258daaf0_a745_11eb_80bc_0025902b3cc1_GLS023AR56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35de612_9dc6_11eb_80bc_0025902b3cc1_GLS023BL57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35de618_9dc6_11eb_80bc_0025902b3cc1_GLS023BR58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a234d_0cc4_11e0_99a4_003048f27c5f_6F593A84_4AEC_42EA_BAC1_1614C0707E9F59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0126c1bc_2aa7_11e0_99a4_003048f27c5f_48D011F9_2F8D_4611_828E_A66075FA31F860.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db3d34f_239b_11e0_99a4_003048f27c5f_E5B9E716_F6B3_4205_BFC4_A8794ED8FC6361.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853ab444_cf68_11eb_80bc_0025902b3cc1_GLS055L9016MU25.resize262.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8d40bf2_b72f_11ec_81b7_ac1f6b40b531_GLS055R9016MU25.resize263.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34964.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25ee3_ff16_11e0_833e_003048f27c5f_56F35150_5A09_4692_B5FF_46C66035350965.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39267.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8a5642_3804_11e0_b4b4_003048f27c5f_914B74D3_0490_44A3_A0D6_C7550B49130F68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F369.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450fb2cc_a745_11eb_80bc_0025902b3cc1_GLPR063A.resize272.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450fb2c4_a745_11eb_80bc_0025902b3cc1_GLPR063B73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea28afd_a745_11eb_80bc_0025902b3cc1_GLPR063C74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea28af6_a745_11eb_80bc_0025902b3cc1_GLPR063D75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a0ae16_a745_11eb_80bc_0025902b3cc1_GLPR063E76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a0ae11_a745_11eb_80bc_0025902b3cc1_GLPR063F.resize277.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f1a8d6_14b5_11ed_a675_ac1f6b40b531_GLPR051K3009016MU2578.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539c1a36_14b5_11ed_a675_ac1f6b40b531_GLPR050K4009016MU2579.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf23f696_14b2_11ed_a675_ac1f6b40b531_GLPR051PA9016MU2580.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/def597d6_14b2_11ed_a675_ac1f6b40b531_GLPR051PB9016MU2581.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe907976_14b2_11ed_a675_ac1f6b40b531_GLPR051PC9016MU2582.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36265536_14b3_11ed_a675_ac1f6b40b531_GLPR050PA9016MU2583.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66106296_14b3_11ed_a675_ac1f6b40b531_GLPR050PB9016MU2584.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84cde456_14b3_11ed_a675_ac1f6b40b531_GLPR050PC9016MU2585.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1236dccd_7543_11ec_8de2_ac1f6b40b531_GLPR041A86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40bbef7a_7543_11ec_8de2_ac1f6b40b531_GLPR041B87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/936e93f6_c45b_11eb_80bc_0025902b3cc1_GLPR041C88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B92692.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F1194.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_195.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f84522_f557_11ed_907c_ac1f6b40b531_GLPR0469016MU96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba787868_9af0_11ed_bd63_ac1f6b40b531_Frame-6-_1_97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81bfb42_9af0_11ed_bd63_ac1f6b40b531_GLS00690162598.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bffb279_9af1_11ed_bd63_ac1f6b40b531_GLS006901625_0199.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6108ddb5_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F3100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a2724e_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F3101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aafa01b8_09b8_11e9_8add_0025902b3cc1_2E63857B_B355_4E28_8BB4_D0B810828FCD102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b06b8d8f_7544_11ec_8de2_ac1f6b40b531_GLS063BRACKET_LEFTV5_01103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7426d40_7544_11ec_8de2_ac1f6b40b531_GLS063BRACKET_RIGHTV5_01104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b4ec40_7544_11ec_8de2_ac1f6b40b531_GLS063600105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6fc_0100_11e0_b16f_003048d0c7fe_64ADC644_3F80_4A38_9E41_6E9691363A14106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6ff_0100_11e0_b16f_003048d0c7fe_FC2A246C_57E5_46C0_B6E4_216B36F86A1C107.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c754e3fa_14b5_11ee_907c_ac1f6b40b531_94E5B06F_2C5C_4A22_B69F_806A79AA73A02.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a3061c8_14b6_11ee_907c_ac1f6b40b531_8F56F74B_DB0D_4902_B1FA_1E5CBDA09AED3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2a0c6d2_14b6_11ee_907c_ac1f6b40b531_F05E9F5C_2B59_44DB_B593_31D9FD505AF04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12c628f9_ff1a_11e0_833e_003048f27c5f_7215BF23_847B_4882_A4FD_505C158C49B95.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85be795c_ff1d_11e0_833e_003048f27c5f_F7DB54B0_FB63_4342_A29B_82956AB742FC6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c63049_0d9f_11e0_99a4_003048f27c5f_E63C6081_9512_47C4_82C2_49D9D9F859047.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534f57d5_dade_11ee_a821_0050569cf81d_FS101S901625_018.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bed92457_0957_11ef_a821_0050569cf81d_FS101M901625_019.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db764210_0957_11ef_a821_0050569cf81d_FS101L901625_0110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58572a44_a745_11eb_80bc_0025902b3cc1_GLPR038A11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a73ffb_a745_11eb_80bc_0025902b3cc1_GLPR038B12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58572a49_a745_11eb_80bc_0025902b3cc1_GLPR038C13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a839_0427_11e0_99a4_003048f27c5f_E3451519_32A8_4F0B_842F_1A44B125DFC616.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b78_0f25_11e0_99a4_003048f27c5f_FBFD3377_8E2D_4844_BFBF_C9162944F88417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab77b7b_0f25_11e0_99a4_003048f27c5f_01A7B579_09C4_4AB9_85F8_A58CCBD880DB20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321dc308_b38f_11e0_a476_003048f27c5f_GLB111CH.resize221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C824.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c5c43a7_707b_11e0_afc8_003048f27c5f_A8503556_2E30_4AFF_97BE_3D95B0AF4E2426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a0ae0c_a745_11eb_80bc_0025902b3cc1_GLPR06427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25f01_ff16_11e0_833e_003048f27c5f_5F62B636_B61C_481C_B417_5C6B31D446C729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92931.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8832.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b2178f_8d18_11ef_bd55_0050569cf81d_GLPR062V29016MU2533.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b18b6cc_a745_11eb_80bc_0025902b3cc1_GLPR06137.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db3d349_239b_11e0_99a4_003048f27c5f_7983CBDA_3F2C_4504_9CC4_372E227A218839.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db3d34c_239b_11e0_99a4_003048f27c5f_85FB9A85_5ED4_4774_A084_3959A4B1BD4840.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a234a_0cc4_11e0_99a4_003048f27c5f_981A9838_47E4_478F_BB42_EEA5A38D5E9D41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a844_0427_11e0_99a4_003048f27c5f_3D790DF8_DD1F_44B5_9332_148BB8CC177942.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d571_081d_11e0_99a4_003048f27c5f_66404EC4_C886_46A4_9C87_AC91C4A7607743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6763d574_081d_11e0_99a4_003048f27c5f_ECD277D2_6557_4345_B930_4EFCB274F3B444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD8745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB5046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304eb_fdef_11df_b16f_003048d0c7fe_DFBAC84C_99A8_487B_A187_4EF90A6A416E47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ee_fdef_11df_b16f_003048d0c7fe_9B3294F8_D899_4BC7_946F_707A50BDECEE48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235a_0cc4_11e0_99a4_003048f27c5f_294202EE_75D0_4972_B59F_617C509ED7C849.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a235d_0cc4_11e0_99a4_003048f27c5f_221FAD5F_832B_4DB2_9893_50CA19D09A9550.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326f21a4_a745_11eb_80bc_0025902b3cc1_GLS023CL51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b991153_a745_11eb_80bc_0025902b3cc1_GLS023CR52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326f219f_a745_11eb_80bc_0025902b3cc1_GLS023DL53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b991148_a745_11eb_80bc_0025902b3cc1_GLS023DR54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b99115a_a745_11eb_80bc_0025902b3cc1_GLS023AR55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258daaf0_a745_11eb_80bc_0025902b3cc1_GLS023AR56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35de612_9dc6_11eb_80bc_0025902b3cc1_GLS023BL57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35de618_9dc6_11eb_80bc_0025902b3cc1_GLS023BR58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a234d_0cc4_11e0_99a4_003048f27c5f_6F593A84_4AEC_42EA_BAC1_1614C0707E9F59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0126c1bc_2aa7_11e0_99a4_003048f27c5f_48D011F9_2F8D_4611_828E_A66075FA31F860.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db3d34f_239b_11e0_99a4_003048f27c5f_E5B9E716_F6B3_4205_BFC4_A8794ED8FC6361.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853ab444_cf68_11eb_80bc_0025902b3cc1_GLS055L9016MU25.resize262.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8d40bf2_b72f_11ec_81b7_ac1f6b40b531_GLS055R9016MU25.resize263.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34964.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb25ee3_ff16_11e0_833e_003048f27c5f_56F35150_5A09_4692_B5FF_46C66035350965.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39267.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8a5642_3804_11e0_b4b4_003048f27c5f_914B74D3_0490_44A3_A0D6_C7550B49130F68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F369.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450fb2cc_a745_11eb_80bc_0025902b3cc1_GLPR063A.resize272.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450fb2c4_a745_11eb_80bc_0025902b3cc1_GLPR063B73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea28afd_a745_11eb_80bc_0025902b3cc1_GLPR063C74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea28af6_a745_11eb_80bc_0025902b3cc1_GLPR063D75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a0ae16_a745_11eb_80bc_0025902b3cc1_GLPR063E76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a0ae11_a745_11eb_80bc_0025902b3cc1_GLPR063F.resize277.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f1a8d6_14b5_11ed_a675_ac1f6b40b531_GLPR051K3009016MU2578.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539c1a36_14b5_11ed_a675_ac1f6b40b531_GLPR050K4009016MU2579.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf23f696_14b2_11ed_a675_ac1f6b40b531_GLPR051PA9016MU2580.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/def597d6_14b2_11ed_a675_ac1f6b40b531_GLPR051PB9016MU2581.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe907976_14b2_11ed_a675_ac1f6b40b531_GLPR051PC9016MU2582.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36265536_14b3_11ed_a675_ac1f6b40b531_GLPR050PA9016MU2583.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66106296_14b3_11ed_a675_ac1f6b40b531_GLPR050PB9016MU2584.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84cde456_14b3_11ed_a675_ac1f6b40b531_GLPR050PC9016MU2585.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1236dccd_7543_11ec_8de2_ac1f6b40b531_GLPR041A86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40bbef7a_7543_11ec_8de2_ac1f6b40b531_GLPR041B87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/936e93f6_c45b_11eb_80bc_0025902b3cc1_GLPR041C88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C090.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B92692.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F1194.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_195.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f84522_f557_11ed_907c_ac1f6b40b531_GLPR0469016MU96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba787868_9af0_11ed_bd63_ac1f6b40b531_Frame-6-_1_97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81bfb42_9af0_11ed_bd63_ac1f6b40b531_GLS00690162598.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bffb279_9af1_11ed_bd63_ac1f6b40b531_GLS006901625_0199.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6108ddb5_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F3100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a2724e_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F3101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aafa01b8_09b8_11e9_8add_0025902b3cc1_2E63857B_B355_4E28_8BB4_D0B810828FCD102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b06b8d8f_7544_11ec_8de2_ac1f6b40b531_GLS063BRACKET_LEFTV5_01103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7426d40_7544_11ec_8de2_ac1f6b40b531_GLS063BRACKET_RIGHTV5_01104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b4ec40_7544_11ec_8de2_ac1f6b40b531_GLS063600105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6fc_0100_11e0_b16f_003048d0c7fe_64ADC644_3F80_4A38_9E41_6E9691363A14106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37ac6ff_0100_11e0_b16f_003048d0c7fe_FC2A246C_57E5_46C0_B6E4_216B36F86A1C107.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -11006,54 +10974,50 @@
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-900мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.038B.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 1200 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">840.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -11194,54 +11158,50 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.039B.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 835 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">499.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -11258,78 +11218,74 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Type 39 \ Штанга (L-1200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.111.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 07.08.2025</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 810 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">485.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 105 \ Кронштейн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.036.CH</t>
           </r>
           <r>
@@ -11364,278 +11320,278 @@
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
-[...3 lines deleted...]
-Артикул: RTP.056.CH</t>
+            <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.020.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">228.00</t>
+            <t xml:space="preserve">396.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
-[...3 lines deleted...]
-Артикул: RTP.020.CH</t>
+            <t xml:space="preserve">R 105-K \Кронштейн наклонный с штырьками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.054.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 48</t>
+Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">396.00</t>
+            <t xml:space="preserve">213.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R 105-K \Кронштейн наклонный с штырьками</t>
-[...3 lines deleted...]
-Артикул: RTP.054.CH</t>
+            <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.056.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">213.00</t>
+            <t xml:space="preserve">228.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.020.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 360 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">288.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLPR 64 Кронштейн наклонный на прямоуг. трубу 30х15, L-400мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLPR.064.9016MU.25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -11978,156 +11934,156 @@
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R 113-K \ Кронштейн прямой</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+            <t xml:space="preserve">GLPR 62 Кронштейн прямой на прямоуг. трубу 30х15, L-300мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLPR.062.V2.9016MU.25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">162.00</t>
+            <t xml:space="preserve">254.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLPR 62 Кронштейн прямой на прямоуг. трубу 30х15, L-300мм</t>
-[...7 lines deleted...]
-Цвет: белый муар</t>
+            <t xml:space="preserve">R 113-K \ Кронштейн прямой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.055.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Россия</t>
-[...7 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">254.00</t>
+            <t xml:space="preserve">162.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 107 \ Кассета для сорочек</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.039.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
@@ -12616,54 +12572,50 @@
             <t xml:space="preserve">
 Артикул: GLB.023B.L.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 360 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">179.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -12690,54 +12642,50 @@
             <t xml:space="preserve">
 Артикул: GLB.023B.R.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 360 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">179.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -12880,54 +12828,50 @@
             </rPr>
             <t xml:space="preserve">GL 55L.HL \ Держатель стеклянных полок (левый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055L.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">209.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -12950,54 +12894,50 @@
             </rPr>
             <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.055R.HL.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">209.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -14047,54 +13987,50 @@
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 291 \ Кронштейн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.028.MH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: матовый хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 56 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">47.00</t>
           </r>