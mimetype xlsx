--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10.10.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Uno</t>
   </si>
   <si>
     <t xml:space="preserve">Система UNO (УНО) - это специальные соединительные крепежи для труб д-25 и 32мм. 
 Крепежи Uno существенно увеличивают возможности систем Joker (Джокер), Tritix (Тритикс).
 Благодаря системам Joker, Uno, Tritix можно собрать абсолютно разные конструкции: стеллажи, вешала, выставочные стенды, примерочные кабины, рамы для зеркал, пристенное и островное оборудование для магазинов, кабинки для голосования. Также это идеальный конструктор для гардеробных и раздевалок в общественных зонах. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-1 \  Соединитель(2-х труб)</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -91,51 +91,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8250150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76.50</t>
+      <t xml:space="preserve">78.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-1 \ Соединитель(2-х труб)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.001.WH.MU</t>
@@ -148,51 +148,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8249014</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76.50</t>
+      <t xml:space="preserve">78.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-21 \ Соединитель(перпендикулярный 2-х труб)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.021.BL.MU</t>
@@ -201,51 +201,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92.82</t>
+      <t xml:space="preserve">94.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-21 \ Соединитель(перпендикулярный 2-х труб)</t>
@@ -258,51 +258,51 @@
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92.82</t>
+      <t xml:space="preserve">94.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-1 \  Соединитель 2-х труб</t>
@@ -323,51 +323,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-2 \  Соединитель 2-х параллельных труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.002.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -380,51 +380,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">60.18</t>
+      <t xml:space="preserve">61.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-3 \ Соединитель 3-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.003.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -437,51 +437,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.76</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-4 \ Угловой соединитель 3-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.004.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -494,51 +494,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">99.96</t>
+      <t xml:space="preserve">102.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-6 \ Угловой соединитель 3-х труб с 1-й полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.006.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -551,51 +551,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">112.00</t>
+      <t xml:space="preserve">114.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-7 \ Угловой соединитель 4-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.007.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -608,51 +608,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">131.00</t>
+      <t xml:space="preserve">134.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-8 \ Угловой соединитель 4-х труб с 1-й полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.008.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -665,51 +665,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">143.00</t>
+      <t xml:space="preserve">146.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-9 \ Угловой соединитель 4-х труб с 2-мя полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.009.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -722,51 +722,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">146.00</t>
+      <t xml:space="preserve">149.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-10 \ Угловой соединитель 5-ти труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.010.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -779,51 +779,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">184.00</t>
+      <t xml:space="preserve">188.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-11 \ Угловой соединитель 5-ти труб с 1-й полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.011.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -836,51 +836,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">177.00</t>
+      <t xml:space="preserve">181.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNO 011 \ Угловой соединитель 5-ти труб с 1-й полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNO.011.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1178,51 +1178,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">199.00</t>
+      <t xml:space="preserve">203.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-15 \ 3-х сторонний поворотный соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.015.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1235,51 +1235,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">162.00</t>
+      <t xml:space="preserve">165.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-16 \ Держатель панели стекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.016.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1292,51 +1292,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63.24</t>
+      <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNO 016 \ Держатель панели стекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNO.016.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1467,51 +1467,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">68.34</t>
+      <t xml:space="preserve">69.36</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-21 (d-32мм) \ Соединитель перпендикулярных 2-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.021C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1524,51 +1524,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">235.00</t>
+      <t xml:space="preserve">240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-22 \ Соединитель перпендикулярных 3-х труб поворотный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.022.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1581,51 +1581,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">151.00</t>
+      <t xml:space="preserve">154.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-22 (d-32мм) \ Соединитель перпендикулярных 3-х труб поворотный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.022C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1638,51 +1638,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">306.00</t>
+      <t xml:space="preserve">312.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-23 \ Соединитель перпендикулярных 4-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.023.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1695,51 +1695,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">153.00</t>
+      <t xml:space="preserve">156.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-24 \ Соединитель перпендикулярных 5-ти труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.024.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1752,51 +1752,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">235.00</t>
+      <t xml:space="preserve">240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNO 024 \ Соединитель перпендикулярных 5-ти труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNO.024.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1866,51 +1866,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.50</t>
+      <t xml:space="preserve">26.52</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -3304,51 +3304,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10.10.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3380,51 +3380,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8250150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76.50</t>
+            <t xml:space="preserve">78.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-1 \ Соединитель(2-х труб)</t>
           </r>
@@ -3440,51 +3440,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8249014</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76.50</t>
+            <t xml:space="preserve">78.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3498,51 +3498,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92.82</t>
+            <t xml:space="preserve">94.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3558,51 +3558,51 @@
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92.82</t>
+            <t xml:space="preserve">94.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3628,51 +3628,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-2 \  Соединитель 2-х параллельных труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.002.CH</t>
           </r>
@@ -3688,51 +3688,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">60.18</t>
+            <t xml:space="preserve">61.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-3 \ Соединитель 3-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3750,51 +3750,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.76</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-4 \ Угловой соединитель 3-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.004.CH</t>
           </r>
@@ -3810,51 +3810,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99.96</t>
+            <t xml:space="preserve">102.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-6 \ Угловой соединитель 3-х труб с 1-й полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3872,51 +3872,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">112.00</t>
+            <t xml:space="preserve">114.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-7 \ Угловой соединитель 4-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.007.CH</t>
           </r>
@@ -3932,51 +3932,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">131.00</t>
+            <t xml:space="preserve">134.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-8 \ Угловой соединитель 4-х труб с 1-й полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3994,51 +3994,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">143.00</t>
+            <t xml:space="preserve">146.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-9 \ Угловой соединитель 4-х труб с 2-мя полками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.009.CH</t>
           </r>
@@ -4054,51 +4054,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">146.00</t>
+            <t xml:space="preserve">149.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-10 \ Угловой соединитель 5-ти труб</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4116,51 +4116,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">184.00</t>
+            <t xml:space="preserve">188.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-11 \ Угловой соединитель 5-ти труб с 1-й полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.011.CH</t>
           </r>
@@ -4176,51 +4176,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">177.00</t>
+            <t xml:space="preserve">181.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNO 011 \ Угловой соединитель 5-ти труб с 1-й полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4542,51 +4542,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">199.00</t>
+            <t xml:space="preserve">203.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-15 \ 3-х сторонний поворотный соединитель</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4604,51 +4604,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">162.00</t>
+            <t xml:space="preserve">165.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-16 \ Держатель панели стекла</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.016.CH</t>
           </r>
@@ -4664,51 +4664,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63.24</t>
+            <t xml:space="preserve">64.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNO 016 \ Держатель панели стекла</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4852,51 +4852,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">68.34</t>
+            <t xml:space="preserve">69.36</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-21 (d-32мм) \ Соединитель перпендикулярных 2-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.021C.CH</t>
           </r>
@@ -4912,51 +4912,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">235.00</t>
+            <t xml:space="preserve">240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-22 \ Соединитель перпендикулярных 3-х труб поворотный</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4974,51 +4974,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">151.00</t>
+            <t xml:space="preserve">154.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-22 (d-32мм) \ Соединитель перпендикулярных 3-х труб поворотный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.022C.CH</t>
           </r>
@@ -5034,51 +5034,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">306.00</t>
+            <t xml:space="preserve">312.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-23 \ Соединитель перпендикулярных 4-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5096,51 +5096,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">153.00</t>
+            <t xml:space="preserve">156.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-24 \ Соединитель перпендикулярных 5-ти труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.024.CH</t>
           </r>
@@ -5156,51 +5156,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">235.00</t>
+            <t xml:space="preserve">240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNO 024 \ Соединитель перпендикулярных 5-ти труб</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5278,51 +5278,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.50</t>
+            <t xml:space="preserve">26.52</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>