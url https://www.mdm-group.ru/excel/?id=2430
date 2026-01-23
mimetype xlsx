--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10.10.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Tritix (Тритикс)</t>
   </si>
   <si>
     <t>Tritix (Тритикс) — система ферм 2-х, 3-х и 4-х труб (d-25mm) и различных узлов и соединителей к ним. Возможна покраска труб и металлических элементов в любой цвет.  Внимание! Некоторые изделия из данной серии имеют наценку 5% при покупке менее 1 коробки! Все такие изделия отмечены *</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T-1A \Связка 2-х труб(L=2200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRXP.001A.BL.CH</t>
     </r>
@@ -97,51 +97,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Толщина стенки 1мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2025.00</t>
+      <t xml:space="preserve">2066.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS-1A \ Связка 2-х труб(L=2200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRSD.001A.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -158,185 +158,185 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1930.00</t>
+      <t xml:space="preserve">1969.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">TS-1A \  Связка 2-х труб(L=2200 мм)</t>
-[...27 lines deleted...]
-Кол-во в упаковке, шт.: 1</t>
+      <t xml:space="preserve">T-1C \ Связка 2-х труб(L=3000 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: TRXP.001C.BL.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Китай</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: толщина стенки трубы 1мм.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+ Дата и время: 10.10.2025 09:11:30</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 2492 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2270.00</t>
+      <t xml:space="preserve">2289.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">T-1C \ Связка 2-х труб(L=3000 мм)</t>
-[...39 lines deleted...]
-Старая цена: 2492 руб.</t>
+      <t xml:space="preserve">TS-1A \  Связка 2-х труб(L=2200 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: TRSD.001A.02698.MGV13</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: под хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 2200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2244.00</t>
+      <t xml:space="preserve">2315.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS-1C \ Связка 2-х труб(L=3000 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRSD.001C.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -353,51 +353,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2370.00</t>
+      <t xml:space="preserve">2417.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T-2A \ Связка 3-х труб(L=2200 мм) (1,0мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRXP.002A.BL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -410,51 +410,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3315.00</t>
+      <t xml:space="preserve">3381.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS-1C \ Связка 2-х труб(L=3000 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRSD.001C.02698.MGV13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром</t>
@@ -471,51 +471,51 @@
       <t xml:space="preserve">
 Производитель:  Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2750.00</t>
+      <t xml:space="preserve">2805.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS-2A \ Связка 3-х труб(L=2200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRSD.002A.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -532,51 +532,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3149.00</t>
+      <t xml:space="preserve">3212.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T-2C \ Связка 3-х труб(L=3000 мм) (1,0мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRXP.002C.BL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -589,100 +589,100 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4386.00</t>
+      <t xml:space="preserve">4474.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T-13 \ Соединитель труб торцевой 2-х труб (Joker 59)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRXP.013.BL.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.04</t>
+      <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS-2C \ Связка 3-х труб(L=3000 мм)</t>
@@ -707,51 +707,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4159.00</t>
+      <t xml:space="preserve">4242.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T-3A \ Связка 4-х труб(L=2200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRXP.003A.BL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -768,51 +768,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: толщина стенки трубы 1мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3876.00</t>
+      <t xml:space="preserve">3954.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T-3С \ Связка 4-х труб(L=3000 мм) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRXP.003C.BL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -829,51 +829,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: толщина стенки трубы 1мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5100.00</t>
+      <t xml:space="preserve">5202.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS-3C \ Связка 4-х труб(L=3000 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRSD.003C.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -890,51 +890,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4840.00</t>
+      <t xml:space="preserve">4937.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T-13 \ Соединитель труб торцевой 2-х труб (Joker 59)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRXP.013.WH.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -943,51 +943,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.04</t>
+      <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS-7 \ Угол 3-х труб горизонтальный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRSD.007.CH</t>
@@ -1191,51 +1191,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">598.00</t>
+      <t xml:space="preserve">610.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T-13 \ Торцевой внутренний соединитель 2-х труб (Joker 59)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRXP.013.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1248,51 +1248,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">44.88</t>
+      <t xml:space="preserve">45.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-004 Соединитель угловой 3-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.004.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1301,51 +1301,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">249.00</t>
+      <t xml:space="preserve">254.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T-14 \ Консоль 2-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRXP.014.CH</t>
@@ -1358,51 +1358,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">332.00</t>
+      <t xml:space="preserve">339.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T-16 \ Консоль 3-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRXP.016.CH</t>
@@ -1415,51 +1415,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">543.00</t>
+      <t xml:space="preserve">554.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T-17 \ Консоль 4-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRXP.017.CH</t>
@@ -1472,51 +1472,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">742.00</t>
+      <t xml:space="preserve">757.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T-18 \ Консоль крепления трубы d-25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRXP.018.CH</t>
@@ -1533,51 +1533,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">285.00</t>
+      <t xml:space="preserve">291.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T-22 \ Полкодержатели пара</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRXP.022.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1594,51 +1594,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 483 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">265.00</t>
+      <t xml:space="preserve">270.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T-23 \ Полкодержатели пара</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRXP.023.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1708,51 +1708,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">662.00</t>
+      <t xml:space="preserve">675.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1812,51 +1812,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/003407e9_1a5b_11ee_907c_ac1f6b40b531_TRXP001ABLCH2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cefd445_ddd7_11ed_bba1_ac1f6b40b531_TRXP001ABLCH3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/050cfb33_dec2_11ed_bba1_ac1f6b40b531_TRSD001A02698MGV134.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6573d484_fa35_11ed_907c_ac1f6b40b531_TRXP001CBLCH5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45e5187b_40ce_11ed_9569_ac1f6b40b531_TRXP001CBLCH6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/414ed4f9_878c_11ee_907c_ac1f6b40b531_0dc2235a_f71f_11e1_99cf_0025902b3cc1_TS_17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e35a990_dec2_11ed_bba1_ac1f6b40b531_TRSD001C02698MGV13_028.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/874b0d87_dec2_11ed_bba1_ac1f6b40b531_TRXP002ABLCH9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f54bbaf_878c_11ee_907c_ac1f6b40b531_0dc2235a_f71f_11e1_99cf_0025902b3cc1_TS_110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c794d2c_11d2_11ee_907c_ac1f6b40b531_TRXP013VL11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/874b0dd4_dec2_11ed_bba1_ac1f6b40b531_TRXP002ABLCH12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38886894_5928_11ee_907c_ac1f6b40b531_TRXP003ABLCH13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8816b664_fa35_11ed_907c_ac1f6b40b531_TRXP003ABLCH14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3193f396_40ce_11ed_9569_ac1f6b40b531_TRXP003ABLCH15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23173f30_5cf5_11ee_907c_ac1f6b40b531_TRXP013WH16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c6a7fb_f727_11e1_99cf_0025902b3cc1_E78B2A95_BF4A_462B_9FB3_C18690BF888217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c6a7f1_f727_11e1_99cf_0025902b3cc1_5B2934F2_6C89_4137_BC42_146AB474FF2E18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10425aed_bf6f_11e4_afdc_0025902b3cc1_D288525F_103E_43CF_B567_F839B625628719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80626d4d_dec2_11ed_bba1_ac1f6b40b531_JOKP004Q224504N100_0120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84704fb5_0100_11e0_b16f_003048d0c7fe_1FDDE234_BD92_4280_BE8A_2F553CA3B65421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cd2c7d4_d50b_11ed_b8c7_ac1f6b40b531_UNOP004224504N100_0122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62df22_fdef_11df_b16f_003048d0c7fe_46F54464_8149_465B_A1D2_6647B3B43B5523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62df25_fdef_11df_b16f_003048d0c7fe_99CFC14A_460D_476A_890A_34278908462924.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f16_0427_11e0_99a4_003048f27c5f_8850B22D_3D2F_4F46_BB57_8D9DF7FE266725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9529a3c5_0967_11e3_b453_0025902b3cc1_BA34D67E_D3EF_4A93_BAE6_520737664BEB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942a79ad_074c_11e0_99a4_003048f27c5f_1AF42B2E_D8A6_477C_849F_F2C18C40077627.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/854f15cc_1fa7_11e0_99a4_003048f27c5f_2EADC4E9_FDBF_48AE_B220_38662A1156AF28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6af3e1f_09a4_11e0_99a4_003048f27c5f_C080A9E0_2E17_4AD9_AB15_2600364B7F3C29.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/003407e9_1a5b_11ee_907c_ac1f6b40b531_TRXP001ABLCH2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cefd445_ddd7_11ed_bba1_ac1f6b40b531_TRXP001ABLCH3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6573d484_fa35_11ed_907c_ac1f6b40b531_TRXP001CBLCH4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/050cfb33_dec2_11ed_bba1_ac1f6b40b531_TRSD001A02698MGV135.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45e5187b_40ce_11ed_9569_ac1f6b40b531_TRXP001CBLCH6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/414ed4f9_878c_11ee_907c_ac1f6b40b531_0dc2235a_f71f_11e1_99cf_0025902b3cc1_TS_17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e35a990_dec2_11ed_bba1_ac1f6b40b531_TRSD001C02698MGV13_028.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/874b0d87_dec2_11ed_bba1_ac1f6b40b531_TRXP002ABLCH9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f54bbaf_878c_11ee_907c_ac1f6b40b531_0dc2235a_f71f_11e1_99cf_0025902b3cc1_TS_110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c794d2c_11d2_11ee_907c_ac1f6b40b531_TRXP013VL11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/874b0dd4_dec2_11ed_bba1_ac1f6b40b531_TRXP002ABLCH12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38886894_5928_11ee_907c_ac1f6b40b531_TRXP003ABLCH13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8816b664_fa35_11ed_907c_ac1f6b40b531_TRXP003ABLCH14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3193f396_40ce_11ed_9569_ac1f6b40b531_TRXP003ABLCH15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23173f30_5cf5_11ee_907c_ac1f6b40b531_TRXP013WH16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c6a7fb_f727_11e1_99cf_0025902b3cc1_E78B2A95_BF4A_462B_9FB3_C18690BF888217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c6a7f1_f727_11e1_99cf_0025902b3cc1_5B2934F2_6C89_4137_BC42_146AB474FF2E18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10425aed_bf6f_11e4_afdc_0025902b3cc1_D288525F_103E_43CF_B567_F839B625628719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80626d4d_dec2_11ed_bba1_ac1f6b40b531_JOKP004Q224504N100_0120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84704fb5_0100_11e0_b16f_003048d0c7fe_1FDDE234_BD92_4280_BE8A_2F553CA3B65421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cd2c7d4_d50b_11ed_b8c7_ac1f6b40b531_UNOP004224504N100_0122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62df22_fdef_11df_b16f_003048d0c7fe_46F54464_8149_465B_A1D2_6647B3B43B5523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62df25_fdef_11df_b16f_003048d0c7fe_99CFC14A_460D_476A_890A_34278908462924.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f16_0427_11e0_99a4_003048f27c5f_8850B22D_3D2F_4F46_BB57_8D9DF7FE266725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9529a3c5_0967_11e3_b453_0025902b3cc1_BA34D67E_D3EF_4A93_BAE6_520737664BEB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942a79ad_074c_11e0_99a4_003048f27c5f_1AF42B2E_D8A6_477C_849F_F2C18C40077627.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/854f15cc_1fa7_11e0_99a4_003048f27c5f_2EADC4E9_FDBF_48AE_B220_38662A1156AF28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6af3e1f_09a4_11e0_99a4_003048f27c5f_C080A9E0_2E17_4AD9_AB15_2600364B7F3C29.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3026,51 +3026,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10.10.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3110,51 +3110,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Толщина стенки 1мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025.00</t>
+            <t xml:space="preserve">2066.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS-1A \ Связка 2-х труб(L=2200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: TRSD.001A.22450.4N100</t>
           </r>
@@ -3174,193 +3174,193 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1930.00</t>
+            <t xml:space="preserve">1969.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">TS-1A \  Связка 2-х труб(L=2200 мм)</t>
-[...27 lines deleted...]
-Кол-во в упаковке, шт.: 1</t>
+            <t xml:space="preserve">T-1C \ Связка 2-х труб(L=3000 мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: TRXP.001C.BL.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: толщина стенки трубы 1мм.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 10.10.2025 09:11:30</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 2492 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2270.00</t>
+            <t xml:space="preserve">2289.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">T-1C \ Связка 2-х труб(L=3000 мм)</t>
-[...39 lines deleted...]
-Старая цена: 2492 руб.</t>
+            <t xml:space="preserve">TS-1A \  Связка 2-х труб(L=2200 мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: TRSD.001A.02698.MGV13</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: под хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 2200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2244.00</t>
+            <t xml:space="preserve">2315.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS-1C \ Связка 2-х труб(L=3000 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3382,51 +3382,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2370.00</t>
+            <t xml:space="preserve">2417.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T-2A \ Связка 3-х труб(L=2200 мм) (1,0мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: TRXP.002A.BL.CH</t>
           </r>
@@ -3442,51 +3442,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3315.00</t>
+            <t xml:space="preserve">3381.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS-1C \ Связка 2-х труб(L=3000 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3508,51 +3508,51 @@
             <t xml:space="preserve">
 Производитель:  Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2750.00</t>
+            <t xml:space="preserve">2805.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS-2A \ Связка 3-х труб(L=2200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: TRSD.002A.22450.4N100</t>
           </r>
@@ -3572,51 +3572,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3149.00</t>
+            <t xml:space="preserve">3212.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T-2C \ Связка 3-х труб(L=3000 мм) (1,0мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3634,51 +3634,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4386.00</t>
+            <t xml:space="preserve">4474.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T-13 \ Соединитель труб торцевой 2-х труб (Joker 59)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: TRXP.013.BL.MU</t>
           </r>
@@ -3686,51 +3686,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.04</t>
+            <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3760,51 +3760,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4159.00</t>
+            <t xml:space="preserve">4242.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T-3A \ Связка 4-х труб(L=2200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: TRXP.003A.BL.CH</t>
           </r>
@@ -3824,51 +3824,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: толщина стенки трубы 1мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3876.00</t>
+            <t xml:space="preserve">3954.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T-3С \ Связка 4-х труб(L=3000 мм) </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3890,51 +3890,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: толщина стенки трубы 1мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5100.00</t>
+            <t xml:space="preserve">5202.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS-3C \ Связка 4-х труб(L=3000 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: TRSD.003C.22450.4N100</t>
           </r>
@@ -3954,51 +3954,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4840.00</t>
+            <t xml:space="preserve">4937.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T-13 \ Соединитель труб торцевой 2-х труб (Joker 59)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4012,51 +4012,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.04</t>
+            <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS-7 \ Угол 3-х труб горизонтальный</t>
           </r>
@@ -4276,51 +4276,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">598.00</t>
+            <t xml:space="preserve">610.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T-13 \ Торцевой внутренний соединитель 2-х труб (Joker 59)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: TRXP.013.CH</t>
           </r>
@@ -4336,51 +4336,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">44.88</t>
+            <t xml:space="preserve">45.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-004 Соединитель угловой 3-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4394,51 +4394,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">249.00</t>
+            <t xml:space="preserve">254.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T-14 \ Консоль 2-х труб</t>
           </r>
@@ -4454,51 +4454,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">332.00</t>
+            <t xml:space="preserve">339.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4516,51 +4516,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">543.00</t>
+            <t xml:space="preserve">554.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T-17 \ Консоль 4-х труб</t>
           </r>
@@ -4576,51 +4576,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">742.00</t>
+            <t xml:space="preserve">757.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4642,51 +4642,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">285.00</t>
+            <t xml:space="preserve">291.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T-22 \ Полкодержатели пара</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: TRXP.022.CH</t>
           </r>
@@ -4706,51 +4706,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 483 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">265.00</t>
+            <t xml:space="preserve">270.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T-23 \ Полкодержатели пара</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4828,51 +4828,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">662.00</t>
+            <t xml:space="preserve">675.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>