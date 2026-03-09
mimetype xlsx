--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -175,168 +175,164 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1969.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">T-1C \ Связка 2-х труб(L=3000 мм)</t>
-[...39 lines deleted...]
-Старая цена: 2492 руб.</t>
+      <t xml:space="preserve">TS-1A \  Связка 2-х труб(L=2200 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: TRSD.001A.02698.MGV13</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: под хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 2200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2289.00</t>
+      <t xml:space="preserve">2315.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">TS-1A \  Связка 2-х труб(L=2200 мм)</t>
-[...27 lines deleted...]
-Кол-во в упаковке, шт.: 1</t>
+      <t xml:space="preserve">T-1C \ Связка 2-х труб(L=3000 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: TRXP.001C.BL.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Китай</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: толщина стенки трубы 1мм.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+ Дата и время: 10.10.2025 09:11:30</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 2492 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2315.00</t>
+      <t xml:space="preserve">2289.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS-1C \ Связка 2-х труб(L=3000 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRSD.001C.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -370,152 +366,152 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2417.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">T-2A \ Связка 3-х труб(L=2200 мм) (1,0мм)</t>
-[...19 lines deleted...]
-Производитель: Китай</t>
+      <t xml:space="preserve">TS-1C \ Связка 2-х труб(L=3000 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: TRSD.001C.02698.MGV13</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: под хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 3000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель:  Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3381.00</t>
+      <t xml:space="preserve">2805.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">TS-1C \ Связка 2-х труб(L=3000 мм)</t>
-[...23 lines deleted...]
-Собственное производство: Да</t>
+      <t xml:space="preserve">T-2A \ Связка 3-х труб(L=2200 мм) (1,0мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: TRXP.002A.BL.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 2200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2805.00</t>
+      <t xml:space="preserve">3381.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS-2A \ Связка 3-х труб(L=2200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRSD.002A.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1567,54 +1563,50 @@
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T-22 \ Полкодержатели пара</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRXP.022.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 483 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">270.00</t>
     </r>
@@ -1812,51 +1804,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/003407e9_1a5b_11ee_907c_ac1f6b40b531_TRXP001ABLCH2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cefd445_ddd7_11ed_bba1_ac1f6b40b531_TRXP001ABLCH3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6573d484_fa35_11ed_907c_ac1f6b40b531_TRXP001CBLCH4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/050cfb33_dec2_11ed_bba1_ac1f6b40b531_TRSD001A02698MGV135.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45e5187b_40ce_11ed_9569_ac1f6b40b531_TRXP001CBLCH6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/414ed4f9_878c_11ee_907c_ac1f6b40b531_0dc2235a_f71f_11e1_99cf_0025902b3cc1_TS_17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e35a990_dec2_11ed_bba1_ac1f6b40b531_TRSD001C02698MGV13_028.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/874b0d87_dec2_11ed_bba1_ac1f6b40b531_TRXP002ABLCH9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f54bbaf_878c_11ee_907c_ac1f6b40b531_0dc2235a_f71f_11e1_99cf_0025902b3cc1_TS_110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c794d2c_11d2_11ee_907c_ac1f6b40b531_TRXP013VL11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/874b0dd4_dec2_11ed_bba1_ac1f6b40b531_TRXP002ABLCH12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38886894_5928_11ee_907c_ac1f6b40b531_TRXP003ABLCH13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8816b664_fa35_11ed_907c_ac1f6b40b531_TRXP003ABLCH14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3193f396_40ce_11ed_9569_ac1f6b40b531_TRXP003ABLCH15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23173f30_5cf5_11ee_907c_ac1f6b40b531_TRXP013WH16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c6a7fb_f727_11e1_99cf_0025902b3cc1_E78B2A95_BF4A_462B_9FB3_C18690BF888217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c6a7f1_f727_11e1_99cf_0025902b3cc1_5B2934F2_6C89_4137_BC42_146AB474FF2E18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10425aed_bf6f_11e4_afdc_0025902b3cc1_D288525F_103E_43CF_B567_F839B625628719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80626d4d_dec2_11ed_bba1_ac1f6b40b531_JOKP004Q224504N100_0120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84704fb5_0100_11e0_b16f_003048d0c7fe_1FDDE234_BD92_4280_BE8A_2F553CA3B65421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cd2c7d4_d50b_11ed_b8c7_ac1f6b40b531_UNOP004224504N100_0122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62df22_fdef_11df_b16f_003048d0c7fe_46F54464_8149_465B_A1D2_6647B3B43B5523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62df25_fdef_11df_b16f_003048d0c7fe_99CFC14A_460D_476A_890A_34278908462924.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f16_0427_11e0_99a4_003048f27c5f_8850B22D_3D2F_4F46_BB57_8D9DF7FE266725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9529a3c5_0967_11e3_b453_0025902b3cc1_BA34D67E_D3EF_4A93_BAE6_520737664BEB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942a79ad_074c_11e0_99a4_003048f27c5f_1AF42B2E_D8A6_477C_849F_F2C18C40077627.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/854f15cc_1fa7_11e0_99a4_003048f27c5f_2EADC4E9_FDBF_48AE_B220_38662A1156AF28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6af3e1f_09a4_11e0_99a4_003048f27c5f_C080A9E0_2E17_4AD9_AB15_2600364B7F3C29.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/003407e9_1a5b_11ee_907c_ac1f6b40b531_TRXP001ABLCH2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cefd445_ddd7_11ed_bba1_ac1f6b40b531_TRXP001ABLCH3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/050cfb33_dec2_11ed_bba1_ac1f6b40b531_TRSD001A02698MGV134.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6573d484_fa35_11ed_907c_ac1f6b40b531_TRXP001CBLCH5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45e5187b_40ce_11ed_9569_ac1f6b40b531_TRXP001CBLCH6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e35a990_dec2_11ed_bba1_ac1f6b40b531_TRSD001C02698MGV13_027.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/414ed4f9_878c_11ee_907c_ac1f6b40b531_0dc2235a_f71f_11e1_99cf_0025902b3cc1_TS_18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/874b0d87_dec2_11ed_bba1_ac1f6b40b531_TRXP002ABLCH9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f54bbaf_878c_11ee_907c_ac1f6b40b531_0dc2235a_f71f_11e1_99cf_0025902b3cc1_TS_110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c794d2c_11d2_11ee_907c_ac1f6b40b531_TRXP013VL11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/874b0dd4_dec2_11ed_bba1_ac1f6b40b531_TRXP002ABLCH12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38886894_5928_11ee_907c_ac1f6b40b531_TRXP003ABLCH13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8816b664_fa35_11ed_907c_ac1f6b40b531_TRXP003ABLCH14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3193f396_40ce_11ed_9569_ac1f6b40b531_TRXP003ABLCH15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23173f30_5cf5_11ee_907c_ac1f6b40b531_TRXP013WH16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c6a7fb_f727_11e1_99cf_0025902b3cc1_E78B2A95_BF4A_462B_9FB3_C18690BF888217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c6a7f1_f727_11e1_99cf_0025902b3cc1_5B2934F2_6C89_4137_BC42_146AB474FF2E18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10425aed_bf6f_11e4_afdc_0025902b3cc1_D288525F_103E_43CF_B567_F839B625628719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80626d4d_dec2_11ed_bba1_ac1f6b40b531_JOKP004Q224504N100_0120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84704fb5_0100_11e0_b16f_003048d0c7fe_1FDDE234_BD92_4280_BE8A_2F553CA3B65421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cd2c7d4_d50b_11ed_b8c7_ac1f6b40b531_UNOP004224504N100_0122.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62df22_fdef_11df_b16f_003048d0c7fe_46F54464_8149_465B_A1D2_6647B3B43B5523.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62df25_fdef_11df_b16f_003048d0c7fe_99CFC14A_460D_476A_890A_34278908462924.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f16_0427_11e0_99a4_003048f27c5f_8850B22D_3D2F_4F46_BB57_8D9DF7FE266725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9529a3c5_0967_11e3_b453_0025902b3cc1_BA34D67E_D3EF_4A93_BAE6_520737664BEB26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942a79ad_074c_11e0_99a4_003048f27c5f_1AF42B2E_D8A6_477C_849F_F2C18C40077627.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/854f15cc_1fa7_11e0_99a4_003048f27c5f_2EADC4E9_FDBF_48AE_B220_38662A1156AF28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6af3e1f_09a4_11e0_99a4_003048f27c5f_C080A9E0_2E17_4AD9_AB15_2600364B7F3C29.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3196,171 +3188,167 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1969.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">T-1C \ Связка 2-х труб(L=3000 мм)</t>
-[...39 lines deleted...]
-Старая цена: 2492 руб.</t>
+            <t xml:space="preserve">TS-1A \  Связка 2-х труб(L=2200 мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: TRSD.001A.02698.MGV13</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: под хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 2200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2289.00</t>
+            <t xml:space="preserve">2315.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">TS-1A \  Связка 2-х труб(L=2200 мм)</t>
-[...27 lines deleted...]
-Кол-во в упаковке, шт.: 1</t>
+            <t xml:space="preserve">T-1C \ Связка 2-х труб(L=3000 мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: TRXP.001C.BL.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: толщина стенки трубы 1мм.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 10.10.2025 09:11:30</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 2492 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2315.00</t>
+            <t xml:space="preserve">2289.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS-1C \ Связка 2-х труб(L=3000 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3402,157 +3390,157 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2417.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">T-2A \ Связка 3-х труб(L=2200 мм) (1,0мм)</t>
-[...19 lines deleted...]
-Производитель: Китай</t>
+            <t xml:space="preserve">TS-1C \ Связка 2-х труб(L=3000 мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: TRSD.001C.02698.MGV13</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: под хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель:  Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3381.00</t>
+            <t xml:space="preserve">2805.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">TS-1C \ Связка 2-х труб(L=3000 мм)</t>
-[...23 lines deleted...]
-Собственное производство: Да</t>
+            <t xml:space="preserve">T-2A \ Связка 3-х труб(L=2200 мм) (1,0мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: TRXP.002A.BL.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 2200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2805.00</t>
+            <t xml:space="preserve">3381.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TS-2A \ Связка 3-х труб(L=2200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: TRSD.002A.22450.4N100</t>
           </r>
@@ -4679,54 +4667,50 @@
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T-22 \ Полкодержатели пара</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: TRXP.022.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 483 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">270.00</t>
           </r>