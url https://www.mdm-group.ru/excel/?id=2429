--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.11.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Крепежи для барной трубы d-50мм</t>
   </si>
   <si>
     <t>Крепежи для барной трубы d-50мм совместимы с торговой системой Play</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL-013 \  Консоль крепления трубы d-50 мм к плоскости</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PLP.1301.CH</t>
     </r>
@@ -85,51 +85,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 43</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">357.00</t>
+      <t xml:space="preserve">364.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL-013 \  Консоль крепления трубы d-50 мм к плоскости</t>
@@ -142,51 +142,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 43</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">196.00</t>
+      <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL-013 (OBL) \  Консоль крепления трубы d-50 мм к плоскости, облегченная</t>
@@ -199,100 +199,100 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">110.00</t>
+      <t xml:space="preserve">112.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL-035 (TZ) \ Крепление трубы d-50 мм к плоскости, дистанционное (L-200)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PLP.3501.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">199.00</t>
+      <t xml:space="preserve">203.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -305,51 +305,51 @@
       </rPr>
       <t xml:space="preserve">PL-010 (TZ) \ Регулируемое крепление для стойки (трубы) d-50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PLP.1001.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">69.36</t>
+      <t xml:space="preserve">70.38</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -366,51 +366,51 @@
       <t xml:space="preserve">
 Артикул: PLP.1101.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: используется с PL-010 (TZ)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">190.00</t>
+      <t xml:space="preserve">194.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -484,51 +484,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 950</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">189.00</t>
+      <t xml:space="preserve">193.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P 2703 \ Держатель панели к трубе d-50 мм</t>
@@ -537,51 +537,51 @@
       <t xml:space="preserve">
 Артикул: PLP.2703.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: толщина панели 10-19мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">163.00</t>
+      <t xml:space="preserve">166.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -594,51 +594,51 @@
       <t xml:space="preserve">
 Артикул: PLP.2701.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">286.00</t>
+      <t xml:space="preserve">292.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -651,51 +651,51 @@
       <t xml:space="preserve">
 Артикул: PLP.2801.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">454.00</t>
+      <t xml:space="preserve">463.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -728,51 +728,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">775.00</t>
+      <t xml:space="preserve">791.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1566,51 +1566,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.11.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1638,51 +1638,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 43</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">357.00</t>
+            <t xml:space="preserve">364.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1698,51 +1698,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 43</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1760,51 +1760,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">110.00</t>
+            <t xml:space="preserve">112.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1812,51 +1812,51 @@
             </rPr>
             <t xml:space="preserve">PL-035 (TZ) \ Крепление трубы d-50 мм к плоскости, дистанционное (L-200)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PLP.3501.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">199.00</t>
+            <t xml:space="preserve">203.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
@@ -1874,51 +1874,51 @@
             </rPr>
             <t xml:space="preserve">PL-010 (TZ) \ Регулируемое крепление для стойки (трубы) d-50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PLP.1001.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">69.36</t>
+            <t xml:space="preserve">70.38</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
@@ -1938,51 +1938,51 @@
             <t xml:space="preserve">
 Артикул: PLP.1101.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: используется с PL-010 (TZ)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">190.00</t>
+            <t xml:space="preserve">194.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -2064,51 +2064,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 950</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">189.00</t>
+            <t xml:space="preserve">193.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2122,51 +2122,51 @@
             <t xml:space="preserve">
 Артикул: PLP.2703.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: толщина панели 10-19мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">163.00</t>
+            <t xml:space="preserve">166.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -2182,51 +2182,51 @@
             <t xml:space="preserve">
 Артикул: PLP.2701.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">286.00</t>
+            <t xml:space="preserve">292.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -2244,51 +2244,51 @@
             <t xml:space="preserve">
 Артикул: PLP.2801.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">454.00</t>
+            <t xml:space="preserve">463.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -2324,51 +2324,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">775.00</t>
+            <t xml:space="preserve">791.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>