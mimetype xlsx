--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24.04.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Ограждения-отбойники Joker</t>
   </si>
   <si>
     <t>Большой ассортимент по выгодным ценам. В наличии и на заказ.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Jr 018 (D=32 мм) \ Заглушка (металлопластиковая)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKR.018C.CH</t>
     </r>
@@ -85,51 +85,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39.10</t>
+      <t xml:space="preserve">39.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-21 (d-32мм) \ Соединитель перпендикулярных 2-х труб</t>
@@ -150,51 +150,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">235.00</t>
+      <t xml:space="preserve">240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-22 (d-32мм) \ Соединитель перпендикулярных 3-х труб поворотный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.022C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -207,100 +207,100 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">306.00</t>
+      <t xml:space="preserve">312.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SEV.340.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.76</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -862,51 +862,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24.04.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -934,51 +934,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39.10</t>
+            <t xml:space="preserve">39.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1002,51 +1002,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">235.00</t>
+            <t xml:space="preserve">240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-22 (d-32мм) \ Соединитель перпендикулярных 3-х труб поворотный</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1064,51 +1064,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">306.00</t>
+            <t xml:space="preserve">312.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SEV.340.BL</t>
           </r>
@@ -1116,51 +1116,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.76</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>