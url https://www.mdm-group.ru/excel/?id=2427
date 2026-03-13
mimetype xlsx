--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -224,86 +224,86 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">312.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
-[...3 lines deleted...]
-Артикул: SEV.340.BL</t>
+      <t xml:space="preserve">Ножка на подвижном шарнире, M10x30, D-40, черная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.340.40.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
-    </r>
-[...2 lines deleted...]
-Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">91.80</t>
+      <t xml:space="preserve">89.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -368,51 +368,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a508650_ba5e_11e8_a710_0025902b3cc1_EF4B9F33_891A_4779_B1B2_6FA547321F4A2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5327580_068c_11e0_99a4_003048f27c5f_165FF9FA_3D77_49E8_A1AE_5A2F2A3F66433.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afb6c53_0427_11e0_99a4_003048f27c5f_2EAF7B33_7ABA_4A46_A944_40A5933A7A524.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a508650_ba5e_11e8_a710_0025902b3cc1_EF4B9F33_891A_4779_B1B2_6FA547321F4A2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5327580_068c_11e0_99a4_003048f27c5f_165FF9FA_3D77_49E8_A1AE_5A2F2A3F66433.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afb6c53_0427_11e0_99a4_003048f27c5f_2EAF7B33_7ABA_4A46_A944_40A5933A7A524.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c01353e_b894_11ef_8ec3_0050569cf81d_SEV340-40-BL5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1084,86 +1084,86 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">312.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
-[...3 lines deleted...]
-Артикул: SEV.340.BL</t>
+            <t xml:space="preserve">Ножка на подвижном шарнире, M10x30, D-40, черная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.340.40.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
-          </r>
-[...2 lines deleted...]
-Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">91.80</t>
+            <t xml:space="preserve">89.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">