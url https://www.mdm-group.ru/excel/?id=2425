--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10.10.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Joker (Джокер)</t>
   </si>
   <si>
     <t>Внимание! Некоторые изделия из данной серии имеют наценку 5% при покупке менее 1 коробки! Все такие изделия отмечены *</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-1 \ Соединитель крестовых 3-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.001SX.CH</t>
     </r>
@@ -97,51 +97,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74.46</t>
+      <t xml:space="preserve">75.48</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-1 \ Соединитель крестовых 3-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.001DX.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -158,51 +158,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74.46</t>
+      <t xml:space="preserve">75.48</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-2 \ Соединитель параллельных 2-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.002.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -215,51 +215,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">75.48</t>
+      <t xml:space="preserve">76.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JK 002 \ Соединитель параллельных 2-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOK.002.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -325,51 +325,51 @@
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-3 \ Соединитель перпендикулярных 2-х труб</t>
@@ -390,51 +390,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64.26</t>
+      <t xml:space="preserve">65.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-6 \ Соединитель перпендикулярных 2-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.006.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -447,100 +447,100 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">80.58</t>
+      <t xml:space="preserve">82.62</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-6 \ Соединитель(перпендикулярный 2-х труб)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.006.BL.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">116.00</t>
+      <t xml:space="preserve">118.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-6 \ Соединитель(перпендикулярный 2-х труб)</t>
@@ -553,51 +553,51 @@
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">116.00</t>
+      <t xml:space="preserve">118.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х1-1,2мм</t>
@@ -683,51 +683,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для трубы д-25 с толщиной стенки от 1,0 до 1,2мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7.14</t>
+      <t xml:space="preserve">7.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х0,8-1,0мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.008.0,8-1.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -801,51 +801,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.70</t>
+      <t xml:space="preserve">36.72</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T-13 \ Торцевой внутренний соединитель 2-х труб (Joker 59)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRXP.013.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -858,100 +858,100 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">44.88</t>
+      <t xml:space="preserve">45.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T-13 \ Соединитель труб торцевой 2-х труб (Joker 59)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TRXP.013.BL.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.04</t>
+      <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T-13 \ Соединитель труб торцевой 2-х труб (Joker 59)</t>
@@ -968,100 +968,100 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.04</t>
+      <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Jr-12 \ Втулка для ножки, колесной опоры (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKR.012.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.00</t>
+      <t xml:space="preserve">26.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1086,100 +1086,100 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.04</t>
+      <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.014C.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.52</t>
+      <t xml:space="preserve">27.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-15 steel (D=25 мм) \ Консоль крепления к плоскости</t>
@@ -1334,51 +1334,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.68</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-15 h (D=25 мм) \ Консоль крепления к плоскости</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.015HA.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1399,51 +1399,51 @@
       <t xml:space="preserve">
 Толщина корпуса, мм: 2,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">99.96</t>
+      <t xml:space="preserve">102.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-15 h (t) (D=25 мм) \ Консоль крепления к плоскости</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.015HT.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1464,51 +1464,51 @@
       <t xml:space="preserve">
 Толщина корпуса, мм: 1,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76.50</t>
+      <t xml:space="preserve">78.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-15 c (D=32 мм) \  Консоль крепления к плоскости</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.015CT.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1529,51 +1529,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64.26</t>
+      <t xml:space="preserve">65.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.016.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1635,51 +1635,51 @@
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.60</t>
+      <t xml:space="preserve">5.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-17 (D=25 мм) \ Заглушка пластиковая</t>
@@ -1700,100 +1700,100 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.68</t>
+      <t xml:space="preserve">3.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Jr 018 (D=32 мм) \ Заглушка (металлопластиковая)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKR.018C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39.10</t>
+      <t xml:space="preserve">39.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-19 \ Заглушка-ножка пластиковая</t>
@@ -1814,51 +1814,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4.30</t>
+      <t xml:space="preserve">4.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-30 \ Соединитель параллельных 3-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.030.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1989,51 +1989,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">71.40</t>
+      <t xml:space="preserve">72.42</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-31 \ Соединитель крестовой 2-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.031DX.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2050,51 +2050,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">71.40</t>
+      <t xml:space="preserve">72.42</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JK 031 \ Соединитель крестовой 2-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOK.031SX.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2351,51 +2351,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">102.00</t>
+      <t xml:space="preserve">104.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-78 \ Держатель панелей двусторонний, поворотный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.078.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2408,51 +2408,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum. Лля использования со стеклом или решеткой необходимо дополнять уплотнителем J 52 или JK 52</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">110.00</t>
+      <t xml:space="preserve">112.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JK 078 \ Держатель панелей двусторонний, поворотный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOK.078.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2530,51 +2530,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">104.00</t>
+      <t xml:space="preserve">106.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-81 \ Полкодержатель двусторонний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.081.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2599,51 +2599,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 75</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 130 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">104.00</t>
+      <t xml:space="preserve">106.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-671 \ Держатель трубы проходной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.671.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2664,51 +2664,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 81,5 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">61.20</t>
+      <t xml:space="preserve">62.22</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JK 671 \ Держатель трубы проходной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOK.671.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2786,51 +2786,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 86,6 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65.28</t>
+      <t xml:space="preserve">66.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-651 \ Держатель трубы проходной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.651.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2839,51 +2839,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">83.64</t>
+      <t xml:space="preserve">85.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JK 651 \ Держатель трубы проходной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOK.651.CH</t>
@@ -2953,51 +2953,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">84.66</t>
+      <t xml:space="preserve">86.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-304 \ Соединитель поворотный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.304.CH</t>
@@ -3014,51 +3014,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.56</t>
+      <t xml:space="preserve">81.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JK 304 \ Соединитель поворотный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOK.304.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3124,51 +3124,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.50</t>
+      <t xml:space="preserve">26.52</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-37 \ Держатель стекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.037.CH</t>
@@ -3181,51 +3181,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.50</t>
+      <t xml:space="preserve">26.52</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JK 039 \ Держатель панели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOK.039.CH</t>
@@ -3681,51 +3681,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum. Для использования со стеклом или решеткой необходимо дополнять уплотнителем J 52 или JK 52</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">62.22</t>
+      <t xml:space="preserve">63.24</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-52 \ Уплотнитель для стекла и решетки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.052.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -3795,51 +3795,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">110.00</t>
+      <t xml:space="preserve">112.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-54 \ Соединитель трубы 25х10 мм, двусторонний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.054.00</t>
@@ -3852,51 +3852,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">143.00</t>
+      <t xml:space="preserve">146.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-55 \ Держатель для панели и стекла, двусторонний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.055.CH</t>
@@ -3913,51 +3913,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum. для использования со стеклом или решеткой необходимо дополнять уплотнителем J 52 или JK 52</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">102.00</t>
+      <t xml:space="preserve">104.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-58 \ Дистанционный держатель трубы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.058.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3970,51 +3970,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">99.96</t>
+      <t xml:space="preserve">102.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-60 \ Полкодержатель прямой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.673.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4027,51 +4027,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">199.00</t>
+      <t xml:space="preserve">203.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-61 \ Полкодержатель наклонный 30 град.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.674.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4198,51 +4198,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">148.00</t>
+      <t xml:space="preserve">151.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JK 063 \ Полкодержатель прямой односторонний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOK.063.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4332,51 +4332,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 224 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">179.00</t>
+      <t xml:space="preserve">183.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Jr-34 b \ Колесная опора (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKR.034B.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -4385,51 +4385,51 @@
       <t xml:space="preserve">
 Высота, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нагрузка, кг: до 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">50.00</t>
+      <t xml:space="preserve">51.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 e \ Колесная опора (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034E.GR</t>
@@ -4450,51 +4450,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: каркас – металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">172.00</t>
+      <t xml:space="preserve">175.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 et \ Колесная опора c тормозом (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034ET.CR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -4511,51 +4511,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: каркас – металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">180.00</t>
+      <t xml:space="preserve">184.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 ic \ Колесная опора (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034IC.40.ZN.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк/черный</t>
@@ -4584,51 +4584,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 88 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.04</t>
+      <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 cn \ Колесная опора (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034CN.ZN.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк/серый</t>
@@ -4645,51 +4645,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опорный болт М10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">128.00</t>
+      <t xml:space="preserve">131.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 cnt \ Колесная опора c тормозом (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034CNT.ZN.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк/серый</t>
@@ -4706,51 +4706,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опорный болт М10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">194.00</t>
+      <t xml:space="preserve">198.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Jr-34 сn \ Колесная опора усиленная (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKR.034CN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4763,51 +4763,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нагрузка, кг: до 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опорный болт М10 (длина 30 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">150.00</t>
+      <t xml:space="preserve">153.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 d \ Колесная опора шар (резьба М8) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034D.CHCR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/серый</t>
@@ -4885,51 +4885,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Материал колеса серая резина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">103.00</t>
+      <t xml:space="preserve">105.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-1 \  Соединитель 2-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.001.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4942,51 +4942,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-1 \  Соединитель(2-х труб)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.001.BL.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -4995,51 +4995,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8250150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76.50</t>
+      <t xml:space="preserve">78.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-1 \ Соединитель(2-х труб)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.001.WH.MU</t>
@@ -5052,51 +5052,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8249014</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76.50</t>
+      <t xml:space="preserve">78.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-2 \  Соединитель 2-х параллельных труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.002.CH</t>
@@ -5113,51 +5113,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">60.18</t>
+      <t xml:space="preserve">61.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-3 \ Соединитель 3-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.003.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5170,51 +5170,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.76</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-4 \ Угловой соединитель 3-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.004.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5227,51 +5227,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">99.96</t>
+      <t xml:space="preserve">102.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-6 \ Угловой соединитель 3-х труб с 1-й полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.006.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5284,51 +5284,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">112.00</t>
+      <t xml:space="preserve">114.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-7 \ Угловой соединитель 4-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.007.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5341,51 +5341,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">131.00</t>
+      <t xml:space="preserve">134.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-8 \ Угловой соединитель 4-х труб с 1-й полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.008.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5398,51 +5398,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">143.00</t>
+      <t xml:space="preserve">146.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-9 \ Угловой соединитель 4-х труб с 2-мя полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.009.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5455,51 +5455,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">146.00</t>
+      <t xml:space="preserve">149.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-10 \ Угловой соединитель 5-ти труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.010.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5512,51 +5512,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">184.00</t>
+      <t xml:space="preserve">188.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-11 \ Угловой соединитель 5-ти труб с 1-й полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.011.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5569,51 +5569,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">177.00</t>
+      <t xml:space="preserve">181.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNO 011 \ Угловой соединитель 5-ти труб с 1-й полкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNO.011.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5911,51 +5911,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">199.00</t>
+      <t xml:space="preserve">203.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-15 \ 3-х сторонний поворотный соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.015.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5968,51 +5968,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">162.00</t>
+      <t xml:space="preserve">165.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-16 \ Держатель панели стекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.016.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6025,51 +6025,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63.24</t>
+      <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNO 016 \ Держатель панели стекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNO.016.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6200,100 +6200,100 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">68.34</t>
+      <t xml:space="preserve">69.36</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-21 \ Соединитель(перпендикулярный 2-х труб)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.021.BL.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92.82</t>
+      <t xml:space="preserve">94.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-21 \ Соединитель(перпендикулярный 2-х труб)</t>
@@ -6306,51 +6306,51 @@
       <t xml:space="preserve">
 Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92.82</t>
+      <t xml:space="preserve">94.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-21 (d-32мм) \ Соединитель перпендикулярных 2-х труб</t>
@@ -6371,51 +6371,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">235.00</t>
+      <t xml:space="preserve">240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-22 \ Соединитель перпендикулярных 3-х труб поворотный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.022.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6428,51 +6428,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">151.00</t>
+      <t xml:space="preserve">154.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-22 (d-32мм) \ Соединитель перпендикулярных 3-х труб поворотный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.022C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6485,51 +6485,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">306.00</t>
+      <t xml:space="preserve">312.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-23 \ Соединитель перпендикулярных 4-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.023.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6542,51 +6542,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">153.00</t>
+      <t xml:space="preserve">156.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U-24 \ Соединитель перпендикулярных 5-ти труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNOP.024.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6599,51 +6599,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">235.00</t>
+      <t xml:space="preserve">240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UNO 024 \ Соединитель перпендикулярных 5-ти труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: UNO.024.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6713,51 +6713,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.50</t>
+      <t xml:space="preserve">26.52</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Js-21 \ Сектор</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.082.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6778,51 +6778,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">196.00</t>
+      <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Js-22 \ Дуга</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.083.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6839,51 +6839,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">270.00</t>
+      <t xml:space="preserve">275.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Js-23 \ Дуга</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.084.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6900,51 +6900,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">406.00</t>
+      <t xml:space="preserve">414.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Js-24 \ П-образная дуга</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.085.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6965,51 +6965,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">309.00</t>
+      <t xml:space="preserve">315.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Js-25 \ П-образная дуга</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.086.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -7030,51 +7030,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">425.00</t>
+      <t xml:space="preserve">434.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Js-26 \ Угол 90 град.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.087.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -7095,51 +7095,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">118.00</t>
+      <t xml:space="preserve">120.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Js-27 \ П-образная изогнутая дуга</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.088.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -7164,51 +7164,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">280.00</t>
+      <t xml:space="preserve">286.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-27 \ П-образная изогнутая дуга</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.027.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -7302,51 +7302,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">290.00</t>
+      <t xml:space="preserve">296.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Js-70 \ Угол 135 град.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.090.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -7359,51 +7359,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">116.00</t>
+      <t xml:space="preserve">118.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Js-71 \ Угол 90 град.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.091.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -7424,51 +7424,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">169.00</t>
+      <t xml:space="preserve">172.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Js-74 \ П-образный элемент</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.092.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -7489,51 +7489,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">290.00</t>
+      <t xml:space="preserve">296.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Js-75 \ П-образный элемент</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.093.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -7554,51 +7554,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">330.00</t>
+      <t xml:space="preserve">337.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Js-76 \ П-образный элемент</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.094.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -7623,51 +7623,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">240.00</t>
+      <t xml:space="preserve">245.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-4 \ Труба круглая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.004F.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -7688,51 +7688,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">199.00</t>
+      <t xml:space="preserve">203.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-4 \ Труба круглая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.050.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -7761,51 +7761,51 @@
       <t xml:space="preserve">
  Дата и время: 29.04.2025 09:37:50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">231.00</t>
+      <t xml:space="preserve">236.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-4 \ Труба круглая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.004B.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -7834,51 +7834,51 @@
       <t xml:space="preserve">
  Дата и время: 29.04.2025 09:51:15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">321.00</t>
+      <t xml:space="preserve">327.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-4 \ Труба</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.059.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -7899,51 +7899,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">337.00</t>
+      <t xml:space="preserve">344.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-4 \ Труба (для гибки)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.048.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -7964,51 +7964,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">612.00</t>
+      <t xml:space="preserve">624.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-4 \ Труба круглая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.004C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -8029,51 +8029,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">495.00</t>
+      <t xml:space="preserve">505.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-4 \ Труба барная круглая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.004D.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -8094,51 +8094,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">775.00</t>
+      <t xml:space="preserve">791.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-4 \ Труба овальная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.004.CH.1,0</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -8159,51 +8159,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">357.00</t>
+      <t xml:space="preserve">364.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-4 \ Труба круглая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.004T.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -8228,100 +8228,100 @@
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">235.00</t>
+      <t xml:space="preserve">240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Присоска - \ Присоска для стекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: E013 D10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.90</t>
+      <t xml:space="preserve">6.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -12873,51 +12873,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10.10.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -12957,51 +12957,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74.46</t>
+            <t xml:space="preserve">75.48</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-1 \ Соединитель крестовых 3-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.001DX.CH</t>
           </r>
@@ -13021,51 +13021,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74.46</t>
+            <t xml:space="preserve">75.48</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-2 \ Соединитель параллельных 2-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13083,51 +13083,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">75.48</t>
+            <t xml:space="preserve">76.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JK 002 \ Соединитель параллельных 2-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOK.002.CH</t>
           </r>
@@ -13201,51 +13201,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -13269,51 +13269,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64.26</t>
+            <t xml:space="preserve">65.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-6 \ Соединитель перпендикулярных 2-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13331,51 +13331,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">80.58</t>
+            <t xml:space="preserve">82.62</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-6 \ Соединитель(перпендикулярный 2-х труб)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.006.BL.MU</t>
           </r>
@@ -13383,51 +13383,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">116.00</t>
+            <t xml:space="preserve">118.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -13445,51 +13445,51 @@
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">116.00</t>
+            <t xml:space="preserve">118.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -13583,51 +13583,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для трубы д-25 с толщиной стенки от 1,0 до 1,2мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7.14</t>
+            <t xml:space="preserve">7.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-8 \ Заглушка металлопластиковая для трубы д-25х0,8-1,0мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.008.0,8-1.CH</t>
           </r>
@@ -13709,51 +13709,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.70</t>
+            <t xml:space="preserve">36.72</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T-13 \ Торцевой внутренний соединитель 2-х труб (Joker 59)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: TRXP.013.CH</t>
           </r>
@@ -13769,51 +13769,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">44.88</t>
+            <t xml:space="preserve">45.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T-13 \ Соединитель труб торцевой 2-х труб (Joker 59)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13823,51 +13823,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.04</t>
+            <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -13887,51 +13887,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.04</t>
+            <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -13941,51 +13941,51 @@
             <t xml:space="preserve">
 Артикул: JOKR.012.ZN</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.00</t>
+            <t xml:space="preserve">26.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -14013,51 +14013,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.04</t>
+            <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14067,51 +14067,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.52</t>
+            <t xml:space="preserve">27.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -14277,51 +14277,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.68</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-15 h (D=25 мм) \ Консоль крепления к плоскости</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14347,51 +14347,51 @@
             <t xml:space="preserve">
 Толщина корпуса, мм: 2,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99.96</t>
+            <t xml:space="preserve">102.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-15 h (t) (D=25 мм) \ Консоль крепления к плоскости</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.015HT.CH</t>
           </r>
@@ -14415,51 +14415,51 @@
             <t xml:space="preserve">
 Толщина корпуса, мм: 1,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76.50</t>
+            <t xml:space="preserve">78.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-15 c (D=32 мм) \  Консоль крепления к плоскости</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14485,51 +14485,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64.26</t>
+            <t xml:space="preserve">65.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.016.TR</t>
           </r>
@@ -14599,51 +14599,51 @@
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.60</t>
+            <t xml:space="preserve">5.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -14667,51 +14667,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.68</t>
+            <t xml:space="preserve">3.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Jr 018 (D=32 мм) \ Заглушка (металлопластиковая)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14721,51 +14721,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39.10</t>
+            <t xml:space="preserve">39.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -14789,51 +14789,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4.30</t>
+            <t xml:space="preserve">4.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-30 \ Соединитель параллельных 3-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14977,51 +14977,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">71.40</t>
+            <t xml:space="preserve">72.42</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-31 \ Соединитель крестовой 2-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.031DX.CH</t>
           </r>
@@ -15041,51 +15041,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">71.40</t>
+            <t xml:space="preserve">72.42</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JK 031 \ Соединитель крестовой 2-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15363,51 +15363,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">102.00</t>
+            <t xml:space="preserve">104.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-78 \ Держатель панелей двусторонний, поворотный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.078.CH</t>
           </r>
@@ -15423,51 +15423,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum. Лля использования со стеклом или решеткой необходимо дополнять уплотнителем J 52 или JK 52</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">110.00</t>
+            <t xml:space="preserve">112.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JK 078 \ Держатель панелей двусторонний, поворотный</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15553,51 +15553,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">104.00</t>
+            <t xml:space="preserve">106.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-81 \ Полкодержатель двусторонний</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15627,51 +15627,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 75</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 130 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">104.00</t>
+            <t xml:space="preserve">106.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-671 \ Держатель трубы проходной</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.671.CH</t>
           </r>
@@ -15695,51 +15695,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 81,5 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">61.20</t>
+            <t xml:space="preserve">62.22</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JK 671 \ Держатель трубы проходной</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15825,51 +15825,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 86,6 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65.28</t>
+            <t xml:space="preserve">66.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-651 \ Держатель трубы проходной</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15883,51 +15883,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">83.64</t>
+            <t xml:space="preserve">85.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JK 651 \ Держатель трубы проходной</t>
           </r>
@@ -16005,51 +16005,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">84.66</t>
+            <t xml:space="preserve">86.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-304 \ Соединитель поворотный</t>
           </r>
@@ -16069,51 +16069,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.56</t>
+            <t xml:space="preserve">81.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JK 304 \ Соединитель поворотный</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16187,51 +16187,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.50</t>
+            <t xml:space="preserve">26.52</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -16249,51 +16249,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.50</t>
+            <t xml:space="preserve">26.52</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JK 039 \ Держатель панели</t>
           </r>
@@ -16781,51 +16781,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum. Для использования со стеклом или решеткой необходимо дополнять уплотнителем J 52 или JK 52</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">62.22</t>
+            <t xml:space="preserve">63.24</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-52 \ Уплотнитель для стекла и решетки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.052.WH</t>
           </r>
@@ -16903,51 +16903,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">110.00</t>
+            <t xml:space="preserve">112.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-54 \ Соединитель трубы 25х10 мм, двусторонний</t>
           </r>
@@ -16963,51 +16963,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">143.00</t>
+            <t xml:space="preserve">146.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -17029,51 +17029,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum. для использования со стеклом или решеткой необходимо дополнять уплотнителем J 52 или JK 52</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">102.00</t>
+            <t xml:space="preserve">104.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-58 \ Дистанционный держатель трубы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.058.CH</t>
           </r>
@@ -17089,51 +17089,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99.96</t>
+            <t xml:space="preserve">102.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-60 \ Полкодержатель прямой</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17151,51 +17151,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">199.00</t>
+            <t xml:space="preserve">203.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-61 \ Полкодержатель наклонный 30 град.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.674.CH</t>
           </r>
@@ -17333,51 +17333,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">148.00</t>
+            <t xml:space="preserve">151.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JK 063 \ Полкодержатель прямой односторонний</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17475,51 +17475,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 224 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">179.00</t>
+            <t xml:space="preserve">183.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Jr-34 b \ Колесная опора (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17533,51 +17533,51 @@
             <t xml:space="preserve">
 Высота, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нагрузка, кг: до 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50.00</t>
+            <t xml:space="preserve">51.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 e \ Колесная опора (резьба М10)</t>
           </r>
@@ -17601,51 +17601,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: каркас – металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">172.00</t>
+            <t xml:space="preserve">175.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 et \ Колесная опора c тормозом (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17667,51 +17667,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: каркас – металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">180.00</t>
+            <t xml:space="preserve">184.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 ic \ Колесная опора (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.034IC.40.ZN.BL</t>
           </r>
@@ -17743,51 +17743,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 88 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.04</t>
+            <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 cn \ Колесная опора (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17809,51 +17809,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опорный болт М10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">128.00</t>
+            <t xml:space="preserve">131.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 cnt \ Колесная опора c тормозом (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.034CNT.ZN.GR</t>
           </r>
@@ -17873,51 +17873,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опорный болт М10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">194.00</t>
+            <t xml:space="preserve">198.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Jr-34 сn \ Колесная опора усиленная (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17935,51 +17935,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нагрузка, кг: до 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опорный болт М10 (длина 30 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">150.00</t>
+            <t xml:space="preserve">153.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 d \ Колесная опора шар (резьба М8) </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.034D.CHCR</t>
           </r>
@@ -18065,51 +18065,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Материал колеса серая резина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">103.00</t>
+            <t xml:space="preserve">105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-1 \  Соединитель 2-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.001.CH</t>
           </r>
@@ -18125,51 +18125,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-1 \  Соединитель(2-х труб)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -18183,51 +18183,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8250150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76.50</t>
+            <t xml:space="preserve">78.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-1 \ Соединитель(2-х труб)</t>
           </r>
@@ -18243,51 +18243,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8249014</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76.50</t>
+            <t xml:space="preserve">78.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -18309,51 +18309,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">60.18</t>
+            <t xml:space="preserve">61.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-3 \ Соединитель 3-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.003.CH</t>
           </r>
@@ -18369,51 +18369,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.76</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="4"/>
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-4 \ Угловой соединитель 3-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -18431,51 +18431,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99.96</t>
+            <t xml:space="preserve">102.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-6 \ Угловой соединитель 3-х труб с 1-й полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.006.CH</t>
           </r>
@@ -18491,51 +18491,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">112.00</t>
+            <t xml:space="preserve">114.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="4"/>
       <c r="B51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-7 \ Угловой соединитель 4-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -18553,51 +18553,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">131.00</t>
+            <t xml:space="preserve">134.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-8 \ Угловой соединитель 4-х труб с 1-й полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.008.CH</t>
           </r>
@@ -18613,51 +18613,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">143.00</t>
+            <t xml:space="preserve">146.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="4"/>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-9 \ Угловой соединитель 4-х труб с 2-мя полками</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -18675,51 +18675,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">146.00</t>
+            <t xml:space="preserve">149.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-10 \ Угловой соединитель 5-ти труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.010.CH</t>
           </r>
@@ -18735,51 +18735,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">184.00</t>
+            <t xml:space="preserve">188.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="4"/>
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-11 \ Угловой соединитель 5-ти труб с 1-й полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -18797,51 +18797,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">177.00</t>
+            <t xml:space="preserve">181.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C53" s="4"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNO 011 \ Угловой соединитель 5-ти труб с 1-й полкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNO.011.CH</t>
           </r>
@@ -19163,51 +19163,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">199.00</t>
+            <t xml:space="preserve">203.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C56" s="4"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-15 \ 3-х сторонний поворотный соединитель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.015.CH</t>
           </r>
@@ -19223,51 +19223,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">162.00</t>
+            <t xml:space="preserve">165.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="4"/>
       <c r="B57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-16 \ Держатель панели стекла</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -19285,51 +19285,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63.24</t>
+            <t xml:space="preserve">64.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C57" s="4"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNO 016 \ Держатель панели стекла</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNO.016.CH</t>
           </r>
@@ -19471,51 +19471,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">68.34</t>
+            <t xml:space="preserve">69.36</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="4"/>
       <c r="B59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-21 \ Соединитель(перпендикулярный 2-х труб)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -19525,51 +19525,51 @@
             <t xml:space="preserve">
 Цвет: черный муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92.82</t>
+            <t xml:space="preserve">94.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C59" s="4"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -19585,51 +19585,51 @@
             <t xml:space="preserve">
 Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92.82</t>
+            <t xml:space="preserve">94.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="4"/>
       <c r="B60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -19655,51 +19655,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">235.00</t>
+            <t xml:space="preserve">240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C60" s="4"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-22 \ Соединитель перпендикулярных 3-х труб поворотный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.022.CH</t>
           </r>
@@ -19715,51 +19715,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">151.00</t>
+            <t xml:space="preserve">154.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="4"/>
       <c r="B61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-22 (d-32мм) \ Соединитель перпендикулярных 3-х труб поворотный</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -19777,51 +19777,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">306.00</t>
+            <t xml:space="preserve">312.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C61" s="4"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-23 \ Соединитель перпендикулярных 4-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNOP.023.CH</t>
           </r>
@@ -19837,51 +19837,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">153.00</t>
+            <t xml:space="preserve">156.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="4"/>
       <c r="B62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U-24 \ Соединитель перпендикулярных 5-ти труб</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -19899,51 +19899,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">235.00</t>
+            <t xml:space="preserve">240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C62" s="4"/>
       <c r="D62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">UNO 024 \ Соединитель перпендикулярных 5-ти труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: UNO.024.CH</t>
           </r>
@@ -20021,51 +20021,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.50</t>
+            <t xml:space="preserve">26.52</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C63" s="4"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Js-21 \ Сектор</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.082.CH</t>
           </r>
@@ -20089,51 +20089,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="4"/>
       <c r="B64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Js-22 \ Дуга</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -20155,51 +20155,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">270.00</t>
+            <t xml:space="preserve">275.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C64" s="4"/>
       <c r="D64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Js-23 \ Дуга</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.084.CH</t>
           </r>
@@ -20219,51 +20219,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">406.00</t>
+            <t xml:space="preserve">414.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="4"/>
       <c r="B65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Js-24 \ П-образная дуга</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -20289,51 +20289,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">309.00</t>
+            <t xml:space="preserve">315.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C65" s="4"/>
       <c r="D65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Js-25 \ П-образная дуга</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.086.CH</t>
           </r>
@@ -20357,51 +20357,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">425.00</t>
+            <t xml:space="preserve">434.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="4"/>
       <c r="B66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Js-26 \ Угол 90 град.</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -20427,51 +20427,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">118.00</t>
+            <t xml:space="preserve">120.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C66" s="4"/>
       <c r="D66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Js-27 \ П-образная изогнутая дуга</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.088.CH</t>
           </r>
@@ -20499,51 +20499,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">280.00</t>
+            <t xml:space="preserve">286.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="4"/>
       <c r="B67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-27 \ П-образная изогнутая дуга</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -20645,51 +20645,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">290.00</t>
+            <t xml:space="preserve">296.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="4"/>
       <c r="B68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Js-70 \ Угол 135 град.</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -20707,51 +20707,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">116.00</t>
+            <t xml:space="preserve">118.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C68" s="4"/>
       <c r="D68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Js-71 \ Угол 90 град.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.091.CH</t>
           </r>
@@ -20775,51 +20775,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">169.00</t>
+            <t xml:space="preserve">172.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="4"/>
       <c r="B69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Js-74 \ П-образный элемент</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -20845,51 +20845,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">290.00</t>
+            <t xml:space="preserve">296.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C69" s="4"/>
       <c r="D69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Js-75 \ П-образный элемент</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.093.CH</t>
           </r>
@@ -20913,51 +20913,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">330.00</t>
+            <t xml:space="preserve">337.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="4"/>
       <c r="B70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Js-76 \ П-образный элемент</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -20987,51 +20987,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">240.00</t>
+            <t xml:space="preserve">245.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C70" s="4"/>
       <c r="D70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-4 \ Труба круглая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.004F.CH</t>
           </r>
@@ -21055,51 +21055,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">199.00</t>
+            <t xml:space="preserve">203.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="4"/>
       <c r="B71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-4 \ Труба круглая</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -21133,51 +21133,51 @@
             <t xml:space="preserve">
  Дата и время: 29.04.2025 09:37:50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">231.00</t>
+            <t xml:space="preserve">236.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C71" s="4"/>
       <c r="D71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-4 \ Труба круглая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.004B.CH</t>
           </r>
@@ -21209,51 +21209,51 @@
             <t xml:space="preserve">
  Дата и время: 29.04.2025 09:51:15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">321.00</t>
+            <t xml:space="preserve">327.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="4"/>
       <c r="B72" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-4 \ Труба</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -21279,51 +21279,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">337.00</t>
+            <t xml:space="preserve">344.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C72" s="4"/>
       <c r="D72" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-4 \ Труба (для гибки)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.048.CH</t>
           </r>
@@ -21347,51 +21347,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">612.00</t>
+            <t xml:space="preserve">624.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="4"/>
       <c r="B73" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-4 \ Труба круглая</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -21417,51 +21417,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">495.00</t>
+            <t xml:space="preserve">505.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C73" s="4"/>
       <c r="D73" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-4 \ Труба барная круглая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.004D.CH</t>
           </r>
@@ -21485,51 +21485,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">775.00</t>
+            <t xml:space="preserve">791.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="4"/>
       <c r="B74" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-4 \ Труба овальная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -21555,51 +21555,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">357.00</t>
+            <t xml:space="preserve">364.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C74" s="4"/>
       <c r="D74" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-4 \ Труба круглая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.004T.CH</t>
           </r>
@@ -21627,51 +21627,51 @@
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">235.00</t>
+            <t xml:space="preserve">240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="4"/>
       <c r="B75" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Присоска - \ Присоска для стекла</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -21681,51 +21681,51 @@
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.90</t>
+            <t xml:space="preserve">6.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>