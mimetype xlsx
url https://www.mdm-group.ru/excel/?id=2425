--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -252,54 +252,50 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JK 002 \ Соединитель параллельных 2-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOK.002.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 98 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">49.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2091,54 +2087,50 @@
       </rPr>
       <t xml:space="preserve">JK 031 \ Соединитель крестовой 2-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOK.031SX.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Соединитель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 79 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">51.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2156,54 +2148,50 @@
       </rPr>
       <t xml:space="preserve">JK 031 \ Соединитель крестовой 2-х труб</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOK.031DX.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Соединитель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 79 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">51.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2449,54 +2437,50 @@
       </rPr>
       <t xml:space="preserve">JK 078 \ Держатель панелей двусторонний, поворотный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOK.078.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для использования со стеклом или решеткой необходимо дополнять уплотнителем J 52 или JK 52</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 148 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">76.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2575,54 +2559,50 @@
       <t xml:space="preserve">
 Артикул: JOKP.081.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 10.10.2025 09:09:35</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 75</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 130 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">106.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2640,54 +2620,50 @@
       </rPr>
       <t xml:space="preserve">J-671 \ Держатель трубы проходной</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.671.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 30x15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 10.10.2025 09:10:20</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 81,5 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">62.22</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2762,54 +2738,50 @@
       </rPr>
       <t xml:space="preserve">J-672 \ Держатель трубы завершающий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.672.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 30x15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 10.10.2025 09:10:47</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 86,6 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">66.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -3226,54 +3198,50 @@
       </rPr>
       <t xml:space="preserve">JK 039 \ Держатель панели</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOK.039.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 10.10.2025 09:05:37</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 26 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">15.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -3527,54 +3495,50 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 10.10.2025 09:06:12</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 169 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">85.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -3600,54 +3564,50 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 10.10.2025 09:07:30</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 169 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">85.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -4239,54 +4199,50 @@
       </rPr>
       <t xml:space="preserve">JK 063 \ Полкодержатель прямой односторонний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOK.063.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 210 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">148.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -4308,54 +4264,50 @@
       <t xml:space="preserve">
 Артикул: JOKP.064.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 10.10.2025 09:08:55</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 224 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">183.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -4560,54 +4512,50 @@
       <t xml:space="preserve">
 Цвет: цинк/черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нагрузка, кг: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опорный болт М10</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 07.10.2025 14:16:31</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 88 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -7741,54 +7689,50 @@
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 0,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 29.04.2025 09:37:50</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">236.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -7814,55 +7758,51 @@
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 0,9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 29.04.2025 09:51:15</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 10*</t>
+Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">327.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -8205,54 +8145,50 @@
 Артикул: JOKP.004T.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина металла, мм: 1,1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
@@ -13123,54 +13059,50 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JK 002 \ Соединитель параллельных 2-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOK.002.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 98 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -15087,54 +15019,50 @@
             </rPr>
             <t xml:space="preserve">JK 031 \ Соединитель крестовой 2-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOK.031SX.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Соединитель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 79 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">51.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -15152,54 +15080,50 @@
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JK 031 \ Соединитель крестовой 2-х труб</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOK.031DX.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Соединитель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 79 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">51.00</t>
           </r>
@@ -15469,54 +15393,50 @@
             </rPr>
             <t xml:space="preserve">JK 078 \ Держатель панелей двусторонний, поворотный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOK.078.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для использования со стеклом или решеткой необходимо дополнять уплотнителем J 52 или JK 52</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 148 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">76.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -15603,54 +15523,50 @@
             <t xml:space="preserve">
 Артикул: JOKP.081.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 10.10.2025 09:09:35</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 75</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 130 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">106.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -15668,54 +15584,50 @@
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-671 \ Держатель трубы проходной</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.671.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30x15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 10.10.2025 09:10:20</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 81,5 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">62.22</t>
           </r>
@@ -15801,54 +15713,50 @@
             </rPr>
             <t xml:space="preserve">J-672 \ Держатель трубы завершающий</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.672.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30x15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 10.10.2025 09:10:47</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 86,6 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">66.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -16297,54 +16205,50 @@
             </rPr>
             <t xml:space="preserve">JK 039 \ Держатель панели</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOK.039.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 10.10.2025 09:05:37</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 26 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">15.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -16619,54 +16523,50 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 10.10.2025 09:06:12</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 169 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">85.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -16692,54 +16592,50 @@
 Артикул: JOK.050C.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 10.10.2025 09:07:30</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 169 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">85.00</t>
           </r>
@@ -17379,54 +17275,50 @@
             </rPr>
             <t xml:space="preserve">JK 063 \ Полкодержатель прямой односторонний</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOK.063.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 210 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">148.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -17448,54 +17340,50 @@
             <t xml:space="preserve">J-64 \ Полкодержатель прямой двусторонний</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.064.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 10.10.2025 09:08:55</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 224 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">183.00</t>
           </r>
@@ -17719,54 +17607,50 @@
             <t xml:space="preserve">
 Цвет: цинк/черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нагрузка, кг: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опорный болт М10</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 07.10.2025 14:16:31</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 88 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -21113,54 +20997,50 @@
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 0,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 29.04.2025 09:37:50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">236.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C71" s="4"/>
       <c r="D71" s="5" t="inlineStr">
@@ -21189,55 +21069,51 @@
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 0,9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 29.04.2025 09:51:15</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 10*</t>
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">327.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="4"/>
@@ -21604,54 +21480,50 @@
 Артикул: JOKP.004T.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 1,1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>