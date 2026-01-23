--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15.11.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>R-System</t>
   </si>
   <si>
     <t>R-system является  дополнением системы Joker, позволяя создавать новые варианты конструкций на основе труб. Для соединения с трубами Joker применен принципиально новый способ, при помощи евровинтов и внутренних втулок, в связи с этим соединительные элементы системы имеют небольшие размеры и практически незаметны. С помощью новых соединителей можно создавать элементы торгового оборудования, рекламных конструкций, а также элементы интерьера. Стандартные цвета соединителей: хром и серый металлик. На заказ возможна доставка соединителей в следующих цветах: синий, красный, белый, зеленый.  При изготовлении оборудования из материалов «на заказ» возможно увеличение срока выполнения заказа</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">КПР-1.2.ХР \  Кольцо переходное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RST.009.1.2.CH</t>
     </r>
@@ -85,51 +85,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: использовать с ВО-23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33.35</t>
+      <t xml:space="preserve">34.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S=4 СЕРЫЙ №9 \ Заглушка для конфирмата (шестигр.)</t>
@@ -195,51 +195,51 @@
       <t xml:space="preserve">
 Артикул: RST.001.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый металлик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.50</t>
+      <t xml:space="preserve">35.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -252,51 +252,51 @@
       <t xml:space="preserve">
 Артикул: RST.007.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый металлик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">49.45</t>
+      <t xml:space="preserve">50.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -309,100 +309,100 @@
       <t xml:space="preserve">
 Артикул: RST.008.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">96.60</t>
+      <t xml:space="preserve">98.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Евровинт с шестигранной головкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KON 7,0X50 IB</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2.50</t>
+      <t xml:space="preserve">2.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -415,51 +415,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Евровинт с шестигранной головкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KON 7,0X70 IB</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4.30</t>
+      <t xml:space="preserve">4.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -476,51 +476,51 @@
       </rPr>
       <t xml:space="preserve">M6 X 30 \ Винт с цилиндр. головкой под шестигранник</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DIN.912.M6X30.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4.30</t>
+      <t xml:space="preserve">4.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -533,51 +533,51 @@
       </rPr>
       <t xml:space="preserve">N M6 B \ Гайка шестигранная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DIN.934.M6.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.70</t>
+      <t xml:space="preserve">1.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1297,51 +1297,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15.11.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1369,51 +1369,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: использовать с ВО-23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33.35</t>
+            <t xml:space="preserve">34.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1487,51 +1487,51 @@
             <t xml:space="preserve">
 Артикул: RST.001.GR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серый металлик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.50</t>
+            <t xml:space="preserve">35.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -1547,51 +1547,51 @@
             <t xml:space="preserve">
 Артикул: RST.007.GR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серый металлик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">49.45</t>
+            <t xml:space="preserve">50.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -1609,51 +1609,51 @@
             <t xml:space="preserve">
 Артикул: RST.008.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">96.60</t>
+            <t xml:space="preserve">98.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -1661,51 +1661,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Евровинт с шестигранной головкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KON 7,0X50 IB</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2.50</t>
+            <t xml:space="preserve">2.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -1723,51 +1723,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Евровинт с шестигранной головкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KON 7,0X70 IB</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4.30</t>
+            <t xml:space="preserve">4.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -1787,51 +1787,51 @@
             </rPr>
             <t xml:space="preserve">M6 X 30 \ Винт с цилиндр. головкой под шестигранник</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DIN.912.M6X30.ZN</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4.30</t>
+            <t xml:space="preserve">4.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
@@ -1849,51 +1849,51 @@
             </rPr>
             <t xml:space="preserve">N M6 B \ Гайка шестигранная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DIN.934.M6.ZN</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.70</t>
+            <t xml:space="preserve">1.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>