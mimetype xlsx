--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10.10.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Primo</t>
   </si>
   <si>
     <t>Внимание! Некоторые изделия из данной серии имеют наценку 5% при покупке менее 1 коробки! Все такие изделия отмечены *</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.001A.CH</t>
     </r>
@@ -146,51 +146,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">152.00</t>
+      <t xml:space="preserve">155.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.001A.SA</t>
@@ -260,51 +260,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">185.00</t>
+      <t xml:space="preserve">189.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.001.SA</t>
@@ -374,51 +374,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">176.00</t>
+      <t xml:space="preserve">180.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.002A.SA</t>
@@ -553,51 +553,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">237.00</t>
+      <t xml:space="preserve">242.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.002.SA</t>
@@ -724,51 +724,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">201.00</t>
+      <t xml:space="preserve">205.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.003A.SA</t>
@@ -838,51 +838,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">281.00</t>
+      <t xml:space="preserve">287.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.003.SA</t>
@@ -1009,51 +1009,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">214.00</t>
+      <t xml:space="preserve">218.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.004.ZN</t>
@@ -1123,51 +1123,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">316.00</t>
+      <t xml:space="preserve">322.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-5 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.P.005A.CH</t>
@@ -1180,51 +1180,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">146.00</t>
+      <t xml:space="preserve">149.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">5 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.005A.SA</t>
@@ -1359,51 +1359,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">160.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">5 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.005.SA</t>
@@ -1530,51 +1530,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">163.00</t>
+      <t xml:space="preserve">166.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">6 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.006A.SA</t>
@@ -1709,51 +1709,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">194.00</t>
+      <t xml:space="preserve">198.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">6 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.006.SA</t>
@@ -1880,51 +1880,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">171.00</t>
+      <t xml:space="preserve">174.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">7 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.007A.SA</t>
@@ -2051,51 +2051,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">250.00</t>
+      <t xml:space="preserve">255.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">7 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.007.SA</t>
@@ -2177,51 +2177,51 @@
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1469.00</t>
+      <t xml:space="preserve">1498.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">8 \ Труба квадратная 20х20мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.008A.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -2242,51 +2242,51 @@
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2648.00</t>
+      <t xml:space="preserve">2701.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">8 \ Труба квадратная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.008.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2307,51 +2307,51 @@
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1601.00</t>
+      <t xml:space="preserve">1633.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">8 \ Труба квадратная 25х25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.008.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -2372,51 +2372,51 @@
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3305.00</t>
+      <t xml:space="preserve">3371.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR 011 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.111.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2425,51 +2425,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">212.00</t>
+      <t xml:space="preserve">216.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR 012 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.112.CH</t>
@@ -2482,51 +2482,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">305.00</t>
+      <t xml:space="preserve">311.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR 013 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.113.CH</t>
@@ -2539,51 +2539,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">411.00</t>
+      <t xml:space="preserve">419.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR 014 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.114.CH</t>
@@ -2596,51 +2596,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">596.00</t>
+      <t xml:space="preserve">608.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR 200 \ Опора</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.200.CH</t>
@@ -2661,100 +2661,100 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: необходимо комплектовать рег.ножками JK 14 с</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1867.00</t>
+      <t xml:space="preserve">1904.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.014C.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.52</t>
+      <t xml:space="preserve">27.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">48 \ Заглушка</t>
@@ -2824,51 +2824,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.50</t>
+      <t xml:space="preserve">26.52</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-48 \ Заглушка</t>
@@ -2881,51 +2881,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30.60</t>
+      <t xml:space="preserve">31.62</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
@@ -2995,51 +2995,51 @@
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.60</t>
+      <t xml:space="preserve">5.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Присоска - \ Присоска для стекла</t>
@@ -3052,51 +3052,51 @@
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.90</t>
+      <t xml:space="preserve">6.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-70 \ Втулка</t>
@@ -3117,51 +3117,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.56</t>
+      <t xml:space="preserve">29.58</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-70 \ Втулка (25х25мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.P.070.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3174,51 +3174,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.68</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Pr-70 \ Втулка для квадратной трубы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.070.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3231,96 +3231,96 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нагрузка, кг: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для трубы толщиной 0,5-3,0 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32.20</t>
+      <t xml:space="preserve">32.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-71 \ Консоль</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.P.071A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">90.78</t>
+      <t xml:space="preserve">92.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3333,51 +3333,51 @@
       <t xml:space="preserve">
 Артикул: PRN.P.071.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">91.80</t>
+      <t xml:space="preserve">93.84</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3394,51 +3394,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">125.00</t>
+      <t xml:space="preserve">128.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-73 \ Полкодержатель</t>
@@ -3451,51 +3451,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">81.60</t>
+      <t xml:space="preserve">83.64</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-75 \ Полкодержатель</t>
@@ -3508,51 +3508,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.56</t>
+      <t xml:space="preserve">29.58</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-76 \ Полкодержатель</t>
@@ -3565,51 +3565,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.56</t>
+      <t xml:space="preserve">29.58</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-77 \ Держатель панели</t>
@@ -3622,51 +3622,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.56</t>
+      <t xml:space="preserve">29.58</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">104 A4 \ Труба с перфорацией</t>
@@ -3842,51 +3842,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полкодержатель с резьбой М5 в пластиковом чехольчике</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PK5,0X16B+K-T</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">85.10</t>
+      <t xml:space="preserve">86.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -3907,51 +3907,51 @@
       <t xml:space="preserve">
 Артикул: PRN.201.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1057.00</t>
+      <t xml:space="preserve">1078.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3976,51 +3976,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: требуется доп. комплектация присосками J 016</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">213.00</t>
+      <t xml:space="preserve">217.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR 026L \ Левый Кронштейн для полок из стекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.126L.NM</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: неокрашенный металл</t>
@@ -4033,51 +4033,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кронштейн: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: требуется доп. комплектация присосками J 016</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">213.00</t>
+      <t xml:space="preserve">217.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR 027R \ Правый Кронштейн для полок из ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.127R.NM</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: неокрашенный металл</t>
@@ -4086,51 +4086,51 @@
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">177.00</t>
+      <t xml:space="preserve">181.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR 027L \ Левый Кронштейн для полок из ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.127L.NM</t>
@@ -4143,51 +4143,51 @@
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кронштейн: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">177.00</t>
+      <t xml:space="preserve">181.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">932 \ Ножка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.932.BL</t>
@@ -4200,51 +4200,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14.67</t>
+      <t xml:space="preserve">15.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">937 \ Ножка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.937.BL</t>
@@ -4318,96 +4318,96 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение консоли, мм: 20,8х20,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">95.88</t>
+      <t xml:space="preserve">97.92</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FMT 002 \ Крепление к стене</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FMT.002.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">326.00</t>
+      <t xml:space="preserve">333.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -4424,51 +4424,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для полок толщиной 8 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">430.00</t>
+      <t xml:space="preserve">439.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PR 028 \ Фриз прямой 400x500h V2</t>
@@ -4477,51 +4477,51 @@
       <t xml:space="preserve">
 Артикул: PRN.128.V2.V0005.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 400x500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1047.00</t>
+      <t xml:space="preserve">1068.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -4534,51 +4534,51 @@
       <t xml:space="preserve">
 Артикул: PRN.129.V2.V0005.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 800x500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1765.00</t>
+      <t xml:space="preserve">1800.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -4591,51 +4591,51 @@
       <t xml:space="preserve">
 Артикул: PRN.130.V2.V0005.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 1200x500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2513.00</t>
+      <t xml:space="preserve">2563.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
@@ -7451,51 +7451,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10.10.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -7587,51 +7587,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">152.00</t>
+            <t xml:space="preserve">155.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7709,51 +7709,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">185.00</t>
+            <t xml:space="preserve">189.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7831,51 +7831,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">176.00</t>
+            <t xml:space="preserve">180.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8023,51 +8023,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">237.00</t>
+            <t xml:space="preserve">242.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2 \ Соединитель</t>
           </r>
@@ -8205,51 +8205,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">201.00</t>
+            <t xml:space="preserve">205.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8327,51 +8327,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">281.00</t>
+            <t xml:space="preserve">287.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8511,51 +8511,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">214.00</t>
+            <t xml:space="preserve">218.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4 \ Соединитель</t>
           </r>
@@ -8633,51 +8633,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">316.00</t>
+            <t xml:space="preserve">322.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-5 \ Соединитель</t>
           </r>
@@ -8693,51 +8693,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">146.00</t>
+            <t xml:space="preserve">149.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8885,51 +8885,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5 \ Соединитель</t>
           </r>
@@ -9067,51 +9067,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">163.00</t>
+            <t xml:space="preserve">166.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9259,51 +9259,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">194.00</t>
+            <t xml:space="preserve">198.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6 \ Соединитель</t>
           </r>
@@ -9441,51 +9441,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">171.00</t>
+            <t xml:space="preserve">174.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9625,51 +9625,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250.00</t>
+            <t xml:space="preserve">255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">7 \ Соединитель</t>
           </r>
@@ -9759,51 +9759,51 @@
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1469.00</t>
+            <t xml:space="preserve">1498.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8 \ Труба квадратная 20х20мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRN.008A.SA</t>
           </r>
@@ -9827,51 +9827,51 @@
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2648.00</t>
+            <t xml:space="preserve">2701.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8 \ Труба квадратная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9897,51 +9897,51 @@
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1601.00</t>
+            <t xml:space="preserve">1633.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8 \ Труба квадратная 25х25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRN.008.SA</t>
           </r>
@@ -9965,51 +9965,51 @@
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3305.00</t>
+            <t xml:space="preserve">3371.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR 011 \ Соединитель</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10023,51 +10023,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">212.00</t>
+            <t xml:space="preserve">216.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR 012 \ Соединитель</t>
           </r>
@@ -10083,51 +10083,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">305.00</t>
+            <t xml:space="preserve">311.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10145,51 +10145,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">411.00</t>
+            <t xml:space="preserve">419.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR 014 \ Соединитель</t>
           </r>
@@ -10205,51 +10205,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">596.00</t>
+            <t xml:space="preserve">608.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10275,51 +10275,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: необходимо комплектовать рег.ножками JK 14 с</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1867.00</t>
+            <t xml:space="preserve">1904.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.014C.00</t>
           </r>
@@ -10327,51 +10327,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.52</t>
+            <t xml:space="preserve">27.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -10449,51 +10449,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.50</t>
+            <t xml:space="preserve">26.52</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -10511,51 +10511,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30.60</t>
+            <t xml:space="preserve">31.62</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -10633,51 +10633,51 @@
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.60</t>
+            <t xml:space="preserve">5.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -10693,51 +10693,51 @@
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.90</t>
+            <t xml:space="preserve">6.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -10763,51 +10763,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.56</t>
+            <t xml:space="preserve">29.58</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-70 \ Втулка (25х25мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRN.P.070.CH</t>
           </r>
@@ -10823,51 +10823,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.68</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Pr-70 \ Втулка для квадратной трубы</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10885,99 +10885,99 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нагрузка, кг: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для трубы толщиной 0,5-3,0 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32.20</t>
+            <t xml:space="preserve">32.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-71 \ Консоль</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRN.P.071A.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">90.78</t>
+            <t xml:space="preserve">92.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -10995,51 +10995,51 @@
             <t xml:space="preserve">
 Артикул: PRN.P.071.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">91.80</t>
+            <t xml:space="preserve">93.84</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -11059,51 +11059,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">125.00</t>
+            <t xml:space="preserve">128.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11121,51 +11121,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">81.60</t>
+            <t xml:space="preserve">83.64</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -11181,51 +11181,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.56</t>
+            <t xml:space="preserve">29.58</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11243,51 +11243,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.56</t>
+            <t xml:space="preserve">29.58</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -11303,51 +11303,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.56</t>
+            <t xml:space="preserve">29.58</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11539,51 +11539,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Полкодержатель с резьбой М5 в пластиковом чехольчике</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PK5,0X16B+K-T</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">85.10</t>
+            <t xml:space="preserve">86.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -11609,51 +11609,51 @@
             <t xml:space="preserve">
 Артикул: PRN.201.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1057.00</t>
+            <t xml:space="preserve">1078.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -11681,51 +11681,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: требуется доп. комплектация присосками J 016</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">213.00</t>
+            <t xml:space="preserve">217.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR 026L \ Левый Кронштейн для полок из стекла</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11743,51 +11743,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: требуется доп. комплектация присосками J 016</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">213.00</t>
+            <t xml:space="preserve">217.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR 027R \ Правый Кронштейн для полок из ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRN.127R.NM</t>
           </r>
@@ -11799,51 +11799,51 @@
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">177.00</t>
+            <t xml:space="preserve">181.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11861,51 +11861,51 @@
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">177.00</t>
+            <t xml:space="preserve">181.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">932 \ Ножка</t>
           </r>
@@ -11921,51 +11921,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14.67</t>
+            <t xml:space="preserve">15.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12047,101 +12047,101 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение консоли, мм: 20,8х20,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">95.88</t>
+            <t xml:space="preserve">97.92</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FMT 002 \ Крепление к стене</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FMT.002.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">326.00</t>
+            <t xml:space="preserve">333.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -12161,51 +12161,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для полок толщиной 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">430.00</t>
+            <t xml:space="preserve">439.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -12219,51 +12219,51 @@
             <t xml:space="preserve">
 Артикул: PRN.128.V2.V0005.90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: под хром глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 400x500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1047.00</t>
+            <t xml:space="preserve">1068.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -12279,51 +12279,51 @@
             <t xml:space="preserve">
 Артикул: PRN.129.V2.V0005.90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: под хром глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 800x500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1765.00</t>
+            <t xml:space="preserve">1800.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -12341,51 +12341,51 @@
             <t xml:space="preserve">
 Артикул: PRN.130.V2.V0005.90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: под хром глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 1200x500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2513.00</t>
+            <t xml:space="preserve">2563.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>