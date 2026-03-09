--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -476,54 +476,50 @@
       </rPr>
       <t xml:space="preserve">2 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.002.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 10.10.2025 09:12:02</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 339 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">237.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -1282,54 +1278,50 @@
       </rPr>
       <t xml:space="preserve">5 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.005.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 10.10.2025 09:12:30</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 245 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">160.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -1632,54 +1624,50 @@
       </rPr>
       <t xml:space="preserve">6 \ Соединитель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRN.006.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25x25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 10.10.2025 09:13:02</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 325 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">194.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -3778,54 +3766,50 @@
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">485 D60 \ Кронштейн прямой на вертикальную трубу 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VER.050.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 16.04.2025 17:34:15</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 285 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">199.00</t>
     </r>
@@ -4707,2442 +4691,2472 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad89_fdef_11df_b16f_003048d0c7fe_PRN_001A_CH2.JPG"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff73c_2526_11e0_99a4_003048f27c5f_CED84346_74AD_44B2_AD8D_67810ED27F543.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a85bd21d_0d9b_11e0_99a4_003048f27c5f_PRN_001A_SA4.JPG"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff739_2526_11e0_99a4_003048f27c5f_F0A67023_D817_4DA8_A18E_33B676EF92055.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26768fd8_035a_11e0_b16f_003048d0c7fe_PRN_001_SA6.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff742_2526_11e0_99a4_003048f27c5f_179C22FC_05CF_4F8C_950A_BF47BBDD4C3C7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a85bd222_0d9b_11e0_99a4_003048f27c5f_PRN_002A_SA8.JPG"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8232955f_fdef_11df_b16f_003048d0c7fe_PRN_002_CH9.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff73f_2526_11e0_99a4_003048f27c5f_3E1D75CD_84DE_45A7_8A0B_5C5A06F0CB0510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26768fd2_035a_11e0_b16f_003048d0c7fe_PRN_002_SA11.JPG"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88943_0100_11e0_b16f_003048d0c7fe_PRN_003A_CH12.JPG"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff748_2526_11e0_99a4_003048f27c5f_PRN_003A_CH_k13.JPG"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e55043c_b12f_11e0_a476_003048f27c5f_PRN_003A_SA14.JPG"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff745_2526_11e0_99a4_003048f27c5f_8DB9FAD2_2442_46BF_A22B_94FCF4AA99ED15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/638ff674_2527_11e0_99a4_003048f27c5f_PRN_003_SA16.JPG"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a85bd226_0d9b_11e0_99a4_003048f27c5f_PRN_004A_ZN17.JPG"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e60e281_4a15_11e0_86e2_003048f27c5f_4C6BE3D6_2DC5_4CA4_9DF7_041ED1528FE118.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8232956f_fdef_11df_b16f_003048d0c7fe_PRN_004_ZN19.JPG"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24907eaa_2913_11e0_99a4_003048f27c5f_8E49922A_C22A_41CB_B312_F5ADFA4BA78F20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e60e285_4a15_11e0_86e2_003048f27c5f_5B07F4C1_D59E_41FF_A7CA_11DEF481AAE821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a85bd22b_0d9b_11e0_99a4_003048f27c5f_PRN_005A_SA22.JPG"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f322c_fdef_11df_b16f_003048d0c7fe_PRN_005_CH23.JPG"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff74b_2526_11e0_99a4_003048f27c5f_455149CC_2E38_420F_A1F3_274C120DE69124.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26768fd5_035a_11e0_b16f_003048d0c7fe_PRN_005_SA25.JPG"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad83_fdef_11df_b16f_003048d0c7fe_PRN_006A_CH26.JPG"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff751_2526_11e0_99a4_003048f27c5f_643C4FEE_AC44_487A_909A_7B76723B55D127.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aceb1da5_35b1_11e0_af9a_d3dd3d98c32b_PRN_006A_SA28.JPG"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82329573_fdef_11df_b16f_003048d0c7fe_PRN_006_CH29.JPG"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff74e_2526_11e0_99a4_003048f27c5f_56C77E3B_18A2_414A_BDC7_9305363EBF3630.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26768fde_035a_11e0_b16f_003048d0c7fe_PRN_006_SA31.JPG"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88940_0100_11e0_b16f_003048d0c7fe_7BA6DAEE_9368_4825_BCB9_8E8704D14D4632.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff757_2526_11e0_99a4_003048f27c5f_4211A547_EDFF_4508_9CC6_0E60A83592F933.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1752e1f7_67d6_11e0_afc8_003048f27c5f_PRN_007A_SA34.JPG"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82329576_fdef_11df_b16f_003048d0c7fe_PRN_007_CH35.JPG"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff754_2526_11e0_99a4_003048f27c5f_943C8F18_1A61_410B_ABFC_79C7A0DB04CB36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26768fdb_035a_11e0_b16f_003048d0c7fe_PRN_007_SA37.JPG"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3229_fdef_11df_b16f_003048d0c7fe_05D60480_6C00_485F_B955_85701E81585638.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aacbccb_13e8_11e0_99a4_003048f27c5f_D0251A47_6E42_4416_B1A1_66DF1B1346C739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3230_fdef_11df_b16f_003048d0c7fe_E8B8C529_682E_4699_A7B3_EE688D952B2340.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e83fd59_0100_11e0_b16f_003048d0c7fe_721352D0_EADD_4DB0_8E50_9451F8F4643341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad2c_fdef_11df_b16f_003048d0c7fe_BA83225C_A5E4_4103_B609_1FADC9BABA0042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43256f7_0100_11e0_b16f_003048d0c7fe_93E1B7E3_E7CA_496B_B3A0_48C77729946D43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a4cdc_3b26_11e0_83b2_003048f27c5f_7816248D_FECF_4A09_83D7_3583C0774D9F44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b1ffbe6_512a_11e0_afc8_003048f27c5f_9E3DA587_D0D5_4155_B2A3_509787AC9C3045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942a79a5_074c_11e0_99a4_003048f27c5f_398190D2_EEE5_4EC3_B990_BA36B726C12046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82329565_fdef_11df_b16f_003048d0c7fe_2191016C_3AFE_4E75_910E_D8A342357D2B48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7956457_c470_11e2_b453_0025902b3cc1_p_48_249.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b795645c_c470_11e2_b453_0025902b3cc1_E77CD264_A0E8_43A1_ADA8_8804ACB8910A50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ffe0e96_35b1_11e0_af9a_d3dd3d98c32b_44E09C86_6A1D_469A_B252_B5E1DAF516BB54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e0766c_2d0d_11e0_99a4_003048f27c5f_DF8732A2_C138_4B95_8934_315D9A87A03F55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c062e3_a4f1_11e7_93ca_0025902b3cc1_30030056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dabeb1cc_9571_11e3_baa0_0025902b3cc1_B02287D2_71AD_4B83_B791_5BEFE4E7F54A57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff75a_2526_11e0_99a4_003048f27c5f_6BB07A5E_01FD_4BBB_9C64_5766967E72E958.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ea5a8f3_118d_11e0_99a4_003048f27c5f_5AFFC628_F592_446B_831C_8CD53F33BBEA59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b42a52f_0966_11e3_b453_0025902b3cc1_869DD0EF_7D55_4699_A93D_0D668708D2AF60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff75d_2526_11e0_99a4_003048f27c5f_C3BBF8AE_D631_4170_AF9C_5285BF54F7E361.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22aec287_35b2_11e0_af9a_d3dd3d98c32b_2AC71259_B317_4681_A116_6235A416F66462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff760_2526_11e0_99a4_003048f27c5f_9B119135_AAAB_490F_8624_ECA5451828C963.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5be826b8_081d_11e0_99a4_003048f27c5f_8970BD48_28B9_4B42_9922_7E8D80852D0C64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a3dd206_1d4f_11e0_99a4_003048f27c5f_86005530_7EDC_48DD_A7C3_C9C0175EF2A165.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0b9c_0100_11e0_b16f_003048d0c7fe_ABCE537F_ED71_412E_BF2E_2696506BAC7A66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf147a4_6255_11e0_afc8_003048f27c5f_E5E2C40A_DBAB_4A5B_B4B1_15CA1E381FC967.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1616489b_ff9a_11e0_833e_003048f27c5f_DB8C86A2_4E67_4037_808A_0E57729C197E68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66faaec7_5f31_11e0_afc8_003048f27c5f_90F37035_EC1E_472A_8ECD_43E0C6B4DFF869.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66faaec5_5f31_11e0_afc8_003048f27c5f_ED3E8E7C_678F_449A_A499_D934182FFEBF70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/500de825_ff1d_11e0_833e_003048f27c5f_D991345F_F8DA_49FB_9375_E3B50B176D2771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5037240_ff18_11e0_833e_003048f27c5f_0CE9ACE1_78FE_4518_AB20_D11AED0A2D2E72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f44bf_fea3_11df_b16f_003048d0c7fe_6A044782_2CE5_48D6_9BF5_E7ADB38AE3F473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10492474_1d4f_11e0_99a4_003048f27c5f_5404B42F_2325_498E_BA20_7236D4AAA8DA74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f2144c_fea3_11df_b16f_003048d0c7fe_486EB198_BEA6_4438_B7D5_8BD0A4F1EC9275.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e7_4f8f_11e0_86e2_003048f27c5f_FD4154FF_D72D_4F10_9F98_90FB6BD157BA76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/673ad228_2f12_11e2_99cf_0025902b3cc1_93D6FADE_87D7_4FC0_A0D3_74AAB88FCE6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f050b489_2458_11e3_baa0_0025902b3cc1_B26E99F3_A107_4EBB_8FCF_9B17F625B3E078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10fb84dd_2459_11e3_baa0_0025902b3cc1_4E2F26AB_0AFA_4742_81D6_2BDAA441842C79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2776513b_2459_11e3_baa0_0025902b3cc1_B59737BD_C0C3_4F97_A8F0_BC64F1D9A3F380.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e77547a_e214_11e6_9cf3_0025902b3cc1_9951E34E_11E3_4ECE_81E7_B29833A1002C2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad89_fdef_11df_b16f_003048d0c7fe_PRN_001A_CH3.JPG"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff73c_2526_11e0_99a4_003048f27c5f_CED84346_74AD_44B2_AD8D_67810ED27F544.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a85bd21d_0d9b_11e0_99a4_003048f27c5f_PRN_001A_SA5.JPG"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff739_2526_11e0_99a4_003048f27c5f_F0A67023_D817_4DA8_A18E_33B676EF92056.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26768fd8_035a_11e0_b16f_003048d0c7fe_PRN_001_SA7.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff742_2526_11e0_99a4_003048f27c5f_179C22FC_05CF_4F8C_950A_BF47BBDD4C3C8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a85bd222_0d9b_11e0_99a4_003048f27c5f_PRN_002A_SA9.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8232955f_fdef_11df_b16f_003048d0c7fe_PRN_002_CH10.JPG"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff73f_2526_11e0_99a4_003048f27c5f_3E1D75CD_84DE_45A7_8A0B_5C5A06F0CB0511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26768fd2_035a_11e0_b16f_003048d0c7fe_PRN_002_SA12.JPG"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88943_0100_11e0_b16f_003048d0c7fe_PRN_003A_CH13.JPG"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff748_2526_11e0_99a4_003048f27c5f_PRN_003A_CH_k14.JPG"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e55043c_b12f_11e0_a476_003048f27c5f_PRN_003A_SA15.JPG"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff745_2526_11e0_99a4_003048f27c5f_8DB9FAD2_2442_46BF_A22B_94FCF4AA99ED16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/638ff674_2527_11e0_99a4_003048f27c5f_PRN_003_SA17.JPG"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a85bd226_0d9b_11e0_99a4_003048f27c5f_PRN_004A_ZN18.JPG"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e60e281_4a15_11e0_86e2_003048f27c5f_4C6BE3D6_2DC5_4CA4_9DF7_041ED1528FE119.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8232956f_fdef_11df_b16f_003048d0c7fe_PRN_004_ZN20.JPG"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24907eaa_2913_11e0_99a4_003048f27c5f_8E49922A_C22A_41CB_B312_F5ADFA4BA78F21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e60e285_4a15_11e0_86e2_003048f27c5f_5B07F4C1_D59E_41FF_A7CA_11DEF481AAE822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a85bd22b_0d9b_11e0_99a4_003048f27c5f_PRN_005A_SA23.JPG"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f322c_fdef_11df_b16f_003048d0c7fe_PRN_005_CH24.JPG"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff74b_2526_11e0_99a4_003048f27c5f_455149CC_2E38_420F_A1F3_274C120DE69125.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26768fd5_035a_11e0_b16f_003048d0c7fe_PRN_005_SA26.JPG"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad83_fdef_11df_b16f_003048d0c7fe_PRN_006A_CH27.JPG"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff751_2526_11e0_99a4_003048f27c5f_643C4FEE_AC44_487A_909A_7B76723B55D128.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aceb1da5_35b1_11e0_af9a_d3dd3d98c32b_PRN_006A_SA29.JPG"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82329573_fdef_11df_b16f_003048d0c7fe_PRN_006_CH30.JPG"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff74e_2526_11e0_99a4_003048f27c5f_56C77E3B_18A2_414A_BDC7_9305363EBF3631.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26768fde_035a_11e0_b16f_003048d0c7fe_PRN_006_SA32.JPG"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88940_0100_11e0_b16f_003048d0c7fe_7BA6DAEE_9368_4825_BCB9_8E8704D14D4633.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff757_2526_11e0_99a4_003048f27c5f_4211A547_EDFF_4508_9CC6_0E60A83592F934.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1752e1f7_67d6_11e0_afc8_003048f27c5f_PRN_007A_SA35.JPG"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82329576_fdef_11df_b16f_003048d0c7fe_PRN_007_CH36.JPG"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff754_2526_11e0_99a4_003048f27c5f_943C8F18_1A61_410B_ABFC_79C7A0DB04CB37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26768fdb_035a_11e0_b16f_003048d0c7fe_PRN_007_SA38.JPG"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3229_fdef_11df_b16f_003048d0c7fe_05D60480_6C00_485F_B955_85701E81585639.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aacbccb_13e8_11e0_99a4_003048f27c5f_D0251A47_6E42_4416_B1A1_66DF1B1346C740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551f3230_fdef_11df_b16f_003048d0c7fe_E8B8C529_682E_4699_A7B3_EE688D952B2341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e83fd59_0100_11e0_b16f_003048d0c7fe_721352D0_EADD_4DB0_8E50_9451F8F4643342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad2c_fdef_11df_b16f_003048d0c7fe_BA83225C_A5E4_4103_B609_1FADC9BABA0043.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43256f7_0100_11e0_b16f_003048d0c7fe_93E1B7E3_E7CA_496B_B3A0_48C77729946D44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a4cdc_3b26_11e0_83b2_003048f27c5f_7816248D_FECF_4A09_83D7_3583C0774D9F45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b1ffbe6_512a_11e0_afc8_003048f27c5f_9E3DA587_D0D5_4155_B2A3_509787AC9C3046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942a79a5_074c_11e0_99a4_003048f27c5f_398190D2_EEE5_4EC3_B990_BA36B726C12047.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82329565_fdef_11df_b16f_003048d0c7fe_2191016C_3AFE_4E75_910E_D8A342357D2B49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7956457_c470_11e2_b453_0025902b3cc1_p_48_250.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b795645c_c470_11e2_b453_0025902b3cc1_E77CD264_A0E8_43A1_ADA8_8804ACB8910A51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c88948_0100_11e0_b16f_003048d0c7fe_AA87DC7E_F186_41B2_9A98_E60BC838E1AC52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79f61ee_96df_11eb_80bc_0025902b3cc1_2E67C608_E7C5_469F_83A8_DFD1782CA8A053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be4004d_6643_11e0_afc8_003048f27c5f_0EDF0F9C_B5F3_4D01_8A48_176199470A2C54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ffe0e96_35b1_11e0_af9a_d3dd3d98c32b_44E09C86_6A1D_469A_B252_B5E1DAF516BB55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e0766c_2d0d_11e0_99a4_003048f27c5f_DF8732A2_C138_4B95_8934_315D9A87A03F56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c062e3_a4f1_11e7_93ca_0025902b3cc1_30030057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dabeb1cc_9571_11e3_baa0_0025902b3cc1_B02287D2_71AD_4B83_B791_5BEFE4E7F54A58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff75a_2526_11e0_99a4_003048f27c5f_6BB07A5E_01FD_4BBB_9C64_5766967E72E959.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ea5a8f3_118d_11e0_99a4_003048f27c5f_5AFFC628_F592_446B_831C_8CD53F33BBEA60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b42a52f_0966_11e3_b453_0025902b3cc1_869DD0EF_7D55_4699_A93D_0D668708D2AF61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff75d_2526_11e0_99a4_003048f27c5f_C3BBF8AE_D631_4170_AF9C_5285BF54F7E362.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22aec287_35b2_11e0_af9a_d3dd3d98c32b_2AC71259_B317_4681_A116_6235A416F66463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419ff760_2526_11e0_99a4_003048f27c5f_9B119135_AAAB_490F_8624_ECA5451828C964.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5be826b8_081d_11e0_99a4_003048f27c5f_8970BD48_28B9_4B42_9922_7E8D80852D0C65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a3dd206_1d4f_11e0_99a4_003048f27c5f_86005530_7EDC_48DD_A7C3_C9C0175EF2A166.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0b9c_0100_11e0_b16f_003048d0c7fe_ABCE537F_ED71_412E_BF2E_2696506BAC7A67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf147a4_6255_11e0_afc8_003048f27c5f_E5E2C40A_DBAB_4A5B_B4B1_15CA1E381FC968.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1616489b_ff9a_11e0_833e_003048f27c5f_DB8C86A2_4E67_4037_808A_0E57729C197E69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66faaec7_5f31_11e0_afc8_003048f27c5f_90F37035_EC1E_472A_8ECD_43E0C6B4DFF870.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66faaec5_5f31_11e0_afc8_003048f27c5f_ED3E8E7C_678F_449A_A499_D934182FFEBF71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/500de825_ff1d_11e0_833e_003048f27c5f_D991345F_F8DA_49FB_9375_E3B50B176D2772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5037240_ff18_11e0_833e_003048f27c5f_0CE9ACE1_78FE_4518_AB20_D11AED0A2D2E73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3f44bf_fea3_11df_b16f_003048d0c7fe_6A044782_2CE5_48D6_9BF5_E7ADB38AE3F474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10492474_1d4f_11e0_99a4_003048f27c5f_5404B42F_2325_498E_BA20_7236D4AAA8DA75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f2144c_fea3_11df_b16f_003048d0c7fe_486EB198_BEA6_4438_B7D5_8BD0A4F1EC9276.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c360c6e7_4f8f_11e0_86e2_003048f27c5f_FD4154FF_D72D_4F10_9F98_90FB6BD157BA77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/673ad228_2f12_11e2_99cf_0025902b3cc1_93D6FADE_87D7_4FC0_A0D3_74AAB88FCE6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f050b489_2458_11e3_baa0_0025902b3cc1_B26E99F3_A107_4EBB_8FCF_9B17F625B3E079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10fb84dd_2459_11e3_baa0_0025902b3cc1_4E2F26AB_0AFA_4742_81D6_2BDAA441842C80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2776513b_2459_11e3_baa0_0025902b3cc1_B59737BD_C0C3_4F97_A8F0_BC64F1D9A3F381.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>47625</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="6000750" cy="438150"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="51" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="57" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="58" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="63" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="419100" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="64" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="419100" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>38</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>38</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="67" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="571500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="68" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>40</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="69" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="70" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="71" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>41</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="72" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="73" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="74" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="75" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>43</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="904875"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="76" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>44</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="904875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="77" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="79" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="80" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -7409,54 +7423,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z46"/>
+  <dimension ref="A1:Z47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B46" sqref="B46"/>
+      <selection activeCell="B47" sqref="B47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -7477,3849 +7491,3721 @@
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:26">
-[...119 lines deleted...]
-      </c>
+    <row r="6" spans="1:26" customHeight="1" ht="37.5">
+      <c r="A6"/>
+      <c r="B6"/>
+      <c r="C6"/>
+      <c r="D6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1 \ Соединитель</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PRN.001A.SA</t>
-[...3 lines deleted...]
-Цвет: сатин</t>
+Артикул: PRN.001A.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">365.00</t>
+            <t xml:space="preserve">201.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-1 \ Соединитель</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PRN.P.001.CH</t>
+Артикул: PRN.P.001A.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
+Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">189.00</t>
+            <t xml:space="preserve">155.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1 \ Соединитель</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PRN.001.SA</t>
+Артикул: PRN.001A.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
+Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">475.00</t>
+            <t xml:space="preserve">365.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-2 \ Соединитель</t>
-[...3 lines deleted...]
-Артикул: PRN.P.002A.CH</t>
+            <t xml:space="preserve">P-1 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.001.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 20x20</t>
+Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">180.00</t>
+            <t xml:space="preserve">189.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2 \ Соединитель</t>
-[...3 lines deleted...]
-Артикул: PRN.002A.SA</t>
+            <t xml:space="preserve">1 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.001.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 20x20</t>
+Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">380.00</t>
+            <t xml:space="preserve">475.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2 \ Соединитель</t>
-[...3 lines deleted...]
-Артикул: PRN.002.CH</t>
+            <t xml:space="preserve">P-2 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.002A.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
-[...11 lines deleted...]
-Скидка: Да</t>
+Сечение, мм: 20x20</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 339 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">237.00</t>
+            <t xml:space="preserve">180.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-2 \ Соединитель</t>
-[...15 lines deleted...]
-Производитель: Китай</t>
+            <t xml:space="preserve">2 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.002A.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 20x20</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">242.00</t>
+            <t xml:space="preserve">380.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2 \ Соединитель</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PRN.002.SA</t>
-[...3 lines deleted...]
-Цвет: сатин</t>
+Артикул: PRN.002.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
+ Дата и время: 10.10.2025 09:12:02</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 339 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">485.00</t>
+            <t xml:space="preserve">237.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3 \ Соединитель</t>
-[...3 lines deleted...]
-Артикул: PRN.003A.CH</t>
+            <t xml:space="preserve">P-2 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.002.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 20x20</t>
-[...3 lines deleted...]
-Производитель: Италия</t>
+Сечение, мм: 25x25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">247.00</t>
+            <t xml:space="preserve">242.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-3 \ Соединитель</t>
-[...15 lines deleted...]
-Производитель: Китай</t>
+            <t xml:space="preserve">2 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.002.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 25x25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">205.00</t>
+            <t xml:space="preserve">485.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3 \ Соединитель</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PRN.003A.SA</t>
-[...3 lines deleted...]
-Цвет: сатин</t>
+Артикул: PRN.003A.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">381.00</t>
+            <t xml:space="preserve">247.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-3 \ Соединитель</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PRN.P.003.CH</t>
+Артикул: PRN.P.003A.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
+Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">287.00</t>
+            <t xml:space="preserve">205.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3 \ Соединитель</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PRN.003.SA</t>
+Артикул: PRN.003A.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
+Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">502.00</t>
+            <t xml:space="preserve">381.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4 \ Соединитель</t>
-[...15 lines deleted...]
-Производитель: Италия</t>
+            <t xml:space="preserve">P-3 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.003.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 25x25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">257.00</t>
+            <t xml:space="preserve">287.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-4 \ Соединитель</t>
-[...15 lines deleted...]
-Производитель: Китай</t>
+            <t xml:space="preserve">3 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.003.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 25x25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">218.00</t>
+            <t xml:space="preserve">502.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4 \ Соединитель</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PRN.004.ZN</t>
+Артикул: PRN.004A.ZN</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
+Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">381.00</t>
+            <t xml:space="preserve">257.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-4 \ Соединитель</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PRN.P.004.CH</t>
+Артикул: PRN.P.004A.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
+Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">322.00</t>
+            <t xml:space="preserve">218.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-5 \ Соединитель</t>
-[...15 lines deleted...]
-Производитель: Китай</t>
+            <t xml:space="preserve">4 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.004.ZN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 25x25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">149.00</t>
+            <t xml:space="preserve">381.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5 \ Соединитель</t>
-[...15 lines deleted...]
-Производитель: Италия</t>
+            <t xml:space="preserve">P-4 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.004.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 25x25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">430.00</t>
+            <t xml:space="preserve">322.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5 \ Соединитель</t>
-[...3 lines deleted...]
-Артикул: PRN.005.CH</t>
+            <t xml:space="preserve">P-5 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.005A.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
-[...11 lines deleted...]
-Скидка: Да</t>
+Сечение, мм: 20x20</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 245 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160.00</t>
+            <t xml:space="preserve">149.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-5 \ Соединитель</t>
-[...15 lines deleted...]
-Производитель: Китай</t>
+            <t xml:space="preserve">5 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.005A.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 20x20</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">163.00</t>
+            <t xml:space="preserve">430.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5 \ Соединитель</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PRN.005.SA</t>
-[...3 lines deleted...]
-Цвет: сатин</t>
+Артикул: PRN.005.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
+ Дата и время: 10.10.2025 09:12:30</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 245 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">516.00</t>
+            <t xml:space="preserve">160.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6 \ Соединитель</t>
-[...3 lines deleted...]
-Артикул: PRN.006A.CH</t>
+            <t xml:space="preserve">P-5 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.005.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 20x20</t>
-[...3 lines deleted...]
-Производитель: Италия</t>
+Сечение, мм: 25x25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">201.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-6 \ Соединитель</t>
-[...15 lines deleted...]
-Производитель: Китай</t>
+            <t xml:space="preserve">5 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.005.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 25x25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">166.00</t>
+            <t xml:space="preserve">516.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6 \ Соединитель</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PRN.006A.SA</t>
-[...3 lines deleted...]
-Цвет: сатин</t>
+Артикул: PRN.006A.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">391.00</t>
+            <t xml:space="preserve">201.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6 \ Соединитель</t>
-[...3 lines deleted...]
-Артикул: PRN.006.CH</t>
+            <t xml:space="preserve">P-6 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.006A.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
-[...11 lines deleted...]
-Скидка: Да</t>
+Сечение, мм: 20x20</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 325 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">194.00</t>
+            <t xml:space="preserve">166.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-6 \ Соединитель</t>
-[...15 lines deleted...]
-Производитель: Китай</t>
+            <t xml:space="preserve">6 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.006A.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 20x20</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">198.00</t>
+            <t xml:space="preserve">391.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6 \ Соединитель</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PRN.006.SA</t>
-[...3 lines deleted...]
-Цвет: сатин</t>
+Артикул: PRN.006.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
+ Дата и время: 10.10.2025 09:13:02</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 325 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">511.00</t>
+            <t xml:space="preserve">194.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7 \ Соединитель</t>
-[...3 lines deleted...]
-Артикул: PRN.007A.CH</t>
+            <t xml:space="preserve">P-6 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.006.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 20x20</t>
-[...3 lines deleted...]
-Производитель: Италия</t>
+Сечение, мм: 25x25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">225.00</t>
+            <t xml:space="preserve">198.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-7 \ Соединитель</t>
-[...15 lines deleted...]
-Производитель: Китай</t>
+            <t xml:space="preserve">6 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.006.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 25x25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">174.00</t>
+            <t xml:space="preserve">511.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">7 \ Соединитель</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PRN.007A.SA</t>
-[...3 lines deleted...]
-Цвет: сатин</t>
+Артикул: PRN.007A.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">373.00</t>
+            <t xml:space="preserve">225.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7 \ Соединитель</t>
-[...3 lines deleted...]
-Артикул: PRN.007.CH</t>
+            <t xml:space="preserve">P-7 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.007A.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
-[...3 lines deleted...]
-Производитель: Италия</t>
+Сечение, мм: 20x20</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">349.00</t>
+            <t xml:space="preserve">174.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-7 \ Соединитель</t>
-[...15 lines deleted...]
-Производитель: Китай</t>
+            <t xml:space="preserve">7 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.007A.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 20x20</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">255.00</t>
+            <t xml:space="preserve">373.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">7 \ Соединитель</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PRN.007.SA</t>
-[...3 lines deleted...]
-Цвет: сатин</t>
+Артикул: PRN.007.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">469.00</t>
+            <t xml:space="preserve">349.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8 \ Труба квадратная</t>
-[...3 lines deleted...]
-Артикул: PRN.008A.CH</t>
+            <t xml:space="preserve">P-7 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.007.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 3000</t>
-[...15 lines deleted...]
-Примечание: возможна резка, стоимость реза 35 руб.</t>
+Сечение, мм: 25x25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1498.00</t>
+            <t xml:space="preserve">255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8 \ Труба квадратная 20х20мм</t>
-[...3 lines deleted...]
-Артикул: PRN.008A.SA</t>
+            <t xml:space="preserve">7 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.007.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 3000</t>
-[...7 lines deleted...]
-Толщина металла, мм: 1,2</t>
+Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: возможна резка, стоимость реза 35 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2701.00</t>
+            <t xml:space="preserve">469.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8 \ Труба квадратная</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: PRN.008.CH</t>
+Артикул: PRN.008A.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
+Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 1,2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 8</t>
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1633.00</t>
+            <t xml:space="preserve">1498.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8 \ Труба квадратная 25х25мм</t>
-[...3 lines deleted...]
-Артикул: PRN.008.SA</t>
+            <t xml:space="preserve">8 \ Труба квадратная 20х20мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.008A.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
+Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина металла, мм: 1,2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 8</t>
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3371.00</t>
+            <t xml:space="preserve">2701.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR 011 \ Соединитель</t>
-[...3 lines deleted...]
-Артикул: PRN.111.CH</t>
+            <t xml:space="preserve">8 \ Труба квадратная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.008.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
+Длина, мм: 3000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Китай</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+Толщина металла, мм: 1,2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Италия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: возможна резка, стоимость реза 35 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">216.00</t>
+            <t xml:space="preserve">1633.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR 012 \ Соединитель</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+            <t xml:space="preserve">8 \ Труба квадратная 25х25мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.008.SA</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: сатин</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Китай</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 80</t>
+Толщина металла, мм: 1,2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Италия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: возможна резка, стоимость реза 35 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">311.00</t>
+            <t xml:space="preserve">3371.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR 013 \ Соединитель</t>
-[...3 lines deleted...]
-Артикул: PRN.113.CH</t>
+            <t xml:space="preserve">PR 011 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.111.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">419.00</t>
+            <t xml:space="preserve">216.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR 014 \ Соединитель</t>
-[...3 lines deleted...]
-Артикул: PRN.114.CH</t>
+            <t xml:space="preserve">PR 012 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.112.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 40</t>
+Кол-во в упаковке, шт.: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">608.00</t>
+            <t xml:space="preserve">311.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR 200 \ Опора</t>
-[...3 lines deleted...]
-Артикул: PRN.200.CH</t>
+            <t xml:space="preserve">PR 013 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.113.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 720</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: необходимо комплектовать рег.ножками JK 14 с</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 10</t>
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1904.00</t>
+            <t xml:space="preserve">419.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
-[...3 lines deleted...]
-Артикул: JOKP.014C.00</t>
+            <t xml:space="preserve">PR 014 \ Соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.114.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
+Сечение, мм: 25x25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.54</t>
+            <t xml:space="preserve">608.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48 \ Заглушка</t>
-[...3 lines deleted...]
-Артикул: PRN.048.CH</t>
+            <t xml:space="preserve">PR 200 \ Опора</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.200.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
+Глубина, мм: 720</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
-Материал: пластик</t>
+Примечание: необходимо комплектовать рег.ножками JK 14 с</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.70</t>
+            <t xml:space="preserve">1904.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-48 \ Заглушка</t>
-[...3 lines deleted...]
-Артикул: PRN.P.048.CH</t>
+            <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: JOKP.014C.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 20x20</t>
-[...3 lines deleted...]
-Материал: пластик</t>
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.52</t>
+            <t xml:space="preserve">27.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-48 \ Заглушка</t>
-[...3 lines deleted...]
-Артикул: PRN.P.048A.CH</t>
+            <t xml:space="preserve">48 \ Заглушка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.048.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31.62</t>
+            <t xml:space="preserve">89.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+            <t xml:space="preserve">P-48 \ Заглушка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.048.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 20x20</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4.08</t>
+            <t xml:space="preserve">26.52</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Jr-16 \ Присоска для панелей и стекла</t>
-[...15 lines deleted...]
-Производитель: Россия</t>
+            <t xml:space="preserve">P-48 \ Заглушка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.048A.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 25x25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.70</t>
+            <t xml:space="preserve">31.62</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Присоска - \ Присоска для стекла</t>
-[...7 lines deleted...]
-Диаметр (под нагрузкой), мм: 12</t>
+            <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: JOKP.016.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр (под нагрузкой), мм: 22</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 10000</t>
+Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6.00</t>
+            <t xml:space="preserve">4.08</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-70 \ Втулка</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+            <t xml:space="preserve">Jr-16 \ Присоска для панелей и стекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: JOKR.016.25.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр (под нагрузкой), мм: 23</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.58</t>
+            <t xml:space="preserve">5.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-70 \ Втулка (25х25мм)</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 50</t>
+            <t xml:space="preserve">Присоска - \ Присоска для стекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: E013 D10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр (под нагрузкой), мм: 12</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.70</t>
+            <t xml:space="preserve">6.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Pr-70 \ Втулка для квадратной трубы</t>
-[...7 lines deleted...]
-Цвет: черный</t>
+            <t xml:space="preserve">P-70 \ Втулка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.070A.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Резьба: М10</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
-[...7 lines deleted...]
-Примечание: Для трубы толщиной 0,5-3,0 мм</t>
+Сечение, мм: 20x20</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Vacuum</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32.80</t>
+            <t xml:space="preserve">29.58</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-71 \ Консоль</t>
-[...3 lines deleted...]
-Артикул: PRN.P.071A.CH</t>
+            <t xml:space="preserve">P-70 \ Втулка (25х25мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.070.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 20x20</t>
+Резьба: М10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 25x25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Vacuum</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92.82</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-71 \ Консоль</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+            <t xml:space="preserve">Pr-70 \ Втулка для квадратной трубы</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.070.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Резьба: М10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
+Нагрузка, кг: 110</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Для трубы толщиной 0,5-3,0 мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">93.84</t>
+            <t xml:space="preserve">32.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-911 \ Торцевой соединитель</t>
-[...3 lines deleted...]
-Артикул: PRNP.911.CH</t>
+            <t xml:space="preserve">P-71 \ Консоль</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.071A.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Сечение, мм: 25x25</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 200</t>
+Сечение, мм: 20x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">128.00</t>
+            <t xml:space="preserve">92.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-73 \ Полкодержатель</t>
-[...3 lines deleted...]
-Артикул: PRN.P.073.CH</t>
+            <t xml:space="preserve">P-71 \ Консоль</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.071.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 200</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">83.64</t>
+            <t xml:space="preserve">93.84</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-75 \ Полкодержатель</t>
-[...3 lines deleted...]
-Артикул: PRN.P.075.CH</t>
+            <t xml:space="preserve">P-911 \ Торцевой соединитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRNP.911.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.58</t>
+            <t xml:space="preserve">128.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-76 \ Полкодержатель</t>
-[...3 lines deleted...]
-Артикул: PRN.P.076.CH</t>
+            <t xml:space="preserve">P-73 \ Полкодержатель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.073.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.58</t>
+            <t xml:space="preserve">83.64</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P-77 \ Держатель панели</t>
-[...3 lines deleted...]
-Артикул: PRN.P.077.CH</t>
+            <t xml:space="preserve">P-75 \ Полкодержатель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.075.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -11333,1019 +11219,1137 @@
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">104 A4 \ Труба с перфорацией</t>
-[...3 lines deleted...]
-Артикул: VER.051.CH</t>
+            <t xml:space="preserve">P-76 \ Полкодержатель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.076.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 2400</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 10</t>
+Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1122.00</t>
+            <t xml:space="preserve">29.58</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">483 D58 \ Кронштейн наклонный на вертикальную трубу 25х25</t>
-[...3 lines deleted...]
-Артикул: VER.049.CH</t>
+            <t xml:space="preserve">P-77 \ Держатель панели</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.P.077.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
-[...3 lines deleted...]
- Дата и время: 16.04.2025 17:33:50</t>
+Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 285 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">199.00</t>
+            <t xml:space="preserve">29.58</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">485 D60 \ Кронштейн прямой на вертикальную трубу 25х25</t>
-[...3 lines deleted...]
-Артикул: VER.050.CH</t>
+            <t xml:space="preserve">104 A4 \ Труба с перфорацией</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: VER.051.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 350</t>
-[...15 lines deleted...]
-Старая цена: 285 руб.</t>
+Длина, мм: 2400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 25x25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">199.00</t>
+            <t xml:space="preserve">1122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Полкодержатель с резьбой М5 в пластиковом чехольчике</t>
-[...3 lines deleted...]
-Артикул: PK5,0X16B+K-T</t>
+            <t xml:space="preserve">483 D58 \ Кронштейн наклонный на вертикальную трубу 25х25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: VER.049.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 350</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 16.04.2025 17:33:50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 285 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">86.80</t>
+            <t xml:space="preserve">199.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...18 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Кронштейн двусторонний прямой</t>
-[...11 lines deleted...]
-Сечение, мм: 25x25</t>
+            <t xml:space="preserve">485 D60 \ Кронштейн прямой на вертикальную трубу 25х25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: VER.050.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 350</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+ Дата и время: 16.04.2025 17:34:15</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 285 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1078.00</t>
+            <t xml:space="preserve">199.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR 026R \ Правый Кронштейн для полок из стекла</t>
-[...23 lines deleted...]
-Примечание: требуется доп. комплектация присосками J 016</t>
+            <t xml:space="preserve">Полкодержатель с резьбой М5 в пластиковом чехольчике</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PK5,0X16B+K-T</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">217.00</t>
+            <t xml:space="preserve">86.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR 026L \ Левый Кронштейн для полок из стекла</t>
-[...11 lines deleted...]
-Длина, мм: 300</t>
+            <t xml:space="preserve">Кронштейн двусторонний прямой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.201.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кронштейн: левый</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">217.00</t>
+            <t xml:space="preserve">1078.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR 027R \ Правый Кронштейн для полок из ДСП</t>
-[...3 lines deleted...]
-Артикул: PRN.127R.NM</t>
+            <t xml:space="preserve">PR 026R \ Правый Кронштейн для полок из стекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.126R.NM</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: неокрашенный металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
+Примечание: требуется доп. комплектация присосками J 016</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">181.00</t>
+            <t xml:space="preserve">217.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR 027L \ Левый Кронштейн для полок из ДСП</t>
-[...3 lines deleted...]
-Артикул: PRN.127L.NM</t>
+            <t xml:space="preserve">PR 026L \ Левый Кронштейн для полок из стекла</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.126L.NM</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: неокрашенный металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
+Примечание: требуется доп. комплектация присосками J 016</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">181.00</t>
+            <t xml:space="preserve">217.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">932 \ Ножка</t>
-[...19 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+            <t xml:space="preserve">PR 027R \ Правый Кронштейн для полок из ДСП</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.127R.NM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: неокрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 25x25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15.00</t>
+            <t xml:space="preserve">181.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">937 \ Ножка</t>
-[...7 lines deleted...]
-Цвет: черный</t>
+            <t xml:space="preserve">PR 027L \ Левый Кронштейн для полок из ДСП</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.127L.NM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: неокрашенный металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Кронштейн: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18.36</t>
+            <t xml:space="preserve">181.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR 023 b \ Консоль крепления к плоскости</t>
-[...23 lines deleted...]
-Кол-во в упаковке, шт.: 50</t>
+            <t xml:space="preserve">932 \ Ножка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.932.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 20x20</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: пластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">97.92</t>
+            <t xml:space="preserve">15.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FMT 002 \ Крепление к стене</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 100</t>
+            <t xml:space="preserve">937 \ Ножка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.937.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 25x25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">333.00</t>
+            <t xml:space="preserve">18.36</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ST_RV \ Держатель стеклянной полки</t>
-[...7 lines deleted...]
-Цвет: хром</t>
+            <t xml:space="preserve">PR 023 b \ Консоль крепления к плоскости</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.123.AL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: алюминий</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25x25</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: для полок толщиной 8 мм</t>
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение консоли, мм: 20,8х20,8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">439.00</t>
+            <t xml:space="preserve">97.92</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR 028 \ Фриз прямой 400x500h V2</t>
-[...11 lines deleted...]
-Размеры, мм: 400x500</t>
+            <t xml:space="preserve">FMT 002 \ Крепление к стене</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FMT.002.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1068.00</t>
+            <t xml:space="preserve">333.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">PR 029 \ Фриз прямой 800x500h V2</t>
-[...11 lines deleted...]
-Размеры, мм: 800x500</t>
+            <t xml:space="preserve">ST_RV \ Держатель стеклянной полки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: STA.001.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Сечение, мм: 25x25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для полок толщиной 8 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1800.00</t>
+            <t xml:space="preserve">439.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">PR 028 \ Фриз прямой 400x500h V2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.128.V2.V0005.90</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: под хром глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Размеры, мм: 400x500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1068.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+      <c r="C46" s="4"/>
+      <c r="D46" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">PR 029 \ Фриз прямой 800x500h V2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: PRN.129.V2.V0005.90</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: под хром глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Размеры, мм: 800x500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1800.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:26">
+      <c r="A47" s="4"/>
+      <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PR 030 \ Фриз прямой 1200x500h V2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRN.130.V2.V0005.90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: под хром глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 1200x500</t>
           </r>
@@ -12369,50 +12373,51 @@
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
+    <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>