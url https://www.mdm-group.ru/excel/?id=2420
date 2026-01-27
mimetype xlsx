--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,99 +33,99 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">09.04.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Система Duko</t>
   </si>
   <si>
     <t>Покраска профиля под заказ. Всегда большой выбор цветов краски на складе. Возможно использование спецэффектов. Полный список цветов RAL смотрите на нашем сайте www.mdm-group.ru. Подробности уточняйте у менеджеров. Цена окрашенного профиля указана за белый цвет. Возможна покраска порошковыми красками по шкале RAL в однотонные цвета (+15% к цене белого профиля), металлики и спецэффекты (+20% к цене белого профиля).Внимание! Цены указаны за погонный метр.Профиль продается хлыстами по 5 метров или в нарезку (стоимость реза - 35 руб. за один распил).Длина профиля - 5м, (кроме 97085 и СПА3276 - 6,2м). Внимание! Цены действительны при единоразовой покупке более 100 м.п. профиля (суммарная длина разных профилей). В случае покупки меньшего количества заявленная цена увеличивается на 20%. Данное правило не распространяется на профиль под</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">A-6036 \Профиль &amp;quot;Дуко&amp;quot;</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PHD.001.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: сырой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">268.00</t>
+      <t xml:space="preserve">273.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -142,51 +142,51 @@
       <t xml:space="preserve">
 Цвет: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">357.00</t>
+      <t xml:space="preserve">364.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">A-6036 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -199,51 +199,51 @@
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: окрашенный белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">320.00</t>
+      <t xml:space="preserve">326.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">A-6132 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -252,51 +252,51 @@
       <t xml:space="preserve">
 Артикул: PHD.004.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: сырой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">269.00</t>
+      <t xml:space="preserve">274.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -313,51 +313,51 @@
       <t xml:space="preserve">
 Цвет: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">325.00</t>
+      <t xml:space="preserve">332.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">A-6132 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -370,51 +370,51 @@
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: окрашенный белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">290.00</t>
+      <t xml:space="preserve">296.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">A-6473 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -423,51 +423,51 @@
       <t xml:space="preserve">
 Артикул: PHD.008.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: сырой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">235.00</t>
+      <t xml:space="preserve">240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -484,51 +484,51 @@
       <t xml:space="preserve">
 Цвет: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">312.00</t>
+      <t xml:space="preserve">318.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">A-6473 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -541,51 +541,51 @@
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: окрашенный белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">280.00</t>
+      <t xml:space="preserve">286.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">A-6472 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -594,51 +594,51 @@
       <t xml:space="preserve">
 Артикул: PHD.007.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: сырой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">96.14</t>
+      <t xml:space="preserve">98.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -655,51 +655,51 @@
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: окрашенный белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">141.60</t>
+      <t xml:space="preserve">144.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">A-6128 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -708,51 +708,51 @@
       <t xml:space="preserve">
 Артикул: PHD.029.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: сырой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">278.00</t>
+      <t xml:space="preserve">284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -769,51 +769,51 @@
       <t xml:space="preserve">
 Цвет: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">336.00</t>
+      <t xml:space="preserve">343.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">A-6128 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -826,51 +826,51 @@
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: окрашенный белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">300.00</t>
+      <t xml:space="preserve">306.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NP-92А \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -879,51 +879,51 @@
       <t xml:space="preserve">
 Артикул: PHD.020.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: сырой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">350.00</t>
+      <t xml:space="preserve">357.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -940,51 +940,51 @@
       <t xml:space="preserve">
 Цвет: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">460.00</t>
+      <t xml:space="preserve">469.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NP-92А \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -997,51 +997,51 @@
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: окрашенный белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">434.00</t>
+      <t xml:space="preserve">443.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">A-6130 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -1054,51 +1054,51 @@
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: окрашенный белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">100.00</t>
+      <t xml:space="preserve">102.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">A-97021 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -1111,51 +1111,51 @@
       <t xml:space="preserve">
 Цвет: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">468.00</t>
+      <t xml:space="preserve">477.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NP-93А \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -1168,51 +1168,51 @@
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: окрашенный белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">452.00</t>
+      <t xml:space="preserve">461.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">А21 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -1221,51 +1221,51 @@
       <t xml:space="preserve">
 Артикул: PHD.048.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: сырой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">147.00</t>
+      <t xml:space="preserve">150.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1282,51 +1282,51 @@
       <t xml:space="preserve">
 Цвет: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">287.00</t>
+      <t xml:space="preserve">293.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">А21 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -1339,51 +1339,51 @@
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: окрашенный белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">354.00</t>
+      <t xml:space="preserve">361.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">A-97085 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -1396,51 +1396,51 @@
       <t xml:space="preserve">
 Цвет: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">378.00</t>
+      <t xml:space="preserve">386.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">A-97085 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -1453,51 +1453,51 @@
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: окрашенный белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">388.00</t>
+      <t xml:space="preserve">396.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SPA-3276 \ Профиль</t>
@@ -1510,51 +1510,51 @@
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: окрашенный белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">115.00</t>
+      <t xml:space="preserve">117.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">A-99063 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -1567,51 +1567,51 @@
       <t xml:space="preserve">
 Цвет: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">265.00</t>
+      <t xml:space="preserve">270.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">A-99063 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -1624,51 +1624,51 @@
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: окрашенный белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">139.00</t>
+      <t xml:space="preserve">142.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">A-99064 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -1681,51 +1681,51 @@
       <t xml:space="preserve">
 Цвет: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">326.00</t>
+      <t xml:space="preserve">333.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NP-8 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -1738,51 +1738,51 @@
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: окрашенный белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">102.00</t>
+      <t xml:space="preserve">104.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NP-6-2 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -1795,51 +1795,51 @@
       <t xml:space="preserve">
 Цвет: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: анодированный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">111.00</t>
+      <t xml:space="preserve">113.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NP-6-2 \ Профиль &amp;quot;Дуко&amp;quot;</t>
@@ -1852,51 +1852,51 @@
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Профиль: окрашенный белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за п/ м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">97.00</t>
+      <t xml:space="preserve">99.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TS-421 \ Профиль окантовочный</t>
@@ -3472,51 +3472,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">09.04.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3540,51 +3540,51 @@
             <t xml:space="preserve">
 Артикул: PHD.001.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: сырой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">268.00</t>
+            <t xml:space="preserve">273.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3604,51 +3604,51 @@
             <t xml:space="preserve">
 Цвет: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">357.00</t>
+            <t xml:space="preserve">364.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3666,51 +3666,51 @@
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: окрашенный белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">320.00</t>
+            <t xml:space="preserve">326.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3722,51 +3722,51 @@
             <t xml:space="preserve">
 Артикул: PHD.004.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: сырой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">269.00</t>
+            <t xml:space="preserve">274.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -3788,51 +3788,51 @@
             <t xml:space="preserve">
 Цвет: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">325.00</t>
+            <t xml:space="preserve">332.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3848,51 +3848,51 @@
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: окрашенный белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">290.00</t>
+            <t xml:space="preserve">296.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3906,51 +3906,51 @@
             <t xml:space="preserve">
 Артикул: PHD.008.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: сырой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">235.00</t>
+            <t xml:space="preserve">240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3970,51 +3970,51 @@
             <t xml:space="preserve">
 Цвет: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">312.00</t>
+            <t xml:space="preserve">318.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4032,51 +4032,51 @@
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: окрашенный белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">280.00</t>
+            <t xml:space="preserve">286.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4088,51 +4088,51 @@
             <t xml:space="preserve">
 Артикул: PHD.007.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: сырой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">96.14</t>
+            <t xml:space="preserve">98.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -4154,51 +4154,51 @@
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: окрашенный белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">141.60</t>
+            <t xml:space="preserve">144.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4210,51 +4210,51 @@
             <t xml:space="preserve">
 Артикул: PHD.029.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: сырой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">278.00</t>
+            <t xml:space="preserve">284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -4276,51 +4276,51 @@
             <t xml:space="preserve">
 Цвет: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">336.00</t>
+            <t xml:space="preserve">343.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4336,51 +4336,51 @@
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: окрашенный белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">300.00</t>
+            <t xml:space="preserve">306.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4394,51 +4394,51 @@
             <t xml:space="preserve">
 Артикул: PHD.020.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: сырой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">350.00</t>
+            <t xml:space="preserve">357.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -4458,51 +4458,51 @@
             <t xml:space="preserve">
 Цвет: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">460.00</t>
+            <t xml:space="preserve">469.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4520,51 +4520,51 @@
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: окрашенный белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">434.00</t>
+            <t xml:space="preserve">443.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4580,51 +4580,51 @@
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: окрашенный белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">100.00</t>
+            <t xml:space="preserve">102.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4642,51 +4642,51 @@
             <t xml:space="preserve">
 Цвет: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">468.00</t>
+            <t xml:space="preserve">477.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4702,51 +4702,51 @@
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: окрашенный белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">452.00</t>
+            <t xml:space="preserve">461.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4760,51 +4760,51 @@
             <t xml:space="preserve">
 Артикул: PHD.048.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: сырой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">147.00</t>
+            <t xml:space="preserve">150.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -4824,51 +4824,51 @@
             <t xml:space="preserve">
 Цвет: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">287.00</t>
+            <t xml:space="preserve">293.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4886,51 +4886,51 @@
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: окрашенный белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">354.00</t>
+            <t xml:space="preserve">361.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4946,51 +4946,51 @@
             <t xml:space="preserve">
 Цвет: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">378.00</t>
+            <t xml:space="preserve">386.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5008,51 +5008,51 @@
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: окрашенный белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">388.00</t>
+            <t xml:space="preserve">396.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5068,51 +5068,51 @@
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: окрашенный белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">115.00</t>
+            <t xml:space="preserve">117.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5130,51 +5130,51 @@
             <t xml:space="preserve">
 Цвет: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">265.00</t>
+            <t xml:space="preserve">270.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5190,51 +5190,51 @@
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: окрашенный белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">139.00</t>
+            <t xml:space="preserve">142.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5252,51 +5252,51 @@
             <t xml:space="preserve">
 Цвет: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">326.00</t>
+            <t xml:space="preserve">333.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5312,51 +5312,51 @@
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: окрашенный белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">102.00</t>
+            <t xml:space="preserve">104.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5374,51 +5374,51 @@
             <t xml:space="preserve">
 Цвет: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: анодированный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">111.00</t>
+            <t xml:space="preserve">113.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5434,51 +5434,51 @@
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Профиль: окрашенный белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за п/ м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">97.00</t>
+            <t xml:space="preserve">99.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>