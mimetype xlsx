--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">01.01.2026</t>
+      <t xml:space="preserve">25.02.2026</t>
     </r>
   </si>
   <si>
     <t>Система Duko</t>
   </si>
   <si>
     <t>Покраска профиля под заказ. Всегда большой выбор цветов краски на складе. Возможно использование спецэффектов. Полный список цветов RAL смотрите на нашем сайте www.mdm-group.ru. Подробности уточняйте у менеджеров. Цена окрашенного профиля указана за белый цвет. Возможна покраска порошковыми красками по шкале RAL в однотонные цвета (+15% к цене белого профиля), металлики и спецэффекты (+20% к цене белого профиля).Внимание! Цены указаны за погонный метр.Профиль продается хлыстами по 5 метров или в нарезку (стоимость реза - 35 руб. за один распил).Длина профиля - 5м, (кроме 97085 и СПА3276 - 6,2м). Внимание! Цены действительны при единоразовой покупке более 100 м.п. профиля (суммарная длина разных профилей). В случае покупки меньшего количества заявленная цена увеличивается на 20%. Данное правило не распространяется на профиль под</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">A-6036 \Профиль &amp;quot;Дуко&amp;quot;</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PHD.001.00</t>
     </r>
@@ -3472,51 +3472,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01.01.2026</t>
+            <t xml:space="preserve">25.02.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>