--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.02.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Комплектующие Duko и Consta</t>
   </si>
   <si>
     <t>Большой ассортимент по выгодным ценам. В наличии и на заказ!</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10-03-012 \ Тройник</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMD.063.CH</t>
     </r>
@@ -85,100 +85,100 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для соединения профиля А-6036 90 град.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">358.00</t>
+      <t xml:space="preserve">365.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10-00-122 \ Заглушка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMD.014.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для профиля А-6036</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.45</t>
+      <t xml:space="preserve">27.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -191,51 +191,51 @@
       </rPr>
       <t xml:space="preserve">10-00-027 \ Заглушка c резьбой М8 для ножки (усиленная)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMD.007.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29.00</t>
+      <t xml:space="preserve">29.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -301,51 +301,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10-00-030 \ Заглушка с резьбой М8 для ножки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMD.008.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33.35</t>
+      <t xml:space="preserve">34.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -362,51 +362,51 @@
       </rPr>
       <t xml:space="preserve">10-00-120 \ Заглушка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMD.009.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для профиля А-6128</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29.00</t>
+      <t xml:space="preserve">29.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -415,51 +415,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10-00-024 \ Заглушка с резьбой М8 для ножки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMD.006.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33.35</t>
+      <t xml:space="preserve">34.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -537,100 +537,100 @@
       <t xml:space="preserve">
 Артикул: KMD.051.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10.93</t>
+      <t xml:space="preserve">11.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10-00-472 \ Замок &amp;quot;Еврошоп&amp;quot;, автоматический</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMD.094.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">130.00</t>
+      <t xml:space="preserve">133.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -651,51 +651,51 @@
       <t xml:space="preserve">
 Артикул: KMD.054.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11.50</t>
+      <t xml:space="preserve">11.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -708,51 +708,51 @@
       <t xml:space="preserve">
 Артикул: KMD.054.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11.50</t>
+      <t xml:space="preserve">11.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -765,51 +765,51 @@
       <t xml:space="preserve">
 Артикул: KMD.042.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 п.м.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для стекла толщиной: 6 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.00</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -822,51 +822,51 @@
       <t xml:space="preserve">
 Артикул: KMD.043.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 п.м.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для стекла толщиной: 5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.00</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -879,51 +879,51 @@
       <t xml:space="preserve">
 Артикул: KMD.041.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 п.м.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Для стекла толщиной: 5 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23.00</t>
+      <t xml:space="preserve">23.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -940,51 +940,51 @@
       <t xml:space="preserve">
 Цвет: серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">350.00</t>
+      <t xml:space="preserve">357.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10-01-051 \ Полозок пластмассовый нижний</t>
@@ -997,51 +997,51 @@
       <t xml:space="preserve">
 Цвет: серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">350.00</t>
+      <t xml:space="preserve">357.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10-01-001 \ Погонаж заглушка</t>
@@ -1164,51 +1164,51 @@
       <t xml:space="preserve">
 Артикул: KMD.038.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 п.м.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36.80</t>
+      <t xml:space="preserve">37.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1217,51 +1217,51 @@
       </rPr>
       <t xml:space="preserve">10-03-008 \ Замок в профиль 97085 для раздвижных дверей к роликам 21/A, 21/D</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMD.178.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">960.00</t>
+      <t xml:space="preserve">979.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1274,51 +1274,51 @@
       </rPr>
       <t xml:space="preserve">Ролик прямой в профиль 97085 для раздвижных дверей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 21/A</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">173.00</t>
+      <t xml:space="preserve">176.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1331,51 +1331,51 @@
       </rPr>
       <t xml:space="preserve">Ролик прямой в профиль 97085 для раздвижных дверей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 21/D</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">150.00</t>
+      <t xml:space="preserve">153.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1384,51 +1384,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10-00-207 \ Закладная пластинка для петли ZS9004 под винт M5x8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KMD.187.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38.00</t>
+      <t xml:space="preserve">38.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -1441,51 +1441,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Ножка черн. - \ Ножка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PI06 M8 X 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11.00</t>
+      <t xml:space="preserve">11.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -2863,51 +2863,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.02.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2935,51 +2935,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для соединения профиля А-6036 90 град.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">358.00</t>
+            <t xml:space="preserve">365.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2987,51 +2987,51 @@
             </rPr>
             <t xml:space="preserve">10-00-122 \ Заглушка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KMD.014.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для профиля А-6036</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.45</t>
+            <t xml:space="preserve">27.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
@@ -3049,51 +3049,51 @@
             </rPr>
             <t xml:space="preserve">10-00-027 \ Заглушка c резьбой М8 для ножки (усиленная)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KMD.007.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.00</t>
+            <t xml:space="preserve">29.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
@@ -3167,51 +3167,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10-00-030 \ Заглушка с резьбой М8 для ножки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KMD.008.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33.35</t>
+            <t xml:space="preserve">34.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -3231,51 +3231,51 @@
             </rPr>
             <t xml:space="preserve">10-00-120 \ Заглушка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KMD.009.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для профиля А-6128</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.00</t>
+            <t xml:space="preserve">29.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
@@ -3289,51 +3289,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10-00-024 \ Заглушка с резьбой М8 для ножки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KMD.006.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33.35</t>
+            <t xml:space="preserve">34.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -3419,51 +3419,51 @@
             <t xml:space="preserve">
 Артикул: KMD.051.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10.93</t>
+            <t xml:space="preserve">11.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3471,51 +3471,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10-00-472 \ Замок &amp;quot;Еврошоп&amp;quot;, автоматический</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KMD.094.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">130.00</t>
+            <t xml:space="preserve">133.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -3541,51 +3541,51 @@
             <t xml:space="preserve">
 Артикул: KMD.054.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11.50</t>
+            <t xml:space="preserve">11.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3601,51 +3601,51 @@
             <t xml:space="preserve">
 Артикул: KMD.054.GR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11.50</t>
+            <t xml:space="preserve">11.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -3663,51 +3663,51 @@
             <t xml:space="preserve">
 Артикул: KMD.042.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 п.м.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для стекла толщиной: 6 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.00</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3723,51 +3723,51 @@
             <t xml:space="preserve">
 Артикул: KMD.043.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 п.м.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для стекла толщиной: 5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.00</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -3785,51 +3785,51 @@
             <t xml:space="preserve">
 Артикул: KMD.041.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 п.м.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Для стекла толщиной: 5 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23.00</t>
+            <t xml:space="preserve">23.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3849,51 +3849,51 @@
             <t xml:space="preserve">
 Цвет: серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">350.00</t>
+            <t xml:space="preserve">357.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3911,51 +3911,51 @@
             <t xml:space="preserve">
 Цвет: серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">350.00</t>
+            <t xml:space="preserve">357.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4089,51 +4089,51 @@
             <t xml:space="preserve">
 Артикул: KMD.038.GR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 п.м.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36.80</t>
+            <t xml:space="preserve">37.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -4147,51 +4147,51 @@
             </rPr>
             <t xml:space="preserve">10-03-008 \ Замок в профиль 97085 для раздвижных дверей к роликам 21/A, 21/D</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KMD.178.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">960.00</t>
+            <t xml:space="preserve">979.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
@@ -4207,51 +4207,51 @@
             </rPr>
             <t xml:space="preserve">Ролик прямой в профиль 97085 для раздвижных дверей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: 21/A</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">173.00</t>
+            <t xml:space="preserve">176.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
@@ -4269,51 +4269,51 @@
             </rPr>
             <t xml:space="preserve">Ролик прямой в профиль 97085 для раздвижных дверей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: 21/D</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">150.00</t>
+            <t xml:space="preserve">153.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
@@ -4325,51 +4325,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10-00-207 \ Закладная пластинка для петли ZS9004 под винт M5x8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KMD.187.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38.00</t>
+            <t xml:space="preserve">38.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -4387,51 +4387,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Ножка черн. - \ Ножка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PI06 M8 X 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11.00</t>
+            <t xml:space="preserve">11.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>