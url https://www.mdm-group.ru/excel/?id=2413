--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.09.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Торговые решетки (сетки) 50х50 мм и аксессуары</t>
   </si>
   <si>
     <t>Внимание! Некоторые изделия из данной серии имеют наценку 5% при покупке менее 1 коробки! Все такие изделия отмечены *</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DST 001 \ Решетка(2000Х400 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DST.001D.6.3.ZN</t>
     </r>
@@ -93,51 +93,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1560.00</t>
+      <t xml:space="preserve">1591.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DST 001 \ Решетка(2000Х600 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DST.001C.6.3.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хроматированный цинк</t>
@@ -150,51 +150,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1889.00</t>
+      <t xml:space="preserve">1927.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DST 001 \ Решетка(2000Х800 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DST.001B.6.3.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хроматированный цинк</t>
@@ -207,51 +207,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2209.00</t>
+      <t xml:space="preserve">2253.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DST 001 \ Решетка(2000Х1000 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DST.001A.6.3.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хроматированный цинк</t>
@@ -264,51 +264,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2590.00</t>
+      <t xml:space="preserve">2642.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DST 002 \ Решетка(1500Х400 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DST.002D.6.3.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хроматированный цинк</t>
@@ -321,51 +321,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1329.00</t>
+      <t xml:space="preserve">1356.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DST 002 \ Решетка(1500Х600 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DST.002C.6.3.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хроматированный цинк</t>
@@ -378,51 +378,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1609.00</t>
+      <t xml:space="preserve">1641.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DST 002 \ Решетка(1500Х800 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DST.002B.6.3.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хроматированный цинк</t>
@@ -435,51 +435,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1889.00</t>
+      <t xml:space="preserve">1927.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DST 002 \ Решетка(1500Х1000 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DST.002A.6.3.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хроматированный цинк</t>
@@ -492,51 +492,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2109.00</t>
+      <t xml:space="preserve">2151.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DST 003 \ Решетка (1000Х400 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DST.003D.6.3.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хроматированный цинк</t>
@@ -549,51 +549,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">959.00</t>
+      <t xml:space="preserve">978.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DST 003 \ Решетка (1000Х600 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DST.003C.6.3.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хроматированный цинк</t>
@@ -606,51 +606,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1160.00</t>
+      <t xml:space="preserve">1183.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DST 003 \ Решетка (1000Х800 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DST.003B.6.3.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хроматированный цинк</t>
@@ -663,51 +663,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1430.00</t>
+      <t xml:space="preserve">1459.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DST 003 \ Решетка (1000Х1000 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DST.003A.6.3.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хроматированный цинк</t>
@@ -720,51 +720,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1609.00</t>
+      <t xml:space="preserve">1641.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DSS 001\  Решетка торговая (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DSS.001A.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1943,51 +1943,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 10 | 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2397.00</t>
+      <t xml:space="preserve">2445.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 001 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.001C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2004,51 +2004,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: При использовании в перегородках: Для столбиков h1998</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3264.00</t>
+      <t xml:space="preserve">3329.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 001 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.001B.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2065,51 +2065,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: При использовании в перегородках: Для столбиков h1998</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4080.00</t>
+      <t xml:space="preserve">4162.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 001 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.001A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2126,51 +2126,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: При использовании в перегородках: Для столбиков h1998</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4998.00</t>
+      <t xml:space="preserve">5098.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 002 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.002D.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2183,51 +2183,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 10 | 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1938.00</t>
+      <t xml:space="preserve">1977.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 002 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.002C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2244,51 +2244,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: При использовании в перегородках: Для столбиков h1498</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2550.00</t>
+      <t xml:space="preserve">2601.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 002 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.002B.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2305,51 +2305,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: При использовании в перегородках: Для столбиков h1498</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3112.00</t>
+      <t xml:space="preserve">3174.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 002 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.002A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2366,51 +2366,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: При использовании в перегородках: Для столбиков h1498</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3672.00</t>
+      <t xml:space="preserve">3745.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 003 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.003D.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2423,51 +2423,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 10 | 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1346.00</t>
+      <t xml:space="preserve">1373.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 003 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.003C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2484,51 +2484,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: При использовании в перегородках: Для столбиков h998</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1785.00</t>
+      <t xml:space="preserve">1821.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 003 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.003B.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2545,51 +2545,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: При использовании в перегородках: Для столбиков h998</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2244.00</t>
+      <t xml:space="preserve">2289.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 003 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.003A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2614,51 +2614,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 2550 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2178.00</t>
+      <t xml:space="preserve">2222.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 001 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GS.001A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2671,51 +2671,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2091.00</t>
+      <t xml:space="preserve">2133.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 001 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GS.001D.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2728,51 +2728,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2958.00</t>
+      <t xml:space="preserve">3017.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 001 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GS.001C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2785,51 +2785,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3774.00</t>
+      <t xml:space="preserve">3849.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 001 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GS.001B.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2842,51 +2842,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4386.00</t>
+      <t xml:space="preserve">4474.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 002 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GS.002C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2899,51 +2899,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1734.00</t>
+      <t xml:space="preserve">1769.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 002 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GS.002D.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2956,51 +2956,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2285.00</t>
+      <t xml:space="preserve">2331.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 002 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GS.002B.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3013,51 +3013,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2836.00</t>
+      <t xml:space="preserve">2893.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 002 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GS.002A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3070,51 +3070,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3176.00</t>
+      <t xml:space="preserve">3240.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 003 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GS.003D.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3127,51 +3127,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1224.00</t>
+      <t xml:space="preserve">1248.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 003 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GS.003C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3188,51 +3188,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1420.00</t>
+      <t xml:space="preserve">1448.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 003 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GS.003B.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3245,51 +3245,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2081.00</t>
+      <t xml:space="preserve">2123.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 003 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GS.003A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3302,51 +3302,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2397.00</t>
+      <t xml:space="preserve">2445.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 004 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GS.004C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3359,51 +3359,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1000.00</t>
+      <t xml:space="preserve">1020.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 004 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GS.004B.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3424,51 +3424,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 1377 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1170.00</t>
+      <t xml:space="preserve">1193.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 004 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GS.004A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3481,51 +3481,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1795.00</t>
+      <t xml:space="preserve">1831.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 005 \ Торговая решетка (сетка)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GS.005B.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3538,51 +3538,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">775.00</t>
+      <t xml:space="preserve">791.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GS 005 \ Торговая решетка 600x600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GS.005A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3603,100 +3603,100 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 1081 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">970.00</t>
+      <t xml:space="preserve">989.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 012 \ Соединитель решеток прямой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.012.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32.64</t>
+      <t xml:space="preserve">33.66</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 012 \ Соединитель решеток прямой</t>
@@ -3729,100 +3729,100 @@
       <t xml:space="preserve">
 Материал: Металлический</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Межосевое растояние 26мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">80.00</t>
+      <t xml:space="preserve">81.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 013 \ Крепление решеток к трубе d-25 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KRM.013.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 240</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">41.82</t>
+      <t xml:space="preserve">42.84</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 014 \ Крепление двух решеток к трубе d-25 мм</t>
@@ -3835,51 +3835,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">47.94</t>
+      <t xml:space="preserve">48.96</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 018 \ Основание для решетки</t>
@@ -3908,51 +3908,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 816 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">602.00</t>
+      <t xml:space="preserve">614.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 018 h-20 \ Основание для решетки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.018A.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3969,100 +3969,100 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в комплекте две ножки J 14 c</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">602.00</t>
+      <t xml:space="preserve">614.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 019 \ Скоба крепления решетки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.019.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45.90</t>
+      <t xml:space="preserve">46.92</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 019 \ Скоба крепления решетки</t>
@@ -4099,51 +4099,51 @@
       <t xml:space="preserve">
 Примечание: Крепеж к стене в комплект не входит. Широкий паз шириной 10,5мм, узкий паз шириной 5,5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8253888</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">79.00</t>
+      <t xml:space="preserve">80.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MS 020 \ Скоба для крепления решетки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSS.020.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4225,51 +4225,51 @@
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Внутренняя высота прогиба 8мм, ширина 12мм. Крепеж к стене в комплект не входит. Толщина металла 1мм </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">43.00</t>
+      <t xml:space="preserve">43.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -6773,51 +6773,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.09.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -6853,51 +6853,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1560.00</t>
+            <t xml:space="preserve">1591.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DST 001 \ Решетка(2000Х600 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DST.001C.6.3.ZN</t>
           </r>
@@ -6913,51 +6913,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1889.00</t>
+            <t xml:space="preserve">1927.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DST 001 \ Решетка(2000Х800 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6975,51 +6975,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2209.00</t>
+            <t xml:space="preserve">2253.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DST 001 \ Решетка(2000Х1000 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DST.001A.6.3.ZN</t>
           </r>
@@ -7035,51 +7035,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2590.00</t>
+            <t xml:space="preserve">2642.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DST 002 \ Решетка(1500Х400 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7097,51 +7097,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1329.00</t>
+            <t xml:space="preserve">1356.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DST 002 \ Решетка(1500Х600 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DST.002C.6.3.ZN</t>
           </r>
@@ -7157,51 +7157,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1609.00</t>
+            <t xml:space="preserve">1641.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DST 002 \ Решетка(1500Х800 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7219,51 +7219,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1889.00</t>
+            <t xml:space="preserve">1927.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DST 002 \ Решетка(1500Х1000 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DST.002A.6.3.ZN</t>
           </r>
@@ -7279,51 +7279,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2109.00</t>
+            <t xml:space="preserve">2151.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DST 003 \ Решетка (1000Х400 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7341,51 +7341,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">959.00</t>
+            <t xml:space="preserve">978.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DST 003 \ Решетка (1000Х600 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DST.003C.6.3.ZN</t>
           </r>
@@ -7401,51 +7401,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1160.00</t>
+            <t xml:space="preserve">1183.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DST 003 \ Решетка (1000Х800 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7463,51 +7463,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1430.00</t>
+            <t xml:space="preserve">1459.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DST 003 \ Решетка (1000Х1000 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DST.003A.6.3.ZN</t>
           </r>
@@ -7523,51 +7523,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 6 | 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1609.00</t>
+            <t xml:space="preserve">1641.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DSS 001\  Решетка торговая (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8823,51 +8823,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 10 | 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2397.00</t>
+            <t xml:space="preserve">2445.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 001 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSS.001C.CH</t>
           </r>
@@ -8887,51 +8887,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: При использовании в перегородках: Для столбиков h1998</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3264.00</t>
+            <t xml:space="preserve">3329.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 001 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8953,51 +8953,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: При использовании в перегородках: Для столбиков h1998</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4080.00</t>
+            <t xml:space="preserve">4162.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 001 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSS.001A.CH</t>
           </r>
@@ -9017,51 +9017,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: При использовании в перегородках: Для столбиков h1998</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4998.00</t>
+            <t xml:space="preserve">5098.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 002 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9079,51 +9079,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 10 | 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1938.00</t>
+            <t xml:space="preserve">1977.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 002 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSS.002C.CH</t>
           </r>
@@ -9143,51 +9143,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: При использовании в перегородках: Для столбиков h1498</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2550.00</t>
+            <t xml:space="preserve">2601.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 002 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9209,51 +9209,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: При использовании в перегородках: Для столбиков h1498</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3112.00</t>
+            <t xml:space="preserve">3174.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 002 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSS.002A.CH</t>
           </r>
@@ -9273,51 +9273,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: При использовании в перегородках: Для столбиков h1498</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3672.00</t>
+            <t xml:space="preserve">3745.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 003 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9335,51 +9335,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 10 | 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1346.00</t>
+            <t xml:space="preserve">1373.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 003 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSS.003C.CH</t>
           </r>
@@ -9399,51 +9399,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: При использовании в перегородках: Для столбиков h998</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1785.00</t>
+            <t xml:space="preserve">1821.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 003 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9465,51 +9465,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: При использовании в перегородках: Для столбиков h998</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2244.00</t>
+            <t xml:space="preserve">2289.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 003 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSS.003A.CH</t>
           </r>
@@ -9537,51 +9537,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 2550 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2178.00</t>
+            <t xml:space="preserve">2222.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GS 001 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9599,51 +9599,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2091.00</t>
+            <t xml:space="preserve">2133.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GS 001 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GS.001D.CH</t>
           </r>
@@ -9659,51 +9659,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2958.00</t>
+            <t xml:space="preserve">3017.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GS 001 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9721,51 +9721,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3774.00</t>
+            <t xml:space="preserve">3849.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GS 001 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GS.001B.CH</t>
           </r>
@@ -9781,51 +9781,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4386.00</t>
+            <t xml:space="preserve">4474.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GS 002 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9843,51 +9843,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1734.00</t>
+            <t xml:space="preserve">1769.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GS 002 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GS.002D.CH</t>
           </r>
@@ -9903,51 +9903,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2285.00</t>
+            <t xml:space="preserve">2331.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GS 002 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9965,51 +9965,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2836.00</t>
+            <t xml:space="preserve">2893.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GS 002 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GS.002A.CH</t>
           </r>
@@ -10025,51 +10025,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3176.00</t>
+            <t xml:space="preserve">3240.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GS 003 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10087,51 +10087,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1224.00</t>
+            <t xml:space="preserve">1248.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GS 003 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GS.003C.CH</t>
           </r>
@@ -10151,51 +10151,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1420.00</t>
+            <t xml:space="preserve">1448.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GS 003 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10213,51 +10213,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2081.00</t>
+            <t xml:space="preserve">2123.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GS 003 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GS.003A.CH</t>
           </r>
@@ -10273,51 +10273,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2397.00</t>
+            <t xml:space="preserve">2445.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GS 004 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10335,51 +10335,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1000.00</t>
+            <t xml:space="preserve">1020.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GS 004 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GS.004B.CH</t>
           </r>
@@ -10403,51 +10403,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 1377 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1170.00</t>
+            <t xml:space="preserve">1193.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GS 004 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10465,51 +10465,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1795.00</t>
+            <t xml:space="preserve">1831.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GS 005 \ Торговая решетка (сетка)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GS.005B.CH</t>
           </r>
@@ -10525,51 +10525,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 7 | 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">775.00</t>
+            <t xml:space="preserve">791.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GS 005 \ Торговая решетка 600x600</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10595,51 +10595,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 1081 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">970.00</t>
+            <t xml:space="preserve">989.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 012 \ Соединитель решеток прямой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSS.012.CH</t>
           </r>
@@ -10647,51 +10647,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32.64</t>
+            <t xml:space="preserve">33.66</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -10729,51 +10729,51 @@
             <t xml:space="preserve">
 Материал: Металлический</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Межосевое растояние 26мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">80.00</t>
+            <t xml:space="preserve">81.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 013 \ Крепление решеток к трубе d-25 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KRM.013.CH</t>
           </r>
@@ -10781,51 +10781,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 240</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">41.82</t>
+            <t xml:space="preserve">42.84</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -10843,51 +10843,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">47.94</t>
+            <t xml:space="preserve">48.96</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -10919,51 +10919,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 816 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">602.00</t>
+            <t xml:space="preserve">614.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 018 h-20 \ Основание для решетки</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10985,51 +10985,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в комплекте две ножки J 14 c</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">602.00</t>
+            <t xml:space="preserve">614.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 019 \ Скоба крепления решетки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSS.019.CH</t>
           </r>
@@ -11037,51 +11037,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.90</t>
+            <t xml:space="preserve">46.92</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11123,51 +11123,51 @@
             <t xml:space="preserve">
 Примечание: Крепеж к стене в комплект не входит. Широкий паз шириной 10,5мм, узкий паз шириной 5,5мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8253888</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">79.00</t>
+            <t xml:space="preserve">80.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MS 020 \ Скоба для крепления решетки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSS.020.CH</t>
           </r>
@@ -11257,51 +11257,51 @@
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Внутренняя высота прогиба 8мм, ширина 12мм. Крепеж к стене в комплект не входит. Толщина металла 1мм </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">43.00</t>
+            <t xml:space="preserve">43.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>