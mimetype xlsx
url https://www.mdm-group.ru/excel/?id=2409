--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14.11.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Экономпанели, вставки в экономпанели, декоры</t>
   </si>
   <si>
     <t>Обратите внимание, что одноименные цвета (например, клен и клен) ДСП и экономпанели могут не совпадать.Экономпанели упаковываются производителем на европоддоны по 25 шт.Возможна упаковка экономпанелей в гофрокартон по 2 шт. Цена – 116 руб/шт.Нестандартное цветовое исполнение под заказ от 25 шт.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NMP1224/50/47 Экономпанель вертикальная 15,5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.076.WH</t>
     </r>
@@ -105,51 +105,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3709.00</t>
+      <t xml:space="preserve">3783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NMP2412/100/11+1 Экономпанель горизонтальная 15,5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.077.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -174,51 +174,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00. Панель имеет полупазы для соединения панелей между собой в высоту.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3499.00</t>
+      <t xml:space="preserve">3569.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NMP1224/100/23 Экономпанель вертикальная 15,5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.059.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -243,51 +243,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3709.00</t>
+      <t xml:space="preserve">3783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NMP1224/100/23 Экономпанель вертикальная 15,5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.060.UCR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: уни-крем</t>
@@ -312,51 +312,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3709.00</t>
+      <t xml:space="preserve">3783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NMW1224/100/23 Экономпанель вертикальная 15,5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.073.OA.CO</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: дуб сонома</t>
@@ -381,51 +381,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень </t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3709.00</t>
+      <t xml:space="preserve">3783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NMP1224/100/23 Экономпанель вертикальная 15,5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.062.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черная шагрень</t>
@@ -450,51 +450,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3709.00</t>
+      <t xml:space="preserve">3783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMP (N) 1218/100/17 Экономпанель вертикальная, 18мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.092.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -515,51 +515,51 @@
       <t xml:space="preserve">
 Вставки, шт.: 17</t>
     </r>
     <r>
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 25шт. (кратно пачке) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2840.00</t>
+      <t xml:space="preserve">2897.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMP (N) 1224/100/23 Экономпанель вертикальная (18 мм толщина )</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.069.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -584,51 +584,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3681.00</t>
+      <t xml:space="preserve">3755.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMP (N) 1224/50/47 Экономпанель вертикальная (18 мм толщина )</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.067.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -653,51 +653,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, APN.056.CR, APN.056.00, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3799.00</t>
+      <t xml:space="preserve">3875.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMP (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина )</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.063.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -722,51 +722,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00. Под заказ от 25шт. (кратно пачке) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3887.00</t>
+      <t xml:space="preserve">3965.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NMP 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.078.RD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: красный</t>
@@ -791,51 +791,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3887.00</t>
+      <t xml:space="preserve">3965.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMW (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.082.OA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: венге</t>
@@ -860,51 +860,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00. Минимальная партия (кратно упаковке) – 25 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3887.00</t>
+      <t xml:space="preserve">3965.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMW (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.085.NB</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: невский бук</t>
@@ -941,51 +941,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 3745 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3312.00</t>
+      <t xml:space="preserve">3378.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMP (N) 2412/100/11+1 Экономпанель горизонтальная (18 мм толщина)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.068.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1010,51 +1010,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00. Панель имеет полупазы для соединения панелей между собой в высоту. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3687.00</t>
+      <t xml:space="preserve">3761.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMP (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.065.PL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: платина</t>
@@ -1079,51 +1079,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3887.00</t>
+      <t xml:space="preserve">3965.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMP (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.066.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черная шагрень</t>
@@ -1148,51 +1148,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3887.00</t>
+      <t xml:space="preserve">3965.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMW (N) 1224/100/23 Экономпанель вертикальная (18мм толщина)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.086.OA.CO</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: дуб сонома</t>
@@ -1217,51 +1217,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 25шт. (кратно пачке) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3887.00</t>
+      <t xml:space="preserve">3965.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMP (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина )</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.064.UCR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: уни-крем</t>
@@ -1286,51 +1286,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3887.00</t>
+      <t xml:space="preserve">3965.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NMP 1224/100/23 \ Экономпанель вертикальная НАНО (толщина 16 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.055.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1355,51 +1355,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3499.00</t>
+      <t xml:space="preserve">3569.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMW 1224/100/23 \ Экономпанель вертикальная 18 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.052.DB</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: бук темный</t>
@@ -1611,51 +1611,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вставки подходят к Нано эконом панелям. Цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">109.00</t>
+      <t xml:space="preserve">111.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NBH \ Пластиковая вставка в экономпанель (облегченная)</t>
@@ -1672,51 +1672,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вставки универсальные, подходят к обычным и Нано эконом панелям. Внимание, возможно небольшое отличие оттенка товара из разных партий. Продается поштучно.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20.50</t>
+      <t xml:space="preserve">20.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NBH \ Пластиковая вставка в экономпанель (облегченная)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: APN.055.BL</t>
@@ -1729,51 +1729,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вставки универсальные, подходят к обычным и Нано эконом панелям. Внимание, возможно небольшое отличие оттенка товара из разных партий. Продается поштучно.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20.50</t>
+      <t xml:space="preserve">20.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NBH \ Пластиковая вставка в экономпанель (облегченная)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: APN.056.GR</t>
@@ -1786,51 +1786,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вставки универсальные, подходят к обычным и Нано эконом панелям. Внимание, возможно небольшое отличие оттенка товара из разных партий. Продается поштучно.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20.50</t>
+      <t xml:space="preserve">20.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NBH \ Пластиковая вставка в экономпанель (облегченная)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: APN.056.00</t>
@@ -1843,51 +1843,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вставки универсальные, подходят к обычным и Нано эконом панелям. Внимание, возможно небольшое отличие оттенка товара из разных партий. Продается поштучно.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20.50</t>
+      <t xml:space="preserve">20.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NBH \ Пластиковая вставка в экономпанель (облегченная)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: APN.056.CR</t>
@@ -1900,51 +1900,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вставки универсальные, подходят к обычным и Нано эконом панелям. Внимание, возможно небольшое отличие оттенка товара из разных партий. Продается поштучно.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20.50</t>
+      <t xml:space="preserve">20.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пластиковая вставка в экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: APN.044.LBR</t>
@@ -3598,51 +3598,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14.11.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3690,51 +3690,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3709.00</t>
+            <t xml:space="preserve">3783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NMP2412/100/11+1 Экономпанель горизонтальная 15,5мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.077.WH</t>
           </r>
@@ -3762,51 +3762,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00. Панель имеет полупазы для соединения панелей между собой в высоту.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3499.00</t>
+            <t xml:space="preserve">3569.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NMP1224/100/23 Экономпанель вертикальная 15,5мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3836,51 +3836,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3709.00</t>
+            <t xml:space="preserve">3783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NMP1224/100/23 Экономпанель вертикальная 15,5мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.060.UCR</t>
           </r>
@@ -3908,51 +3908,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3709.00</t>
+            <t xml:space="preserve">3783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NMW1224/100/23 Экономпанель вертикальная 15,5мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3982,51 +3982,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень </t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3709.00</t>
+            <t xml:space="preserve">3783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NMP1224/100/23 Экономпанель вертикальная 15,5мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.062.BL</t>
           </r>
@@ -4054,51 +4054,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3709.00</t>
+            <t xml:space="preserve">3783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMP (N) 1218/100/17 Экономпанель вертикальная, 18мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4124,51 +4124,51 @@
             <t xml:space="preserve">
 Вставки, шт.: 17</t>
           </r>
           <r>
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 25шт. (кратно пачке) </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2840.00</t>
+            <t xml:space="preserve">2897.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMP (N) 1224/100/23 Экономпанель вертикальная (18 мм толщина )</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.069.WH</t>
           </r>
@@ -4196,51 +4196,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3681.00</t>
+            <t xml:space="preserve">3755.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMP (N) 1224/50/47 Экономпанель вертикальная (18 мм толщина )</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4270,51 +4270,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, APN.056.CR, APN.056.00, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3799.00</t>
+            <t xml:space="preserve">3875.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMP (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина )</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.063.GR</t>
           </r>
@@ -4342,51 +4342,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00. Под заказ от 25шт. (кратно пачке) </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3887.00</t>
+            <t xml:space="preserve">3965.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NMP 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4416,51 +4416,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3887.00</t>
+            <t xml:space="preserve">3965.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMW (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.082.OA</t>
           </r>
@@ -4488,51 +4488,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00. Минимальная партия (кратно упаковке) – 25 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3887.00</t>
+            <t xml:space="preserve">3965.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMW (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4574,51 +4574,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 3745 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3312.00</t>
+            <t xml:space="preserve">3378.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMP (N) 2412/100/11+1 Экономпанель горизонтальная (18 мм толщина)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.068.WH</t>
           </r>
@@ -4646,51 +4646,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00. Панель имеет полупазы для соединения панелей между собой в высоту. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3687.00</t>
+            <t xml:space="preserve">3761.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMP (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4720,51 +4720,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3887.00</t>
+            <t xml:space="preserve">3965.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMP (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.066.BL</t>
           </r>
@@ -4792,51 +4792,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3887.00</t>
+            <t xml:space="preserve">3965.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMW (N) 1224/100/23 Экономпанель вертикальная (18мм толщина)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4866,51 +4866,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 25шт. (кратно пачке) </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3887.00</t>
+            <t xml:space="preserve">3965.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMP (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина )</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.064.UCR</t>
           </r>
@@ -4938,51 +4938,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3887.00</t>
+            <t xml:space="preserve">3965.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NMP 1224/100/23 \ Экономпанель вертикальная НАНО (толщина 16 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5012,51 +5012,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3499.00</t>
+            <t xml:space="preserve">3569.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMW 1224/100/23 \ Экономпанель вертикальная 18 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.052.DB</t>
           </r>
@@ -5284,51 +5284,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вставки подходят к Нано эконом панелям. Цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">109.00</t>
+            <t xml:space="preserve">111.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5348,51 +5348,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вставки универсальные, подходят к обычным и Нано эконом панелям. Внимание, возможно небольшое отличие оттенка товара из разных партий. Продается поштучно.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20.50</t>
+            <t xml:space="preserve">20.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5410,51 +5410,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вставки универсальные, подходят к обычным и Нано эконом панелям. Внимание, возможно небольшое отличие оттенка товара из разных партий. Продается поштучно.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20.50</t>
+            <t xml:space="preserve">20.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NBH \ Пластиковая вставка в экономпанель (облегченная)</t>
           </r>
@@ -5470,51 +5470,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вставки универсальные, подходят к обычным и Нано эконом панелям. Внимание, возможно небольшое отличие оттенка товара из разных партий. Продается поштучно.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20.50</t>
+            <t xml:space="preserve">20.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5532,51 +5532,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вставки универсальные, подходят к обычным и Нано эконом панелям. Внимание, возможно небольшое отличие оттенка товара из разных партий. Продается поштучно.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20.50</t>
+            <t xml:space="preserve">20.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NBH \ Пластиковая вставка в экономпанель (облегченная)</t>
           </r>
@@ -5592,51 +5592,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вставки универсальные, подходят к обычным и Нано эконом панелям. Внимание, возможно небольшое отличие оттенка товара из разных партий. Продается поштучно.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20.50</t>
+            <t xml:space="preserve">20.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>