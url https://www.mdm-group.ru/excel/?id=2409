--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">01.01.2026</t>
+      <t xml:space="preserve">16.02.2026</t>
     </r>
   </si>
   <si>
     <t>Экономпанели, вставки в экономпанели, декоры</t>
   </si>
   <si>
     <t>Обратите внимание, что одноименные цвета (например, клен и клен) ДСП и экономпанели могут не совпадать.Экономпанели упаковываются производителем на европоддоны по 25 шт.Возможна упаковка экономпанелей в гофрокартон по 2 шт. Цена – 116 руб/шт.Нестандартное цветовое исполнение под заказ от 25 шт.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NMP1224/50/47 Экономпанель вертикальная 15,5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.076.WH</t>
     </r>
@@ -105,51 +105,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3783.00</t>
+      <t xml:space="preserve">3912.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NMP2412/100/11+1 Экономпанель горизонтальная 15,5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.077.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -174,51 +174,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00. Панель имеет полупазы для соединения панелей между собой в высоту.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3569.00</t>
+      <t xml:space="preserve">3699.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NMP1224/100/23 Экономпанель вертикальная 15,5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.059.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -243,51 +243,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3783.00</t>
+      <t xml:space="preserve">3912.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NMP1224/100/23 Экономпанель вертикальная 15,5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.060.UCR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: уни-крем</t>
@@ -312,51 +312,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3783.00</t>
+      <t xml:space="preserve">3912.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NMW1224/100/23 Экономпанель вертикальная 15,5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.073.OA.CO</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: дуб сонома</t>
@@ -381,51 +381,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень </t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3783.00</t>
+      <t xml:space="preserve">3912.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NMP1224/100/23 Экономпанель вертикальная 15,5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.062.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черная шагрень</t>
@@ -450,51 +450,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3783.00</t>
+      <t xml:space="preserve">3912.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMP (N) 1218/100/17 Экономпанель вертикальная, 18мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.092.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -515,51 +515,51 @@
       <t xml:space="preserve">
 Вставки, шт.: 17</t>
     </r>
     <r>
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 25шт. (кратно пачке) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2897.00</t>
+      <t xml:space="preserve">3129.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMP (N) 1224/100/23 Экономпанель вертикальная (18 мм толщина )</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.069.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -584,51 +584,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3755.00</t>
+      <t xml:space="preserve">3870.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMP (N) 1224/50/47 Экономпанель вертикальная (18 мм толщина )</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.067.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -653,51 +653,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, APN.056.CR, APN.056.00, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3875.00</t>
+      <t xml:space="preserve">3990.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMP (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина )</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.063.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -722,51 +722,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00. Под заказ от 25шт. (кратно пачке) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3965.00</t>
+      <t xml:space="preserve">4090.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NMP 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.078.RD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: красный</t>
@@ -791,51 +791,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3965.00</t>
+      <t xml:space="preserve">4090.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMW (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.082.OA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: венге</t>
@@ -860,51 +860,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00. Минимальная партия (кратно упаковке) – 25 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3965.00</t>
+      <t xml:space="preserve">4090.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMW (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.085.NB</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: невский бук</t>
@@ -917,59 +917,55 @@
       <t xml:space="preserve">
 Высота, мм: 2400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Шаг паза, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вставки, шт.: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 08.10.2025 14:49:55</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 3745 руб.</t>
+Старая цена: 3965 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3378.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1010,51 +1006,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00. Панель имеет полупазы для соединения панелей между собой в высоту. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3761.00</t>
+      <t xml:space="preserve">3890.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMP (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.065.PL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: платина</t>
@@ -1079,51 +1075,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3965.00</t>
+      <t xml:space="preserve">4090.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMP (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.066.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черная шагрень</t>
@@ -1148,51 +1144,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3965.00</t>
+      <t xml:space="preserve">4090.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMW (N) 1224/100/23 Экономпанель вертикальная (18мм толщина)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.086.OA.CO</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: дуб сонома</t>
@@ -1217,51 +1213,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 25шт. (кратно пачке) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3965.00</t>
+      <t xml:space="preserve">4090.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMP (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина )</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.064.UCR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: уни-крем</t>
@@ -1286,51 +1282,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3965.00</t>
+      <t xml:space="preserve">4090.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NMP 1224/100/23 \ Экономпанель вертикальная НАНО (толщина 16 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.055.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1355,51 +1351,51 @@
       <t xml:space="preserve">
 Покрытие: шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3569.00</t>
+      <t xml:space="preserve">3690.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">EMW 1224/100/23 \ Экономпанель вертикальная 18 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PNL.052.DB</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: бук темный</t>
@@ -1945,54 +1941,50 @@
       </rPr>
       <t xml:space="preserve">Пластиковая вставка в экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: APN.044.LBR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светло-коричневый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Внимание, возможно небольшое отличие оттенка товара из разных партий. Продается поштучно</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 25.09.2025 10:57:01</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 25,5 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">20.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2010,54 +2002,50 @@
       </rPr>
       <t xml:space="preserve">Пластиковая вставка в экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: APN.044.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Внимание, возможно небольшое отличие оттенка товара из разных партий. Продается поштучно</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 25.09.2025 10:55:40</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 25,5 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">20.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2075,54 +2063,50 @@
       </rPr>
       <t xml:space="preserve">Пластиковая вставка в экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: APN.042.GN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: зеленый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Внимание, возможно небольшое отличие оттенка товара из разных партий. Продается поштучно</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 25.09.2025 10:57:31</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 25,5 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">20.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2133,54 +2117,50 @@
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вставка-полоска для панелей S1224</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.PNL.014.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, см: 28 м (= 23 вставки), (=1&amp;nbsp;рулон)</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 25.09.2025 10:54:35</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 54</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 115 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">80.00</t>
     </r>
@@ -3598,51 +3578,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01.01.2026</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3690,51 +3670,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3783.00</t>
+            <t xml:space="preserve">3912.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NMP2412/100/11+1 Экономпанель горизонтальная 15,5мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.077.WH</t>
           </r>
@@ -3762,51 +3742,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00. Панель имеет полупазы для соединения панелей между собой в высоту.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3569.00</t>
+            <t xml:space="preserve">3699.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NMP1224/100/23 Экономпанель вертикальная 15,5мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3836,51 +3816,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3783.00</t>
+            <t xml:space="preserve">3912.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NMP1224/100/23 Экономпанель вертикальная 15,5мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.060.UCR</t>
           </r>
@@ -3908,51 +3888,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3783.00</t>
+            <t xml:space="preserve">3912.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NMW1224/100/23 Экономпанель вертикальная 15,5мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3982,51 +3962,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень </t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3783.00</t>
+            <t xml:space="preserve">3912.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NMP1224/100/23 Экономпанель вертикальная 15,5мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.062.BL</t>
           </r>
@@ -4054,51 +4034,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3783.00</t>
+            <t xml:space="preserve">3912.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMP (N) 1218/100/17 Экономпанель вертикальная, 18мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4124,51 +4104,51 @@
             <t xml:space="preserve">
 Вставки, шт.: 17</t>
           </r>
           <r>
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 25шт. (кратно пачке) </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2897.00</t>
+            <t xml:space="preserve">3129.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMP (N) 1224/100/23 Экономпанель вертикальная (18 мм толщина )</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.069.WH</t>
           </r>
@@ -4196,51 +4176,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3755.00</t>
+            <t xml:space="preserve">3870.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMP (N) 1224/50/47 Экономпанель вертикальная (18 мм толщина )</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4270,51 +4250,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, APN.056.CR, APN.056.00, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3875.00</t>
+            <t xml:space="preserve">3990.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMP (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина )</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.063.GR</t>
           </r>
@@ -4342,51 +4322,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00. Под заказ от 25шт. (кратно пачке) </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3965.00</t>
+            <t xml:space="preserve">4090.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NMP 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4416,51 +4396,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3965.00</t>
+            <t xml:space="preserve">4090.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMW (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.082.OA</t>
           </r>
@@ -4488,51 +4468,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00. Минимальная партия (кратно упаковке) – 25 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3965.00</t>
+            <t xml:space="preserve">4090.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMW (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4550,59 +4530,55 @@
             <t xml:space="preserve">
 Высота, мм: 2400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Шаг паза, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вставки, шт.: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 08.10.2025 14:49:55</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 3745 руб.</t>
+Старая цена: 3965 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3378.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
@@ -4646,51 +4622,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00. Панель имеет полупазы для соединения панелей между собой в высоту. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3761.00</t>
+            <t xml:space="preserve">3890.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMP (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4720,51 +4696,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3965.00</t>
+            <t xml:space="preserve">4090.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMP (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.066.BL</t>
           </r>
@@ -4792,51 +4768,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3965.00</t>
+            <t xml:space="preserve">4090.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMW (N) 1224/100/23 Экономпанель вертикальная (18мм толщина)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4866,51 +4842,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 25шт. (кратно пачке) </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3965.00</t>
+            <t xml:space="preserve">4090.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMP (N) 1224/100/23 \ Экономпанель вертикальная (18 мм толщина )</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.064.UCR</t>
           </r>
@@ -4938,51 +4914,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3965.00</t>
+            <t xml:space="preserve">4090.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NMP 1224/100/23 \ Экономпанель вертикальная НАНО (толщина 16 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5012,51 +4988,51 @@
             <t xml:space="preserve">
 Покрытие: шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с универсальными вставками тип NBH, артикулы вставок: APN.055.WH, APN.055.BL, APN.056.GR, а также с алюминиевой вставкой артикул NALZ.038.00.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3569.00</t>
+            <t xml:space="preserve">3690.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">EMW 1224/100/23 \ Экономпанель вертикальная 18 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PNL.052.DB</t>
           </r>
@@ -5642,54 +5618,50 @@
             </rPr>
             <t xml:space="preserve">Пластиковая вставка в экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: APN.044.LBR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: светло-коричневый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Внимание, возможно небольшое отличие оттенка товара из разных партий. Продается поштучно</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 25.09.2025 10:57:01</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 25,5 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">20.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -5707,54 +5679,50 @@
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Пластиковая вставка в экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: APN.044.GR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Внимание, возможно небольшое отличие оттенка товара из разных партий. Продается поштучно</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 25.09.2025 10:55:40</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 25,5 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">20.50</t>
           </r>
@@ -5780,54 +5748,50 @@
             </rPr>
             <t xml:space="preserve">Пластиковая вставка в экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: APN.042.GN</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: зеленый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Внимание, возможно небольшое отличие оттенка товара из разных партий. Продается поштучно</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 25.09.2025 10:57:31</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 25,5 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">20.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -5841,54 +5805,50 @@
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вставка-полоска для панелей S1224</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: K.PNL.014.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, см: 28 м (= 23 вставки), (=1&amp;nbsp;рулон)</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 25.09.2025 10:54:35</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 54</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 115 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">80.00</t>
           </r>