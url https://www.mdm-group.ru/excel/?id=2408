--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.03.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Стойки для установки экономпанелей</t>
   </si>
   <si>
     <t>В серии представлены пристенные и островные конструкции для установки экономпанелей. Металлические каркасы можно соединять между собой для получения линии торгового оборудования нужной длины.Пристенные конструкции - самостоятельно стоящий элемент, не требующий крепления к стене. В серии имеются стойки, которые позволяют проектировать угловые стеллажи.Каркасы конструкций собираются из стоек, на которых расположены зацепы для крепления экономпанелей. Экономпанели выступают в качестве стяжек между стойками. Стойки изготовлены из трубы 25х50мм. Стандартный цвет окраски металлических элементов — серебристый глянец RAL 9006 (нестандартное исполнение — любой цвет по каталогу RAL +25% к цене).По желанию в нижней части устанавливаются полки. Для этого необходимо использовать дополнительно стяжку и уголки. Полки могут быть выполненны из ДСП, МДФ под пленкой ПВХ или окрашен</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стойка L-образная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SMR.001L.9006.90</t>
     </r>
@@ -97,51 +97,51 @@
       <t xml:space="preserve">
 Примечание: Отверстия в креплениях стоек к экономпанелям не предусмотрено, требуется самостоятельное просверливание</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стойка: левая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1990.00</t>
+      <t xml:space="preserve">2030.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стойка L-образная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SMR.001R.9006.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебристый глянец</t>
@@ -158,51 +158,51 @@
       <t xml:space="preserve">
 Примечание: Отверстия в креплениях стоек к экономпанелям не предусмотрено, требуется самостоятельное просверливание</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стойка: правая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1990.00</t>
+      <t xml:space="preserve">2030.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стойка L-образная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SMR.002.9006.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебристый глянец</t>
@@ -219,51 +219,51 @@
       <t xml:space="preserve">
 Примечание: Отверстия в креплениях стоек к экономпанелям не предусмотрено, требуется самостоятельное просверливание</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стойка: центральная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2129.00</t>
+      <t xml:space="preserve">2172.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стойка угловая </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SMR.003.9006.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебристый глянец</t>
@@ -272,51 +272,51 @@
       <t xml:space="preserve">
 Высота, мм: 2450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Отверстия в креплениях стоек к экономпанелям не предусмотрено, требуется самостоятельное просверливание</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1860.00</t>
+      <t xml:space="preserve">1897.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стойка гондолы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SMR.004.9006.90</t>
@@ -337,51 +337,51 @@
       <t xml:space="preserve">
 Примечание: Отверстия в креплениях стоек к экономпанелям не предусмотрено, требуется самостоятельное просверливание</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стойка: крайняя</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1860.00</t>
+      <t xml:space="preserve">1897.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стойка гондолы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SMR.005.9006.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебристый глянец</t>
@@ -398,100 +398,100 @@
       <t xml:space="preserve">
 Примечание: Отверстия в креплениях стоек к экономпанелям не предусмотрено, требуется самостоятельное просверливание</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Стойка: центральная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1960.00</t>
+      <t xml:space="preserve">1999.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стяжка под полку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SMR.006-600.9006.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебристый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">552.00</t>
+      <t xml:space="preserve">563.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стяжка под полку</t>
@@ -504,51 +504,51 @@
       <t xml:space="preserve">
 Цвет: серебристый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">575.00</t>
+      <t xml:space="preserve">587.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стяжка под полку</t>
@@ -561,51 +561,51 @@
       <t xml:space="preserve">
 Цвет: серебристый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">644.00</t>
+      <t xml:space="preserve">657.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стяжка под полку L-1200мм - \ Стяжка под полку</t>
@@ -618,51 +618,51 @@
       <t xml:space="preserve">
 Цвет: серебристый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">644.00</t>
+      <t xml:space="preserve">657.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стяжка для угловых стоек верхняя</t>
@@ -675,51 +675,51 @@
       <t xml:space="preserve">
 Цвет: серебристый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 585</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">529.00</t>
+      <t xml:space="preserve">540.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Стяжка для угловых стоек нижняя</t>
@@ -728,51 +728,51 @@
       <t xml:space="preserve">
 Артикул: SMR.014.9006.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебристый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">529.00</t>
+      <t xml:space="preserve">540.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -789,51 +789,51 @@
       <t xml:space="preserve">
 Материал: ДСП 16 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">709.00</t>
+      <t xml:space="preserve">723.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка основания</t>
@@ -846,51 +846,51 @@
       <t xml:space="preserve">
 Материал: ДСП 16 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">949.00</t>
+      <t xml:space="preserve">968.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка основания</t>
@@ -903,51 +903,51 @@
       <t xml:space="preserve">
 Материал: ДСП 16 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1183.00</t>
+      <t xml:space="preserve">1207.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка основания</t>
@@ -960,51 +960,51 @@
       <t xml:space="preserve">
 Материал: ДСП 16 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1414.00</t>
+      <t xml:space="preserve">1442.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Полка основания угловая</t>
@@ -1017,51 +1017,51 @@
       <t xml:space="preserve">
 Материал: ДСП 16 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 616</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 616</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">796.00</t>
+      <t xml:space="preserve">812.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">80768 \ Стяжка под полку</t>
@@ -1147,51 +1147,51 @@
       <t xml:space="preserve">
 Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Фиксирует полку основания, 2 шт на каждую полку.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33.35</t>
+      <t xml:space="preserve">34.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -2195,51 +2195,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.03.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2279,51 +2279,51 @@
             <t xml:space="preserve">
 Примечание: Отверстия в креплениях стоек к экономпанелям не предусмотрено, требуется самостоятельное просверливание</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стойка: левая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1990.00</t>
+            <t xml:space="preserve">2030.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стойка L-образная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SMR.001R.9006.90</t>
           </r>
@@ -2343,51 +2343,51 @@
             <t xml:space="preserve">
 Примечание: Отверстия в креплениях стоек к экономпанелям не предусмотрено, требуется самостоятельное просверливание</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стойка: правая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1990.00</t>
+            <t xml:space="preserve">2030.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стойка L-образная</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2409,51 +2409,51 @@
             <t xml:space="preserve">
 Примечание: Отверстия в креплениях стоек к экономпанелям не предусмотрено, требуется самостоятельное просверливание</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стойка: центральная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2129.00</t>
+            <t xml:space="preserve">2172.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стойка угловая </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SMR.003.9006.90</t>
           </r>
@@ -2465,51 +2465,51 @@
             <t xml:space="preserve">
 Высота, мм: 2450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Отверстия в креплениях стоек к экономпанелям не предусмотрено, требуется самостоятельное просверливание</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1860.00</t>
+            <t xml:space="preserve">1897.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2535,51 +2535,51 @@
             <t xml:space="preserve">
 Примечание: Отверстия в креплениях стоек к экономпанелям не предусмотрено, требуется самостоятельное просверливание</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стойка: крайняя</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1860.00</t>
+            <t xml:space="preserve">1897.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стойка гондолы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SMR.005.9006.90</t>
           </r>
@@ -2599,51 +2599,51 @@
             <t xml:space="preserve">
 Примечание: Отверстия в креплениях стоек к экономпанелям не предусмотрено, требуется самостоятельное просверливание</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Стойка: центральная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1960.00</t>
+            <t xml:space="preserve">1999.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Стяжка под полку</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2653,51 +2653,51 @@
             <t xml:space="preserve">
 Цвет: серебристый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">552.00</t>
+            <t xml:space="preserve">563.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2713,51 +2713,51 @@
             <t xml:space="preserve">
 Цвет: серебристый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">575.00</t>
+            <t xml:space="preserve">587.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2775,51 +2775,51 @@
             <t xml:space="preserve">
 Цвет: серебристый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">644.00</t>
+            <t xml:space="preserve">657.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2835,51 +2835,51 @@
             <t xml:space="preserve">
 Цвет: серебристый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">644.00</t>
+            <t xml:space="preserve">657.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2897,51 +2897,51 @@
             <t xml:space="preserve">
 Цвет: серебристый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 585</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">529.00</t>
+            <t xml:space="preserve">540.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2953,51 +2953,51 @@
             <t xml:space="preserve">
 Артикул: SMR.014.9006.90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: серебристый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">529.00</t>
+            <t xml:space="preserve">540.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -3019,51 +3019,51 @@
             <t xml:space="preserve">
 Материал: ДСП 16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">709.00</t>
+            <t xml:space="preserve">723.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3079,51 +3079,51 @@
             <t xml:space="preserve">
 Материал: ДСП 16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">949.00</t>
+            <t xml:space="preserve">968.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3141,51 +3141,51 @@
             <t xml:space="preserve">
 Материал: ДСП 16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1183.00</t>
+            <t xml:space="preserve">1207.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3201,51 +3201,51 @@
             <t xml:space="preserve">
 Материал: ДСП 16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1414.00</t>
+            <t xml:space="preserve">1442.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3263,51 +3263,51 @@
             <t xml:space="preserve">
 Материал: ДСП 16 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 616</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 616</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">796.00</t>
+            <t xml:space="preserve">812.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3401,51 +3401,51 @@
             <t xml:space="preserve">
 Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Фиксирует полку основания, 2 шт на каждую полку.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33.35</t>
+            <t xml:space="preserve">34.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>