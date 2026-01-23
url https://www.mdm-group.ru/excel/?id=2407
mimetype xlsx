--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.09.2025</t>
+      <t xml:space="preserve">19.01.2026</t>
     </r>
   </si>
   <si>
     <t>Крючки для экономпанелей (крючки и кронштейны)</t>
   </si>
   <si>
     <t xml:space="preserve">Возможна покраска металлических изделий в любой цвет по желанию заказчика. Имеется более 30 цветов, включая металлики и спецэффекты. Цена: +20% к стоимости изделия. 
  Внимание! Некоторые изделия из данной серии имеют наценку 5% при покупке менее 1 коробки! Все такие изделия отмечены * </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SWH \ Крючок для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.296.CH</t>
@@ -94,51 +94,51 @@
       <t xml:space="preserve">
 Ширина, мм: 24</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">38.76</t>
+      <t xml:space="preserve">39.78</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 289 \ Крючок для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.337.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -147,51 +147,51 @@
       <t xml:space="preserve">
 Глубина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.50</t>
+      <t xml:space="preserve">26.52</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 290 \ Крючок для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.094.CH</t>
@@ -204,51 +204,51 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.56</t>
+      <t xml:space="preserve">29.58</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 291 \ Крючок для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.097.CH</t>
@@ -261,51 +261,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30.60</t>
+      <t xml:space="preserve">31.62</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 292 \ Крючок для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.098.CH</t>
@@ -318,51 +318,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33.66</t>
+      <t xml:space="preserve">34.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 293 \ Крючок для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.099.CH</t>
@@ -375,51 +375,51 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36.72</t>
+      <t xml:space="preserve">37.74</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 294 \ Крючок для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.100.CH</t>
@@ -432,51 +432,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40.80</t>
+      <t xml:space="preserve">41.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 289-4 \ Крючок для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.369.CH</t>
@@ -619,51 +619,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 4,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29.58</t>
+      <t xml:space="preserve">30.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 292-4 \ Крючок для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.372.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -676,51 +676,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 4,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32.64</t>
+      <t xml:space="preserve">33.66</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 293-4 \ Крючок для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.373.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -733,51 +733,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 4,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36.72</t>
+      <t xml:space="preserve">37.74</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 289-4SB \ Крючок для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.409.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1014,51 +1014,51 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65.28</t>
+      <t xml:space="preserve">66.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 301 \ Еврокрючок двойной для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.320.CH</t>
@@ -1071,51 +1071,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">75.48</t>
+      <t xml:space="preserve">76.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 302 \ Еврокрючок двойной для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.339.CH</t>
@@ -1128,51 +1128,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">81.60</t>
+      <t xml:space="preserve">83.64</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 303 \ Еврокрючок двойной для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.340.CH</t>
@@ -1185,51 +1185,51 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">87.72</t>
+      <t xml:space="preserve">89.76</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 304 \ Еврокрючок двойной для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.345.CH</t>
@@ -1242,51 +1242,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Откидной ценникодержатель PP-TAG на двойной крючок (еврокрючок)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CND.024.TR</t>
@@ -1303,51 +1303,51 @@
       <t xml:space="preserve">
 Высота инф.поля, мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.80</t>
+      <t xml:space="preserve">5.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 341 \ Крючок для ценникодержателя на экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPNK.346.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1360,51 +1360,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ценникодержатель в комплект не входит. Может использоваться с ценникодержателем DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">62.22</t>
+      <t xml:space="preserve">63.24</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 342 \ Крючок для ценникодержателя на экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPNK.347.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1417,51 +1417,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ценникодержатель в комплект не входит. Может использоваться с ценникодержателем DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65.28</t>
+      <t xml:space="preserve">66.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 343 \ Крючок для ценникодержателя на экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPNK.348.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1474,51 +1474,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ценникодержатель в комплект не входит. Может использоваться с ценникодержателем DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">73.44</t>
+      <t xml:space="preserve">74.46</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 344 \ Крючок для ценникодержателя на экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPNK.349.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1531,51 +1531,51 @@
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ценникодержатель в комплект не входит. Может использоваться с ценникодержателем DRA339-TR-0070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">81.60</t>
+      <t xml:space="preserve">83.64</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DRA339-TR-0070 \ Ценникодержатель для крючка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRT.521.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1584,51 +1584,51 @@
       <t xml:space="preserve">
 Ширина, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7.60</t>
+      <t xml:space="preserve">7.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VH39х50 \ Ценникодержатель на крючок, H39хL50мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CND.VH39.50.TR</t>
@@ -1641,51 +1641,51 @@
       <t xml:space="preserve">
 Ширина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.50</t>
+      <t xml:space="preserve">5.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 106 \ Кронштейн наклонный для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.046.CH</t>
@@ -1755,51 +1755,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">186.00</t>
+      <t xml:space="preserve">190.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 109 \ Кронштейн ступенчатый для экономпанелей</t>
@@ -1816,51 +1816,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 230</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">296.00</t>
+      <t xml:space="preserve">302.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">520 K12 d=19 \ Кронштейн для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.239.CH</t>
@@ -1946,51 +1946,51 @@
       <t xml:space="preserve">
 Картинка анонса: 8231577</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ограничители (штырьки) могут отличаться в разных партиях (прямые или с «шляпками»)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">143.00</t>
+      <t xml:space="preserve">146.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 105 \ Кронштейн для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.067.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1999,51 +1999,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: 10 штырьков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">198.00</t>
+      <t xml:space="preserve">202.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 111 \ Кронштейн 7 шариков для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.183.CH</t>
@@ -2056,51 +2056,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кронштейн: Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">316.00</t>
+      <t xml:space="preserve">322.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 111p \ Кронштейн 7 штырьков для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.172.CH</t>
@@ -2109,51 +2109,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">254.00</t>
+      <t xml:space="preserve">259.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 111 \ Кронштейн 9 шариков для экономпанелей</t>
@@ -2166,51 +2166,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">204.00</t>
+      <t xml:space="preserve">208.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 111 \ Кронштейн 10 шариков для экономпанелей</t>
@@ -2284,51 +2284,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">161.00</t>
+      <t xml:space="preserve">164.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">K-39 d=8 \ Кронштейн для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.276.CH</t>
@@ -2398,51 +2398,51 @@
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">132.00</t>
+      <t xml:space="preserve">135.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">536 K28 \ Кронштейн для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.278.CH</t>
@@ -2520,51 +2520,51 @@
       <t xml:space="preserve">
 Картинка анонса: 8270947</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Кронштейн прямой (без наклона) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">159.00</t>
+      <t xml:space="preserve">162.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 701-300 \ Кронштейн для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.005.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2573,51 +2573,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">86.70</t>
+      <t xml:space="preserve">88.74</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 701-150 \ Кронштейн (d-5, L-150) для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.068.CH</t>
@@ -2630,51 +2630,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65.28</t>
+      <t xml:space="preserve">66.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 701-200 \ Кронштейн (d-5, L-200) для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.069.CH</t>
@@ -2687,51 +2687,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">68.34</t>
+      <t xml:space="preserve">69.36</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 703 \ Кронштейн для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.126.CH</t>
@@ -2801,51 +2801,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">388.00</t>
+      <t xml:space="preserve">396.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 113 \ Кронштейн для экономпанелей</t>
@@ -2874,51 +2874,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 284 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">199.00</t>
+      <t xml:space="preserve">203.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 113 \ Кронштейн для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.002.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2927,51 +2927,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 30х15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">162.00</t>
+      <t xml:space="preserve">165.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">522 K14 d=19 \ Кронштейн для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.240.CH</t>
@@ -3049,51 +3049,51 @@
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 19</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">159.00</t>
+      <t xml:space="preserve">162.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 114-550 \ Дуга для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.241.CH</t>
@@ -3163,51 +3163,51 @@
       <t xml:space="preserve">
 Глубина, мм: 330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">682.00</t>
+      <t xml:space="preserve">696.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 114-900 \ Дуга для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.394.CH</t>
@@ -3220,51 +3220,51 @@
       <t xml:space="preserve">
 Глубина, мм: 310</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">867.00</t>
+      <t xml:space="preserve">884.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 114-1100 \ Дуга для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.238.CH</t>
@@ -3277,51 +3277,51 @@
       <t xml:space="preserve">
 Глубина, мм: 310</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">969.00</t>
+      <t xml:space="preserve">988.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 115 \ Опора для F114</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.273.CH</t>
@@ -3391,51 +3391,51 @@
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кронштейн: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">128.00</t>
+      <t xml:space="preserve">131.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B-F-M 772 \ Кронштейн для полки и штанги d-25мм  (правый, L-350)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.075.CH</t>
@@ -3448,51 +3448,51 @@
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">128.00</t>
+      <t xml:space="preserve">131.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">525 K17 \ Кронштейн для штанги d-25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.277.CH</t>
@@ -3615,51 +3615,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 310</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">399.00</t>
+      <t xml:space="preserve">407.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">DBH/E39-TR-0070 \ Ценникодержатель для крючка</t>
@@ -3684,51 +3684,51 @@
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина «евроотверстия», мм: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12.00</t>
+      <t xml:space="preserve">12.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 117 \ Кронштейн на экономпанель для головных уборов</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.344.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3753,51 +3753,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 172 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">138.00</t>
+      <t xml:space="preserve">141.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">571 d-4,5 \ Кронштейн на экономпанель для головных уборов</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.072.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3806,51 +3806,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">133.00</t>
+      <t xml:space="preserve">136.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">571 d=6 \ Кронштейн на экономпанель для головных уборов</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.288.CH</t>
@@ -3863,51 +3863,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">145.00</t>
+      <t xml:space="preserve">148.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 507.YN(558 d=6) \ Кронштейн на экономпанель для мяча</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.253.CH</t>
@@ -3920,51 +3920,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 706 \ Колпак для головного убора</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.377.BL</t>
@@ -3973,51 +3973,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 170</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">62.00</t>
+      <t xml:space="preserve">63.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 508 \ Кронштейн для коньков/роликов на экономпанель</t>
@@ -4030,51 +4030,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 270</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">240.00</t>
+      <t xml:space="preserve">245.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">518 K=10 \ Кронштейн для полки на экономпанель</t>
@@ -4319,51 +4319,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">121.00</t>
+      <t xml:space="preserve">123.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 221 \ Кронштейн для полки на экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.167.CH</t>
@@ -4388,51 +4388,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 130 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">78.54</t>
+      <t xml:space="preserve">80.58</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 222 \ Кронштейн для полки на экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.083.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4441,51 +4441,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">151.00</t>
+      <t xml:space="preserve">154.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 223 \ Кронштейн для полки на экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.210.CH</t>
@@ -4510,100 +4510,100 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 150 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.76</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">516 K=08 \ Кронштейн для полки на экономпанель (Регулируемый)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.285.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">214.00</t>
+      <t xml:space="preserve">218.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">528 K20 \ Кронштейн для полки на экономпанель</t>
@@ -4620,51 +4620,51 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кронштейн: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">149.00</t>
+      <t xml:space="preserve">152.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">529 K21 \ Кронштейн для полки на экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.236R.CH</t>
@@ -4677,51 +4677,51 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">149.00</t>
+      <t xml:space="preserve">152.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">528 K20 \ Кронштейн для полки на экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.235L.CH</t>
@@ -4734,51 +4734,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кронштейн: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">163.00</t>
+      <t xml:space="preserve">166.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">529 K21 \ Кронштейн для полки на экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.235R.CH</t>
@@ -4791,51 +4791,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">163.00</t>
+      <t xml:space="preserve">166.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">528 K20 \ Кронштейн для полки на экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.237L.CH</t>
@@ -4848,51 +4848,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кронштейн: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">184.00</t>
+      <t xml:space="preserve">188.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">529 K21 \ Кронштейн для полки на экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.237R.CH</t>
@@ -4905,51 +4905,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кронштейн: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">184.00</t>
+      <t xml:space="preserve">188.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 320 \ Кронштейн для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.321.CH</t>
@@ -4966,100 +4966,100 @@
       <t xml:space="preserve">
 Ширина, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 82</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33.66</t>
+      <t xml:space="preserve">34.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TH-4 \ Заглушка для крючка диаметром 4мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TH.4.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.60</t>
+      <t xml:space="preserve">3.99</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TH-5 \ Заглушка для крючка диаметром 5мм</t>
@@ -5072,51 +5072,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.70</t>
+      <t xml:space="preserve">3.99</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TH-6 \ Заглушка для крючка диаметром 6мм</t>
@@ -5129,51 +5129,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ПВХ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.99</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -8255,51 +8255,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.09.2025</t>
+            <t xml:space="preserve">19.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -8335,51 +8335,51 @@
             <t xml:space="preserve">
 Ширина, мм: 24</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38.76</t>
+            <t xml:space="preserve">39.78</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 289 \ Крючок для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.337.CH</t>
           </r>
@@ -8391,51 +8391,51 @@
             <t xml:space="preserve">
 Глубина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.50</t>
+            <t xml:space="preserve">26.52</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8453,51 +8453,51 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.56</t>
+            <t xml:space="preserve">29.58</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 291 \ Крючок для экономпанелей</t>
           </r>
@@ -8513,51 +8513,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30.60</t>
+            <t xml:space="preserve">31.62</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8575,51 +8575,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33.66</t>
+            <t xml:space="preserve">34.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 293 \ Крючок для экономпанелей</t>
           </r>
@@ -8635,51 +8635,51 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36.72</t>
+            <t xml:space="preserve">37.74</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8697,51 +8697,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40.80</t>
+            <t xml:space="preserve">41.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 289-4 \ Крючок для экономпанелей</t>
           </r>
@@ -8895,51 +8895,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 4,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.58</t>
+            <t xml:space="preserve">30.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 292-4 \ Крючок для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8957,51 +8957,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 4,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32.64</t>
+            <t xml:space="preserve">33.66</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 293-4 \ Крючок для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.373.CH</t>
           </r>
@@ -9017,51 +9017,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 4,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36.72</t>
+            <t xml:space="preserve">37.74</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 289-4SB \ Крючок для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9319,51 +9319,51 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65.28</t>
+            <t xml:space="preserve">66.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 301 \ Еврокрючок двойной для экономпанелей</t>
           </r>
@@ -9379,51 +9379,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">75.48</t>
+            <t xml:space="preserve">76.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9441,51 +9441,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">81.60</t>
+            <t xml:space="preserve">83.64</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 303 \ Еврокрючок двойной для экономпанелей</t>
           </r>
@@ -9501,51 +9501,51 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">87.72</t>
+            <t xml:space="preserve">89.76</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9563,51 +9563,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Откидной ценникодержатель PP-TAG на двойной крючок (еврокрючок)</t>
           </r>
@@ -9627,51 +9627,51 @@
             <t xml:space="preserve">
 Высота инф.поля, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.80</t>
+            <t xml:space="preserve">5.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 341 \ Крючок для ценникодержателя на экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9689,51 +9689,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ценникодержатель в комплект не входит. Может использоваться с ценникодержателем DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">62.22</t>
+            <t xml:space="preserve">63.24</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 342 \ Крючок для ценникодержателя на экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPNK.347.CH</t>
           </r>
@@ -9749,51 +9749,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ценникодержатель в комплект не входит. Может использоваться с ценникодержателем DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65.28</t>
+            <t xml:space="preserve">66.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 343 \ Крючок для ценникодержателя на экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9811,51 +9811,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ценникодержатель в комплект не входит. Может использоваться с ценникодержателем DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">73.44</t>
+            <t xml:space="preserve">74.46</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 344 \ Крючок для ценникодержателя на экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPNK.349.CH</t>
           </r>
@@ -9871,51 +9871,51 @@
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ценникодержатель в комплект не входит. Может использоваться с ценникодержателем DRA339-TR-0070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">81.60</t>
+            <t xml:space="preserve">83.64</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">DRA339-TR-0070 \ Ценникодержатель для крючка</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9929,51 +9929,51 @@
             <t xml:space="preserve">
 Ширина, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7.60</t>
+            <t xml:space="preserve">7.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VH39х50 \ Ценникодержатель на крючок, H39хL50мм</t>
           </r>
@@ -9989,51 +9989,51 @@
             <t xml:space="preserve">
 Ширина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота инф.поля, мм: 39</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ценникодержатель откидной на T-образные металлические крючки. Допустимая толщина прутка, на которую вешается ценникодержатель 4 - 7 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.50</t>
+            <t xml:space="preserve">5.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10111,51 +10111,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">186.00</t>
+            <t xml:space="preserve">190.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -10177,51 +10177,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 230</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">296.00</t>
+            <t xml:space="preserve">302.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">520 K12 d=19 \ Кронштейн для экономпанелей</t>
           </r>
@@ -10315,51 +10315,51 @@
             <t xml:space="preserve">
 Картинка анонса: 8231577</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ограничители (штырьки) могут отличаться в разных партиях (прямые или с «шляпками»)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">143.00</t>
+            <t xml:space="preserve">146.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 105 \ Кронштейн для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: BLT.067.CH</t>
           </r>
@@ -10371,51 +10371,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: 10 штырьков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">198.00</t>
+            <t xml:space="preserve">202.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10433,51 +10433,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: Кронштейн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">316.00</t>
+            <t xml:space="preserve">322.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 111p \ Кронштейн 7 штырьков для экономпанелей</t>
           </r>
@@ -10489,51 +10489,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">254.00</t>
+            <t xml:space="preserve">259.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -10551,51 +10551,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">204.00</t>
+            <t xml:space="preserve">208.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -10677,51 +10677,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">161.00</t>
+            <t xml:space="preserve">164.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">K-39 d=8 \ Кронштейн для экономпанелей</t>
           </r>
@@ -10799,51 +10799,51 @@
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">132.00</t>
+            <t xml:space="preserve">135.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">536 K28 \ Кронштейн для экономпанелей</t>
           </r>
@@ -10929,51 +10929,51 @@
             <t xml:space="preserve">
 Картинка анонса: 8270947</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Кронштейн прямой (без наклона) </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">159.00</t>
+            <t xml:space="preserve">162.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 701-300 \ Кронштейн для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: BLT.005.CH</t>
           </r>
@@ -10985,51 +10985,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">86.70</t>
+            <t xml:space="preserve">88.74</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11047,51 +11047,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65.28</t>
+            <t xml:space="preserve">66.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 701-200 \ Кронштейн (d-5, L-200) для экономпанелей</t>
           </r>
@@ -11107,51 +11107,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">68.34</t>
+            <t xml:space="preserve">69.36</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11229,51 +11229,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">388.00</t>
+            <t xml:space="preserve">396.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -11307,51 +11307,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 284 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">199.00</t>
+            <t xml:space="preserve">203.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 113 \ Кронштейн для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: BLT.002.CH</t>
           </r>
@@ -11363,51 +11363,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 30х15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">162.00</t>
+            <t xml:space="preserve">165.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11493,51 +11493,51 @@
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 19</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">159.00</t>
+            <t xml:space="preserve">162.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11615,51 +11615,51 @@
             <t xml:space="preserve">
 Глубина, мм: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">682.00</t>
+            <t xml:space="preserve">696.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11677,51 +11677,51 @@
             <t xml:space="preserve">
 Глубина, мм: 310</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">867.00</t>
+            <t xml:space="preserve">884.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 114-1100 \ Дуга для экономпанелей</t>
           </r>
@@ -11737,51 +11737,51 @@
             <t xml:space="preserve">
 Глубина, мм: 310</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">969.00</t>
+            <t xml:space="preserve">988.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11859,51 +11859,51 @@
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">128.00</t>
+            <t xml:space="preserve">131.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11921,51 +11921,51 @@
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">128.00</t>
+            <t xml:space="preserve">131.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">525 K17 \ Кронштейн для штанги d-25мм</t>
           </r>
@@ -12099,51 +12099,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 310</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">399.00</t>
+            <t xml:space="preserve">407.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -12173,51 +12173,51 @@
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются со склада</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина «евроотверстия», мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12.00</t>
+            <t xml:space="preserve">12.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 117 \ Кронштейн на экономпанель для головных уборов</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.344.CH</t>
           </r>
@@ -12245,51 +12245,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 172 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">138.00</t>
+            <t xml:space="preserve">141.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">571 d-4,5 \ Кронштейн на экономпанель для головных уборов</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12303,51 +12303,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">133.00</t>
+            <t xml:space="preserve">136.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">571 d=6 \ Кронштейн на экономпанель для головных уборов</t>
           </r>
@@ -12363,51 +12363,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">145.00</t>
+            <t xml:space="preserve">148.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12425,51 +12425,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 706 \ Колпак для головного убора</t>
           </r>
@@ -12481,51 +12481,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 170</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">62.00</t>
+            <t xml:space="preserve">63.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -12543,51 +12543,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 270</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">240.00</t>
+            <t xml:space="preserve">245.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -12851,51 +12851,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">121.00</t>
+            <t xml:space="preserve">123.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12925,51 +12925,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 130 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">78.54</t>
+            <t xml:space="preserve">80.58</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 222 \ Кронштейн для полки на экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.083.CH</t>
           </r>
@@ -12981,51 +12981,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">151.00</t>
+            <t xml:space="preserve">154.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -13055,51 +13055,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 150 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.76</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">516 K=08 \ Кронштейн для полки на экономпанель (Регулируемый)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.285.CH</t>
           </r>
@@ -13107,51 +13107,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">214.00</t>
+            <t xml:space="preserve">218.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -13173,51 +13173,51 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">149.00</t>
+            <t xml:space="preserve">152.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">529 K21 \ Кронштейн для полки на экономпанель</t>
           </r>
@@ -13233,51 +13233,51 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">149.00</t>
+            <t xml:space="preserve">152.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="4"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -13295,51 +13295,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">163.00</t>
+            <t xml:space="preserve">166.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">529 K21 \ Кронштейн для полки на экономпанель</t>
           </r>
@@ -13355,51 +13355,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">163.00</t>
+            <t xml:space="preserve">166.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -13417,51 +13417,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">184.00</t>
+            <t xml:space="preserve">188.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">529 K21 \ Кронштейн для полки на экономпанель</t>
           </r>
@@ -13477,51 +13477,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кронштейн: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">184.00</t>
+            <t xml:space="preserve">188.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -13543,51 +13543,51 @@
             <t xml:space="preserve">
 Ширина, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 82</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33.66</t>
+            <t xml:space="preserve">34.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TH-4 \ Заглушка для крючка диаметром 4мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: TH.4.BL</t>
           </r>
@@ -13595,51 +13595,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.60</t>
+            <t xml:space="preserve">3.99</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="4"/>
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -13657,51 +13657,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.70</t>
+            <t xml:space="preserve">3.99</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -13717,51 +13717,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ПВХ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.99</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>