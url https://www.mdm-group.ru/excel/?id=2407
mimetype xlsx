--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -538,54 +538,50 @@
       <t xml:space="preserve">
 Артикул: NPN.370.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 25.09.2025 11:04:13</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 26,52 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">22.44</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -1682,54 +1678,50 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 106 \ Кронштейн наклонный для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.046.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 25.09.2025 11:00:53</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 294 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">249.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -1861,54 +1853,50 @@
       </rPr>
       <t xml:space="preserve">520 K12 d=19 \ Кронштейн для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.239.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 19</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 25.09.2025 10:58:11</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 204 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">142.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2728,54 +2716,50 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 703 \ Кронштейн для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.126.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 125 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">83.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2850,54 +2834,50 @@
       </rPr>
       <t xml:space="preserve">F 113 \ Кронштейн для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.026.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 24х14</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 25.09.2025 11:02:45</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 284 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">203.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2972,54 +2952,50 @@
       </rPr>
       <t xml:space="preserve">522 K14 d=19 \ Кронштейн для экономпанелей</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.240.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 19</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 25.09.2025 10:58:38</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 159 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">127.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -3729,54 +3705,50 @@
       <t xml:space="preserve">
 Артикул: NPN.344.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 106</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: не используется с алюминиевой вставкой</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 25.09.2025 11:00:21</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 172 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">141.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -4364,54 +4336,50 @@
       </rPr>
       <t xml:space="preserve">F 221 \ Кронштейн для полки на экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.167.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 25.09.2025 11:03:14</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 130 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">80.58</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -4483,54 +4451,50 @@
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 223 \ Кронштейн для полки на экономпанель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.210.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 25.09.2025 11:03:41</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 150 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">91.80</t>
     </r>
@@ -8811,54 +8775,50 @@
             <t xml:space="preserve">
 Артикул: NPN.370.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Рекомендуется использовать с заглушкой для крючка арт. TH.4.BL  TH-4 \ Заглушка для крючка диаметром 4мм</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 25.09.2025 11:04:13</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 26,52 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">22.44</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -10035,54 +9995,50 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 106 \ Кронштейн наклонный для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.046.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 25.09.2025 11:00:53</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 294 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">249.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -10225,54 +10181,50 @@
             </rPr>
             <t xml:space="preserve">520 K12 d=19 \ Кронштейн для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.239.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 19</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 25.09.2025 10:58:11</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 204 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">142.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -11153,54 +11105,50 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 703 \ Кронштейн для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.126.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 125 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">83.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -11283,54 +11231,50 @@
             </rPr>
             <t xml:space="preserve">F 113 \ Кронштейн для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.026.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 24х14</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 25.09.2025 11:02:45</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 284 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">203.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -11413,54 +11357,50 @@
             </rPr>
             <t xml:space="preserve">522 K14 d=19 \ Кронштейн для экономпанелей</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.240.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 19</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 25.09.2025 10:58:38</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 159 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">127.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -12221,54 +12161,50 @@
             <t xml:space="preserve">
 Артикул: NPN.344.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 106</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: не используется с алюминиевой вставкой</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 25.09.2025 11:00:21</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 172 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">141.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -12901,54 +12837,50 @@
             </rPr>
             <t xml:space="preserve">F 221 \ Кронштейн для полки на экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.167.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 25.09.2025 11:03:14</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 130 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">80.58</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -13028,54 +12960,50 @@
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 223 \ Кронштейн для полки на экономпанель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.210.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Резиновые накладки идут в комплекте</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 25.09.2025 11:03:41</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 150 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">91.80</t>
           </r>