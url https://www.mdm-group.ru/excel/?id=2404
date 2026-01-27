--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">04.04.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Манекены беременные</t>
   </si>
   <si>
     <t xml:space="preserve"> Большой ассортимент по выгодным ценам. В наличии и на заказ!</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">C-03 \  Торс женский (беременная) BASIC</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.029.WH</t>
     </r>
@@ -101,51 +101,51 @@
       <t xml:space="preserve">
 Обхват живота, см: 97</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16161.00</t>
+      <t xml:space="preserve">16484.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Performance 21 \ Манекен женский (беременный)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRF.021.BR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: коричневый</t>
@@ -207,51 +207,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 700-1220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3047.00</t>
+      <t xml:space="preserve">3108.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B 800-2 \ Стойка (прямоугольник) для торсов BU, PERFORMANCE, МВ</t>
@@ -264,51 +264,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 700-1220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 370х270</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2649.00</t>
+      <t xml:space="preserve">2702.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1000 \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -321,51 +321,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 450-600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2649.00</t>
+      <t xml:space="preserve">2702.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1000 \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -378,51 +378,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 450-600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2782.00</t>
+      <t xml:space="preserve">2838.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">C 900-1 \ Стойка для торсов STILE, STILE KID, BASIC, Chemin, STI (круг), МВ, SF</t>
@@ -435,51 +435,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 790-1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3312.00</t>
+      <t xml:space="preserve">3378.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">С 800-1 \ Стойка для торсов STILE, STILE KID, BASIC, Chemin, STI (прямоуг.), МВ, SF</t>
@@ -492,51 +492,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 790-1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 370х270</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2517.00</t>
+      <t xml:space="preserve">2567.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-D \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -549,51 +549,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 270-360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1921.00</t>
+      <t xml:space="preserve">1959.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-S \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -606,51 +606,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 270-360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1987.00</t>
+      <t xml:space="preserve">2027.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-S \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -663,51 +663,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 270-360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2252.00</t>
+      <t xml:space="preserve">2297.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9651320 \ Подставка для манекенов BU, PERFOMANCE</t>
@@ -724,51 +724,51 @@
       <t xml:space="preserve">
 Диаметр основания, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 620-880</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9190.00</t>
+      <t xml:space="preserve">9374.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 96520E \ Подставка для манекенов BU, PERFOMANCE</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.022.CH</t>
@@ -781,51 +781,51 @@
       <t xml:space="preserve">
 Высота, мм: 590-850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 300x370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8611.00</t>
+      <t xml:space="preserve">8783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
@@ -1653,51 +1653,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">04.04.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1741,51 +1741,51 @@
             <t xml:space="preserve">
 Обхват живота, см: 97</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16161.00</t>
+            <t xml:space="preserve">16484.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Performance 21 \ Манекен женский (беременный)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRF.021.BR</t>
           </r>
@@ -1855,51 +1855,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 700-1220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3047.00</t>
+            <t xml:space="preserve">3108.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1915,51 +1915,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 700-1220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 370х270</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2649.00</t>
+            <t xml:space="preserve">2702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1977,51 +1977,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 450-600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2649.00</t>
+            <t xml:space="preserve">2702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2037,51 +2037,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 450-600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2782.00</t>
+            <t xml:space="preserve">2838.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2099,51 +2099,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 790-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3312.00</t>
+            <t xml:space="preserve">3378.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2159,51 +2159,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 790-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 370х270</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2517.00</t>
+            <t xml:space="preserve">2567.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2221,51 +2221,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 270-360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1921.00</t>
+            <t xml:space="preserve">1959.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2281,51 +2281,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 270-360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1987.00</t>
+            <t xml:space="preserve">2027.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2343,51 +2343,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 270-360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2252.00</t>
+            <t xml:space="preserve">2297.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2407,51 +2407,51 @@
             <t xml:space="preserve">
 Диаметр основания, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 620-880</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9190.00</t>
+            <t xml:space="preserve">9374.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2469,51 +2469,51 @@
             <t xml:space="preserve">
 Высота, мм: 590-850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 300x370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8611.00</t>
+            <t xml:space="preserve">8783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>