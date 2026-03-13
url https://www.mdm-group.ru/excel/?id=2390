--- v0 (2025-12-05)
+++ v1 (2026-03-13)
@@ -489,222 +489,252 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0893d71b_2b33_11e3_baa0_0025902b3cc1_C3836C5A_7F94_4747_B3B3_864303586AAE2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fcf8676_2b33_11e3_baa0_0025902b3cc1_0F866F19_5B0F_445D_AAFE_77D3FA7E671F3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b55b399e_2b34_11e3_baa0_0025902b3cc1_4B64E04A_5BD1_4A5B_B66E_6AB6838494014.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d85a0f2_a511_11e3_baa0_0025902b3cc1_8FCA5ECC_394E_412F_8DB1_0B76A87C1B9F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71194e75_08fa_11e4_9ca4_0025902b3cc1_2364AE26_D442_48E4_B246_40018A8C75726.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3471f245_e214_11e6_9cf3_0025902b3cc1_BF8379D9_3B61_4C2C_AFF7_162338B1C57E2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0893d71b_2b33_11e3_baa0_0025902b3cc1_C3836C5A_7F94_4747_B3B3_864303586AAE3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fcf8676_2b33_11e3_baa0_0025902b3cc1_0F866F19_5B0F_445D_AAFE_77D3FA7E671F4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b55b399e_2b34_11e3_baa0_0025902b3cc1_4B64E04A_5BD1_4A5B_B66E_6AB6838494015.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d85a0f2_a511_11e3_baa0_0025902b3cc1_8FCA5ECC_394E_412F_8DB1_0B76A87C1B9F6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71194e75_08fa_11e4_9ca4_0025902b3cc1_2364AE26_D442_48E4_B246_40018A8C75727.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>47625</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="228600" cy="952500"/>
+    <xdr:ext cx="2962275" cy="790575"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="390525" cy="952500"/>
+    <xdr:ext cx="228600" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="295275" cy="952500"/>
+    <xdr:ext cx="390525" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="323850" cy="952500"/>
+    <xdr:ext cx="295275" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="276225" cy="952500"/>
+    <xdr:ext cx="323850" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="276225" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -971,54 +1001,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z9"/>
+  <dimension ref="A1:Z10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B9" sqref="B9"/>
+      <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -1039,53 +1069,59 @@
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:26">
-[...1 lines deleted...]
-      <c r="B7" s="5" t="inlineStr">
+    <row r="6" spans="1:26" customHeight="1" ht="62.25">
+      <c r="A6"/>
+      <c r="B6"/>
+      <c r="C6"/>
+      <c r="D6"/>
+    </row>
+    <row r="8" spans="1:26">
+      <c r="A8" s="4"/>
+      <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Solo Type 03F-06M \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SOL.003.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 183</t>
           </r>
@@ -1108,52 +1144,52 @@
           <r>
             <t xml:space="preserve">
 Производитель: Вьетнам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">34441.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
-      <c r="C7" s="4"/>
-      <c r="D7" s="5" t="inlineStr">
+      <c r="C8" s="4"/>
+      <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Solo Type 05F-06M \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SOL.005.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 137</t>
           </r>
@@ -1197,53 +1233,53 @@
             <t xml:space="preserve">
 Старая цена: 29714 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">22950.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:26">
-[...1 lines deleted...]
-      <c r="B8" s="5" t="inlineStr">
+    <row r="9" spans="1:26">
+      <c r="A9" s="4"/>
+      <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Solo Type 31M-06M \ Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SOL.031.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 189</t>
           </r>
@@ -1266,52 +1302,52 @@
           <r>
             <t xml:space="preserve">
 Производитель: Вьетнам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">37091.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
-      <c r="C8" s="4"/>
-      <c r="D8" s="5" t="inlineStr">
+      <c r="C9" s="4"/>
+      <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Solo Type 34M-07M \ Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SOL.037.SK</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: слоновая кость</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 189</t>
           </r>
@@ -1339,53 +1375,53 @@
             <t xml:space="preserve">
 Примечание: Данная модель манекена имеет отличия в разных партиях. В настоящее время модель как на фото, со скульптурной головой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">37091.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:26">
-[...1 lines deleted...]
-      <c r="B9" s="5" t="inlineStr">
+    <row r="10" spans="1:26">
+      <c r="A10" s="4"/>
+      <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Solo Type 36M-07M \ Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SOL.011.SK</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: слоновая кость</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 189</t>
           </r>
@@ -1417,50 +1453,51 @@
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">37091.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
+    <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>