--- v0 (2025-12-08)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.01.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Манекены Glance Matte</t>
   </si>
   <si>
     <t>Подставка (входит в стоимость): стекло, круг, d-42 см. Крепление: в икру и в стопу. В качестве подставки для сидячих манекенов могут использоваться демонстрационные кубы и цилиндры Rotart.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance Matte 01 \    Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLMT.001.BL</t>
     </r>
@@ -101,51 +101,51 @@
       <t xml:space="preserve">
 Бедра, см: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21779.00</t>
+      <t xml:space="preserve">22215.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance Matte 08 \  Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLMT.008.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный матовый</t>
@@ -166,51 +166,51 @@
       <t xml:space="preserve">
 Бедра, см: 99</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21779.00</t>
+      <t xml:space="preserve">22215.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance Matte 05 \  Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLMT.005.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный матовый</t>
@@ -231,51 +231,51 @@
       <t xml:space="preserve">
 Бедра, см: 89</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21470.00</t>
+      <t xml:space="preserve">21899.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance Matte 06 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLMT.006.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный матовый</t>
@@ -296,51 +296,51 @@
       <t xml:space="preserve">
 Бедра, см: 87</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21470.00</t>
+      <t xml:space="preserve">21899.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance Matte 18 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLMT.018.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный матовый</t>
@@ -361,51 +361,51 @@
       <t xml:space="preserve">
 Бедра, см: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21470.00</t>
+      <t xml:space="preserve">21899.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance Matte 01 \  Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLMT.001.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -426,51 +426,51 @@
       <t xml:space="preserve">
 Бедра, см: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21779.00</t>
+      <t xml:space="preserve">22215.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance Matte 05 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLMT.005.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -491,51 +491,51 @@
       <t xml:space="preserve">
 Бедра, см: 89</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21470.00</t>
+      <t xml:space="preserve">21899.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance Matte 06 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLMT.006.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -556,51 +556,51 @@
       <t xml:space="preserve">
 Бедра, см: 87</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21470.00</t>
+      <t xml:space="preserve">21899.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance Matte 08 \ Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLMT.008.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -621,51 +621,51 @@
       <t xml:space="preserve">
 Бедра, см: 99</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21779.00</t>
+      <t xml:space="preserve">22215.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance Matte 09 \ Манекен женский, сидячий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLMT.009.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -698,51 +698,51 @@
       <t xml:space="preserve">
 В, см: 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 С, см: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21470.00</t>
+      <t xml:space="preserve">21899.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance Matte 10 \ Манекен мужской, сидячий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLMT.010.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -775,51 +775,51 @@
       <t xml:space="preserve">
 В, см: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 С, см: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21779.00</t>
+      <t xml:space="preserve">22215.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance Matte 11 \ Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLMT.011.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -840,51 +840,51 @@
       <t xml:space="preserve">
 Бедра, см: 99</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21779.00</t>
+      <t xml:space="preserve">22215.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance Matte 12 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLMT.012.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -905,51 +905,51 @@
       <t xml:space="preserve">
 Бедра, см: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21470.00</t>
+      <t xml:space="preserve">21899.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance Matte 16 \ Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLMT.016.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -970,51 +970,51 @@
       <t xml:space="preserve">
 Бедра, см: 97</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21779.00</t>
+      <t xml:space="preserve">22215.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance Matte 18 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLMT.018.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1035,51 +1035,51 @@
       <t xml:space="preserve">
 Бедра, см: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21470.00</t>
+      <t xml:space="preserve">21899.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance Matte 19 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLMT.019.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1100,51 +1100,51 @@
       <t xml:space="preserve">
 Бедра, см: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21470.00</t>
+      <t xml:space="preserve">21899.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance Matte 20 \ Манекен женский, сидячий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLMT.020.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1181,51 +1181,51 @@
       <t xml:space="preserve">
 В, см: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 С, см: 75</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21470.00</t>
+      <t xml:space="preserve">21899.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -2169,51 +2169,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.01.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2257,51 +2257,51 @@
             <t xml:space="preserve">
 Бедра, см: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21779.00</t>
+            <t xml:space="preserve">22215.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance Matte 08 \  Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLMT.008.BL</t>
           </r>
@@ -2325,51 +2325,51 @@
             <t xml:space="preserve">
 Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21779.00</t>
+            <t xml:space="preserve">22215.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance Matte 05 \  Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2395,51 +2395,51 @@
             <t xml:space="preserve">
 Бедра, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21470.00</t>
+            <t xml:space="preserve">21899.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance Matte 06 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLMT.006.BL</t>
           </r>
@@ -2463,51 +2463,51 @@
             <t xml:space="preserve">
 Бедра, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21470.00</t>
+            <t xml:space="preserve">21899.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance Matte 18 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2533,51 +2533,51 @@
             <t xml:space="preserve">
 Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21470.00</t>
+            <t xml:space="preserve">21899.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance Matte 01 \  Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLMT.001.WH</t>
           </r>
@@ -2601,51 +2601,51 @@
             <t xml:space="preserve">
 Бедра, см: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21779.00</t>
+            <t xml:space="preserve">22215.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance Matte 05 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2671,51 +2671,51 @@
             <t xml:space="preserve">
 Бедра, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21470.00</t>
+            <t xml:space="preserve">21899.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance Matte 06 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLMT.006.WH</t>
           </r>
@@ -2739,51 +2739,51 @@
             <t xml:space="preserve">
 Бедра, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21470.00</t>
+            <t xml:space="preserve">21899.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance Matte 08 \ Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2809,51 +2809,51 @@
             <t xml:space="preserve">
 Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21779.00</t>
+            <t xml:space="preserve">22215.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance Matte 09 \ Манекен женский, сидячий</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLMT.009.WH</t>
           </r>
@@ -2889,51 +2889,51 @@
             <t xml:space="preserve">
 В, см: 55</t>
           </r>
           <r>
             <t xml:space="preserve">
 С, см: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21470.00</t>
+            <t xml:space="preserve">21899.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance Matte 10 \ Манекен мужской, сидячий</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2971,51 +2971,51 @@
             <t xml:space="preserve">
 В, см: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 С, см: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21779.00</t>
+            <t xml:space="preserve">22215.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance Matte 11 \ Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLMT.011.WH</t>
           </r>
@@ -3039,51 +3039,51 @@
             <t xml:space="preserve">
 Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21779.00</t>
+            <t xml:space="preserve">22215.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance Matte 12 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3109,51 +3109,51 @@
             <t xml:space="preserve">
 Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21470.00</t>
+            <t xml:space="preserve">21899.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance Matte 16 \ Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLMT.016.WH</t>
           </r>
@@ -3177,51 +3177,51 @@
             <t xml:space="preserve">
 Бедра, см: 97</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21779.00</t>
+            <t xml:space="preserve">22215.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance Matte 18 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3247,51 +3247,51 @@
             <t xml:space="preserve">
 Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21470.00</t>
+            <t xml:space="preserve">21899.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance Matte 19 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLMT.019.WH</t>
           </r>
@@ -3315,51 +3315,51 @@
             <t xml:space="preserve">
 Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21470.00</t>
+            <t xml:space="preserve">21899.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance Matte 20 \ Манекен женский, сидячий</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3401,51 +3401,51 @@
             <t xml:space="preserve">
 В, см: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 С, см: 75</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21470.00</t>
+            <t xml:space="preserve">21899.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>