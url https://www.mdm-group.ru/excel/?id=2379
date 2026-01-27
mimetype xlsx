--- v0 (2025-12-06)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.01.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Манекены Glance</t>
   </si>
   <si>
     <t>Подставка (входит в стоимость): стекло, круг, d-42 см (для моделей CFWW224SH, CFWW225SH, CFWW226SH и CFWW124: стекло, квадрат, 36х36 см). Крепление: в икру и в стопу. В качестве подставки для сидячих манекенов могут использоваться демонстрационные кубы и цилиндры Rotart.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 02 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.002.BL</t>
     </r>
@@ -101,51 +101,51 @@
       <t xml:space="preserve">
 Бедра, см: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 02  \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.002.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -166,51 +166,51 @@
       <t xml:space="preserve">
 Бедра, см: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 05 \  Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.005.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -231,51 +231,51 @@
       <t xml:space="preserve">
 Бедра, см: 89</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 05 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.005.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -296,51 +296,51 @@
       <t xml:space="preserve">
 Бедра, см: 89</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 06 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.007.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -361,51 +361,51 @@
       <t xml:space="preserve">
 Бедра, см: 87</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 06 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.007.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -426,51 +426,51 @@
       <t xml:space="preserve">
 Бедра, см: 87</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 07 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.008.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -491,51 +491,51 @@
       <t xml:space="preserve">
 Бедра, см: 87</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 09 \ Манекен женский, сидячий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.010.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -568,51 +568,51 @@
       <t xml:space="preserve">
 В, см: 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 С, см: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 09 \ Манекен женский, сидячий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.010.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -645,51 +645,51 @@
       <t xml:space="preserve">
 В, см: 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 С, см: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 12 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.019.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -710,51 +710,51 @@
       <t xml:space="preserve">
 Бедра, см: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 12 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.019.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -775,51 +775,51 @@
       <t xml:space="preserve">
 Бедра, см: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 13 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.020.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -840,51 +840,51 @@
       <t xml:space="preserve">
 Бедра, см: 88</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 14 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.021.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -905,51 +905,51 @@
       <t xml:space="preserve">
 Бедра, см: 89</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 14 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.021.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -970,51 +970,51 @@
       <t xml:space="preserve">
 Бедра, см: 89</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 15 \ Манекен женский, сидячий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.022.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -1051,51 +1051,51 @@
       <t xml:space="preserve">
 В, см: 68</t>
     </r>
     <r>
       <t xml:space="preserve">
 С, см: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 15 \ Манекен женский, сидячий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.022.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -1132,51 +1132,51 @@
       <t xml:space="preserve">
 В, см: 68</t>
     </r>
     <r>
       <t xml:space="preserve">
 С, см: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 18 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.025.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -1197,51 +1197,51 @@
       <t xml:space="preserve">
 Бедра, см: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 18 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.025.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -1262,51 +1262,51 @@
       <t xml:space="preserve">
 Бедра, см: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 19 \ Манекен женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.026.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -1327,51 +1327,51 @@
       <t xml:space="preserve">
 Бедра, см: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22905.00</t>
+      <t xml:space="preserve">23363.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 01 \  Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.001.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -1392,51 +1392,51 @@
       <t xml:space="preserve">
 Бедра, см: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23209.00</t>
+      <t xml:space="preserve">23673.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 01  \Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.001.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -1457,51 +1457,51 @@
       <t xml:space="preserve">
 Бедра, см: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23209.00</t>
+      <t xml:space="preserve">23673.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 08 \ Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.009.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -1522,51 +1522,51 @@
       <t xml:space="preserve">
 Бедра, см: 99</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23209.00</t>
+      <t xml:space="preserve">23673.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 08 \ Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.009.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -1587,51 +1587,51 @@
       <t xml:space="preserve">
 Бедра, см: 99</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23209.00</t>
+      <t xml:space="preserve">23673.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 10 \ Манекен мужской, сидячий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.011.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -1664,51 +1664,51 @@
       <t xml:space="preserve">
 В, см: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 С, см: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23209.00</t>
+      <t xml:space="preserve">23673.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 10 \ Манекен мужской, сидячий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.011.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -1741,51 +1741,51 @@
       <t xml:space="preserve">
 В, см: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 С, см: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23209.00</t>
+      <t xml:space="preserve">23673.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 11 \ Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.018.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -1806,51 +1806,51 @@
       <t xml:space="preserve">
 Бедра, см: 99</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23209.00</t>
+      <t xml:space="preserve">23673.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 11 \ Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.018.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -1871,51 +1871,51 @@
       <t xml:space="preserve">
 Бедра, см: 99</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23209.00</t>
+      <t xml:space="preserve">23673.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 16 \ Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.023.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -1936,51 +1936,51 @@
       <t xml:space="preserve">
 Бедра, см: 97</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23209.00</t>
+      <t xml:space="preserve">23673.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 17 \ Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.024.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -2001,51 +2001,51 @@
       <t xml:space="preserve">
 Бедра, см: 103</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23209.00</t>
+      <t xml:space="preserve">23673.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Glance 17 \ Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLN.024.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -2066,51 +2066,51 @@
       <t xml:space="preserve">
 Бедра, см: 103</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23209.00</t>
+      <t xml:space="preserve">23673.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -3444,51 +3444,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.01.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3532,51 +3532,51 @@
             <t xml:space="preserve">
 Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 02  \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLN.002.WH</t>
           </r>
@@ -3600,51 +3600,51 @@
             <t xml:space="preserve">
 Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 05 \  Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3670,51 +3670,51 @@
             <t xml:space="preserve">
 Бедра, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 05 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLN.005.WH</t>
           </r>
@@ -3738,51 +3738,51 @@
             <t xml:space="preserve">
 Бедра, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 06 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3808,51 +3808,51 @@
             <t xml:space="preserve">
 Бедра, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 06 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLN.007.WH</t>
           </r>
@@ -3876,51 +3876,51 @@
             <t xml:space="preserve">
 Бедра, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 07 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3946,51 +3946,51 @@
             <t xml:space="preserve">
 Бедра, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 09 \ Манекен женский, сидячий</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLN.010.BL</t>
           </r>
@@ -4026,51 +4026,51 @@
             <t xml:space="preserve">
 В, см: 55</t>
           </r>
           <r>
             <t xml:space="preserve">
 С, см: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 09 \ Манекен женский, сидячий</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4108,51 +4108,51 @@
             <t xml:space="preserve">
 В, см: 55</t>
           </r>
           <r>
             <t xml:space="preserve">
 С, см: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 12 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLN.019.BL</t>
           </r>
@@ -4176,51 +4176,51 @@
             <t xml:space="preserve">
 Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 12 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4246,51 +4246,51 @@
             <t xml:space="preserve">
 Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 13 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLN.020.BL</t>
           </r>
@@ -4314,51 +4314,51 @@
             <t xml:space="preserve">
 Бедра, см: 88</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 14 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4384,51 +4384,51 @@
             <t xml:space="preserve">
 Бедра, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 14 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLN.021.BL</t>
           </r>
@@ -4452,51 +4452,51 @@
             <t xml:space="preserve">
 Бедра, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 15 \ Манекен женский, сидячий</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4538,51 +4538,51 @@
             <t xml:space="preserve">
 В, см: 68</t>
           </r>
           <r>
             <t xml:space="preserve">
 С, см: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 15 \ Манекен женский, сидячий</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLN.022.BL</t>
           </r>
@@ -4622,51 +4622,51 @@
             <t xml:space="preserve">
 В, см: 68</t>
           </r>
           <r>
             <t xml:space="preserve">
 С, см: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 18 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4692,51 +4692,51 @@
             <t xml:space="preserve">
 Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 18 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLN.025.WH</t>
           </r>
@@ -4760,51 +4760,51 @@
             <t xml:space="preserve">
 Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 19 \ Манекен женский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4830,51 +4830,51 @@
             <t xml:space="preserve">
 Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22905.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 01 \  Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLN.001.BL</t>
           </r>
@@ -4898,51 +4898,51 @@
             <t xml:space="preserve">
 Бедра, см: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23209.00</t>
+            <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 01  \Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4968,51 +4968,51 @@
             <t xml:space="preserve">
 Бедра, см: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23209.00</t>
+            <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 08 \ Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLN.009.BL</t>
           </r>
@@ -5036,51 +5036,51 @@
             <t xml:space="preserve">
 Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23209.00</t>
+            <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 08 \ Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5106,51 +5106,51 @@
             <t xml:space="preserve">
 Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23209.00</t>
+            <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 10 \ Манекен мужской, сидячий</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLN.011.BL</t>
           </r>
@@ -5186,51 +5186,51 @@
             <t xml:space="preserve">
 В, см: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 С, см: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23209.00</t>
+            <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 10 \ Манекен мужской, сидячий</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5268,51 +5268,51 @@
             <t xml:space="preserve">
 В, см: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 С, см: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23209.00</t>
+            <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 11 \ Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLN.018.BL</t>
           </r>
@@ -5336,51 +5336,51 @@
             <t xml:space="preserve">
 Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23209.00</t>
+            <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 11 \ Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5406,51 +5406,51 @@
             <t xml:space="preserve">
 Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23209.00</t>
+            <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 16 \ Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLN.023.BL</t>
           </r>
@@ -5474,51 +5474,51 @@
             <t xml:space="preserve">
 Бедра, см: 97</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23209.00</t>
+            <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 17 \ Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5544,51 +5544,51 @@
             <t xml:space="preserve">
 Бедра, см: 103</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23209.00</t>
+            <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 17 \ Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLN.024.WH</t>
           </r>
@@ -5612,51 +5612,51 @@
             <t xml:space="preserve">
 Бедра, см: 103</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23209.00</t>
+            <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>