--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -2170,972 +2170,1002 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93bf_02b0_11e0_b16f_003048d0c7fe_C1507C70_B618_4E5A_B769_0768AA4D73542.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93c2_02b0_11e0_b16f_003048d0c7fe_D8CD1E9D_D5E3_4F47_AEB4_353625B606B13.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93d1_02b0_11e0_b16f_003048d0c7fe_7465FB89_C67C_45A2_A6F6_69EB007161D74.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93d4_02b0_11e0_b16f_003048d0c7fe_GLANCE_05_WHITE_l15.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18af36d8_5b43_11e0_afc8_003048f27c5f_BF41B8B8_786F_4E81_BB89_4DD92267DE266.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71213b8_e8b4_11e0_a476_003048f27c5e_3E49E44F_8420_4A07_8DDC_2BD86EFB9D1E7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18af36b5_5b43_11e0_afc8_003048f27c5f_A827AEBF_255C_45BA_91DB_4A2BA566236B8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18af369c_5b43_11e0_afc8_003048f27c5f_FE1F1551_FB37_4866_BF19_8895711A6DDB9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71213c8_e8b4_11e0_a476_003048f27c5e_1010.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12affea0_6176_11e2_ab60_0025902b3cc1_B51AB6FF_6161_4953_856C_C025894AB4AE11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c573b23_58fb_11e3_baa0_0025902b3cc1_Glance_12_w12.JPG"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12affea5_6176_11e2_ab60_0025902b3cc1_A5793FDA_5B3F_4F18_9EBA_8C80C08D805713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d9a2fd7_7f27_11e2_952b_0025902b3cc1_Glance_14_white_b14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12affeaa_6176_11e2_ab60_0025902b3cc1_A040025C_C820_4114_A7A8_7FF1D4297F4F15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d35ab3b_ca9a_11e7_b78c_0025902b3cc1_Glance_15_white_b16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12affeaf_6176_11e2_ab60_0025902b3cc1_424E8068_F251_454F_ACAF_D15EF30AA05A17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a787adfc_2a65_11e3_baa0_0025902b3cc1_591F099D_CA26_40A8_80AB_F6822FA494F718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b51d28d1_58fb_11e3_baa0_0025902b3cc1_Glance_18_w19.JPG"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2746c55_2a65_11e3_baa0_0025902b3cc1_D795F998_82AE_4EED_A9DF_A7A60AF95B1D20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93b8_02b0_11e0_b16f_003048d0c7fe_54E181A8_DB5A_477F_8928_A1512845FFB921.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93bc_02b0_11e0_b16f_003048d0c7fe_B6D77579_B1BB_4327_B41A_B59B67343DF822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18af3696_5b43_11e0_afc8_003048f27c5f_3A131294_4384_4B08_BF5C_861342E8196023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71213c1_e8b4_11e0_a476_003048f27c5e_52B72A0C_9E5B_41BB_A4E6_BCFDAE7D7A5F24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18af369f_5b43_11e0_afc8_003048f27c5f_31DD3B99_0851_4394_A4F7_1D46FBD83B0B25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71213cf_e8b4_11e0_a476_003048f27c5e_E9505BB3_2576_4392_9385_9C0B10E530B326.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fdd7d66_ff9a_11e0_833e_003048f27c5f_C28EF66C_5E43_4CBA_9F49_5F0F3EAD6E2C27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fdd7d6d_ff9a_11e0_833e_003048f27c5f_glance_1128.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12affeb4_6176_11e2_ab60_0025902b3cc1_4521B682_B637_4F21_BC63_C32458A2712129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12affeb9_6176_11e2_ab60_0025902b3cc1_47C9C40B_F4C9_427C_985A_C2E3A4B75FA930.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59c88d89_664a_11e7_9ffe_0025902b3cc1_glaance1731.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3471f23b_e214_11e6_9cf3_0025902b3cc1_41DA74A7_7955_46C1_BB3F_A5F1BD48701D2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93bf_02b0_11e0_b16f_003048d0c7fe_C1507C70_B618_4E5A_B769_0768AA4D73543.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93c2_02b0_11e0_b16f_003048d0c7fe_D8CD1E9D_D5E3_4F47_AEB4_353625B606B14.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93d1_02b0_11e0_b16f_003048d0c7fe_7465FB89_C67C_45A2_A6F6_69EB007161D75.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93d4_02b0_11e0_b16f_003048d0c7fe_GLANCE_05_WHITE_l16.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18af36d8_5b43_11e0_afc8_003048f27c5f_BF41B8B8_786F_4E81_BB89_4DD92267DE267.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71213b8_e8b4_11e0_a476_003048f27c5e_3E49E44F_8420_4A07_8DDC_2BD86EFB9D1E8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18af36b5_5b43_11e0_afc8_003048f27c5f_A827AEBF_255C_45BA_91DB_4A2BA566236B9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18af369c_5b43_11e0_afc8_003048f27c5f_FE1F1551_FB37_4866_BF19_8895711A6DDB10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71213c8_e8b4_11e0_a476_003048f27c5e_1011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12affea0_6176_11e2_ab60_0025902b3cc1_B51AB6FF_6161_4953_856C_C025894AB4AE12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c573b23_58fb_11e3_baa0_0025902b3cc1_Glance_12_w13.JPG"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12affea5_6176_11e2_ab60_0025902b3cc1_A5793FDA_5B3F_4F18_9EBA_8C80C08D805714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d9a2fd7_7f27_11e2_952b_0025902b3cc1_Glance_14_white_b15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12affeaa_6176_11e2_ab60_0025902b3cc1_A040025C_C820_4114_A7A8_7FF1D4297F4F16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d35ab3b_ca9a_11e7_b78c_0025902b3cc1_Glance_15_white_b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12affeaf_6176_11e2_ab60_0025902b3cc1_424E8068_F251_454F_ACAF_D15EF30AA05A18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a787adfc_2a65_11e3_baa0_0025902b3cc1_591F099D_CA26_40A8_80AB_F6822FA494F719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b51d28d1_58fb_11e3_baa0_0025902b3cc1_Glance_18_w20.JPG"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2746c55_2a65_11e3_baa0_0025902b3cc1_D795F998_82AE_4EED_A9DF_A7A60AF95B1D21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93b8_02b0_11e0_b16f_003048d0c7fe_54E181A8_DB5A_477F_8928_A1512845FFB922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93bc_02b0_11e0_b16f_003048d0c7fe_B6D77579_B1BB_4327_B41A_B59B67343DF823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18af3696_5b43_11e0_afc8_003048f27c5f_3A131294_4384_4B08_BF5C_861342E8196024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71213c1_e8b4_11e0_a476_003048f27c5e_52B72A0C_9E5B_41BB_A4E6_BCFDAE7D7A5F25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18af369f_5b43_11e0_afc8_003048f27c5f_31DD3B99_0851_4394_A4F7_1D46FBD83B0B26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71213cf_e8b4_11e0_a476_003048f27c5e_E9505BB3_2576_4392_9385_9C0B10E530B327.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fdd7d66_ff9a_11e0_833e_003048f27c5f_C28EF66C_5E43_4CBA_9F49_5F0F3EAD6E2C28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fdd7d6d_ff9a_11e0_833e_003048f27c5f_glance_1129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12affeb4_6176_11e2_ab60_0025902b3cc1_4521B682_B637_4F21_BC63_C32458A2712130.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12affeb9_6176_11e2_ab60_0025902b3cc1_47C9C40B_F4C9_427C_985A_C2E3A4B75FA931.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59c88d89_664a_11e7_9ffe_0025902b3cc1_glaance1732.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>47625</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="342900" cy="952500"/>
+    <xdr:ext cx="2962275" cy="790575"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="314325" cy="952500"/>
+    <xdr:ext cx="342900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="352425" cy="952500"/>
+    <xdr:ext cx="314325" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="352425" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="333375" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="333375" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="257175" cy="952500"/>
+    <xdr:ext cx="333375" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="466725" cy="952500"/>
+    <xdr:ext cx="257175" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="466725" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="304800" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="304800" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="285750" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="285750" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="295275" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="295275" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="600075" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="257175" cy="952500"/>
+    <xdr:ext cx="600075" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="257175" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="342900" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="323850" cy="952500"/>
+    <xdr:ext cx="342900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="285750" cy="952500"/>
+    <xdr:ext cx="323850" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="304800" cy="952500"/>
+    <xdr:ext cx="285750" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="314325" cy="952500"/>
+    <xdr:ext cx="304800" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="438150" cy="952500"/>
+    <xdr:ext cx="314325" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="438150" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="304800" cy="952500"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="304800" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="323850" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="304800" cy="952500"/>
+    <xdr:ext cx="323850" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
+      <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="304800" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3402,54 +3432,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z21"/>
+  <dimension ref="A1:Z22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D21" sqref="D21"/>
+      <selection activeCell="D22" sqref="D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -3470,1367 +3500,1235 @@
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:26">
-[...135 lines deleted...]
-      </c>
+    <row r="6" spans="1:26" customHeight="1" ht="62.25">
+      <c r="A6"/>
+      <c r="B6"/>
+      <c r="C6"/>
+      <c r="D6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 05 \  Манекен женский</t>
-[...3 lines deleted...]
-Артикул: GLN.005.BL</t>
+            <t xml:space="preserve">Glance 02 \ Манекен женский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.002.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 182</t>
-[...11 lines deleted...]
-Бедра, см: 89</t>
+Высота, см: 181</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 84</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 64</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 05 \ Манекен женский</t>
-[...3 lines deleted...]
-Артикул: GLN.005.WH</t>
+            <t xml:space="preserve">Glance 02  \ Манекен женский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.002.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 182</t>
-[...11 lines deleted...]
-Бедра, см: 89</t>
+Высота, см: 181</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 84</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 64</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 06 \ Манекен женский</t>
-[...3 lines deleted...]
-Артикул: GLN.007.BL</t>
+            <t xml:space="preserve">Glance 05 \  Манекен женский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.005.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 177</t>
+Высота, см: 182</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 61</t>
           </r>
           <r>
             <t xml:space="preserve">
-Бедра, см: 87</t>
+Бедра, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 06 \ Манекен женский</t>
-[...3 lines deleted...]
-Артикул: GLN.007.WH</t>
+            <t xml:space="preserve">Glance 05 \ Манекен женский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.005.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 177</t>
+Высота, см: 182</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 61</t>
           </r>
           <r>
             <t xml:space="preserve">
-Бедра, см: 87</t>
+Бедра, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 07 \ Манекен женский</t>
-[...3 lines deleted...]
-Артикул: GLN.008.BL</t>
+            <t xml:space="preserve">Glance 06 \ Манекен женский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.007.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 177</t>
           </r>
           <r>
             <t xml:space="preserve">
-Грудь, см: 85</t>
-[...3 lines deleted...]
-Талия, см: 60</t>
+Грудь, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 61</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 09 \ Манекен женский, сидячий</t>
-[...43 lines deleted...]
-Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
+            <t xml:space="preserve">Glance 06 \ Манекен женский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.007.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 177</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 61</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 09 \ Манекен женский, сидячий</t>
-[...43 lines deleted...]
-Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
+            <t xml:space="preserve">Glance 07 \ Манекен женский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.008.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 177</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 85</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 12 \ Манекен женский</t>
-[...3 lines deleted...]
-Артикул: GLN.019.BL</t>
+            <t xml:space="preserve">Glance 09 \ Манекен женский, сидячий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.010.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 181</t>
-[...19 lines deleted...]
-Производитель: Китай</t>
+Высота, см: 123</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 91</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 65</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+А, см: 45</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+В, см: 55</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+С, см: 80</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 12 \ Манекен женский</t>
-[...3 lines deleted...]
-Артикул: GLN.019.WH</t>
+            <t xml:space="preserve">Glance 09 \ Манекен женский, сидячий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.010.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 181</t>
-[...19 lines deleted...]
-Производитель: Китай</t>
+Высота, см: 123</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 91</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 65</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+А, см: 45</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+В, см: 55</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+С, см: 80</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 13 \ Манекен женский</t>
-[...3 lines deleted...]
-Артикул: GLN.020.BL</t>
+            <t xml:space="preserve">Glance 12 \ Манекен женский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.019.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 178</t>
-[...11 lines deleted...]
-Бедра, см: 88</t>
+Высота, см: 181</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 61</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 14 \ Манекен женский</t>
-[...3 lines deleted...]
-Артикул: GLN.021.WH</t>
+            <t xml:space="preserve">Glance 12 \ Манекен женский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.019.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 179</t>
+Высота, см: 181</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
-Талия, см: 62</t>
-[...3 lines deleted...]
-Бедра, см: 89</t>
+Талия, см: 61</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 14 \ Манекен женский</t>
-[...3 lines deleted...]
-Артикул: GLN.021.BL</t>
+            <t xml:space="preserve">Glance 13 \ Манекен женский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.020.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 179</t>
-[...3 lines deleted...]
-Грудь, см: 87</t>
+Высота, см: 178</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 84</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 62</t>
           </r>
           <r>
             <t xml:space="preserve">
-Бедра, см: 89</t>
+Бедра, см: 88</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 15 \ Манекен женский, сидячий</t>
-[...3 lines deleted...]
-Артикул: GLN.022.WH</t>
+            <t xml:space="preserve">Glance 14 \ Манекен женский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.021.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 123</t>
-[...35 lines deleted...]
-Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
+Высота, см: 179</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 62</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 89</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 15 \ Манекен женский, сидячий</t>
-[...3 lines deleted...]
-Артикул: GLN.022.BL</t>
+            <t xml:space="preserve">Glance 14 \ Манекен женский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.021.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 123</t>
-[...35 lines deleted...]
-Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
+Высота, см: 179</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 62</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 89</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 18 \ Манекен женский</t>
-[...31 lines deleted...]
-Производитель: Китай</t>
+            <t xml:space="preserve">Glance 15 \ Манекен женский, сидячий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.022.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 123</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 84</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 63</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 94</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+А, см: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+В, см: 68</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+С, см: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 18 \ Манекен женский</t>
-[...31 lines deleted...]
-Производитель: Китай</t>
+            <t xml:space="preserve">Glance 15 \ Манекен женский, сидячий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.022.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 123</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 84</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 63</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 94</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+А, см: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+В, см: 68</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+С, см: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 19 \ Манекен женский</t>
-[...3 lines deleted...]
-Артикул: GLN.026.BL</t>
+            <t xml:space="preserve">Glance 18 \ Манекен женский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.025.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 184</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
@@ -4850,753 +4748,891 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 01 \  Манекен мужской</t>
-[...23 lines deleted...]
-Бедра, см: 96</t>
+            <t xml:space="preserve">Glance 18 \ Манекен женский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.025.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 184</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23673.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 01  \Манекен мужской</t>
-[...23 lines deleted...]
-Бедра, см: 96</t>
+            <t xml:space="preserve">Glance 19 \ Манекен женский</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.026.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 184</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23673.00</t>
+            <t xml:space="preserve">23363.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 08 \ Манекен мужской</t>
-[...3 lines deleted...]
-Артикул: GLN.009.BL</t>
+            <t xml:space="preserve">Glance 01 \  Манекен мужской</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.001.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 186</t>
-[...11 lines deleted...]
-Бедра, см: 99</t>
+Высота, см: 188</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 98</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 77</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 08 \ Манекен мужской</t>
-[...3 lines deleted...]
-Артикул: GLN.009.WH</t>
+            <t xml:space="preserve">Glance 01  \Манекен мужской</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.001.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 186</t>
-[...11 lines deleted...]
-Бедра, см: 99</t>
+Высота, см: 188</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 98</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 77</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 10 \ Манекен мужской, сидячий</t>
-[...3 lines deleted...]
-Артикул: GLN.011.BL</t>
+            <t xml:space="preserve">Glance 08 \ Манекен мужской</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.009.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 127</t>
-[...31 lines deleted...]
-Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
+Высота, см: 186</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 96</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 80</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 99</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 10 \ Манекен мужской, сидячий</t>
-[...3 lines deleted...]
-Артикул: GLN.011.WH</t>
+            <t xml:space="preserve">Glance 08 \ Манекен мужской</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.009.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 127</t>
-[...31 lines deleted...]
-Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
+Высота, см: 186</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 96</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 80</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 99</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 11 \ Манекен мужской</t>
-[...3 lines deleted...]
-Артикул: GLN.018.BL</t>
+            <t xml:space="preserve">Glance 10 \ Манекен мужской, сидячий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.011.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 184</t>
-[...19 lines deleted...]
-Производитель: Китай</t>
+Высота, см: 127</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 97</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 79</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+А, см: 45</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+В, см: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+С, см: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 11 \ Манекен мужской</t>
-[...3 lines deleted...]
-Артикул: GLN.018.WH</t>
+            <t xml:space="preserve">Glance 10 \ Манекен мужской, сидячий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.011.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 184</t>
-[...19 lines deleted...]
-Производитель: Китай</t>
+Высота, см: 127</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 97</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 79</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+А, см: 45</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+В, см: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+С, см: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 16 \ Манекен мужской</t>
-[...3 lines deleted...]
-Артикул: GLN.023.BL</t>
+            <t xml:space="preserve">Glance 11 \ Манекен мужской</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.018.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 186</t>
+Высота, см: 184</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
-Талия, см: 79</t>
-[...3 lines deleted...]
-Бедра, см: 97</t>
+Талия, см: 77</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Glance 17 \ Манекен мужской</t>
-[...23 lines deleted...]
-Бедра, см: 103</t>
+            <t xml:space="preserve">Glance 11 \ Манекен мужской</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.018.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 184</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 77</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 99</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Glance 16 \ Манекен мужской</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.023.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 186</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 79</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 97</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">23673.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:26">
+      <c r="A22" s="4"/>
+      <c r="B22" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Glance 17 \ Манекен мужской</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLN.024.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 187</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 98</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 79</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 103</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">23673.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+      <c r="C22" s="4"/>
+      <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Glance 17 \ Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLN.024.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 187</t>
           </r>
@@ -5628,50 +5664,51 @@
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">23673.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
+    <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>