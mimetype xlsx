--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -143,50 +143,54 @@
       <t xml:space="preserve">M RO MATILDE \ Манекен детский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRO.018.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: под заказ возможны цвета: молочный, черный, красный, оранжевый, желтый, бежевый, зеленый, синий, фуксия, серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 7540 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4490.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
@@ -1010,50 +1014,54 @@
             <t xml:space="preserve">
 Артикул: MRO.018.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: под заказ возможны цвета: молочный, черный, красный, оранжевый, желтый, бежевый, зеленый, синий, фуксия, серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Старая цена: 7540 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">