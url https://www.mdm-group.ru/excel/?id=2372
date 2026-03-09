--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -81,54 +81,50 @@
       <t xml:space="preserve">
 Артикул: MRO.017.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: под заказ возможны цвета: молочный, черный, красный, оранжевый, желтый, бежевый, зеленый, синий, фуксия, серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 7540 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4490.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -143,54 +139,50 @@
       <t xml:space="preserve">M RO MATILDE \ Манекен детский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRO.018.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: под заказ возможны цвета: молочный, черный, красный, оранжевый, желтый, бежевый, зеленый, синий, фуксия, серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 7540 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4490.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
@@ -946,54 +938,50 @@
             <t xml:space="preserve">
 Артикул: MRO.017.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: под заказ возможны цвета: молочный, черный, красный, оранжевый, желтый, бежевый, зеленый, синий, фуксия, серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 7540 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
@@ -1011,54 +999,50 @@
             <t xml:space="preserve">M RO MATILDE \ Манекен детский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRO.018.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: под заказ возможны цвета: молочный, черный, красный, оранжевый, желтый, бежевый, зеленый, синий, фуксия, серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 7540 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>