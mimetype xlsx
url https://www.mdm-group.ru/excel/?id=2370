--- v0 (2026-01-23)
+++ v1 (2026-03-09)
@@ -889,55 +889,55 @@
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">13005.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HLF-1 \ Манекен женский, без головы</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NPL.027.WH</t>
-[...3 lines deleted...]
-Цвет: белый</t>
+Артикул: NPL.027.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: телесный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 83</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 62</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 86</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
@@ -950,55 +950,55 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10512.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HLF-1 \ Манекен женский, без головы</t>
-[...3 lines deleted...]
-Артикул: NPL.027.00</t>
+      <t xml:space="preserve">HLF-5 \ Манекен женский, без головы</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NPL.014.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: телесный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 83</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 62</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 86</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
@@ -1015,189 +1015,189 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10512.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HLF-5 \ Манекен женский, без головы</t>
-[...23 lines deleted...]
-Бедра, см: 86</t>
+      <t xml:space="preserve">HLM-1 \ Манекен мужской, без головы</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NPL.015.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: телесный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, см: 177</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Грудь, см: 94</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Талия, см: 75</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Бедра, см: 95</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10512.00</t>
+      <t xml:space="preserve">14579.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">HLM-1 \ Манекен мужской, без головы</t>
-[...3 lines deleted...]
-Артикул: NPL.015.WH</t>
+      <t xml:space="preserve">HLF-1 \ Манекен женский, без головы</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: NPL.027.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, см: 177</t>
-[...11 lines deleted...]
-Бедра, см: 95</t>
+Высота, см: 160</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Грудь, см: 83</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Талия, см: 62</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Бедра, см: 86</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14579.00</t>
+      <t xml:space="preserve">10512.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HLF-5 \ Манекен женский, без головы</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NPL.014.00</t>
-[...3 lines deleted...]
-Цвет: телесный</t>
+Артикул: NPL.014.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 83</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 62</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 86</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
@@ -1214,55 +1214,55 @@
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10512.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HLM-1 \ Манекен мужской, без головы</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: NPL.015.00</t>
-[...3 lines deleted...]
-Цвет: телесный</t>
+Артикул: NPL.015.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 177</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 94</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 75</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 95</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
@@ -1431,51 +1431,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ce808c_917b_11e0_afc8_003048f27c5f_9DE2DB4F_5593_4E7F_9B65_53903645229A2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e76e_917b_11e0_afc8_003048f27c5f_A6482947_F1D5_4992_96DE_D00AC00BF5173.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e775_917b_11e0_afc8_003048f27c5f_26F00D10_DA6C_4972_AF7D_39FF1EC97A2E4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e77c_917b_11e0_afc8_003048f27c5f_CF7F636A_58F8_4522_B386_CBC165BF9E205.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e783_917b_11e0_afc8_003048f27c5f_BF905164_97EE_4991_A797_B06FEDD7D3FA6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e78a_917b_11e0_afc8_003048f27c5f_92134EB7_DCB1_494D_AE98_6F353B5101717.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ce803b_917b_11e0_afc8_003048f27c5f_10A84BCB_0D6C_4240_B0EE_51CDF921B72F8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ce8042_917b_11e0_afc8_003048f27c5f_DF4DEC36_2B5B_4AD6_A5EA_4A34FDD3BE2E9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ce8049_917b_11e0_afc8_003048f27c5f_FF9A3DCA_F056_4290_92B4_6974B0968B9E10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e72b_917b_11e0_afc8_003048f27c5f_C9D24797_7FCE_4EEE_8F5B_B942140AF79A11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e734_917b_11e0_afc8_003048f27c5f_8F71B3E4_21D1_4C58_AFBA_EAB136F071C012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e73b_917b_11e0_afc8_003048f27c5f_3E370AF1_3E23_4897_BBDA_3952B75BFC4413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e2e8c0f_eb10_11e0_a476_003048f27c5e_CF937C88_CEA1_4DAC_9CC3_8055A8C39AF414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e2e8c08_eb10_11e0_a476_003048f27c5e_1DFB514D_A6E2_499C_80E3_C352A48A1AE515.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e767_917b_11e0_afc8_003048f27c5f_7882DBB7_8FDB_4A99_AA68_6FBAFAAF2C8816.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e744_917b_11e0_afc8_003048f27c5f_NPL015WH17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e759_917b_11e0_afc8_003048f27c5f_NPL0140018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e760_917b_11e0_afc8_003048f27c5f_75E9F2E3_8185_4F89_A282_0F43113CEEBD19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ce8059_917b_11e0_afc8_003048f27c5f_0A22787C_7310_4E36_81D7_EB0DBB4F5A8320.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ce808c_917b_11e0_afc8_003048f27c5f_9DE2DB4F_5593_4E7F_9B65_53903645229A2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e76e_917b_11e0_afc8_003048f27c5f_A6482947_F1D5_4992_96DE_D00AC00BF5173.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e775_917b_11e0_afc8_003048f27c5f_26F00D10_DA6C_4972_AF7D_39FF1EC97A2E4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e77c_917b_11e0_afc8_003048f27c5f_CF7F636A_58F8_4522_B386_CBC165BF9E205.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e783_917b_11e0_afc8_003048f27c5f_BF905164_97EE_4991_A797_B06FEDD7D3FA6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e78a_917b_11e0_afc8_003048f27c5f_92134EB7_DCB1_494D_AE98_6F353B5101717.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ce803b_917b_11e0_afc8_003048f27c5f_10A84BCB_0D6C_4240_B0EE_51CDF921B72F8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ce8042_917b_11e0_afc8_003048f27c5f_DF4DEC36_2B5B_4AD6_A5EA_4A34FDD3BE2E9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ce8049_917b_11e0_afc8_003048f27c5f_FF9A3DCA_F056_4290_92B4_6974B0968B9E10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e72b_917b_11e0_afc8_003048f27c5f_C9D24797_7FCE_4EEE_8F5B_B942140AF79A11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e734_917b_11e0_afc8_003048f27c5f_8F71B3E4_21D1_4C58_AFBA_EAB136F071C012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e73b_917b_11e0_afc8_003048f27c5f_3E370AF1_3E23_4897_BBDA_3952B75BFC4413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e2e8c08_eb10_11e0_a476_003048f27c5e_1DFB514D_A6E2_499C_80E3_C352A48A1AE514.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e759_917b_11e0_afc8_003048f27c5f_NPL0140015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e760_917b_11e0_afc8_003048f27c5f_75E9F2E3_8185_4F89_A282_0F43113CEEBD16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e2e8c0f_eb10_11e0_a476_003048f27c5e_CF937C88_CEA1_4DAC_9CC3_8055A8C39AF417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e767_917b_11e0_afc8_003048f27c5f_7882DBB7_8FDB_4A99_AA68_6FBAFAAF2C8818.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d3e744_917b_11e0_afc8_003048f27c5f_NPL015WH19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ce8059_917b_11e0_afc8_003048f27c5f_0A22787C_7310_4E36_81D7_EB0DBB4F5A8320.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1863,51 +1863,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="266700" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -1923,111 +1923,111 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="266700" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="323850" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="323850" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -3299,55 +3299,55 @@
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HLF-1 \ Манекен женский, без головы</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: NPL.027.WH</t>
-[...3 lines deleted...]
-Цвет: белый</t>
+Артикул: NPL.027.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: телесный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 83</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 62</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 86</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
@@ -3363,55 +3363,55 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10512.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HLF-1 \ Манекен женский, без головы</t>
-[...3 lines deleted...]
-Артикул: NPL.027.00</t>
+            <t xml:space="preserve">HLF-5 \ Манекен женский, без головы</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NPL.014.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: телесный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 83</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 62</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 86</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
@@ -3433,265 +3433,265 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10512.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">HLF-5 \ Манекен женский, без головы</t>
-[...3 lines deleted...]
-Артикул: NPL.014.WH</t>
+            <t xml:space="preserve">HLM-1 \ Манекен мужской, без головы</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NPL.015.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: телесный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 177</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 94</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 75</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 95</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: пластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">14579.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+      <c r="C14" s="4"/>
+      <c r="D14" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HLF-1 \ Манекен женский, без головы</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NPL.027.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 83</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 62</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 86</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10512.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
-      <c r="C14" s="4"/>
-      <c r="D14" s="5" t="inlineStr">
+    </row>
+    <row r="15" spans="1:26">
+      <c r="A15" s="4"/>
+      <c r="B15" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">HLF-5 \ Манекен женский, без головы</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: NPL.014.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 160</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 83</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 62</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 86</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: пластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">10512.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+      <c r="C15" s="4"/>
+      <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">HLM-1 \ Манекен мужской, без головы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPL.015.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
-          </r>
-[...136 lines deleted...]
-Цвет: телесный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 177</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 94</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 75</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 95</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>