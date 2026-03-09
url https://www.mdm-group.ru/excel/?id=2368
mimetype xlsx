--- v0 (2025-12-05)
+++ v1 (2026-03-09)
@@ -264,54 +264,50 @@
 Грудь, см: 72</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 74</t>
     </r>
     <r>
       <t xml:space="preserve">
 Парик: Y 007</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Парик в комплект не входит. крепление в икру</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Вьетнам</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">24639.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1220,54 +1216,50 @@
             <t xml:space="preserve">
 Талия, см: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 74</t>
           </r>
           <r>
             <t xml:space="preserve">
 Парик: Y 007</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Парик в комплект не входит. крепление в икру</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Вьетнам</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">24639.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>