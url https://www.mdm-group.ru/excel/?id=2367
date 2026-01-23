--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">05.04.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Манекены детские пластиковые (недорогие)</t>
   </si>
   <si>
     <t>Подставка (входит в стоимость): белый пластик, круг, d-32 см. Крепление: в стопу.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CS-1 \  Манекен детский (с макияжем)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPL.017.00</t>
     </r>
@@ -105,51 +105,51 @@
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Парик в комплект не входит</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6630.00</t>
+      <t xml:space="preserve">6763.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">M RO ANDRE \  Манекен детский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRO.017.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -212,50 +212,54 @@
       <t xml:space="preserve">M RO MATILDE \ Манекен детский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRO.018.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: под заказ возможны цвета: молочный, черный, красный, оранжевый, желтый, бежевый, зеленый, синий, фуксия, серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 7540 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4490.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
@@ -973,51 +977,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">05.04.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1065,51 +1069,51 @@
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Парик в комплект не входит</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6630.00</t>
+            <t xml:space="preserve">6763.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M RO ANDRE \  Манекен детский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRO.017.WH</t>
           </r>
@@ -1180,50 +1184,54 @@
             <t xml:space="preserve">M RO MATILDE \ Манекен детский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRO.018.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: под заказ возможны цвета: молочный, черный, красный, оранжевый, желтый, бежевый, зеленый, синий, фуксия, серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 7540 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>