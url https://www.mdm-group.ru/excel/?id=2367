--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -150,54 +150,50 @@
       <t xml:space="preserve">
 Артикул: MRO.017.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: под заказ возможны цвета: молочный, черный, красный, оранжевый, желтый, бежевый, зеленый, синий, фуксия, серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 7540 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4490.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -212,54 +208,50 @@
       <t xml:space="preserve">M RO MATILDE \ Манекен детский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MRO.018.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: под заказ возможны цвета: молочный, черный, красный, оранжевый, желтый, бежевый, зеленый, синий, фуксия, серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 7540 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4490.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
@@ -1117,54 +1109,50 @@
             <t xml:space="preserve">
 Артикул: MRO.017.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: под заказ возможны цвета: молочный, черный, красный, оранжевый, желтый, бежевый, зеленый, синий, фуксия, серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 7540 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
@@ -1184,54 +1172,50 @@
             <t xml:space="preserve">M RO MATILDE \ Манекен детский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MRO.018.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: под заказ возможны цвета: молочный, черный, красный, оранжевый, желтый, бежевый, зеленый, синий, фуксия, серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 7540 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>