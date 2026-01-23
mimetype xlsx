--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -624,395 +624,399 @@
       <t xml:space="preserve">
 Грудь, см: 61</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 53,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 65,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепление в икру</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Вьетнам</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Старая цена: 22109 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">17709.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">FRJ-10C-01G \ Манекен детский, сидячий, 6 лет</t>
-[...7 lines deleted...]
-Цвет: белый глянец</t>
+      <t xml:space="preserve">FRJ-10C-01M\ Манекен детский, сидячий, 6 лет</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: FUT.023.WM</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый матовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Возраст: 6 лет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 87</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 63</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 57</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 66</t>
     </r>
     <r>
       <t xml:space="preserve">
+Материал: стеклопластик</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Производитель: Вьетнам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Материал: стеклопластик</t>
-[...3 lines deleted...]
-Скидка: Да</t>
+А, см: 31</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+В, см: 36</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+С, см: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 31527 руб.</t>
+Старая цена: 22109 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18809.00</t>
+      <t xml:space="preserve">17709.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">FRJ-10C-01M\ Манекен детский, сидячий, 6 лет</t>
-[...7 lines deleted...]
-Цвет: белый матовый</t>
+      <t xml:space="preserve">FRJ-10C-01G \ Манекен детский, сидячий, 6 лет</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: FUT.023.WG</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Возраст: 6 лет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 87</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 63</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 57</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 66</t>
     </r>
     <r>
       <t xml:space="preserve">
+Производитель: Вьетнам</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Вьетнам</t>
-[...11 lines deleted...]
-С, см: 50</t>
+Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 22109 руб.</t>
+Старая цена: 31527 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17709.00</t>
+      <t xml:space="preserve">18809.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">FRJ-21C-01M \ Манекен детский, сидячий, 6 лет</t>
-[...7 lines deleted...]
-Цвет: белый матовый</t>
+      <t xml:space="preserve">FRJ-21C-01G \ Манекен детский, сидячий, 6 лет</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: FUT.041.WG</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Возраст: 6 лет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 86</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 54,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 49</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 63</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Вьетнам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 22109 руб.</t>
+Старая цена: 31527 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17709.00</t>
+      <t xml:space="preserve">18800.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">FRJ-21C-01G \ Манекен детский, сидячий, 6 лет</t>
-[...7 lines deleted...]
-Цвет: белый глянец</t>
+      <t xml:space="preserve">FRJ-21C-01M \ Манекен детский, сидячий, 6 лет</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: FUT.041.WM</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый матовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Возраст: 6 лет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 86</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 54,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 49</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 63</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Вьетнам</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 31527 руб.</t>
+Старая цена: 22109 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18800.00</t>
+      <t xml:space="preserve">17709.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRJ-16C-01G \ Манекен детский, 7 лет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FUT.036.WG</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -1234,51 +1238,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f5190_4584_11e1_ac6e_003048f27c5f_441FEAEC_6E5A_48F0_A019_A25D7DE4A3F52.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f5194_4584_11e1_ac6e_003048f27c5f_BFD1539B_186D_493D_B6A6_ADBA0F3336253.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dad5b41_a510_11e3_baa0_0025902b3cc1_870D09F4_28C2_44F7_9C32_01BE70185BDD4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e679d2d_1ce9_11ea_80b7_0025902b3cc1_1235.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f5196_4584_11e1_ac6e_003048f27c5f_3B9BB348_4E1E_4CE3_825A_FA259F1F03916.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f519b_4584_11e1_ac6e_003048f27c5f_C63973A2_A6B7_417A_90B9_40EFDC32F7BF7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dd22041_a50f_11e3_baa0_0025902b3cc1_422CBCD71F4F8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83350f44_1ceb_11ea_80b7_0025902b3cc1_FUT_040_WM9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f51a3_4584_11e1_ac6e_003048f27c5f_80498F86_8412_43AE_8319_4143EDF5B95110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66b90aba_1cea_11ea_80b7_0025902b3cc1_FUT_023_WM11.JPG"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4ae2f0c_1ceb_11ea_80b7_0025902b3cc1_FUT_041_WM12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4779c7a_a510_11e3_baa0_0025902b3cc1_53BA7717_8C02_43E1_B3E2_CFC7863A06F113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f631686e_a50e_11e3_baa0_0025902b3cc1_C5599618_5220_401F_99EC_5D952CB8B41314.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03658082_1ceb_11ea_80b7_0025902b3cc1_FUT_036_WM15.JPG"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f5190_4584_11e1_ac6e_003048f27c5f_441FEAEC_6E5A_48F0_A019_A25D7DE4A3F52.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f5194_4584_11e1_ac6e_003048f27c5f_BFD1539B_186D_493D_B6A6_ADBA0F3336253.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dad5b41_a510_11e3_baa0_0025902b3cc1_870D09F4_28C2_44F7_9C32_01BE70185BDD4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e679d2d_1ce9_11ea_80b7_0025902b3cc1_1235.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f5196_4584_11e1_ac6e_003048f27c5f_3B9BB348_4E1E_4CE3_825A_FA259F1F03916.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f519b_4584_11e1_ac6e_003048f27c5f_C63973A2_A6B7_417A_90B9_40EFDC32F7BF7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dd22041_a50f_11e3_baa0_0025902b3cc1_422CBCD71F4F8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83350f44_1ceb_11ea_80b7_0025902b3cc1_FUT_040_WM9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66b90aba_1cea_11ea_80b7_0025902b3cc1_FUT_023_WM10.JPG"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f51a3_4584_11e1_ac6e_003048f27c5f_80498F86_8412_43AE_8319_4143EDF5B95111.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4779c7a_a510_11e3_baa0_0025902b3cc1_53BA7717_8C02_43E1_B3E2_CFC7863A06F112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4ae2f0c_1ceb_11ea_80b7_0025902b3cc1_FUT_041_WM13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f631686e_a50e_11e3_baa0_0025902b3cc1_C5599618_5220_401F_99EC_5D952CB8B41314.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03658082_1ceb_11ea_80b7_0025902b3cc1_FUT_036_WM15.JPG"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1516,141 +1520,141 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="428625" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="428625" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="428625" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="428625" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -2666,88 +2670,184 @@
             <t xml:space="preserve">
 Грудь, см: 61</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 53,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 65,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепление в икру</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Вьетнам</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Старая цена: 22109 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">17709.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">FRJ-10C-01M\ Манекен детский, сидячий, 6 лет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FUT.023.WM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый матовый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Возраст: 6 лет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 63</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 57</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 66</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Вьетнам</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+А, см: 31</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+В, см: 36</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+С, см: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 22109 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">17709.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+      <c r="C11" s="4"/>
+      <c r="D11" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">FRJ-10C-01G \ Манекен детский, сидячий, 6 лет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FUT.023.WG</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Возраст: 6 лет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 63</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 57</t>
@@ -2775,302 +2875,210 @@
           <r>
             <t xml:space="preserve">
 Старая цена: 31527 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">18809.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
-      <c r="C11" s="4"/>
-      <c r="D11" s="5" t="inlineStr">
+    </row>
+    <row r="12" spans="1:26">
+      <c r="A12" s="4"/>
+      <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FRJ-10C-01M\ Манекен детский, сидячий, 6 лет</t>
-[...3 lines deleted...]
-Артикул: FUT.023.WM</t>
+            <t xml:space="preserve">FRJ-21C-01G \ Манекен детский, сидячий, 6 лет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FUT.041.WG</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Возраст: 6 лет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 86</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 54,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 49</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 63</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Вьетнам</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 31527 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">18800.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+      <c r="C12" s="4"/>
+      <c r="D12" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">FRJ-21C-01M \ Манекен детский, сидячий, 6 лет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FUT.041.WM</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый матовый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Возраст: 6 лет</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 87</t>
-[...11 lines deleted...]
-Бедра, см: 66</t>
+Высота, см: 86</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 54,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 49</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 63</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Вьетнам</t>
           </r>
           <r>
             <t xml:space="preserve">
-А, см: 31</t>
-[...7 lines deleted...]
-С, см: 50</t>
+Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 22109 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">17709.00</t>
-          </r>
-[...164 lines deleted...]
-            <t xml:space="preserve">18800.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FRJ-16C-01G \ Манекен детский, 7 лет</t>
           </r>
           <r>
             <t xml:space="preserve">