--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">05.04.2025</t>
     </r>
   </si>
   <si>
     <t>Манекены детские Futura Junior (абстрактные)</t>
   </si>
   <si>
     <t>Подставка (входит в стоимость): стекло, круг, d-30 см. Крепление: в икру. В качестве подставки для сидячих манекенов могут использоваться демонстрационные кубы и цилиндры Rotart.</t>
@@ -268,188 +268,188 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">17290.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">FRJ-01C-01G \ Манекен детский (6-12 месяцев)</t>
-[...7 lines deleted...]
-Цвет: белый матовый</t>
+      <t xml:space="preserve">FRJ-04C-01G \ Манекен детский, 4 года</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: FUT.017.WG</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Возраст: 4 года</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 108</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 62</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 58</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 67</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Вьетнам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепление в икру</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 21600 руб.</t>
+Старая цена: 31527 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16290.00</t>
+      <t xml:space="preserve">17290.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">FRJ-04C-01G \ Манекен детский, 4 года</t>
-[...7 lines deleted...]
-Цвет: белый глянец</t>
+      <t xml:space="preserve">FRJ-04C-01M \ Манекен детский, 4 года</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: FUT.017.WM</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый матовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Возраст: 4 года</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 108</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 62</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 58</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 67</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Вьетнам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепление в икру</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 31527 руб.</t>
+Старая цена: 21600 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17290.00</t>
+      <t xml:space="preserve">16290.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRJ-06C-01G \ Манекен детский, 4 года</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FUT.019.WG</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -543,54 +543,50 @@
       <t xml:space="preserve">
 Грудь, см: 67</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 58</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 70,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Вьетнам</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепление в икру</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 31257 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">18800.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -624,241 +620,233 @@
       <t xml:space="preserve">
 Грудь, см: 61</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 53,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 65,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепление в икру</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Вьетнам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 22109 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">17709.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">FRJ-10C-01M\ Манекен детский, сидячий, 6 лет</t>
-[...7 lines deleted...]
-Цвет: белый матовый</t>
+      <t xml:space="preserve">FRJ-10C-01G \ Манекен детский, сидячий, 6 лет</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: FUT.023.WG</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Возраст: 6 лет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 87</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 63</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 57</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 66</t>
     </r>
     <r>
       <t xml:space="preserve">
+Производитель: Вьетнам</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Вьетнам</t>
-[...14 lines deleted...]
-      <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 22109 руб.</t>
+Старая цена: 31527 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17709.00</t>
+      <t xml:space="preserve">18809.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">FRJ-10C-01G \ Манекен детский, сидячий, 6 лет</t>
-[...7 lines deleted...]
-Цвет: белый глянец</t>
+      <t xml:space="preserve">FRJ-10C-01M\ Манекен детский, сидячий, 6 лет</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: FUT.023.WM</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый матовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Возраст: 6 лет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 87</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 63</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 57</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 66</t>
     </r>
     <r>
       <t xml:space="preserve">
+Материал: стеклопластик</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Производитель: Вьетнам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Материал: стеклопластик</t>
-[...3 lines deleted...]
-Скидка: Да</t>
+А, см: 31</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+В, см: 36</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+С, см: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 31527 руб.</t>
+Старая цена: 22109 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18809.00</t>
+      <t xml:space="preserve">17709.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FRJ-21C-01G \ Манекен детский, сидячий, 6 лет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: FUT.041.WG</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -948,54 +936,50 @@
       <t xml:space="preserve">
 Высота, см: 86</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 54,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 49</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 63</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Вьетнам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 22109 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">17709.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -1033,152 +1017,67 @@
       <t xml:space="preserve">
 Грудь, см: 65</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 55</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 69</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепление в икру</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Вьетнам</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 31527 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">18809.00</t>
-    </r>
-[...79 lines deleted...]
-      <t xml:space="preserve">17709.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1238,51 +1137,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f5190_4584_11e1_ac6e_003048f27c5f_441FEAEC_6E5A_48F0_A019_A25D7DE4A3F52.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f5194_4584_11e1_ac6e_003048f27c5f_BFD1539B_186D_493D_B6A6_ADBA0F3336253.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dad5b41_a510_11e3_baa0_0025902b3cc1_870D09F4_28C2_44F7_9C32_01BE70185BDD4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e679d2d_1ce9_11ea_80b7_0025902b3cc1_1235.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f5196_4584_11e1_ac6e_003048f27c5f_3B9BB348_4E1E_4CE3_825A_FA259F1F03916.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f519b_4584_11e1_ac6e_003048f27c5f_C63973A2_A6B7_417A_90B9_40EFDC32F7BF7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dd22041_a50f_11e3_baa0_0025902b3cc1_422CBCD71F4F8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83350f44_1ceb_11ea_80b7_0025902b3cc1_FUT_040_WM9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66b90aba_1cea_11ea_80b7_0025902b3cc1_FUT_023_WM10.JPG"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f51a3_4584_11e1_ac6e_003048f27c5f_80498F86_8412_43AE_8319_4143EDF5B95111.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4779c7a_a510_11e3_baa0_0025902b3cc1_53BA7717_8C02_43E1_B3E2_CFC7863A06F112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4ae2f0c_1ceb_11ea_80b7_0025902b3cc1_FUT_041_WM13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f631686e_a50e_11e3_baa0_0025902b3cc1_C5599618_5220_401F_99EC_5D952CB8B41314.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03658082_1ceb_11ea_80b7_0025902b3cc1_FUT_036_WM15.JPG"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f5190_4584_11e1_ac6e_003048f27c5f_441FEAEC_6E5A_48F0_A019_A25D7DE4A3F52.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f5194_4584_11e1_ac6e_003048f27c5f_BFD1539B_186D_493D_B6A6_ADBA0F3336253.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dad5b41_a510_11e3_baa0_0025902b3cc1_870D09F4_28C2_44F7_9C32_01BE70185BDD4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f5196_4584_11e1_ac6e_003048f27c5f_3B9BB348_4E1E_4CE3_825A_FA259F1F03915.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e679d2d_1ce9_11ea_80b7_0025902b3cc1_1236.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f519b_4584_11e1_ac6e_003048f27c5f_C63973A2_A6B7_417A_90B9_40EFDC32F7BF7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dd22041_a50f_11e3_baa0_0025902b3cc1_422CBCD71F4F8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83350f44_1ceb_11ea_80b7_0025902b3cc1_FUT_040_WM9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5f51a3_4584_11e1_ac6e_003048f27c5f_80498F86_8412_43AE_8319_4143EDF5B95110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66b90aba_1cea_11ea_80b7_0025902b3cc1_FUT_023_WM11.JPG"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4779c7a_a510_11e3_baa0_0025902b3cc1_53BA7717_8C02_43E1_B3E2_CFC7863A06F112.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4ae2f0c_1ceb_11ea_80b7_0025902b3cc1_FUT_041_WM13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f631686e_a50e_11e3_baa0_0025902b3cc1_C5599618_5220_401F_99EC_5D952CB8B41314.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1370,81 +1269,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="381000" cy="952500"/>
+    <xdr:ext cx="371475" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="371475" cy="952500"/>
+    <xdr:ext cx="381000" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -1520,81 +1419,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="428625" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="428625" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -1650,80 +1549,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="361950" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1993,51 +1862,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D13" sqref="D13"/>
+      <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -2298,51 +2167,133 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">17290.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FRJ-01C-01G \ Манекен детский (6-12 месяцев)</t>
+            <t xml:space="preserve">FRJ-04C-01G \ Манекен детский, 4 года</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FUT.017.WG</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Возраст: 4 года</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 108</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 62</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 58</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 67</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Вьетнам</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Крепление в икру</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 31527 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">17290.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:26">
+      <c r="A9" s="4"/>
+      <c r="B9" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">FRJ-04C-01M \ Манекен детский, 4 года</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FUT.017.WM</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый матовый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Возраст: 4 года</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 108</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 62</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 58</t>
           </r>
@@ -2365,212 +2316,130 @@
           <r>
             <t xml:space="preserve">
 Старая цена: 21600 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">16290.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B9" s="5" t="inlineStr">
+      <c r="C9" s="4"/>
+      <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FRJ-04C-01G \ Манекен детский, 4 года</t>
-[...3 lines deleted...]
-Артикул: FUT.017.WG</t>
+            <t xml:space="preserve">FRJ-06C-01G \ Манекен детский, 4 года</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FUT.019.WG</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Возраст: 4 года</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 108</t>
           </r>
           <r>
             <t xml:space="preserve">
-Грудь, см: 62</t>
-[...7 lines deleted...]
-Бедра, см: 67</t>
+Грудь, см: 57</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 51</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 61</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Крепление в икру</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Вьетнам</t>
-          </r>
-[...6 lines deleted...]
-Примечание: Крепление в икру</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 31527 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">17290.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
-      <c r="C9" s="4"/>
-[...78 lines deleted...]
-      </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FRJ-17C-01G \ Манекен детский, 6 лет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FUT.037.WG</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
@@ -2586,54 +2455,50 @@
             <t xml:space="preserve">
 Грудь, см: 67</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 58</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 70,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Вьетнам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепление в икру</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 31257 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">18800.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
@@ -2670,92 +2535,168 @@
             <t xml:space="preserve">
 Грудь, см: 61</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 53,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 65,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепление в икру</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Вьетнам</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 22109 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">17709.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">FRJ-10C-01G \ Манекен детский, сидячий, 6 лет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FUT.023.WG</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Возраст: 6 лет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 87</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 63</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 57</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 66</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Вьетнам</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 31527 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">18809.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+      <c r="C11" s="4"/>
+      <c r="D11" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">FRJ-10C-01M\ Манекен детский, сидячий, 6 лет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: FUT.023.WM</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый матовый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Возраст: 6 лет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 63</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 57</t>
@@ -2791,464 +2732,288 @@
           <r>
             <t xml:space="preserve">
 Старая цена: 22109 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">17709.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
-      <c r="C11" s="4"/>
-      <c r="D11" s="5" t="inlineStr">
+    </row>
+    <row r="12" spans="1:26">
+      <c r="A12" s="4"/>
+      <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">FRJ-10C-01G \ Манекен детский, сидячий, 6 лет</t>
-[...3 lines deleted...]
-Артикул: FUT.023.WG</t>
+            <t xml:space="preserve">FRJ-21C-01G \ Манекен детский, сидячий, 6 лет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FUT.041.WG</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Возраст: 6 лет</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, см: 87</t>
-[...11 lines deleted...]
-Бедра, см: 66</t>
+Высота, см: 86</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 54,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 49</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 63</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Вьетнам</t>
           </r>
           <r>
             <t xml:space="preserve">
+Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 31527 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">18800.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+      <c r="C12" s="4"/>
+      <c r="D12" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">FRJ-21C-01M \ Манекен детский, сидячий, 6 лет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FUT.041.WM</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый матовый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Возраст: 6 лет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 86</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 54,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 49</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 63</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
+Производитель: Вьетнам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подставка: на фото куб Rotart M RO C444 IN  (не поставляется в комплекте с манекеном)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 22109 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">17709.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:26">
+      <c r="A13" s="4"/>
+      <c r="B13" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">FRJ-16C-01G \ Манекен детский, 7 лет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: FUT.036.WG</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Возраст: 7 лет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, см: 129</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Грудь, см: 65</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Талия, см: 55</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Бедра, см: 69</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Крепление в икру</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Вьетнам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 31527 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">18809.00</t>
-          </r>
-[...334 lines deleted...]
-            <t xml:space="preserve">17709.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>